--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1959,51 +1959,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.568848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
@@ -2568,51 +2568,51 @@
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>36</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="3">
         <v>281.05</v>
       </c>
       <c r="F16" s="3">
         <v>18</v>
       </c>
       <c r="G16" s="3">
-        <v>225.58</v>
+        <v>206.91</v>
       </c>
       <c r="H16" s="4">
         <v>73.92</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
@@ -2650,174 +2650,174 @@
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="3">
         <v>186.88</v>
       </c>
       <c r="F18" s="3">
         <v>8</v>
       </c>
       <c r="G18" s="3">
-        <v>96.35</v>
+        <v>96.99</v>
       </c>
       <c r="H18" s="4">
         <v>58.88</v>
       </c>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="3">
         <v>376.91</v>
       </c>
       <c r="F19" s="3">
         <v>9</v>
       </c>
       <c r="G19" s="3">
-        <v>449.47</v>
+        <v>449.06</v>
       </c>
       <c r="H19" s="4">
         <v>354.16</v>
       </c>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="3">
         <v>192.09</v>
       </c>
       <c r="F20" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G20" s="3">
-        <v>40.37</v>
+        <v>30.55</v>
       </c>
       <c r="H20" s="4">
         <v>15.52</v>
       </c>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="3">
         <v>817.44</v>
       </c>
       <c r="F21" s="3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G21" s="3">
-        <v>781.43</v>
+        <v>749.6</v>
       </c>
       <c r="H21" s="4">
         <v>676.53</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
@@ -2852,95 +2852,95 @@
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>50</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E23" s="3">
         <v>780.16</v>
       </c>
       <c r="F23" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G23" s="3">
-        <v>579.21</v>
+        <v>564.06</v>
       </c>
       <c r="H23" s="4">
         <v>268.75</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E24" s="3">
         <v>710.27</v>
       </c>
       <c r="F24" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G24" s="3">
-        <v>659.66</v>
+        <v>658</v>
       </c>
       <c r="H24" s="4">
         <v>425.5</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
@@ -2975,177 +2975,177 @@
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>56</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E26" s="3">
         <v>269.79</v>
       </c>
       <c r="F26" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G26" s="3">
-        <v>230.56</v>
+        <v>224.11</v>
       </c>
       <c r="H26" s="4">
         <v>171.43</v>
       </c>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>58</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E27" s="3">
         <v>944.2</v>
       </c>
       <c r="F27" s="3">
         <v>19</v>
       </c>
       <c r="G27" s="3">
-        <v>712.4</v>
+        <v>714.99</v>
       </c>
       <c r="H27" s="4">
         <v>572.37</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>60</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E28" s="3">
         <v>895.42</v>
       </c>
       <c r="F28" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G28" s="3">
-        <v>778.4</v>
+        <v>757.19</v>
       </c>
       <c r="H28" s="4">
-        <v>619.59</v>
+        <v>622.5</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E29" s="3">
         <v>528.73</v>
       </c>
       <c r="F29" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G29" s="3">
-        <v>305.01</v>
+        <v>285.05</v>
       </c>
       <c r="H29" s="4">
         <v>229.49</v>
       </c>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
@@ -3227,89 +3227,89 @@
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>68</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E32" s="3">
         <v>413.54</v>
       </c>
       <c r="F32" s="3">
         <v>9</v>
       </c>
       <c r="G32" s="3">
         <v>307.45</v>
       </c>
       <c r="H32" s="4">
-        <v>199.67</v>
+        <v>202.01</v>
       </c>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>70</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E33" s="3">
         <v>295.97</v>
       </c>
       <c r="F33" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G33" s="3">
-        <v>262.86</v>
+        <v>199.67</v>
       </c>
       <c r="H33" s="4">
         <v>210.11</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
@@ -3754,95 +3754,95 @@
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>95</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E45" s="3">
         <v>706.17</v>
       </c>
       <c r="F45" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G45" s="3">
-        <v>719.85</v>
+        <v>728.68</v>
       </c>
       <c r="H45" s="4">
         <v>504.48</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>97</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E46" s="3">
         <v>247.03</v>
       </c>
       <c r="F46" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G46" s="3">
-        <v>205.51</v>
+        <v>191.47</v>
       </c>
       <c r="H46" s="4">
         <v>75.89</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
@@ -3883,335 +3883,335 @@
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>101</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="E48" s="3">
         <v>69.44</v>
       </c>
       <c r="F48" s="3">
         <v>4</v>
       </c>
       <c r="G48" s="3">
         <v>47.97</v>
       </c>
       <c r="H48" s="4">
-        <v>20.89</v>
+        <v>24.09</v>
       </c>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>103</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E49" s="3">
         <v>161.24</v>
       </c>
       <c r="F49" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G49" s="3">
-        <v>102.25</v>
+        <v>100.41</v>
       </c>
       <c r="H49" s="4">
         <v>23.55</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>105</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E50" s="3">
         <v>108.13</v>
       </c>
       <c r="F50" s="3">
         <v>7</v>
       </c>
       <c r="G50" s="3">
         <v>78.22</v>
       </c>
       <c r="H50" s="4">
-        <v>29.89</v>
+        <v>34.26</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>107</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E51" s="3">
         <v>167.97</v>
       </c>
       <c r="F51" s="3">
         <v>2</v>
       </c>
       <c r="G51" s="3">
-        <v>161.36</v>
+        <v>145.62</v>
       </c>
       <c r="H51" s="4">
         <v>97.37</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>109</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="E52" s="3">
         <v>741.26</v>
       </c>
       <c r="F52" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G52" s="3">
-        <v>442.33</v>
+        <v>422.73</v>
       </c>
       <c r="H52" s="4">
-        <v>281.32</v>
+        <v>282.19</v>
       </c>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>111</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="E53" s="3">
         <v>963.61</v>
       </c>
       <c r="F53" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G53" s="3">
-        <v>645</v>
+        <v>633.76</v>
       </c>
       <c r="H53" s="4">
-        <v>441.52</v>
+        <v>446.81</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>113</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="3">
         <v>415.72</v>
       </c>
       <c r="F54" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G54" s="3">
-        <v>388.35</v>
+        <v>373.92</v>
       </c>
       <c r="H54" s="4">
         <v>198.86</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>115</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="E55" s="3">
         <v>562.16</v>
       </c>
       <c r="F55" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3">
-        <v>306.41</v>
+        <v>289.11</v>
       </c>
       <c r="H55" s="4">
         <v>224.2</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
@@ -4246,218 +4246,218 @@
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>119</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E57" s="3">
         <v>2288.93</v>
       </c>
       <c r="F57" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G57" s="3">
-        <v>2142.34</v>
+        <v>2120.28</v>
       </c>
       <c r="H57" s="4">
-        <v>981.3</v>
+        <v>983.9</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>121</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="E58" s="3">
         <v>839.09</v>
       </c>
       <c r="F58" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G58" s="3">
-        <v>530.86</v>
+        <v>527.34</v>
       </c>
       <c r="H58" s="4">
         <v>374.45</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>123</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="E59" s="3">
         <v>760.21</v>
       </c>
       <c r="F59" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G59" s="3">
-        <v>589.08</v>
+        <v>507.89</v>
       </c>
       <c r="H59" s="4">
-        <v>468.84</v>
+        <v>471.75</v>
       </c>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="E60" s="3">
         <v>1024.4</v>
       </c>
       <c r="F60" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G60" s="3">
-        <v>706.26</v>
+        <v>667.84</v>
       </c>
       <c r="H60" s="4">
-        <v>465.69</v>
+        <v>470.06</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>127</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="E61" s="3">
         <v>527.26</v>
       </c>
       <c r="F61" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G61" s="3">
-        <v>468.17</v>
+        <v>648.6</v>
       </c>
       <c r="H61" s="4">
         <v>442.23</v>
       </c>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
@@ -4656,98 +4656,98 @@
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>139</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="E67" s="3">
         <v>509.72</v>
       </c>
       <c r="F67" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G67" s="3">
-        <v>499.89</v>
+        <v>496.39</v>
       </c>
       <c r="H67" s="4">
         <v>312.74</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>141</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="E68" s="3">
         <v>615.61</v>
       </c>
       <c r="F68" s="3">
         <v>15</v>
       </c>
       <c r="G68" s="3">
-        <v>384.07</v>
+        <v>448.91</v>
       </c>
       <c r="H68" s="4">
-        <v>161.29</v>
+        <v>162.47</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="10" t="s">
@@ -5148,136 +5148,136 @@
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>163</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="E79" s="3">
         <v>46.31</v>
       </c>
       <c r="F79" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G79" s="3">
-        <v>53.03</v>
+        <v>42.28</v>
       </c>
       <c r="H79" s="4">
         <v>32.42</v>
       </c>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>165</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="E80" s="3">
         <v>378.84</v>
       </c>
       <c r="F80" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3">
-        <v>258</v>
+        <v>260.61</v>
       </c>
       <c r="H80" s="4">
         <v>149.63</v>
       </c>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>167</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="E81" s="3">
         <v>732.56</v>
       </c>
       <c r="F81" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G81" s="3">
-        <v>780.7</v>
+        <v>773.76</v>
       </c>
       <c r="H81" s="4">
         <v>650.15</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
@@ -5312,54 +5312,54 @@
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>171</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="E83" s="3">
         <v>236.97</v>
       </c>
       <c r="F83" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G83" s="3">
-        <v>136.83</v>
+        <v>205.24</v>
       </c>
       <c r="H83" s="4">
         <v>45.27</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
@@ -5394,300 +5394,300 @@
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>175</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="E85" s="3">
         <v>528.37</v>
       </c>
       <c r="F85" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G85" s="3">
-        <v>404.5</v>
+        <v>398.41</v>
       </c>
       <c r="H85" s="4">
         <v>299.93</v>
       </c>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>177</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="E86" s="3">
         <v>1873.61</v>
       </c>
       <c r="F86" s="3">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G86" s="3">
-        <v>1752.24</v>
+        <v>1746.11</v>
       </c>
       <c r="H86" s="4">
         <v>1127.98</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>179</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="E87" s="3">
         <v>426.36</v>
       </c>
       <c r="F87" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" s="3">
-        <v>480.17</v>
+        <v>458.37</v>
       </c>
       <c r="H87" s="4">
-        <v>310.72</v>
+        <v>312.49</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E88" s="3">
         <v>875.66</v>
       </c>
       <c r="F88" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G88" s="3">
-        <v>727.78</v>
+        <v>687.31</v>
       </c>
       <c r="H88" s="4">
         <v>464.09</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>183</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="E89" s="3">
         <v>129.41</v>
       </c>
       <c r="F89" s="3">
         <v>6</v>
       </c>
       <c r="G89" s="3">
         <v>134.64</v>
       </c>
       <c r="H89" s="4">
-        <v>84.88</v>
+        <v>86.64</v>
       </c>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E90" s="3">
         <v>451.36</v>
       </c>
       <c r="F90" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G90" s="3">
-        <v>325.48</v>
+        <v>323.39</v>
       </c>
       <c r="H90" s="4">
-        <v>208.21</v>
+        <v>208.76</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E91" s="3">
         <v>429.71</v>
       </c>
       <c r="F91" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G91" s="3">
-        <v>413.54</v>
+        <v>392.73</v>
       </c>
       <c r="H91" s="4">
         <v>230.18</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
@@ -5722,54 +5722,54 @@
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>191</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="E93" s="3">
         <v>1067.02</v>
       </c>
       <c r="F93" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G93" s="3">
-        <v>761.6</v>
+        <v>752.8</v>
       </c>
       <c r="H93" s="4">
         <v>601.53</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
@@ -5845,54 +5845,54 @@
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>197</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E96" s="3">
         <v>187.87</v>
       </c>
       <c r="F96" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G96" s="3">
-        <v>180.05</v>
+        <v>179.68</v>
       </c>
       <c r="H96" s="4">
         <v>90.33</v>
       </c>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
@@ -6217,51 +6217,51 @@
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>215</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E105" s="3">
         <v>184.32</v>
       </c>
       <c r="F105" s="3">
         <v>7</v>
       </c>
       <c r="G105" s="3">
-        <v>192.37</v>
+        <v>200.37</v>
       </c>
       <c r="H105" s="4">
         <v>131.69</v>
       </c>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
@@ -6419,95 +6419,95 @@
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E110" s="3">
         <v>455.23</v>
       </c>
       <c r="F110" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G110" s="3">
-        <v>375.74</v>
+        <v>378.67</v>
       </c>
       <c r="H110" s="4">
         <v>284.48</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>227</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="E111" s="3">
         <v>389.92</v>
       </c>
       <c r="F111" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G111" s="3">
-        <v>371.66</v>
+        <v>364.9</v>
       </c>
       <c r="H111" s="4">
         <v>260.28</v>
       </c>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
@@ -6545,51 +6545,51 @@
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>231</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E113" s="3">
         <v>140.66</v>
       </c>
       <c r="F113" s="3">
         <v>7</v>
       </c>
       <c r="G113" s="3">
-        <v>200.29</v>
+        <v>229.6</v>
       </c>
       <c r="H113" s="4">
         <v>136.56</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
@@ -6706,54 +6706,54 @@
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>239</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E117" s="3">
         <v>740.97</v>
       </c>
       <c r="F117" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G117" s="3">
-        <v>592.68</v>
+        <v>562.7</v>
       </c>
       <c r="H117" s="4">
         <v>164.1</v>
       </c>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
@@ -6829,136 +6829,136 @@
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>245</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="E120" s="3">
         <v>1261.38</v>
       </c>
       <c r="F120" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G120" s="3">
-        <v>889.18</v>
+        <v>862.72</v>
       </c>
       <c r="H120" s="4">
         <v>594.95</v>
       </c>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>247</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E121" s="3">
         <v>1074.69</v>
       </c>
       <c r="F121" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G121" s="3">
-        <v>637.73</v>
+        <v>607.94</v>
       </c>
       <c r="H121" s="4">
         <v>443.78</v>
       </c>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>249</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="E122" s="3">
         <v>990.41</v>
       </c>
       <c r="F122" s="3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G122" s="3">
-        <v>502.66</v>
+        <v>454.62</v>
       </c>
       <c r="H122" s="4">
         <v>185.56</v>
       </c>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
@@ -7078,133 +7078,133 @@
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>257</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="E126" s="3">
         <v>45.22</v>
       </c>
       <c r="F126" s="3">
         <v>6</v>
       </c>
       <c r="G126" s="3">
-        <v>64.99</v>
+        <v>71.74</v>
       </c>
       <c r="H126" s="4">
         <v>42.81</v>
       </c>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E127" s="3">
         <v>274.45</v>
       </c>
       <c r="F127" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G127" s="3">
-        <v>205.27</v>
+        <v>194.88</v>
       </c>
       <c r="H127" s="4">
         <v>73.02</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>261</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="E128" s="3">
         <v>821.35</v>
       </c>
       <c r="F128" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G128" s="3">
-        <v>630.18</v>
+        <v>633.42</v>
       </c>
       <c r="H128" s="4">
         <v>386.88</v>
       </c>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
@@ -7485,136 +7485,136 @@
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>277</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="E136" s="3">
         <v>332.16</v>
       </c>
       <c r="F136" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G136" s="3">
-        <v>328.64</v>
+        <v>299.47</v>
       </c>
       <c r="H136" s="4">
         <v>148.86</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>279</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E137" s="3">
         <v>364.15</v>
       </c>
       <c r="F137" s="3">
         <v>10</v>
       </c>
       <c r="G137" s="3">
-        <v>463.75</v>
+        <v>513.34</v>
       </c>
       <c r="H137" s="4">
         <v>342.98</v>
       </c>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>281</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="E138" s="3">
         <v>451.23</v>
       </c>
       <c r="F138" s="3">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G138" s="3">
-        <v>390.06</v>
+        <v>389.19</v>
       </c>
       <c r="H138" s="4">
         <v>303.1</v>
       </c>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
@@ -7734,92 +7734,92 @@
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>289</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="E142" s="3">
         <v>797.79</v>
       </c>
       <c r="F142" s="3">
         <v>11</v>
       </c>
       <c r="G142" s="3">
-        <v>688.31</v>
+        <v>688.74</v>
       </c>
       <c r="H142" s="4">
         <v>489.59</v>
       </c>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="E143" s="3">
         <v>2156.38</v>
       </c>
       <c r="F143" s="3">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G143" s="3">
-        <v>1875.7</v>
+        <v>1863.64</v>
       </c>
       <c r="H143" s="4">
         <v>1186.57</v>
       </c>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
@@ -7860,89 +7860,89 @@
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>295</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="E145" s="3">
         <v>409.38</v>
       </c>
       <c r="F145" s="3">
         <v>11</v>
       </c>
       <c r="G145" s="3">
         <v>395.31</v>
       </c>
       <c r="H145" s="4">
-        <v>191.38</v>
+        <v>192.27</v>
       </c>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>297</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="E146" s="3">
         <v>510.99</v>
       </c>
       <c r="F146" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G146" s="3">
-        <v>452.79</v>
+        <v>434.79</v>
       </c>
       <c r="H146" s="4">
         <v>268.41</v>
       </c>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
@@ -7977,177 +7977,177 @@
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>301</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="E148" s="3">
         <v>570.23</v>
       </c>
       <c r="F148" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G148" s="3">
-        <v>543.19</v>
+        <v>522.43</v>
       </c>
       <c r="H148" s="4">
-        <v>393.37</v>
+        <v>395.15</v>
       </c>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>303</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E149" s="3">
         <v>1380.67</v>
       </c>
       <c r="F149" s="3">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G149" s="3">
-        <v>1224.9</v>
+        <v>1194.38</v>
       </c>
       <c r="H149" s="4">
         <v>432.23</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>305</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="E150" s="3">
         <v>111.32</v>
       </c>
       <c r="F150" s="3">
         <v>7</v>
       </c>
       <c r="G150" s="3">
-        <v>109.85</v>
+        <v>109.66</v>
       </c>
       <c r="H150" s="4">
         <v>40.11</v>
       </c>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>307</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E151" s="3">
         <v>950.07</v>
       </c>
       <c r="F151" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G151" s="3">
-        <v>826.76</v>
+        <v>907.02</v>
       </c>
       <c r="H151" s="4">
         <v>388.99</v>
       </c>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
@@ -8264,54 +8264,54 @@
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>315</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="E155" s="3">
         <v>658.29</v>
       </c>
       <c r="F155" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G155" s="3">
-        <v>631.14</v>
+        <v>619.34</v>
       </c>
       <c r="H155" s="4">
         <v>356.45</v>
       </c>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
@@ -8469,95 +8469,95 @@
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>325</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E160" s="3">
         <v>750.42</v>
       </c>
       <c r="F160" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G160" s="3">
-        <v>751.85</v>
+        <v>738.3</v>
       </c>
       <c r="H160" s="4">
         <v>618.84</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C161" s="10" t="s">
         <v>327</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>328</v>
       </c>
       <c r="E161" s="3">
         <v>80.75</v>
       </c>
       <c r="F161" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G161" s="3">
-        <v>116.37</v>
+        <v>90.59</v>
       </c>
       <c r="H161" s="4">
         <v>78.08</v>
       </c>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
@@ -8961,54 +8961,54 @@
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>349</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>350</v>
       </c>
       <c r="E172" s="3">
         <v>152.39</v>
       </c>
       <c r="F172" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G172" s="3">
-        <v>91.79</v>
+        <v>88.52</v>
       </c>
       <c r="H172" s="4">
         <v>22.83</v>
       </c>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
@@ -9087,92 +9087,92 @@
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>355</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>356</v>
       </c>
       <c r="E175" s="3">
         <v>632.84</v>
       </c>
       <c r="F175" s="3">
         <v>23</v>
       </c>
       <c r="G175" s="3">
-        <v>586.42</v>
+        <v>659.42</v>
       </c>
       <c r="H175" s="4">
         <v>578.97</v>
       </c>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C176" s="10" t="s">
         <v>357</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>358</v>
       </c>
       <c r="E176" s="3">
         <v>1275.43</v>
       </c>
       <c r="F176" s="3">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G176" s="3">
-        <v>1155.32</v>
+        <v>1117.17</v>
       </c>
       <c r="H176" s="4">
         <v>476.79</v>
       </c>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
@@ -9207,57 +9207,57 @@
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>361</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>362</v>
       </c>
       <c r="E178" s="3">
         <v>716.98</v>
       </c>
       <c r="F178" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G178" s="3">
-        <v>684.82</v>
+        <v>640.05</v>
       </c>
       <c r="H178" s="4">
-        <v>553.23</v>
+        <v>556.42</v>
       </c>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C179" s="10" t="s">
@@ -9330,54 +9330,54 @@
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>367</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>368</v>
       </c>
       <c r="E181" s="3">
         <v>488.14</v>
       </c>
       <c r="F181" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G181" s="3">
-        <v>388.43</v>
+        <v>327.58</v>
       </c>
       <c r="H181" s="4">
         <v>196.8</v>
       </c>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
@@ -9412,54 +9412,54 @@
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>371</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>372</v>
       </c>
       <c r="E183" s="3">
         <v>561.82</v>
       </c>
       <c r="F183" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G183" s="3">
-        <v>546.59</v>
+        <v>544.2</v>
       </c>
       <c r="H183" s="4">
         <v>259.93</v>
       </c>
       <c r="I183" s="1"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
@@ -9535,95 +9535,95 @@
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C186" s="10" t="s">
         <v>377</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>378</v>
       </c>
       <c r="E186" s="3">
         <v>772.15</v>
       </c>
       <c r="F186" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G186" s="3">
-        <v>640.85</v>
+        <v>615.87</v>
       </c>
       <c r="H186" s="4">
         <v>414.19</v>
       </c>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>379</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>380</v>
       </c>
       <c r="E187" s="3">
         <v>84.07</v>
       </c>
       <c r="F187" s="3">
         <v>8</v>
       </c>
       <c r="G187" s="3">
-        <v>76.12</v>
+        <v>82.14</v>
       </c>
       <c r="H187" s="4">
         <v>74.98</v>
       </c>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
@@ -9740,177 +9740,177 @@
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C191" s="10" t="s">
         <v>387</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>388</v>
       </c>
       <c r="E191" s="3">
         <v>45.22</v>
       </c>
       <c r="F191" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G191" s="3">
-        <v>39.54</v>
+        <v>39.47</v>
       </c>
       <c r="H191" s="4">
         <v>29.71</v>
       </c>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C192" s="10" t="s">
         <v>389</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>390</v>
       </c>
       <c r="E192" s="3">
         <v>1852.66</v>
       </c>
       <c r="F192" s="3">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G192" s="3">
-        <v>1513.71</v>
+        <v>1533.97</v>
       </c>
       <c r="H192" s="4">
-        <v>1172.11</v>
+        <v>1173</v>
       </c>
       <c r="I192" s="1"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>391</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>392</v>
       </c>
       <c r="E193" s="3">
         <v>682.41</v>
       </c>
       <c r="F193" s="3">
         <v>15</v>
       </c>
       <c r="G193" s="3">
-        <v>477.95</v>
+        <v>484.71</v>
       </c>
       <c r="H193" s="4">
         <v>331.03</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C194" s="10" t="s">
         <v>393</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>394</v>
       </c>
       <c r="E194" s="3">
         <v>509.75</v>
       </c>
       <c r="F194" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G194" s="3">
-        <v>340.3</v>
+        <v>313.18</v>
       </c>
       <c r="H194" s="4">
         <v>165.83</v>
       </c>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
@@ -9945,54 +9945,54 @@
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C196" s="10" t="s">
         <v>397</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>398</v>
       </c>
       <c r="E196" s="3">
         <v>777.46</v>
       </c>
       <c r="F196" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G196" s="3">
-        <v>722.44</v>
+        <v>699.95</v>
       </c>
       <c r="H196" s="4">
         <v>590</v>
       </c>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
@@ -10027,95 +10027,95 @@
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="10" t="s">
         <v>401</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>402</v>
       </c>
       <c r="E198" s="3">
         <v>360.16</v>
       </c>
       <c r="F198" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G198" s="3">
-        <v>260.73</v>
+        <v>239.83</v>
       </c>
       <c r="H198" s="4">
-        <v>178.4</v>
+        <v>180.69</v>
       </c>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="10" t="s">
         <v>403</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>404</v>
       </c>
       <c r="E199" s="3">
         <v>1020.25</v>
       </c>
       <c r="F199" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G199" s="3">
-        <v>990.51</v>
+        <v>976.36</v>
       </c>
       <c r="H199" s="4">
         <v>557.21</v>
       </c>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
@@ -10355,54 +10355,54 @@
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C206" s="10" t="s">
         <v>417</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>418</v>
       </c>
       <c r="E206" s="3">
         <v>47.49</v>
       </c>
       <c r="F206" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G206" s="3">
-        <v>58.88</v>
+        <v>56.5</v>
       </c>
       <c r="H206" s="4">
         <v>21.62</v>
       </c>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
@@ -10481,51 +10481,51 @@
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>423</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>424</v>
       </c>
       <c r="E209" s="3">
         <v>47.49</v>
       </c>
       <c r="F209" s="3">
         <v>5</v>
       </c>
       <c r="G209" s="3">
-        <v>45.74</v>
+        <v>55.37</v>
       </c>
       <c r="H209" s="4">
         <v>37.43</v>
       </c>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
@@ -10642,95 +10642,95 @@
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>431</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>432</v>
       </c>
       <c r="E213" s="3">
         <v>338.59</v>
       </c>
       <c r="F213" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G213" s="3">
-        <v>370.77</v>
+        <v>366.73</v>
       </c>
       <c r="H213" s="4">
-        <v>238.98</v>
+        <v>240.46</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>433</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>434</v>
       </c>
       <c r="E214" s="3">
         <v>577.33</v>
       </c>
       <c r="F214" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G214" s="3">
-        <v>774.8</v>
+        <v>764.05</v>
       </c>
       <c r="H214" s="4">
         <v>533.58</v>
       </c>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
@@ -10806,177 +10806,177 @@
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>439</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>440</v>
       </c>
       <c r="E217" s="3">
         <v>154.07</v>
       </c>
       <c r="F217" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G217" s="3">
-        <v>137.81</v>
+        <v>114.8</v>
       </c>
       <c r="H217" s="4">
         <v>63.97</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C218" s="10" t="s">
         <v>441</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>442</v>
       </c>
       <c r="E218" s="3">
         <v>204.15</v>
       </c>
       <c r="F218" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G218" s="3">
-        <v>165.58</v>
+        <v>136.76</v>
       </c>
       <c r="H218" s="4">
-        <v>87.45</v>
+        <v>88.32</v>
       </c>
       <c r="I218" s="1"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="10" t="s">
         <v>443</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>444</v>
       </c>
       <c r="E219" s="3">
         <v>1269.79</v>
       </c>
       <c r="F219" s="3">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G219" s="3">
-        <v>372.35</v>
+        <v>359.35</v>
       </c>
       <c r="H219" s="4">
         <v>197.05</v>
       </c>
       <c r="I219" s="1"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>445</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>446</v>
       </c>
       <c r="E220" s="3">
         <v>695.45</v>
       </c>
       <c r="F220" s="3">
         <v>16</v>
       </c>
       <c r="G220" s="3">
-        <v>636.77</v>
+        <v>637.13</v>
       </c>
       <c r="H220" s="4">
         <v>507.01</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
@@ -11011,177 +11011,177 @@
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>449</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E222" s="3">
         <v>2031.4</v>
       </c>
       <c r="F222" s="3">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="G222" s="3">
-        <v>1865.29</v>
+        <v>1747.57</v>
       </c>
       <c r="H222" s="4">
         <v>1044.04</v>
       </c>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>451</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>452</v>
       </c>
       <c r="E223" s="3">
         <v>877.17</v>
       </c>
       <c r="F223" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G223" s="3">
-        <v>787.9</v>
+        <v>758.43</v>
       </c>
       <c r="H223" s="4">
         <v>532.96</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>453</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>454</v>
       </c>
       <c r="E224" s="3">
         <v>336.47</v>
       </c>
       <c r="F224" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G224" s="3">
-        <v>259.77</v>
+        <v>213.79</v>
       </c>
       <c r="H224" s="4">
         <v>214.05</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C225" s="10" t="s">
         <v>455</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>456</v>
       </c>
       <c r="E225" s="3">
         <v>948.08</v>
       </c>
       <c r="F225" s="3">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G225" s="3">
-        <v>587.45</v>
+        <v>559.37</v>
       </c>
       <c r="H225" s="4">
         <v>436.64</v>
       </c>
       <c r="I225" s="1"/>
       <c r="J225" s="1"/>
       <c r="K225" s="1"/>
       <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
@@ -11298,54 +11298,54 @@
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>463</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>464</v>
       </c>
       <c r="E229" s="3">
         <v>112.19</v>
       </c>
       <c r="F229" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G229" s="3">
-        <v>49.37</v>
+        <v>32.45</v>
       </c>
       <c r="H229" s="4">
         <v>42.47</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
@@ -11421,136 +11421,136 @@
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C232" s="10" t="s">
         <v>469</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>470</v>
       </c>
       <c r="E232" s="3">
         <v>273.66</v>
       </c>
       <c r="F232" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G232" s="3">
-        <v>220.15</v>
+        <v>203.57</v>
       </c>
       <c r="H232" s="4">
         <v>116.15</v>
       </c>
       <c r="I232" s="1"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>471</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>472</v>
       </c>
       <c r="E233" s="3">
         <v>59.54</v>
       </c>
       <c r="F233" s="3">
         <v>4</v>
       </c>
       <c r="G233" s="3">
-        <v>41.56</v>
+        <v>45.63</v>
       </c>
       <c r="H233" s="4">
-        <v>18.24</v>
+        <v>20</v>
       </c>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C234" s="10" t="s">
         <v>473</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>474</v>
       </c>
       <c r="E234" s="3">
         <v>252.1</v>
       </c>
       <c r="F234" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G234" s="3">
-        <v>244.69</v>
+        <v>236.44</v>
       </c>
       <c r="H234" s="4">
         <v>124.4</v>
       </c>
       <c r="I234" s="1"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1"/>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
@@ -11831,136 +11831,136 @@
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="10" t="s">
         <v>489</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>490</v>
       </c>
       <c r="E242" s="3">
         <v>0</v>
       </c>
       <c r="F242" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G242" s="3">
-        <v>13.67</v>
+        <v>12.78</v>
       </c>
       <c r="H242" s="4">
         <v>11.98</v>
       </c>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="10" t="s">
         <v>491</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>492</v>
       </c>
       <c r="E243" s="3">
         <v>0</v>
       </c>
       <c r="F243" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G243" s="3">
-        <v>27.8</v>
+        <v>11.12</v>
       </c>
       <c r="H243" s="4">
         <v>11.12</v>
       </c>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="10" t="s">
         <v>493</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>494</v>
       </c>
       <c r="E244" s="3">
         <v>0</v>
       </c>
       <c r="F244" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G244" s="3">
-        <v>1.56</v>
+        <v>9.68</v>
       </c>
       <c r="H244" s="4">
         <v>1.56</v>
       </c>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
@@ -12152,54 +12152,54 @@
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="7" t="s">
         <v>503</v>
       </c>
       <c r="B250" s="7"/>
       <c r="C250" s="11"/>
       <c r="D250" s="7"/>
       <c r="E250" s="7">
         <v>89667.07</v>
       </c>
       <c r="F250" s="7">
         <v>0</v>
       </c>
       <c r="G250" s="7">
-        <v>77572.29</v>
+        <v>76718.06</v>
       </c>
       <c r="H250" s="8">
-        <v>51318.9</v>
+        <v>51366.17</v>
       </c>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A250:D250"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>