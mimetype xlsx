--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -5751,54 +5751,54 @@
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="3">
         <v>535.02</v>
       </c>
       <c r="F10" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G10" s="3">
-        <v>475.95</v>
+        <v>474.84</v>
       </c>
       <c r="H10" s="4">
         <v>286.03</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
@@ -6038,54 +6038,54 @@
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="3">
         <v>800.17</v>
       </c>
       <c r="F17" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G17" s="3">
-        <v>728.68</v>
+        <v>615.1</v>
       </c>
       <c r="H17" s="4">
         <v>602.16</v>
       </c>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
@@ -6205,51 +6205,51 @@
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="3">
         <v>848.91</v>
       </c>
       <c r="F21" s="3">
         <v>17</v>
       </c>
       <c r="G21" s="3">
-        <v>789.65</v>
+        <v>795.56</v>
       </c>
       <c r="H21" s="4">
         <v>759.49</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
@@ -6284,54 +6284,54 @@
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>50</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E23" s="3">
         <v>800.14</v>
       </c>
       <c r="F23" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G23" s="3">
-        <v>484.16</v>
+        <v>454.05</v>
       </c>
       <c r="H23" s="4">
         <v>414.12</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
@@ -6530,54 +6530,54 @@
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E29" s="3">
         <v>366.83</v>
       </c>
       <c r="F29" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G29" s="3">
-        <v>341.19</v>
+        <v>333.83</v>
       </c>
       <c r="H29" s="4">
         <v>331.54</v>
       </c>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
@@ -6779,51 +6779,51 @@
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E35" s="3">
         <v>69.8</v>
       </c>
       <c r="F35" s="3">
         <v>6</v>
       </c>
       <c r="G35" s="3">
-        <v>74.16</v>
+        <v>83.84</v>
       </c>
       <c r="H35" s="4">
         <v>38.3</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
@@ -6858,136 +6858,136 @@
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>78</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E37" s="3">
         <v>1029.45</v>
       </c>
       <c r="F37" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G37" s="3">
-        <v>832.66</v>
+        <v>811.42</v>
       </c>
       <c r="H37" s="4">
         <v>718.16</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>80</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="E38" s="3">
         <v>2222.11</v>
       </c>
       <c r="F38" s="3">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G38" s="3">
-        <v>1669.57</v>
+        <v>1667.82</v>
       </c>
       <c r="H38" s="4">
         <v>1179.6</v>
       </c>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>82</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="3">
         <v>512.1</v>
       </c>
       <c r="F39" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G39" s="3">
-        <v>80.1</v>
+        <v>54.46</v>
       </c>
       <c r="H39" s="4">
         <v>273.01</v>
       </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
@@ -7022,54 +7022,54 @@
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E41" s="3">
         <v>584.24</v>
       </c>
       <c r="F41" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3">
-        <v>477.81</v>
+        <v>452.86</v>
       </c>
       <c r="H41" s="4">
         <v>217.35</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
@@ -7145,54 +7145,54 @@
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>92</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E44" s="3">
         <v>540.95</v>
       </c>
       <c r="F44" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G44" s="3">
-        <v>551.02</v>
+        <v>522.91</v>
       </c>
       <c r="H44" s="4">
         <v>20.29</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
@@ -7227,95 +7227,95 @@
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>96</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="E46" s="3">
         <v>835.22</v>
       </c>
       <c r="F46" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G46" s="3">
-        <v>540</v>
+        <v>527.63</v>
       </c>
       <c r="H46" s="4">
         <v>254.43</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>98</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="E47" s="3">
         <v>582.43</v>
       </c>
       <c r="F47" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G47" s="3">
-        <v>542.51</v>
+        <v>539.16</v>
       </c>
       <c r="H47" s="4">
         <v>489.58</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
@@ -7353,51 +7353,51 @@
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>102</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="E49" s="3">
         <v>727.81</v>
       </c>
       <c r="F49" s="3">
         <v>7</v>
       </c>
       <c r="G49" s="3">
-        <v>100.71</v>
+        <v>114.24</v>
       </c>
       <c r="H49" s="4">
         <v>355.97</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
@@ -7432,54 +7432,54 @@
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>106</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="E51" s="3">
         <v>554.17</v>
       </c>
       <c r="F51" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G51" s="3">
-        <v>487.09</v>
+        <v>480.96</v>
       </c>
       <c r="H51" s="4">
         <v>96.42</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
@@ -7514,54 +7514,54 @@
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>110</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="E53" s="3">
         <v>720.1</v>
       </c>
       <c r="F53" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G53" s="3">
-        <v>607.98</v>
+        <v>596.29</v>
       </c>
       <c r="H53" s="4">
         <v>309.49</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
@@ -7596,54 +7596,54 @@
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>114</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E55" s="3">
         <v>704.17</v>
       </c>
       <c r="F55" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G55" s="3">
-        <v>644.83</v>
+        <v>566.55</v>
       </c>
       <c r="H55" s="4">
         <v>252.65</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
@@ -7678,95 +7678,95 @@
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="E57" s="3">
         <v>642.05</v>
       </c>
       <c r="F57" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G57" s="3">
-        <v>73.68</v>
+        <v>61.2</v>
       </c>
       <c r="H57" s="4">
         <v>235.28</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>120</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E58" s="3">
         <v>167.94</v>
       </c>
       <c r="F58" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G58" s="3">
-        <v>169.31</v>
+        <v>156.88</v>
       </c>
       <c r="H58" s="4">
         <v>66.17</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
@@ -7842,95 +7842,95 @@
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>126</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="E61" s="3">
         <v>170.2</v>
       </c>
       <c r="F61" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G61" s="3">
-        <v>131.46</v>
+        <v>114.6</v>
       </c>
       <c r="H61" s="4">
         <v>10.8</v>
       </c>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>128</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="E62" s="3">
         <v>131.18</v>
       </c>
       <c r="F62" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G62" s="3">
-        <v>78.67</v>
+        <v>74.3</v>
       </c>
       <c r="H62" s="4">
         <v>31.42</v>
       </c>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
@@ -7968,215 +7968,215 @@
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>132</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="E64" s="3">
         <v>34.18</v>
       </c>
       <c r="F64" s="3">
         <v>1</v>
       </c>
       <c r="G64" s="3">
-        <v>29.7</v>
+        <v>30.37</v>
       </c>
       <c r="H64" s="4">
         <v>30.37</v>
       </c>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="E65" s="3">
         <v>342.52</v>
       </c>
       <c r="F65" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G65" s="3">
-        <v>300.38</v>
+        <v>242.88</v>
       </c>
       <c r="H65" s="4">
         <v>92.95</v>
       </c>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>136</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="E66" s="3">
         <v>439.72</v>
       </c>
       <c r="F66" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G66" s="3">
-        <v>367.18</v>
+        <v>343.51</v>
       </c>
       <c r="H66" s="4">
         <v>138.48</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>138</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="E67" s="3">
         <v>522.2</v>
       </c>
       <c r="F67" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G67" s="3">
-        <v>453.52</v>
+        <v>393.91</v>
       </c>
       <c r="H67" s="4">
         <v>171.87</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>140</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="E68" s="3">
         <v>730.61</v>
       </c>
       <c r="F68" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G68" s="3">
-        <v>495.7</v>
+        <v>492.67</v>
       </c>
       <c r="H68" s="4">
         <v>210.27</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
@@ -8211,95 +8211,95 @@
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>145</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E70" s="3">
         <v>339.13</v>
       </c>
       <c r="F70" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G70" s="3">
-        <v>314.42</v>
+        <v>287.19</v>
       </c>
       <c r="H70" s="4">
         <v>176.47</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>147</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E71" s="3">
         <v>143.36</v>
       </c>
       <c r="F71" s="3">
         <v>5</v>
       </c>
       <c r="G71" s="3">
-        <v>97.48</v>
+        <v>97.78</v>
       </c>
       <c r="H71" s="4">
         <v>69.52</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
@@ -8378,51 +8378,51 @@
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>153</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="E74" s="3">
         <v>12.39</v>
       </c>
       <c r="F74" s="3">
         <v>2</v>
       </c>
       <c r="G74" s="3">
-        <v>11.52</v>
+        <v>13.19</v>
       </c>
       <c r="H74" s="4">
         <v>6.88</v>
       </c>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
@@ -8539,54 +8539,54 @@
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="E78" s="3">
         <v>0</v>
       </c>
       <c r="F78" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G78" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H78" s="4">
         <v>4.88</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
@@ -8703,136 +8703,136 @@
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>169</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="E82" s="3">
         <v>0</v>
       </c>
       <c r="F82" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G82" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H82" s="4">
         <v>0.18</v>
       </c>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>171</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="E83" s="3">
         <v>0</v>
       </c>
       <c r="F83" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G83" s="3">
-        <v>6.66</v>
+        <v>6.44</v>
       </c>
       <c r="H83" s="4">
         <v>5.02</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>173</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="E84" s="3">
         <v>0</v>
       </c>
       <c r="F84" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G84" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H84" s="4">
         <v>4.08</v>
       </c>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
@@ -8867,341 +8867,341 @@
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>177</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="E86" s="3">
         <v>0</v>
       </c>
       <c r="F86" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G86" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H86" s="4">
         <v>0.18</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>179</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="E87" s="3">
         <v>0</v>
       </c>
       <c r="F87" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G87" s="3">
-        <v>0.19</v>
+        <v>33.18</v>
       </c>
       <c r="H87" s="4">
         <v>0</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E88" s="3">
         <v>0</v>
       </c>
       <c r="F88" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G88" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H88" s="4">
         <v>5.03</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>183</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="E89" s="3">
         <v>0</v>
       </c>
       <c r="F89" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G89" s="3">
-        <v>6.45</v>
+        <v>6.26</v>
       </c>
       <c r="H89" s="4">
         <v>0.19</v>
       </c>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E90" s="3">
         <v>0</v>
       </c>
       <c r="F90" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G90" s="3">
-        <v>0.19</v>
+        <v>16.68</v>
       </c>
       <c r="H90" s="4">
         <v>0</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E91" s="3">
         <v>0</v>
       </c>
       <c r="F91" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G91" s="3">
-        <v>6.61</v>
+        <v>6.27</v>
       </c>
       <c r="H91" s="4">
         <v>5.2</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>189</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="E92" s="3">
         <v>0</v>
       </c>
       <c r="F92" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G92" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H92" s="4">
         <v>0</v>
       </c>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>191</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="E93" s="3">
         <v>0</v>
       </c>
       <c r="F93" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G93" s="3">
-        <v>6.43</v>
+        <v>6.25</v>
       </c>
       <c r="H93" s="4">
         <v>0.18</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
@@ -9277,300 +9277,300 @@
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>197</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E96" s="3">
         <v>0</v>
       </c>
       <c r="F96" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G96" s="3">
-        <v>0.19</v>
+        <v>16.69</v>
       </c>
       <c r="H96" s="4">
         <v>0</v>
       </c>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>199</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="E97" s="3">
         <v>0</v>
       </c>
       <c r="F97" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G97" s="3">
-        <v>0.14</v>
+        <v>16.64</v>
       </c>
       <c r="H97" s="4">
         <v>0</v>
       </c>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>201</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E98" s="3">
         <v>0</v>
       </c>
       <c r="F98" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G98" s="3">
-        <v>6.61</v>
+        <v>6.26</v>
       </c>
       <c r="H98" s="4">
         <v>5.2</v>
       </c>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>203</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="E99" s="3">
         <v>0</v>
       </c>
       <c r="F99" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G99" s="3">
-        <v>10.71</v>
+        <v>10.48</v>
       </c>
       <c r="H99" s="4">
         <v>5.68</v>
       </c>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>205</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="E100" s="3">
         <v>0</v>
       </c>
       <c r="F100" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G100" s="3">
-        <v>6.47</v>
+        <v>6.27</v>
       </c>
       <c r="H100" s="4">
         <v>4.89</v>
       </c>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>207</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E101" s="3">
         <v>756.99</v>
       </c>
       <c r="F101" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G101" s="3">
-        <v>90.67</v>
+        <v>74.22</v>
       </c>
       <c r="H101" s="4">
         <v>183.95</v>
       </c>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>209</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="E102" s="3">
         <v>725.58</v>
       </c>
       <c r="F102" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G102" s="3">
-        <v>668.2</v>
+        <v>635.23</v>
       </c>
       <c r="H102" s="4">
         <v>462.38</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
@@ -9687,136 +9687,136 @@
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>217</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="E106" s="3">
         <v>697.48</v>
       </c>
       <c r="F106" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G106" s="3">
-        <v>576.74</v>
+        <v>565.97</v>
       </c>
       <c r="H106" s="4">
         <v>264.12</v>
       </c>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>219</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="E107" s="3">
         <v>815.19</v>
       </c>
       <c r="F107" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G107" s="3">
-        <v>795.6</v>
+        <v>782.81</v>
       </c>
       <c r="H107" s="4">
         <v>357.01</v>
       </c>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>221</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="E108" s="3">
         <v>565.75</v>
       </c>
       <c r="F108" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G108" s="3">
-        <v>528.65</v>
+        <v>455.05</v>
       </c>
       <c r="H108" s="4">
         <v>255.22</v>
       </c>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
@@ -10015,54 +10015,54 @@
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>233</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="E114" s="3">
         <v>45.95</v>
       </c>
       <c r="F114" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G114" s="3">
-        <v>81.63</v>
+        <v>78.48</v>
       </c>
       <c r="H114" s="4">
         <v>80.67</v>
       </c>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
@@ -10384,54 +10384,54 @@
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C123" s="10" t="s">
         <v>251</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E123" s="3">
         <v>1492.39</v>
       </c>
       <c r="F123" s="3">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G123" s="3">
-        <v>1278.61</v>
+        <v>1241.65</v>
       </c>
       <c r="H123" s="4">
         <v>1111.65</v>
       </c>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
@@ -10548,54 +10548,54 @@
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E127" s="3">
         <v>1187.36</v>
       </c>
       <c r="F127" s="3">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G127" s="3">
-        <v>1022.8</v>
+        <v>1020.75</v>
       </c>
       <c r="H127" s="4">
         <v>714.52</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
@@ -10630,54 +10630,54 @@
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>263</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E129" s="3">
         <v>1414.27</v>
       </c>
       <c r="F129" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G129" s="3">
-        <v>1382.72</v>
+        <v>1368.29</v>
       </c>
       <c r="H129" s="4">
         <v>1118.22</v>
       </c>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
@@ -10712,54 +10712,54 @@
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>267</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E131" s="3">
         <v>773.24</v>
       </c>
       <c r="F131" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G131" s="3">
-        <v>642.23</v>
+        <v>609.27</v>
       </c>
       <c r="H131" s="4">
         <v>228.7</v>
       </c>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
@@ -10794,54 +10794,54 @@
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="E133" s="3">
         <v>2333.22</v>
       </c>
       <c r="F133" s="3">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G133" s="3">
-        <v>1729.8</v>
+        <v>1689.67</v>
       </c>
       <c r="H133" s="4">
         <v>1486.18</v>
       </c>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
@@ -10876,177 +10876,177 @@
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>275</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="E135" s="3">
         <v>373.67</v>
       </c>
       <c r="F135" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G135" s="3">
-        <v>360.96</v>
+        <v>345.68</v>
       </c>
       <c r="H135" s="4">
         <v>162.61</v>
       </c>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>277</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="E136" s="3">
         <v>762.33</v>
       </c>
       <c r="F136" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G136" s="3">
-        <v>608.49</v>
+        <v>593.79</v>
       </c>
       <c r="H136" s="4">
         <v>468.18</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>279</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E137" s="3">
         <v>894.23</v>
       </c>
       <c r="F137" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G137" s="3">
-        <v>825.28</v>
+        <v>817.96</v>
       </c>
       <c r="H137" s="4">
         <v>275.7</v>
       </c>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>281</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="E138" s="3">
         <v>722.2</v>
       </c>
       <c r="F138" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3">
-        <v>614.84</v>
+        <v>596.08</v>
       </c>
       <c r="H138" s="4">
         <v>312.55</v>
       </c>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
@@ -11081,341 +11081,341 @@
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>285</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="E140" s="3">
         <v>579.91</v>
       </c>
       <c r="F140" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G140" s="3">
-        <v>536.46</v>
+        <v>524.07</v>
       </c>
       <c r="H140" s="4">
         <v>249.05</v>
       </c>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>287</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="E141" s="3">
         <v>620.61</v>
       </c>
       <c r="F141" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G141" s="3">
-        <v>535.27</v>
+        <v>534.31</v>
       </c>
       <c r="H141" s="4">
         <v>146.4</v>
       </c>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>289</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="E142" s="3">
         <v>873.48</v>
       </c>
       <c r="F142" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G142" s="3">
-        <v>621.82</v>
+        <v>521.45</v>
       </c>
       <c r="H142" s="4">
         <v>247.48</v>
       </c>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="E143" s="3">
         <v>1317.43</v>
       </c>
       <c r="F143" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G143" s="3">
-        <v>1288.47</v>
+        <v>1286.33</v>
       </c>
       <c r="H143" s="4">
         <v>938.48</v>
       </c>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>293</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="E144" s="3">
         <v>696.35</v>
       </c>
       <c r="F144" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G144" s="3">
-        <v>592.15</v>
+        <v>578.56</v>
       </c>
       <c r="H144" s="4">
         <v>157.84</v>
       </c>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>295</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="E145" s="3">
         <v>460.25</v>
       </c>
       <c r="F145" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G145" s="3">
-        <v>405.62</v>
+        <v>405.01</v>
       </c>
       <c r="H145" s="4">
         <v>266.36</v>
       </c>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>297</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="E146" s="3">
         <v>665.46</v>
       </c>
       <c r="F146" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G146" s="3">
-        <v>588.67</v>
+        <v>583.5</v>
       </c>
       <c r="H146" s="4">
         <v>210.21</v>
       </c>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>299</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E147" s="3">
         <v>627.78</v>
       </c>
       <c r="F147" s="3">
         <v>9</v>
       </c>
       <c r="G147" s="3">
-        <v>548.1</v>
+        <v>549.2</v>
       </c>
       <c r="H147" s="4">
         <v>307.49</v>
       </c>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
@@ -11450,54 +11450,54 @@
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>303</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E149" s="3">
         <v>710.43</v>
       </c>
       <c r="F149" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G149" s="3">
-        <v>707.58</v>
+        <v>675.66</v>
       </c>
       <c r="H149" s="4">
         <v>319</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
@@ -11573,54 +11573,54 @@
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>309</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="E152" s="3">
         <v>484.28</v>
       </c>
       <c r="F152" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G152" s="3">
-        <v>417.74</v>
+        <v>410</v>
       </c>
       <c r="H152" s="4">
         <v>163.24</v>
       </c>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
@@ -11737,54 +11737,54 @@
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E156" s="3">
         <v>231</v>
       </c>
       <c r="F156" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G156" s="3">
-        <v>34.24</v>
+        <v>34.09</v>
       </c>
       <c r="H156" s="4">
         <v>88.39</v>
       </c>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
@@ -11819,54 +11819,54 @@
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C158" s="10" t="s">
         <v>321</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E158" s="3">
         <v>66.74</v>
       </c>
       <c r="F158" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G158" s="3">
-        <v>50.75</v>
+        <v>50.06</v>
       </c>
       <c r="H158" s="4">
         <v>38.32</v>
       </c>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
@@ -11901,95 +11901,95 @@
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>325</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E160" s="3">
         <v>507.49</v>
       </c>
       <c r="F160" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G160" s="3">
-        <v>66.51</v>
+        <v>52.97</v>
       </c>
       <c r="H160" s="4">
         <v>45.05</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C161" s="10" t="s">
         <v>327</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>328</v>
       </c>
       <c r="E161" s="3">
         <v>679.21</v>
       </c>
       <c r="F161" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G161" s="3">
-        <v>519.29</v>
+        <v>515.56</v>
       </c>
       <c r="H161" s="4">
         <v>35.8</v>
       </c>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
@@ -12024,177 +12024,177 @@
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C163" s="10" t="s">
         <v>331</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>332</v>
       </c>
       <c r="E163" s="3">
         <v>1290.54</v>
       </c>
       <c r="F163" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G163" s="3">
-        <v>1055.36</v>
+        <v>1006.85</v>
       </c>
       <c r="H163" s="4">
         <v>303.45</v>
       </c>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C164" s="10" t="s">
         <v>333</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>334</v>
       </c>
       <c r="E164" s="3">
         <v>1515.48</v>
       </c>
       <c r="F164" s="3">
         <v>16</v>
       </c>
       <c r="G164" s="3">
-        <v>1225.72</v>
+        <v>1226.03</v>
       </c>
       <c r="H164" s="4">
         <v>1112.83</v>
       </c>
       <c r="I164" s="1"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>335</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>336</v>
       </c>
       <c r="E165" s="3">
         <v>461.03</v>
       </c>
       <c r="F165" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G165" s="3">
-        <v>455.74</v>
+        <v>443.44</v>
       </c>
       <c r="H165" s="4">
         <v>246.89</v>
       </c>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>338</v>
       </c>
       <c r="E166" s="3">
         <v>161.69</v>
       </c>
       <c r="F166" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G166" s="3">
-        <v>108.87</v>
+        <v>106.06</v>
       </c>
       <c r="H166" s="4">
         <v>95.61</v>
       </c>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
@@ -12229,54 +12229,54 @@
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>341</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>342</v>
       </c>
       <c r="E168" s="3">
         <v>12.39</v>
       </c>
       <c r="F168" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G168" s="3">
-        <v>12.39</v>
+        <v>12.24</v>
       </c>
       <c r="H168" s="4">
         <v>0.01</v>
       </c>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
@@ -12516,177 +12516,177 @@
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>355</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>356</v>
       </c>
       <c r="E175" s="3">
         <v>0</v>
       </c>
       <c r="F175" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G175" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H175" s="4">
         <v>4.88</v>
       </c>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C176" s="10" t="s">
         <v>357</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>358</v>
       </c>
       <c r="E176" s="3">
         <v>0</v>
       </c>
       <c r="F176" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G176" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H176" s="4">
         <v>5.03</v>
       </c>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>359</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>360</v>
       </c>
       <c r="E177" s="3">
         <v>0</v>
       </c>
       <c r="F177" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G177" s="3">
-        <v>6.84</v>
+        <v>6.26</v>
       </c>
       <c r="H177" s="4">
         <v>0.58</v>
       </c>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>361</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>362</v>
       </c>
       <c r="E178" s="3">
         <v>0</v>
       </c>
       <c r="F178" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G178" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H178" s="4">
         <v>0</v>
       </c>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
@@ -12803,54 +12803,54 @@
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>369</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>370</v>
       </c>
       <c r="E182" s="3">
         <v>0</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G182" s="3">
-        <v>0</v>
+        <v>16.5</v>
       </c>
       <c r="H182" s="4">
         <v>0</v>
       </c>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
@@ -12885,177 +12885,177 @@
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>373</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>374</v>
       </c>
       <c r="E184" s="3">
         <v>0</v>
       </c>
       <c r="F184" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G184" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H184" s="4">
         <v>0.18</v>
       </c>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C185" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>376</v>
       </c>
       <c r="E185" s="3">
         <v>0</v>
       </c>
       <c r="F185" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G185" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H185" s="4">
         <v>0</v>
       </c>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C186" s="10" t="s">
         <v>377</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>378</v>
       </c>
       <c r="E186" s="3">
         <v>0</v>
       </c>
       <c r="F186" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G186" s="3">
-        <v>6.43</v>
+        <v>6.25</v>
       </c>
       <c r="H186" s="4">
         <v>5.02</v>
       </c>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>379</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>380</v>
       </c>
       <c r="E187" s="3">
         <v>0</v>
       </c>
       <c r="F187" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G187" s="3">
-        <v>6.45</v>
+        <v>6.26</v>
       </c>
       <c r="H187" s="4">
         <v>0.19</v>
       </c>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
@@ -13090,54 +13090,54 @@
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C189" s="10" t="s">
         <v>383</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>384</v>
       </c>
       <c r="E189" s="3">
         <v>0</v>
       </c>
       <c r="F189" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G189" s="3">
-        <v>6.36</v>
+        <v>6.26</v>
       </c>
       <c r="H189" s="4">
         <v>0.1</v>
       </c>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
@@ -13172,54 +13172,54 @@
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C191" s="10" t="s">
         <v>387</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>388</v>
       </c>
       <c r="E191" s="3">
         <v>0</v>
       </c>
       <c r="F191" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G191" s="3">
-        <v>6.67</v>
+        <v>6.44</v>
       </c>
       <c r="H191" s="4">
         <v>5.25</v>
       </c>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
@@ -13254,54 +13254,54 @@
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>391</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>392</v>
       </c>
       <c r="E193" s="3">
         <v>0</v>
       </c>
       <c r="F193" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G193" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H193" s="4">
         <v>0.18</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
@@ -13336,54 +13336,54 @@
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>395</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E195" s="3">
         <v>0</v>
       </c>
       <c r="F195" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G195" s="3">
-        <v>6.44</v>
+        <v>6.27</v>
       </c>
       <c r="H195" s="4">
         <v>5.06</v>
       </c>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
@@ -13664,54 +13664,54 @@
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>411</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>412</v>
       </c>
       <c r="E203" s="3">
         <v>177.82</v>
       </c>
       <c r="F203" s="3">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G203" s="3">
-        <v>271.59</v>
+        <v>266.34</v>
       </c>
       <c r="H203" s="4">
         <v>307.25</v>
       </c>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
@@ -14238,54 +14238,54 @@
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>439</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>440</v>
       </c>
       <c r="E217" s="3">
         <v>678.53</v>
       </c>
       <c r="F217" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G217" s="3">
-        <v>657.85</v>
+        <v>656.89</v>
       </c>
       <c r="H217" s="4">
         <v>486.36</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
@@ -14320,95 +14320,95 @@
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="10" t="s">
         <v>443</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>444</v>
       </c>
       <c r="E219" s="3">
         <v>999.73</v>
       </c>
       <c r="F219" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G219" s="3">
-        <v>1224.68</v>
+        <v>1224.5</v>
       </c>
       <c r="H219" s="4">
         <v>706.69</v>
       </c>
       <c r="I219" s="1"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>445</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>446</v>
       </c>
       <c r="E220" s="3">
         <v>980.6</v>
       </c>
       <c r="F220" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="G220" s="3">
-        <v>912.89</v>
+        <v>852.52</v>
       </c>
       <c r="H220" s="4">
         <v>503.58</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
@@ -14443,136 +14443,136 @@
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>449</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E222" s="3">
         <v>1684.91</v>
       </c>
       <c r="F222" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G222" s="3">
-        <v>1546.39</v>
+        <v>1554.73</v>
       </c>
       <c r="H222" s="4">
         <v>1234.76</v>
       </c>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>451</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>452</v>
       </c>
       <c r="E223" s="3">
         <v>843.08</v>
       </c>
       <c r="F223" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G223" s="3">
-        <v>710</v>
+        <v>655.87</v>
       </c>
       <c r="H223" s="4">
         <v>415.97</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>453</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>454</v>
       </c>
       <c r="E224" s="3">
         <v>1000.8</v>
       </c>
       <c r="F224" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G224" s="3">
-        <v>853.58</v>
+        <v>851.18</v>
       </c>
       <c r="H224" s="4">
         <v>583.34</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
@@ -14607,259 +14607,259 @@
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>457</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>458</v>
       </c>
       <c r="E226" s="3">
         <v>656.72</v>
       </c>
       <c r="F226" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G226" s="3">
-        <v>594.92</v>
+        <v>555.96</v>
       </c>
       <c r="H226" s="4">
         <v>370.4</v>
       </c>
       <c r="I226" s="1"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>459</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>460</v>
       </c>
       <c r="E227" s="3">
         <v>617.59</v>
       </c>
       <c r="F227" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G227" s="3">
-        <v>619.06</v>
+        <v>614.1</v>
       </c>
       <c r="H227" s="4">
         <v>351.49</v>
       </c>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="10" t="s">
         <v>461</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E228" s="3">
         <v>757.8</v>
       </c>
       <c r="F228" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G228" s="3">
-        <v>706.02</v>
+        <v>688.33</v>
       </c>
       <c r="H228" s="4">
         <v>168.33</v>
       </c>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>463</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>464</v>
       </c>
       <c r="E229" s="3">
         <v>776</v>
       </c>
       <c r="F229" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G229" s="3">
-        <v>697.49</v>
+        <v>489.63</v>
       </c>
       <c r="H229" s="4">
         <v>396.23</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C230" s="10" t="s">
         <v>465</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>466</v>
       </c>
       <c r="E230" s="3">
         <v>754.82</v>
       </c>
       <c r="F230" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G230" s="3">
-        <v>746.38</v>
+        <v>728.75</v>
       </c>
       <c r="H230" s="4">
         <v>166.7</v>
       </c>
       <c r="I230" s="1"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C231" s="10" t="s">
         <v>467</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>468</v>
       </c>
       <c r="E231" s="3">
         <v>755.87</v>
       </c>
       <c r="F231" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G231" s="3">
-        <v>609.76</v>
+        <v>597.44</v>
       </c>
       <c r="H231" s="4">
         <v>244.45</v>
       </c>
       <c r="I231" s="1"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
@@ -14976,54 +14976,54 @@
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C235" s="10" t="s">
         <v>475</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>476</v>
       </c>
       <c r="E235" s="3">
         <v>520.66</v>
       </c>
       <c r="F235" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G235" s="3">
-        <v>433.51</v>
+        <v>423.77</v>
       </c>
       <c r="H235" s="4">
         <v>180.26</v>
       </c>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
@@ -15058,136 +15058,136 @@
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="10" t="s">
         <v>479</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>480</v>
       </c>
       <c r="E237" s="3">
         <v>742.03</v>
       </c>
       <c r="F237" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G237" s="3">
-        <v>660.63</v>
+        <v>658.49</v>
       </c>
       <c r="H237" s="4">
         <v>186.85</v>
       </c>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="10" t="s">
         <v>481</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>482</v>
       </c>
       <c r="E238" s="3">
         <v>739.06</v>
       </c>
       <c r="F238" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G238" s="3">
-        <v>558.98</v>
+        <v>549.2</v>
       </c>
       <c r="H238" s="4">
         <v>256.88</v>
       </c>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C239" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>484</v>
       </c>
       <c r="E239" s="3">
         <v>694.6</v>
       </c>
       <c r="F239" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G239" s="3">
-        <v>622.62</v>
+        <v>621.93</v>
       </c>
       <c r="H239" s="4">
         <v>487.75</v>
       </c>
       <c r="I239" s="1"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1"/>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
@@ -15263,95 +15263,95 @@
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="10" t="s">
         <v>489</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>490</v>
       </c>
       <c r="E242" s="3">
         <v>555.33</v>
       </c>
       <c r="F242" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G242" s="3">
-        <v>61.92</v>
+        <v>54.19</v>
       </c>
       <c r="H242" s="4">
         <v>188.56</v>
       </c>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="10" t="s">
         <v>491</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>492</v>
       </c>
       <c r="E243" s="3">
         <v>381.66</v>
       </c>
       <c r="F243" s="3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G243" s="3">
-        <v>104.9</v>
+        <v>425.35</v>
       </c>
       <c r="H243" s="4">
         <v>274.31</v>
       </c>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
@@ -15430,51 +15430,51 @@
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>497</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>498</v>
       </c>
       <c r="E246" s="3">
         <v>106.97</v>
       </c>
       <c r="F246" s="3">
         <v>4</v>
       </c>
       <c r="G246" s="3">
-        <v>104.58</v>
+        <v>122.28</v>
       </c>
       <c r="H246" s="4">
         <v>121.57</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
@@ -15550,54 +15550,54 @@
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="10" t="s">
         <v>503</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E249" s="3">
         <v>59.08</v>
       </c>
       <c r="F249" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G249" s="3">
-        <v>56.74</v>
+        <v>0.73</v>
       </c>
       <c r="H249" s="4">
         <v>51.09</v>
       </c>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
@@ -15878,54 +15878,54 @@
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C257" s="10" t="s">
         <v>519</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>520</v>
       </c>
       <c r="E257" s="3">
         <v>140.37</v>
       </c>
       <c r="F257" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G257" s="3">
-        <v>86.57</v>
+        <v>67.73</v>
       </c>
       <c r="H257" s="4">
         <v>0</v>
       </c>
       <c r="I257" s="1"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
@@ -16247,177 +16247,177 @@
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C266" s="10" t="s">
         <v>537</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E266" s="3">
         <v>0</v>
       </c>
       <c r="F266" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G266" s="3">
-        <v>6.45</v>
+        <v>6.26</v>
       </c>
       <c r="H266" s="4">
         <v>0.19</v>
       </c>
       <c r="I266" s="1"/>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>539</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>540</v>
       </c>
       <c r="E267" s="3">
         <v>0</v>
       </c>
       <c r="F267" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G267" s="3">
-        <v>6.45</v>
+        <v>6.26</v>
       </c>
       <c r="H267" s="4">
         <v>0.19</v>
       </c>
       <c r="I267" s="1"/>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C268" s="10" t="s">
         <v>541</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E268" s="3">
         <v>0</v>
       </c>
       <c r="F268" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G268" s="3">
-        <v>6.59</v>
+        <v>6.26</v>
       </c>
       <c r="H268" s="4">
         <v>5.22</v>
       </c>
       <c r="I268" s="1"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C269" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>544</v>
       </c>
       <c r="E269" s="3">
         <v>0</v>
       </c>
       <c r="F269" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G269" s="3">
-        <v>0.14</v>
+        <v>16.64</v>
       </c>
       <c r="H269" s="4">
         <v>0</v>
       </c>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
@@ -16575,95 +16575,95 @@
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C274" s="10" t="s">
         <v>553</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>554</v>
       </c>
       <c r="E274" s="3">
         <v>0</v>
       </c>
       <c r="F274" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G274" s="3">
-        <v>0.19</v>
+        <v>16.68</v>
       </c>
       <c r="H274" s="4">
         <v>0</v>
       </c>
       <c r="I274" s="1"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1"/>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C275" s="10" t="s">
         <v>555</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>556</v>
       </c>
       <c r="E275" s="3">
         <v>0</v>
       </c>
       <c r="F275" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G275" s="3">
-        <v>6.66</v>
+        <v>6.26</v>
       </c>
       <c r="H275" s="4">
         <v>5.06</v>
       </c>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
@@ -16739,136 +16739,136 @@
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C278" s="10" t="s">
         <v>561</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E278" s="3">
         <v>0</v>
       </c>
       <c r="F278" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G278" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H278" s="4">
         <v>0</v>
       </c>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C279" s="10" t="s">
         <v>563</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>564</v>
       </c>
       <c r="E279" s="3">
         <v>0</v>
       </c>
       <c r="F279" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G279" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H279" s="4">
         <v>5.03</v>
       </c>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C280" s="10" t="s">
         <v>565</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E280" s="3">
         <v>0</v>
       </c>
       <c r="F280" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G280" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H280" s="4">
         <v>0.18</v>
       </c>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1"/>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
@@ -16944,54 +16944,54 @@
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>571</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>572</v>
       </c>
       <c r="E283" s="3">
         <v>0</v>
       </c>
       <c r="F283" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G283" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H283" s="4">
         <v>0.17</v>
       </c>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
@@ -17067,54 +17067,54 @@
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C286" s="10" t="s">
         <v>577</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E286" s="3">
         <v>0</v>
       </c>
       <c r="F286" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G286" s="3">
-        <v>83.33</v>
+        <v>80.98</v>
       </c>
       <c r="H286" s="4">
         <v>59.59</v>
       </c>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
@@ -17270,54 +17270,54 @@
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C291" s="10" t="s">
         <v>586</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>587</v>
       </c>
       <c r="E291" s="3">
         <v>164.81</v>
       </c>
       <c r="F291" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G291" s="3">
-        <v>172.02</v>
+        <v>152.11</v>
       </c>
       <c r="H291" s="4">
         <v>260.23</v>
       </c>
       <c r="I291" s="1"/>
       <c r="J291" s="1"/>
       <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
@@ -17393,54 +17393,54 @@
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C294" s="10" t="s">
         <v>592</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E294" s="3">
         <v>26.99</v>
       </c>
       <c r="F294" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G294" s="3">
-        <v>12.73</v>
+        <v>12.33</v>
       </c>
       <c r="H294" s="4">
         <v>7.75</v>
       </c>
       <c r="I294" s="1"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1"/>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
@@ -17765,51 +17765,51 @@
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="10" t="s">
         <v>610</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>611</v>
       </c>
       <c r="E303" s="3">
         <v>663.05</v>
       </c>
       <c r="F303" s="3">
         <v>13</v>
       </c>
       <c r="G303" s="3">
-        <v>556.55</v>
+        <v>557.42</v>
       </c>
       <c r="H303" s="4">
         <v>320.98</v>
       </c>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
@@ -17967,136 +17967,136 @@
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="10" t="s">
         <v>620</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>621</v>
       </c>
       <c r="E308" s="3">
         <v>1041.15</v>
       </c>
       <c r="F308" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G308" s="3">
-        <v>985.66</v>
+        <v>958.01</v>
       </c>
       <c r="H308" s="4">
         <v>790.43</v>
       </c>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="10" t="s">
         <v>622</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>623</v>
       </c>
       <c r="E309" s="3">
         <v>686.91</v>
       </c>
       <c r="F309" s="3">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G309" s="3">
-        <v>688.2</v>
+        <v>680.46</v>
       </c>
       <c r="H309" s="4">
         <v>478.06</v>
       </c>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="10" t="s">
         <v>624</v>
       </c>
       <c r="D310" s="3" t="s">
         <v>625</v>
       </c>
       <c r="E310" s="3">
         <v>703.33</v>
       </c>
       <c r="F310" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G310" s="3">
-        <v>368.71</v>
+        <v>367.56</v>
       </c>
       <c r="H310" s="4">
         <v>245.97</v>
       </c>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
@@ -18213,54 +18213,54 @@
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>632</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>633</v>
       </c>
       <c r="E314" s="3">
         <v>606.04</v>
       </c>
       <c r="F314" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G314" s="3">
-        <v>462.58</v>
+        <v>440.3</v>
       </c>
       <c r="H314" s="4">
         <v>252.31</v>
       </c>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
@@ -18377,218 +18377,218 @@
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C318" s="10" t="s">
         <v>640</v>
       </c>
       <c r="D318" s="3" t="s">
         <v>641</v>
       </c>
       <c r="E318" s="3">
         <v>681.09</v>
       </c>
       <c r="F318" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G318" s="3">
-        <v>794.51</v>
+        <v>792.59</v>
       </c>
       <c r="H318" s="4">
         <v>597.79</v>
       </c>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1"/>
       <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>642</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>643</v>
       </c>
       <c r="E319" s="3">
         <v>385.96</v>
       </c>
       <c r="F319" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G319" s="3">
-        <v>68.17</v>
+        <v>55.27</v>
       </c>
       <c r="H319" s="4">
         <v>23.61</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C320" s="10" t="s">
         <v>644</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>645</v>
       </c>
       <c r="E320" s="3">
         <v>708.52</v>
       </c>
       <c r="F320" s="3">
         <v>8</v>
       </c>
       <c r="G320" s="3">
-        <v>146.18</v>
+        <v>146.63</v>
       </c>
       <c r="H320" s="4">
         <v>444.9</v>
       </c>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C321" s="10" t="s">
         <v>646</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>647</v>
       </c>
       <c r="E321" s="3">
         <v>594.37</v>
       </c>
       <c r="F321" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G321" s="3">
-        <v>527.73</v>
+        <v>519.13</v>
       </c>
       <c r="H321" s="4">
         <v>151.46</v>
       </c>
       <c r="I321" s="1"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1"/>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="10" t="s">
         <v>648</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>649</v>
       </c>
       <c r="E322" s="3">
         <v>514.51</v>
       </c>
       <c r="F322" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G322" s="3">
-        <v>479.55</v>
+        <v>479.34</v>
       </c>
       <c r="H322" s="4">
         <v>51.65</v>
       </c>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
@@ -18664,54 +18664,54 @@
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>654</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>655</v>
       </c>
       <c r="E325" s="3">
         <v>462.76</v>
       </c>
       <c r="F325" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G325" s="3">
-        <v>371.75</v>
+        <v>367.29</v>
       </c>
       <c r="H325" s="4">
         <v>155.17</v>
       </c>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
@@ -18787,54 +18787,54 @@
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="10" t="s">
         <v>660</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>661</v>
       </c>
       <c r="E328" s="3">
         <v>500.78</v>
       </c>
       <c r="F328" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G328" s="3">
-        <v>434.91</v>
+        <v>426.85</v>
       </c>
       <c r="H328" s="4">
         <v>210.05</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
@@ -18869,54 +18869,54 @@
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="10" t="s">
         <v>664</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>665</v>
       </c>
       <c r="E330" s="3">
         <v>889.59</v>
       </c>
       <c r="F330" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G330" s="3">
-        <v>634.91</v>
+        <v>631.68</v>
       </c>
       <c r="H330" s="4">
         <v>319.26</v>
       </c>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
@@ -18951,177 +18951,177 @@
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="10" t="s">
         <v>668</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>669</v>
       </c>
       <c r="E332" s="3">
         <v>422.36</v>
       </c>
       <c r="F332" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G332" s="3">
-        <v>370.51</v>
+        <v>362.43</v>
       </c>
       <c r="H332" s="4">
         <v>45.75</v>
       </c>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="10" t="s">
         <v>670</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>671</v>
       </c>
       <c r="E333" s="3">
         <v>1097.22</v>
       </c>
       <c r="F333" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G333" s="3">
-        <v>989.43</v>
+        <v>955.22</v>
       </c>
       <c r="H333" s="4">
         <v>682.23</v>
       </c>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>672</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>673</v>
       </c>
       <c r="E334" s="3">
         <v>664.72</v>
       </c>
       <c r="F334" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G334" s="3">
-        <v>622.16</v>
+        <v>617.57</v>
       </c>
       <c r="H334" s="4">
         <v>55.51</v>
       </c>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>674</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>675</v>
       </c>
       <c r="E335" s="3">
         <v>537.37</v>
       </c>
       <c r="F335" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G335" s="3">
-        <v>63.86</v>
+        <v>55.87</v>
       </c>
       <c r="H335" s="4">
         <v>218.2</v>
       </c>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
@@ -19156,136 +19156,136 @@
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="10" t="s">
         <v>678</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>679</v>
       </c>
       <c r="E337" s="3">
         <v>676.58</v>
       </c>
       <c r="F337" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G337" s="3">
-        <v>616.8</v>
+        <v>616.53</v>
       </c>
       <c r="H337" s="4">
         <v>162.43</v>
       </c>
       <c r="I337" s="1"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1"/>
       <c r="L337" s="1"/>
       <c r="M337" s="1"/>
       <c r="N337" s="1"/>
       <c r="O337" s="1"/>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="10" t="s">
         <v>680</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>681</v>
       </c>
       <c r="E338" s="3">
         <v>70.89</v>
       </c>
       <c r="F338" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G338" s="3">
-        <v>69.44</v>
+        <v>31.16</v>
       </c>
       <c r="H338" s="4">
         <v>18.43</v>
       </c>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>682</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>683</v>
       </c>
       <c r="E339" s="3">
         <v>63.12</v>
       </c>
       <c r="F339" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G339" s="3">
-        <v>52.31</v>
+        <v>45.13</v>
       </c>
       <c r="H339" s="4">
         <v>20.19</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
@@ -19320,177 +19320,177 @@
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>686</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>687</v>
       </c>
       <c r="E341" s="3">
         <v>412.43</v>
       </c>
       <c r="F341" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G341" s="3">
-        <v>399.52</v>
+        <v>387.29</v>
       </c>
       <c r="H341" s="4">
         <v>189.69</v>
       </c>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>688</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>689</v>
       </c>
       <c r="E342" s="3">
         <v>317.67</v>
       </c>
       <c r="F342" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G342" s="3">
-        <v>305.44</v>
+        <v>286.84</v>
       </c>
       <c r="H342" s="4">
         <v>69.11</v>
       </c>
       <c r="I342" s="1"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="10" t="s">
         <v>690</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>691</v>
       </c>
       <c r="E343" s="3">
         <v>242.53</v>
       </c>
       <c r="F343" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G343" s="3">
-        <v>169.71</v>
+        <v>180.58</v>
       </c>
       <c r="H343" s="4">
         <v>115.33</v>
       </c>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="10" t="s">
         <v>692</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>693</v>
       </c>
       <c r="E344" s="3">
         <v>572.93</v>
       </c>
       <c r="F344" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G344" s="3">
-        <v>570.56</v>
+        <v>556.41</v>
       </c>
       <c r="H344" s="4">
         <v>112.1</v>
       </c>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
@@ -19566,54 +19566,54 @@
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="10" t="s">
         <v>698</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E347" s="3">
         <v>428.01</v>
       </c>
       <c r="F347" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G347" s="3">
-        <v>334.32</v>
+        <v>329.69</v>
       </c>
       <c r="H347" s="4">
         <v>38.03</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
@@ -19730,177 +19730,177 @@
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="10" t="s">
         <v>706</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>707</v>
       </c>
       <c r="E351" s="3">
         <v>74.78</v>
       </c>
       <c r="F351" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G351" s="3">
-        <v>50.44</v>
+        <v>40.12</v>
       </c>
       <c r="H351" s="4">
         <v>47.33</v>
       </c>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="10" t="s">
         <v>708</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>709</v>
       </c>
       <c r="E352" s="3">
         <v>80.74</v>
       </c>
       <c r="F352" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G352" s="3">
-        <v>53.78</v>
+        <v>51.31</v>
       </c>
       <c r="H352" s="4">
         <v>42.49</v>
       </c>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C353" s="10" t="s">
         <v>710</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>711</v>
       </c>
       <c r="E353" s="3">
         <v>62.87</v>
       </c>
       <c r="F353" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G353" s="3">
-        <v>55.19</v>
+        <v>46.29</v>
       </c>
       <c r="H353" s="4">
         <v>0.83</v>
       </c>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C354" s="10" t="s">
         <v>712</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>713</v>
       </c>
       <c r="E354" s="3">
         <v>0</v>
       </c>
       <c r="F354" s="3">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G354" s="3">
-        <v>140.04</v>
+        <v>137.25</v>
       </c>
       <c r="H354" s="4">
         <v>112.18</v>
       </c>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
@@ -20304,95 +20304,95 @@
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C365" s="10" t="s">
         <v>734</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E365" s="3">
         <v>0</v>
       </c>
       <c r="F365" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G365" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H365" s="4">
         <v>0.18</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C366" s="10" t="s">
         <v>736</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>737</v>
       </c>
       <c r="E366" s="3">
         <v>0</v>
       </c>
       <c r="F366" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G366" s="3">
-        <v>0</v>
+        <v>16.5</v>
       </c>
       <c r="H366" s="4">
         <v>0</v>
       </c>
       <c r="I366" s="1"/>
       <c r="J366" s="1"/>
       <c r="K366" s="1"/>
       <c r="L366" s="1"/>
       <c r="M366" s="1"/>
       <c r="N366" s="1"/>
       <c r="O366" s="1"/>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
@@ -20509,136 +20509,136 @@
       <c r="Q369" s="1"/>
       <c r="R369" s="1"/>
       <c r="S369" s="1"/>
       <c r="T369" s="1"/>
       <c r="U369" s="1"/>
       <c r="V369" s="1"/>
       <c r="W369" s="1"/>
     </row>
     <row r="370" spans="1:23">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C370" s="10" t="s">
         <v>744</v>
       </c>
       <c r="D370" s="3" t="s">
         <v>745</v>
       </c>
       <c r="E370" s="3">
         <v>0</v>
       </c>
       <c r="F370" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G370" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H370" s="4">
         <v>0</v>
       </c>
       <c r="I370" s="1"/>
       <c r="J370" s="1"/>
       <c r="K370" s="1"/>
       <c r="L370" s="1"/>
       <c r="M370" s="1"/>
       <c r="N370" s="1"/>
       <c r="O370" s="1"/>
       <c r="P370" s="1"/>
       <c r="Q370" s="1"/>
       <c r="R370" s="1"/>
       <c r="S370" s="1"/>
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C371" s="10" t="s">
         <v>746</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>747</v>
       </c>
       <c r="E371" s="3">
         <v>0</v>
       </c>
       <c r="F371" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G371" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H371" s="4">
         <v>5.2</v>
       </c>
       <c r="I371" s="1"/>
       <c r="J371" s="1"/>
       <c r="K371" s="1"/>
       <c r="L371" s="1"/>
       <c r="M371" s="1"/>
       <c r="N371" s="1"/>
       <c r="O371" s="1"/>
       <c r="P371" s="1"/>
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C372" s="10" t="s">
         <v>748</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>749</v>
       </c>
       <c r="E372" s="3">
         <v>0</v>
       </c>
       <c r="F372" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G372" s="3">
-        <v>0.15</v>
+        <v>16.65</v>
       </c>
       <c r="H372" s="4">
         <v>0</v>
       </c>
       <c r="I372" s="1"/>
       <c r="J372" s="1"/>
       <c r="K372" s="1"/>
       <c r="L372" s="1"/>
       <c r="M372" s="1"/>
       <c r="N372" s="1"/>
       <c r="O372" s="1"/>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
@@ -20673,54 +20673,54 @@
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>752</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E374" s="3">
         <v>0</v>
       </c>
       <c r="F374" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G374" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H374" s="4">
         <v>0.35</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
@@ -20755,95 +20755,95 @@
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C376" s="10" t="s">
         <v>756</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>757</v>
       </c>
       <c r="E376" s="3">
         <v>12.39</v>
       </c>
       <c r="F376" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G376" s="3">
-        <v>11.53</v>
+        <v>11.35</v>
       </c>
       <c r="H376" s="4">
         <v>0.18</v>
       </c>
       <c r="I376" s="1"/>
       <c r="J376" s="1"/>
       <c r="K376" s="1"/>
       <c r="L376" s="1"/>
       <c r="M376" s="1"/>
       <c r="N376" s="1"/>
       <c r="O376" s="1"/>
       <c r="P376" s="1"/>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C377" s="10" t="s">
         <v>758</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>759</v>
       </c>
       <c r="E377" s="3">
         <v>0</v>
       </c>
       <c r="F377" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G377" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H377" s="4">
         <v>0.18</v>
       </c>
       <c r="I377" s="1"/>
       <c r="J377" s="1"/>
       <c r="K377" s="1"/>
       <c r="L377" s="1"/>
       <c r="M377" s="1"/>
       <c r="N377" s="1"/>
       <c r="O377" s="1"/>
       <c r="P377" s="1"/>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
@@ -20878,54 +20878,54 @@
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C379" s="10" t="s">
         <v>762</v>
       </c>
       <c r="D379" s="3" t="s">
         <v>763</v>
       </c>
       <c r="E379" s="3">
         <v>0</v>
       </c>
       <c r="F379" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G379" s="3">
-        <v>13.05</v>
+        <v>12.52</v>
       </c>
       <c r="H379" s="4">
         <v>0.53</v>
       </c>
       <c r="I379" s="1"/>
       <c r="J379" s="1"/>
       <c r="K379" s="1"/>
       <c r="L379" s="1"/>
       <c r="M379" s="1"/>
       <c r="N379" s="1"/>
       <c r="O379" s="1"/>
       <c r="P379" s="1"/>
       <c r="Q379" s="1"/>
       <c r="R379" s="1"/>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
@@ -20960,54 +20960,54 @@
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C381" s="10" t="s">
         <v>766</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>767</v>
       </c>
       <c r="E381" s="3">
         <v>0</v>
       </c>
       <c r="F381" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G381" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H381" s="4">
         <v>5.06</v>
       </c>
       <c r="I381" s="1"/>
       <c r="J381" s="1"/>
       <c r="K381" s="1"/>
       <c r="L381" s="1"/>
       <c r="M381" s="1"/>
       <c r="N381" s="1"/>
       <c r="O381" s="1"/>
       <c r="P381" s="1"/>
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
@@ -21083,341 +21083,341 @@
       <c r="Q383" s="1"/>
       <c r="R383" s="1"/>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C384" s="10" t="s">
         <v>772</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>773</v>
       </c>
       <c r="E384" s="3">
         <v>0</v>
       </c>
       <c r="F384" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G384" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H384" s="4">
         <v>0.17</v>
       </c>
       <c r="I384" s="1"/>
       <c r="J384" s="1"/>
       <c r="K384" s="1"/>
       <c r="L384" s="1"/>
       <c r="M384" s="1"/>
       <c r="N384" s="1"/>
       <c r="O384" s="1"/>
       <c r="P384" s="1"/>
       <c r="Q384" s="1"/>
       <c r="R384" s="1"/>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C385" s="10" t="s">
         <v>774</v>
       </c>
       <c r="D385" s="3" t="s">
         <v>775</v>
       </c>
       <c r="E385" s="3">
         <v>0</v>
       </c>
       <c r="F385" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G385" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H385" s="4">
         <v>0</v>
       </c>
       <c r="I385" s="1"/>
       <c r="J385" s="1"/>
       <c r="K385" s="1"/>
       <c r="L385" s="1"/>
       <c r="M385" s="1"/>
       <c r="N385" s="1"/>
       <c r="O385" s="1"/>
       <c r="P385" s="1"/>
       <c r="Q385" s="1"/>
       <c r="R385" s="1"/>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C386" s="10" t="s">
         <v>776</v>
       </c>
       <c r="D386" s="3" t="s">
         <v>777</v>
       </c>
       <c r="E386" s="3">
         <v>0</v>
       </c>
       <c r="F386" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G386" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H386" s="4">
         <v>0</v>
       </c>
       <c r="I386" s="1"/>
       <c r="J386" s="1"/>
       <c r="K386" s="1"/>
       <c r="L386" s="1"/>
       <c r="M386" s="1"/>
       <c r="N386" s="1"/>
       <c r="O386" s="1"/>
       <c r="P386" s="1"/>
       <c r="Q386" s="1"/>
       <c r="R386" s="1"/>
       <c r="S386" s="1"/>
       <c r="T386" s="1"/>
       <c r="U386" s="1"/>
       <c r="V386" s="1"/>
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C387" s="10" t="s">
         <v>778</v>
       </c>
       <c r="D387" s="3" t="s">
         <v>779</v>
       </c>
       <c r="E387" s="3">
         <v>0</v>
       </c>
       <c r="F387" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G387" s="3">
-        <v>0.19</v>
+        <v>16.68</v>
       </c>
       <c r="H387" s="4">
         <v>0</v>
       </c>
       <c r="I387" s="1"/>
       <c r="J387" s="1"/>
       <c r="K387" s="1"/>
       <c r="L387" s="1"/>
       <c r="M387" s="1"/>
       <c r="N387" s="1"/>
       <c r="O387" s="1"/>
       <c r="P387" s="1"/>
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C388" s="10" t="s">
         <v>780</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>781</v>
       </c>
       <c r="E388" s="3">
         <v>0</v>
       </c>
       <c r="F388" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G388" s="3">
-        <v>0.2</v>
+        <v>16.69</v>
       </c>
       <c r="H388" s="4">
         <v>0</v>
       </c>
       <c r="I388" s="1"/>
       <c r="J388" s="1"/>
       <c r="K388" s="1"/>
       <c r="L388" s="1"/>
       <c r="M388" s="1"/>
       <c r="N388" s="1"/>
       <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C389" s="10" t="s">
         <v>782</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>783</v>
       </c>
       <c r="E389" s="3">
         <v>0</v>
       </c>
       <c r="F389" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G389" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H389" s="4">
         <v>0.18</v>
       </c>
       <c r="I389" s="1"/>
       <c r="J389" s="1"/>
       <c r="K389" s="1"/>
       <c r="L389" s="1"/>
       <c r="M389" s="1"/>
       <c r="N389" s="1"/>
       <c r="O389" s="1"/>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C390" s="10" t="s">
         <v>784</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>785</v>
       </c>
       <c r="E390" s="3">
         <v>0</v>
       </c>
       <c r="F390" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G390" s="3">
-        <v>12.69</v>
+        <v>12.51</v>
       </c>
       <c r="H390" s="4">
         <v>5.02</v>
       </c>
       <c r="I390" s="1"/>
       <c r="J390" s="1"/>
       <c r="K390" s="1"/>
       <c r="L390" s="1"/>
       <c r="M390" s="1"/>
       <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C391" s="10" t="s">
         <v>786</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>787</v>
       </c>
       <c r="E391" s="3">
         <v>0</v>
       </c>
       <c r="F391" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G391" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H391" s="4">
         <v>0.18</v>
       </c>
       <c r="I391" s="1"/>
       <c r="J391" s="1"/>
       <c r="K391" s="1"/>
       <c r="L391" s="1"/>
       <c r="M391" s="1"/>
       <c r="N391" s="1"/>
       <c r="O391" s="1"/>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
@@ -21493,95 +21493,95 @@
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C394" s="10" t="s">
         <v>792</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>793</v>
       </c>
       <c r="E394" s="3">
         <v>0</v>
       </c>
       <c r="F394" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G394" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H394" s="4">
         <v>0.18</v>
       </c>
       <c r="I394" s="1"/>
       <c r="J394" s="1"/>
       <c r="K394" s="1"/>
       <c r="L394" s="1"/>
       <c r="M394" s="1"/>
       <c r="N394" s="1"/>
       <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="10" t="s">
         <v>794</v>
       </c>
       <c r="D395" s="3" t="s">
         <v>795</v>
       </c>
       <c r="E395" s="3">
         <v>768.16</v>
       </c>
       <c r="F395" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G395" s="3">
-        <v>696.95</v>
+        <v>692.75</v>
       </c>
       <c r="H395" s="4">
         <v>454.91</v>
       </c>
       <c r="I395" s="1"/>
       <c r="J395" s="1"/>
       <c r="K395" s="1"/>
       <c r="L395" s="1"/>
       <c r="M395" s="1"/>
       <c r="N395" s="1"/>
       <c r="O395" s="1"/>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
@@ -21657,54 +21657,54 @@
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="10" t="s">
         <v>800</v>
       </c>
       <c r="D398" s="3" t="s">
         <v>801</v>
       </c>
       <c r="E398" s="3">
         <v>342.28</v>
       </c>
       <c r="F398" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G398" s="3">
-        <v>308.13</v>
+        <v>293.51</v>
       </c>
       <c r="H398" s="4">
         <v>31.26</v>
       </c>
       <c r="I398" s="1"/>
       <c r="J398" s="1"/>
       <c r="K398" s="1"/>
       <c r="L398" s="1"/>
       <c r="M398" s="1"/>
       <c r="N398" s="1"/>
       <c r="O398" s="1"/>
       <c r="P398" s="1"/>
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
@@ -21739,136 +21739,136 @@
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="10" t="s">
         <v>804</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E400" s="3">
         <v>569.73</v>
       </c>
       <c r="F400" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G400" s="3">
-        <v>73.81</v>
+        <v>51.03</v>
       </c>
       <c r="H400" s="4">
         <v>297.85</v>
       </c>
       <c r="I400" s="1"/>
       <c r="J400" s="1"/>
       <c r="K400" s="1"/>
       <c r="L400" s="1"/>
       <c r="M400" s="1"/>
       <c r="N400" s="1"/>
       <c r="O400" s="1"/>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C401" s="10" t="s">
         <v>806</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>807</v>
       </c>
       <c r="E401" s="3">
         <v>0</v>
       </c>
       <c r="F401" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G401" s="3">
-        <v>0</v>
+        <v>16.5</v>
       </c>
       <c r="H401" s="4">
         <v>0</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>808</v>
       </c>
       <c r="C402" s="10" t="s">
         <v>809</v>
       </c>
       <c r="D402" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E402" s="3">
         <v>49821.56</v>
       </c>
       <c r="F402" s="3">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G402" s="3">
-        <v>28724.98</v>
+        <v>22134.41</v>
       </c>
       <c r="H402" s="4">
         <v>783.26</v>
       </c>
       <c r="I402" s="1"/>
       <c r="J402" s="1"/>
       <c r="K402" s="1"/>
       <c r="L402" s="1"/>
       <c r="M402" s="1"/>
       <c r="N402" s="1"/>
       <c r="O402" s="1"/>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
@@ -22313,95 +22313,95 @@
       <c r="Q413" s="1"/>
       <c r="R413" s="1"/>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C414" s="10" t="s">
         <v>833</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>834</v>
       </c>
       <c r="E414" s="3">
         <v>581.76</v>
       </c>
       <c r="F414" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G414" s="3">
-        <v>464.53</v>
+        <v>464.44</v>
       </c>
       <c r="H414" s="4">
         <v>306.15</v>
       </c>
       <c r="I414" s="1"/>
       <c r="J414" s="1"/>
       <c r="K414" s="1"/>
       <c r="L414" s="1"/>
       <c r="M414" s="1"/>
       <c r="N414" s="1"/>
       <c r="O414" s="1"/>
       <c r="P414" s="1"/>
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C415" s="10" t="s">
         <v>835</v>
       </c>
       <c r="D415" s="3" t="s">
         <v>836</v>
       </c>
       <c r="E415" s="3">
         <v>1166.79</v>
       </c>
       <c r="F415" s="3">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G415" s="3">
-        <v>948.97</v>
+        <v>945.9</v>
       </c>
       <c r="H415" s="4">
         <v>715.07</v>
       </c>
       <c r="I415" s="1"/>
       <c r="J415" s="1"/>
       <c r="K415" s="1"/>
       <c r="L415" s="1"/>
       <c r="M415" s="1"/>
       <c r="N415" s="1"/>
       <c r="O415" s="1"/>
       <c r="P415" s="1"/>
       <c r="Q415" s="1"/>
       <c r="R415" s="1"/>
       <c r="S415" s="1"/>
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
@@ -22518,136 +22518,136 @@
       <c r="Q418" s="1"/>
       <c r="R418" s="1"/>
       <c r="S418" s="1"/>
       <c r="T418" s="1"/>
       <c r="U418" s="1"/>
       <c r="V418" s="1"/>
       <c r="W418" s="1"/>
     </row>
     <row r="419" spans="1:23">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C419" s="10" t="s">
         <v>843</v>
       </c>
       <c r="D419" s="3" t="s">
         <v>844</v>
       </c>
       <c r="E419" s="3">
         <v>1321.6</v>
       </c>
       <c r="F419" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G419" s="3">
-        <v>1278.47</v>
+        <v>1270.8</v>
       </c>
       <c r="H419" s="4">
         <v>1038.59</v>
       </c>
       <c r="I419" s="1"/>
       <c r="J419" s="1"/>
       <c r="K419" s="1"/>
       <c r="L419" s="1"/>
       <c r="M419" s="1"/>
       <c r="N419" s="1"/>
       <c r="O419" s="1"/>
       <c r="P419" s="1"/>
       <c r="Q419" s="1"/>
       <c r="R419" s="1"/>
       <c r="S419" s="1"/>
       <c r="T419" s="1"/>
       <c r="U419" s="1"/>
       <c r="V419" s="1"/>
       <c r="W419" s="1"/>
     </row>
     <row r="420" spans="1:23">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C420" s="10" t="s">
         <v>845</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>846</v>
       </c>
       <c r="E420" s="3">
         <v>850.34</v>
       </c>
       <c r="F420" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G420" s="3">
-        <v>628.19</v>
+        <v>624.53</v>
       </c>
       <c r="H420" s="4">
         <v>559.76</v>
       </c>
       <c r="I420" s="1"/>
       <c r="J420" s="1"/>
       <c r="K420" s="1"/>
       <c r="L420" s="1"/>
       <c r="M420" s="1"/>
       <c r="N420" s="1"/>
       <c r="O420" s="1"/>
       <c r="P420" s="1"/>
       <c r="Q420" s="1"/>
       <c r="R420" s="1"/>
       <c r="S420" s="1"/>
       <c r="T420" s="1"/>
       <c r="U420" s="1"/>
       <c r="V420" s="1"/>
       <c r="W420" s="1"/>
     </row>
     <row r="421" spans="1:23">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C421" s="10" t="s">
         <v>847</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>848</v>
       </c>
       <c r="E421" s="3">
         <v>995.98</v>
       </c>
       <c r="F421" s="3">
         <v>43</v>
       </c>
       <c r="G421" s="3">
-        <v>1026.01</v>
+        <v>1046.06</v>
       </c>
       <c r="H421" s="4">
         <v>759.4</v>
       </c>
       <c r="I421" s="1"/>
       <c r="J421" s="1"/>
       <c r="K421" s="1"/>
       <c r="L421" s="1"/>
       <c r="M421" s="1"/>
       <c r="N421" s="1"/>
       <c r="O421" s="1"/>
       <c r="P421" s="1"/>
       <c r="Q421" s="1"/>
       <c r="R421" s="1"/>
       <c r="S421" s="1"/>
       <c r="T421" s="1"/>
       <c r="U421" s="1"/>
       <c r="V421" s="1"/>
       <c r="W421" s="1"/>
     </row>
     <row r="422" spans="1:23">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
@@ -22682,95 +22682,95 @@
       <c r="Q422" s="1"/>
       <c r="R422" s="1"/>
       <c r="S422" s="1"/>
       <c r="T422" s="1"/>
       <c r="U422" s="1"/>
       <c r="V422" s="1"/>
       <c r="W422" s="1"/>
     </row>
     <row r="423" spans="1:23">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C423" s="10" t="s">
         <v>851</v>
       </c>
       <c r="D423" s="3" t="s">
         <v>852</v>
       </c>
       <c r="E423" s="3">
         <v>1668.76</v>
       </c>
       <c r="F423" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G423" s="3">
-        <v>2152.31</v>
+        <v>2122.61</v>
       </c>
       <c r="H423" s="4">
         <v>620.95</v>
       </c>
       <c r="I423" s="1"/>
       <c r="J423" s="1"/>
       <c r="K423" s="1"/>
       <c r="L423" s="1"/>
       <c r="M423" s="1"/>
       <c r="N423" s="1"/>
       <c r="O423" s="1"/>
       <c r="P423" s="1"/>
       <c r="Q423" s="1"/>
       <c r="R423" s="1"/>
       <c r="S423" s="1"/>
       <c r="T423" s="1"/>
       <c r="U423" s="1"/>
       <c r="V423" s="1"/>
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C424" s="10" t="s">
         <v>853</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>854</v>
       </c>
       <c r="E424" s="3">
         <v>1409.77</v>
       </c>
       <c r="F424" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G424" s="3">
-        <v>1362.03</v>
+        <v>1358.66</v>
       </c>
       <c r="H424" s="4">
         <v>612.75</v>
       </c>
       <c r="I424" s="1"/>
       <c r="J424" s="1"/>
       <c r="K424" s="1"/>
       <c r="L424" s="1"/>
       <c r="M424" s="1"/>
       <c r="N424" s="1"/>
       <c r="O424" s="1"/>
       <c r="P424" s="1"/>
       <c r="Q424" s="1"/>
       <c r="R424" s="1"/>
       <c r="S424" s="1"/>
       <c r="T424" s="1"/>
       <c r="U424" s="1"/>
       <c r="V424" s="1"/>
       <c r="W424" s="1"/>
     </row>
     <row r="425" spans="1:23">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
@@ -22805,54 +22805,54 @@
       <c r="Q425" s="1"/>
       <c r="R425" s="1"/>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C426" s="10" t="s">
         <v>857</v>
       </c>
       <c r="D426" s="3" t="s">
         <v>858</v>
       </c>
       <c r="E426" s="3">
         <v>838.08</v>
       </c>
       <c r="F426" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G426" s="3">
-        <v>820.91</v>
+        <v>744.59</v>
       </c>
       <c r="H426" s="4">
         <v>711.24</v>
       </c>
       <c r="I426" s="1"/>
       <c r="J426" s="1"/>
       <c r="K426" s="1"/>
       <c r="L426" s="1"/>
       <c r="M426" s="1"/>
       <c r="N426" s="1"/>
       <c r="O426" s="1"/>
       <c r="P426" s="1"/>
       <c r="Q426" s="1"/>
       <c r="R426" s="1"/>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
@@ -22887,54 +22887,54 @@
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C428" s="10" t="s">
         <v>861</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>862</v>
       </c>
       <c r="E428" s="3">
         <v>582.1</v>
       </c>
       <c r="F428" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G428" s="3">
-        <v>61.75</v>
+        <v>58.39</v>
       </c>
       <c r="H428" s="4">
         <v>358.01</v>
       </c>
       <c r="I428" s="1"/>
       <c r="J428" s="1"/>
       <c r="K428" s="1"/>
       <c r="L428" s="1"/>
       <c r="M428" s="1"/>
       <c r="N428" s="1"/>
       <c r="O428" s="1"/>
       <c r="P428" s="1"/>
       <c r="Q428" s="1"/>
       <c r="R428" s="1"/>
       <c r="S428" s="1"/>
       <c r="T428" s="1"/>
       <c r="U428" s="1"/>
       <c r="V428" s="1"/>
       <c r="W428" s="1"/>
     </row>
     <row r="429" spans="1:23">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
@@ -22969,54 +22969,54 @@
       <c r="Q429" s="1"/>
       <c r="R429" s="1"/>
       <c r="S429" s="1"/>
       <c r="T429" s="1"/>
       <c r="U429" s="1"/>
       <c r="V429" s="1"/>
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C430" s="10" t="s">
         <v>865</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>866</v>
       </c>
       <c r="E430" s="3">
         <v>712.76</v>
       </c>
       <c r="F430" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G430" s="3">
-        <v>623.03</v>
+        <v>614.73</v>
       </c>
       <c r="H430" s="4">
         <v>229.55</v>
       </c>
       <c r="I430" s="1"/>
       <c r="J430" s="1"/>
       <c r="K430" s="1"/>
       <c r="L430" s="1"/>
       <c r="M430" s="1"/>
       <c r="N430" s="1"/>
       <c r="O430" s="1"/>
       <c r="P430" s="1"/>
       <c r="Q430" s="1"/>
       <c r="R430" s="1"/>
       <c r="S430" s="1"/>
       <c r="T430" s="1"/>
       <c r="U430" s="1"/>
       <c r="V430" s="1"/>
       <c r="W430" s="1"/>
     </row>
     <row r="431" spans="1:23">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
@@ -23054,51 +23054,51 @@
       <c r="T431" s="1"/>
       <c r="U431" s="1"/>
       <c r="V431" s="1"/>
       <c r="W431" s="1"/>
     </row>
     <row r="432" spans="1:23">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C432" s="10" t="s">
         <v>869</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E432" s="3">
         <v>1068.67</v>
       </c>
       <c r="F432" s="3">
         <v>23</v>
       </c>
       <c r="G432" s="3">
-        <v>1058</v>
+        <v>1058.31</v>
       </c>
       <c r="H432" s="4">
         <v>489.58</v>
       </c>
       <c r="I432" s="1"/>
       <c r="J432" s="1"/>
       <c r="K432" s="1"/>
       <c r="L432" s="1"/>
       <c r="M432" s="1"/>
       <c r="N432" s="1"/>
       <c r="O432" s="1"/>
       <c r="P432" s="1"/>
       <c r="Q432" s="1"/>
       <c r="R432" s="1"/>
       <c r="S432" s="1"/>
       <c r="T432" s="1"/>
       <c r="U432" s="1"/>
       <c r="V432" s="1"/>
       <c r="W432" s="1"/>
     </row>
     <row r="433" spans="1:23">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
@@ -23133,54 +23133,54 @@
       <c r="Q433" s="1"/>
       <c r="R433" s="1"/>
       <c r="S433" s="1"/>
       <c r="T433" s="1"/>
       <c r="U433" s="1"/>
       <c r="V433" s="1"/>
       <c r="W433" s="1"/>
     </row>
     <row r="434" spans="1:23">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C434" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E434" s="3">
         <v>593.04</v>
       </c>
       <c r="F434" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G434" s="3">
-        <v>522.63</v>
+        <v>517.97</v>
       </c>
       <c r="H434" s="4">
         <v>407.94</v>
       </c>
       <c r="I434" s="1"/>
       <c r="J434" s="1"/>
       <c r="K434" s="1"/>
       <c r="L434" s="1"/>
       <c r="M434" s="1"/>
       <c r="N434" s="1"/>
       <c r="O434" s="1"/>
       <c r="P434" s="1"/>
       <c r="Q434" s="1"/>
       <c r="R434" s="1"/>
       <c r="S434" s="1"/>
       <c r="T434" s="1"/>
       <c r="U434" s="1"/>
       <c r="V434" s="1"/>
       <c r="W434" s="1"/>
     </row>
     <row r="435" spans="1:23">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
@@ -23256,177 +23256,177 @@
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C437" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D437" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E437" s="3">
         <v>411.46</v>
       </c>
       <c r="F437" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G437" s="3">
-        <v>60.61</v>
+        <v>55.43</v>
       </c>
       <c r="H437" s="4">
         <v>104.11</v>
       </c>
       <c r="I437" s="1"/>
       <c r="J437" s="1"/>
       <c r="K437" s="1"/>
       <c r="L437" s="1"/>
       <c r="M437" s="1"/>
       <c r="N437" s="1"/>
       <c r="O437" s="1"/>
       <c r="P437" s="1"/>
       <c r="Q437" s="1"/>
       <c r="R437" s="1"/>
       <c r="S437" s="1"/>
       <c r="T437" s="1"/>
       <c r="U437" s="1"/>
       <c r="V437" s="1"/>
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C438" s="10" t="s">
         <v>881</v>
       </c>
       <c r="D438" s="3" t="s">
         <v>882</v>
       </c>
       <c r="E438" s="3">
         <v>743.49</v>
       </c>
       <c r="F438" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G438" s="3">
-        <v>621.71</v>
+        <v>614.84</v>
       </c>
       <c r="H438" s="4">
         <v>61.24</v>
       </c>
       <c r="I438" s="1"/>
       <c r="J438" s="1"/>
       <c r="K438" s="1"/>
       <c r="L438" s="1"/>
       <c r="M438" s="1"/>
       <c r="N438" s="1"/>
       <c r="O438" s="1"/>
       <c r="P438" s="1"/>
       <c r="Q438" s="1"/>
       <c r="R438" s="1"/>
       <c r="S438" s="1"/>
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C439" s="10" t="s">
         <v>883</v>
       </c>
       <c r="D439" s="3" t="s">
         <v>884</v>
       </c>
       <c r="E439" s="3">
         <v>520.05</v>
       </c>
       <c r="F439" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G439" s="3">
-        <v>469.82</v>
+        <v>463.87</v>
       </c>
       <c r="H439" s="4">
         <v>206.2</v>
       </c>
       <c r="I439" s="1"/>
       <c r="J439" s="1"/>
       <c r="K439" s="1"/>
       <c r="L439" s="1"/>
       <c r="M439" s="1"/>
       <c r="N439" s="1"/>
       <c r="O439" s="1"/>
       <c r="P439" s="1"/>
       <c r="Q439" s="1"/>
       <c r="R439" s="1"/>
       <c r="S439" s="1"/>
       <c r="T439" s="1"/>
       <c r="U439" s="1"/>
       <c r="V439" s="1"/>
       <c r="W439" s="1"/>
     </row>
     <row r="440" spans="1:23">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C440" s="10" t="s">
         <v>885</v>
       </c>
       <c r="D440" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E440" s="3">
         <v>699.88</v>
       </c>
       <c r="F440" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G440" s="3">
-        <v>681.52</v>
+        <v>655.59</v>
       </c>
       <c r="H440" s="4">
         <v>210.13</v>
       </c>
       <c r="I440" s="1"/>
       <c r="J440" s="1"/>
       <c r="K440" s="1"/>
       <c r="L440" s="1"/>
       <c r="M440" s="1"/>
       <c r="N440" s="1"/>
       <c r="O440" s="1"/>
       <c r="P440" s="1"/>
       <c r="Q440" s="1"/>
       <c r="R440" s="1"/>
       <c r="S440" s="1"/>
       <c r="T440" s="1"/>
       <c r="U440" s="1"/>
       <c r="V440" s="1"/>
       <c r="W440" s="1"/>
     </row>
     <row r="441" spans="1:23">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
@@ -23543,177 +23543,177 @@
       <c r="Q443" s="1"/>
       <c r="R443" s="1"/>
       <c r="S443" s="1"/>
       <c r="T443" s="1"/>
       <c r="U443" s="1"/>
       <c r="V443" s="1"/>
       <c r="W443" s="1"/>
     </row>
     <row r="444" spans="1:23">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C444" s="10" t="s">
         <v>893</v>
       </c>
       <c r="D444" s="3" t="s">
         <v>894</v>
       </c>
       <c r="E444" s="3">
         <v>1095.47</v>
       </c>
       <c r="F444" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G444" s="3">
-        <v>1020.31</v>
+        <v>995.61</v>
       </c>
       <c r="H444" s="4">
         <v>655.41</v>
       </c>
       <c r="I444" s="1"/>
       <c r="J444" s="1"/>
       <c r="K444" s="1"/>
       <c r="L444" s="1"/>
       <c r="M444" s="1"/>
       <c r="N444" s="1"/>
       <c r="O444" s="1"/>
       <c r="P444" s="1"/>
       <c r="Q444" s="1"/>
       <c r="R444" s="1"/>
       <c r="S444" s="1"/>
       <c r="T444" s="1"/>
       <c r="U444" s="1"/>
       <c r="V444" s="1"/>
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C445" s="10" t="s">
         <v>895</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>896</v>
       </c>
       <c r="E445" s="3">
         <v>166.63</v>
       </c>
       <c r="F445" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G445" s="3">
-        <v>193.54</v>
+        <v>191.46</v>
       </c>
       <c r="H445" s="4">
         <v>99.98</v>
       </c>
       <c r="I445" s="1"/>
       <c r="J445" s="1"/>
       <c r="K445" s="1"/>
       <c r="L445" s="1"/>
       <c r="M445" s="1"/>
       <c r="N445" s="1"/>
       <c r="O445" s="1"/>
       <c r="P445" s="1"/>
       <c r="Q445" s="1"/>
       <c r="R445" s="1"/>
       <c r="S445" s="1"/>
       <c r="T445" s="1"/>
       <c r="U445" s="1"/>
       <c r="V445" s="1"/>
       <c r="W445" s="1"/>
     </row>
     <row r="446" spans="1:23">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C446" s="10" t="s">
         <v>897</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>898</v>
       </c>
       <c r="E446" s="3">
         <v>122.31</v>
       </c>
       <c r="F446" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G446" s="3">
-        <v>65.87</v>
+        <v>16.08</v>
       </c>
       <c r="H446" s="4">
         <v>25.01</v>
       </c>
       <c r="I446" s="1"/>
       <c r="J446" s="1"/>
       <c r="K446" s="1"/>
       <c r="L446" s="1"/>
       <c r="M446" s="1"/>
       <c r="N446" s="1"/>
       <c r="O446" s="1"/>
       <c r="P446" s="1"/>
       <c r="Q446" s="1"/>
       <c r="R446" s="1"/>
       <c r="S446" s="1"/>
       <c r="T446" s="1"/>
       <c r="U446" s="1"/>
       <c r="V446" s="1"/>
       <c r="W446" s="1"/>
     </row>
     <row r="447" spans="1:23">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C447" s="10" t="s">
         <v>899</v>
       </c>
       <c r="D447" s="3" t="s">
         <v>900</v>
       </c>
       <c r="E447" s="3">
         <v>74.9</v>
       </c>
       <c r="F447" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G447" s="3">
-        <v>94.82</v>
+        <v>32.09</v>
       </c>
       <c r="H447" s="4">
         <v>70.82</v>
       </c>
       <c r="I447" s="1"/>
       <c r="J447" s="1"/>
       <c r="K447" s="1"/>
       <c r="L447" s="1"/>
       <c r="M447" s="1"/>
       <c r="N447" s="1"/>
       <c r="O447" s="1"/>
       <c r="P447" s="1"/>
       <c r="Q447" s="1"/>
       <c r="R447" s="1"/>
       <c r="S447" s="1"/>
       <c r="T447" s="1"/>
       <c r="U447" s="1"/>
       <c r="V447" s="1"/>
       <c r="W447" s="1"/>
     </row>
     <row r="448" spans="1:23">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
@@ -23830,95 +23830,95 @@
       <c r="Q450" s="1"/>
       <c r="R450" s="1"/>
       <c r="S450" s="1"/>
       <c r="T450" s="1"/>
       <c r="U450" s="1"/>
       <c r="V450" s="1"/>
       <c r="W450" s="1"/>
     </row>
     <row r="451" spans="1:23">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C451" s="10" t="s">
         <v>907</v>
       </c>
       <c r="D451" s="3" t="s">
         <v>908</v>
       </c>
       <c r="E451" s="3">
         <v>448.63</v>
       </c>
       <c r="F451" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G451" s="3">
-        <v>97.6</v>
+        <v>30.82</v>
       </c>
       <c r="H451" s="4">
         <v>19.78</v>
       </c>
       <c r="I451" s="1"/>
       <c r="J451" s="1"/>
       <c r="K451" s="1"/>
       <c r="L451" s="1"/>
       <c r="M451" s="1"/>
       <c r="N451" s="1"/>
       <c r="O451" s="1"/>
       <c r="P451" s="1"/>
       <c r="Q451" s="1"/>
       <c r="R451" s="1"/>
       <c r="S451" s="1"/>
       <c r="T451" s="1"/>
       <c r="U451" s="1"/>
       <c r="V451" s="1"/>
       <c r="W451" s="1"/>
     </row>
     <row r="452" spans="1:23">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C452" s="10" t="s">
         <v>909</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>910</v>
       </c>
       <c r="E452" s="3">
         <v>12.39</v>
       </c>
       <c r="F452" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G452" s="3">
-        <v>12.54</v>
+        <v>12.24</v>
       </c>
       <c r="H452" s="4">
         <v>9.38</v>
       </c>
       <c r="I452" s="1"/>
       <c r="J452" s="1"/>
       <c r="K452" s="1"/>
       <c r="L452" s="1"/>
       <c r="M452" s="1"/>
       <c r="N452" s="1"/>
       <c r="O452" s="1"/>
       <c r="P452" s="1"/>
       <c r="Q452" s="1"/>
       <c r="R452" s="1"/>
       <c r="S452" s="1"/>
       <c r="T452" s="1"/>
       <c r="U452" s="1"/>
       <c r="V452" s="1"/>
       <c r="W452" s="1"/>
     </row>
     <row r="453" spans="1:23">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
@@ -24158,136 +24158,136 @@
       <c r="Q458" s="1"/>
       <c r="R458" s="1"/>
       <c r="S458" s="1"/>
       <c r="T458" s="1"/>
       <c r="U458" s="1"/>
       <c r="V458" s="1"/>
       <c r="W458" s="1"/>
     </row>
     <row r="459" spans="1:23">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C459" s="10" t="s">
         <v>923</v>
       </c>
       <c r="D459" s="3" t="s">
         <v>924</v>
       </c>
       <c r="E459" s="3">
         <v>0</v>
       </c>
       <c r="F459" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G459" s="3">
-        <v>0.2</v>
+        <v>16.69</v>
       </c>
       <c r="H459" s="4">
         <v>0</v>
       </c>
       <c r="I459" s="1"/>
       <c r="J459" s="1"/>
       <c r="K459" s="1"/>
       <c r="L459" s="1"/>
       <c r="M459" s="1"/>
       <c r="N459" s="1"/>
       <c r="O459" s="1"/>
       <c r="P459" s="1"/>
       <c r="Q459" s="1"/>
       <c r="R459" s="1"/>
       <c r="S459" s="1"/>
       <c r="T459" s="1"/>
       <c r="U459" s="1"/>
       <c r="V459" s="1"/>
       <c r="W459" s="1"/>
     </row>
     <row r="460" spans="1:23">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C460" s="10" t="s">
         <v>925</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>926</v>
       </c>
       <c r="E460" s="3">
         <v>0</v>
       </c>
       <c r="F460" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G460" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H460" s="4">
         <v>0.18</v>
       </c>
       <c r="I460" s="1"/>
       <c r="J460" s="1"/>
       <c r="K460" s="1"/>
       <c r="L460" s="1"/>
       <c r="M460" s="1"/>
       <c r="N460" s="1"/>
       <c r="O460" s="1"/>
       <c r="P460" s="1"/>
       <c r="Q460" s="1"/>
       <c r="R460" s="1"/>
       <c r="S460" s="1"/>
       <c r="T460" s="1"/>
       <c r="U460" s="1"/>
       <c r="V460" s="1"/>
       <c r="W460" s="1"/>
     </row>
     <row r="461" spans="1:23">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C461" s="10" t="s">
         <v>927</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>928</v>
       </c>
       <c r="E461" s="3">
         <v>0</v>
       </c>
       <c r="F461" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G461" s="3">
-        <v>6.46</v>
+        <v>6.26</v>
       </c>
       <c r="H461" s="4">
         <v>0</v>
       </c>
       <c r="I461" s="1"/>
       <c r="J461" s="1"/>
       <c r="K461" s="1"/>
       <c r="L461" s="1"/>
       <c r="M461" s="1"/>
       <c r="N461" s="1"/>
       <c r="O461" s="1"/>
       <c r="P461" s="1"/>
       <c r="Q461" s="1"/>
       <c r="R461" s="1"/>
       <c r="S461" s="1"/>
       <c r="T461" s="1"/>
       <c r="U461" s="1"/>
       <c r="V461" s="1"/>
       <c r="W461" s="1"/>
     </row>
     <row r="462" spans="1:23">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
@@ -24322,177 +24322,177 @@
       <c r="Q462" s="1"/>
       <c r="R462" s="1"/>
       <c r="S462" s="1"/>
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C463" s="10" t="s">
         <v>931</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>932</v>
       </c>
       <c r="E463" s="3">
         <v>12.39</v>
       </c>
       <c r="F463" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G463" s="3">
-        <v>12.54</v>
+        <v>12.24</v>
       </c>
       <c r="H463" s="4">
         <v>0.3</v>
       </c>
       <c r="I463" s="1"/>
       <c r="J463" s="1"/>
       <c r="K463" s="1"/>
       <c r="L463" s="1"/>
       <c r="M463" s="1"/>
       <c r="N463" s="1"/>
       <c r="O463" s="1"/>
       <c r="P463" s="1"/>
       <c r="Q463" s="1"/>
       <c r="R463" s="1"/>
       <c r="S463" s="1"/>
       <c r="T463" s="1"/>
       <c r="U463" s="1"/>
       <c r="V463" s="1"/>
       <c r="W463" s="1"/>
     </row>
     <row r="464" spans="1:23">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C464" s="10" t="s">
         <v>933</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>934</v>
       </c>
       <c r="E464" s="3">
         <v>0</v>
       </c>
       <c r="F464" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G464" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H464" s="4">
         <v>0.35</v>
       </c>
       <c r="I464" s="1"/>
       <c r="J464" s="1"/>
       <c r="K464" s="1"/>
       <c r="L464" s="1"/>
       <c r="M464" s="1"/>
       <c r="N464" s="1"/>
       <c r="O464" s="1"/>
       <c r="P464" s="1"/>
       <c r="Q464" s="1"/>
       <c r="R464" s="1"/>
       <c r="S464" s="1"/>
       <c r="T464" s="1"/>
       <c r="U464" s="1"/>
       <c r="V464" s="1"/>
       <c r="W464" s="1"/>
     </row>
     <row r="465" spans="1:23">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C465" s="10" t="s">
         <v>935</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>936</v>
       </c>
       <c r="E465" s="3">
         <v>0</v>
       </c>
       <c r="F465" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G465" s="3">
-        <v>0.2</v>
+        <v>16.69</v>
       </c>
       <c r="H465" s="4">
         <v>0</v>
       </c>
       <c r="I465" s="1"/>
       <c r="J465" s="1"/>
       <c r="K465" s="1"/>
       <c r="L465" s="1"/>
       <c r="M465" s="1"/>
       <c r="N465" s="1"/>
       <c r="O465" s="1"/>
       <c r="P465" s="1"/>
       <c r="Q465" s="1"/>
       <c r="R465" s="1"/>
       <c r="S465" s="1"/>
       <c r="T465" s="1"/>
       <c r="U465" s="1"/>
       <c r="V465" s="1"/>
       <c r="W465" s="1"/>
     </row>
     <row r="466" spans="1:23">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C466" s="10" t="s">
         <v>937</v>
       </c>
       <c r="D466" s="3" t="s">
         <v>938</v>
       </c>
       <c r="E466" s="3">
         <v>0</v>
       </c>
       <c r="F466" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G466" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H466" s="4">
         <v>0.35</v>
       </c>
       <c r="I466" s="1"/>
       <c r="J466" s="1"/>
       <c r="K466" s="1"/>
       <c r="L466" s="1"/>
       <c r="M466" s="1"/>
       <c r="N466" s="1"/>
       <c r="O466" s="1"/>
       <c r="P466" s="1"/>
       <c r="Q466" s="1"/>
       <c r="R466" s="1"/>
       <c r="S466" s="1"/>
       <c r="T466" s="1"/>
       <c r="U466" s="1"/>
       <c r="V466" s="1"/>
       <c r="W466" s="1"/>
     </row>
     <row r="467" spans="1:23">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
@@ -24527,136 +24527,136 @@
       <c r="Q467" s="1"/>
       <c r="R467" s="1"/>
       <c r="S467" s="1"/>
       <c r="T467" s="1"/>
       <c r="U467" s="1"/>
       <c r="V467" s="1"/>
       <c r="W467" s="1"/>
     </row>
     <row r="468" spans="1:23">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C468" s="10" t="s">
         <v>941</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>942</v>
       </c>
       <c r="E468" s="3">
         <v>0</v>
       </c>
       <c r="F468" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G468" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H468" s="4">
         <v>5.03</v>
       </c>
       <c r="I468" s="1"/>
       <c r="J468" s="1"/>
       <c r="K468" s="1"/>
       <c r="L468" s="1"/>
       <c r="M468" s="1"/>
       <c r="N468" s="1"/>
       <c r="O468" s="1"/>
       <c r="P468" s="1"/>
       <c r="Q468" s="1"/>
       <c r="R468" s="1"/>
       <c r="S468" s="1"/>
       <c r="T468" s="1"/>
       <c r="U468" s="1"/>
       <c r="V468" s="1"/>
       <c r="W468" s="1"/>
     </row>
     <row r="469" spans="1:23">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C469" s="10" t="s">
         <v>943</v>
       </c>
       <c r="D469" s="3" t="s">
         <v>944</v>
       </c>
       <c r="E469" s="3">
         <v>0</v>
       </c>
       <c r="F469" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G469" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H469" s="4">
         <v>5.03</v>
       </c>
       <c r="I469" s="1"/>
       <c r="J469" s="1"/>
       <c r="K469" s="1"/>
       <c r="L469" s="1"/>
       <c r="M469" s="1"/>
       <c r="N469" s="1"/>
       <c r="O469" s="1"/>
       <c r="P469" s="1"/>
       <c r="Q469" s="1"/>
       <c r="R469" s="1"/>
       <c r="S469" s="1"/>
       <c r="T469" s="1"/>
       <c r="U469" s="1"/>
       <c r="V469" s="1"/>
       <c r="W469" s="1"/>
     </row>
     <row r="470" spans="1:23">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C470" s="10" t="s">
         <v>945</v>
       </c>
       <c r="D470" s="3" t="s">
         <v>946</v>
       </c>
       <c r="E470" s="3">
         <v>0</v>
       </c>
       <c r="F470" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G470" s="3">
-        <v>6.45</v>
+        <v>6.26</v>
       </c>
       <c r="H470" s="4">
         <v>0.19</v>
       </c>
       <c r="I470" s="1"/>
       <c r="J470" s="1"/>
       <c r="K470" s="1"/>
       <c r="L470" s="1"/>
       <c r="M470" s="1"/>
       <c r="N470" s="1"/>
       <c r="O470" s="1"/>
       <c r="P470" s="1"/>
       <c r="Q470" s="1"/>
       <c r="R470" s="1"/>
       <c r="S470" s="1"/>
       <c r="T470" s="1"/>
       <c r="U470" s="1"/>
       <c r="V470" s="1"/>
       <c r="W470" s="1"/>
     </row>
     <row r="471" spans="1:23">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
@@ -24773,95 +24773,95 @@
       <c r="Q473" s="1"/>
       <c r="R473" s="1"/>
       <c r="S473" s="1"/>
       <c r="T473" s="1"/>
       <c r="U473" s="1"/>
       <c r="V473" s="1"/>
       <c r="W473" s="1"/>
     </row>
     <row r="474" spans="1:23">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C474" s="10" t="s">
         <v>953</v>
       </c>
       <c r="D474" s="3" t="s">
         <v>954</v>
       </c>
       <c r="E474" s="3">
         <v>0</v>
       </c>
       <c r="F474" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G474" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H474" s="4">
         <v>0.35</v>
       </c>
       <c r="I474" s="1"/>
       <c r="J474" s="1"/>
       <c r="K474" s="1"/>
       <c r="L474" s="1"/>
       <c r="M474" s="1"/>
       <c r="N474" s="1"/>
       <c r="O474" s="1"/>
       <c r="P474" s="1"/>
       <c r="Q474" s="1"/>
       <c r="R474" s="1"/>
       <c r="S474" s="1"/>
       <c r="T474" s="1"/>
       <c r="U474" s="1"/>
       <c r="V474" s="1"/>
       <c r="W474" s="1"/>
     </row>
     <row r="475" spans="1:23">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C475" s="10" t="s">
         <v>955</v>
       </c>
       <c r="D475" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E475" s="3">
         <v>0</v>
       </c>
       <c r="F475" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G475" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H475" s="4">
         <v>0.18</v>
       </c>
       <c r="I475" s="1"/>
       <c r="J475" s="1"/>
       <c r="K475" s="1"/>
       <c r="L475" s="1"/>
       <c r="M475" s="1"/>
       <c r="N475" s="1"/>
       <c r="O475" s="1"/>
       <c r="P475" s="1"/>
       <c r="Q475" s="1"/>
       <c r="R475" s="1"/>
       <c r="S475" s="1"/>
       <c r="T475" s="1"/>
       <c r="U475" s="1"/>
       <c r="V475" s="1"/>
       <c r="W475" s="1"/>
     </row>
     <row r="476" spans="1:23">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
@@ -24896,54 +24896,54 @@
       <c r="Q476" s="1"/>
       <c r="R476" s="1"/>
       <c r="S476" s="1"/>
       <c r="T476" s="1"/>
       <c r="U476" s="1"/>
       <c r="V476" s="1"/>
       <c r="W476" s="1"/>
     </row>
     <row r="477" spans="1:23">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C477" s="10" t="s">
         <v>959</v>
       </c>
       <c r="D477" s="3" t="s">
         <v>960</v>
       </c>
       <c r="E477" s="3">
         <v>0</v>
       </c>
       <c r="F477" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G477" s="3">
-        <v>0.2</v>
+        <v>16.69</v>
       </c>
       <c r="H477" s="4">
         <v>0</v>
       </c>
       <c r="I477" s="1"/>
       <c r="J477" s="1"/>
       <c r="K477" s="1"/>
       <c r="L477" s="1"/>
       <c r="M477" s="1"/>
       <c r="N477" s="1"/>
       <c r="O477" s="1"/>
       <c r="P477" s="1"/>
       <c r="Q477" s="1"/>
       <c r="R477" s="1"/>
       <c r="S477" s="1"/>
       <c r="T477" s="1"/>
       <c r="U477" s="1"/>
       <c r="V477" s="1"/>
       <c r="W477" s="1"/>
     </row>
     <row r="478" spans="1:23">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
@@ -24978,54 +24978,54 @@
       <c r="Q478" s="1"/>
       <c r="R478" s="1"/>
       <c r="S478" s="1"/>
       <c r="T478" s="1"/>
       <c r="U478" s="1"/>
       <c r="V478" s="1"/>
       <c r="W478" s="1"/>
     </row>
     <row r="479" spans="1:23">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C479" s="10" t="s">
         <v>963</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>964</v>
       </c>
       <c r="E479" s="3">
         <v>0</v>
       </c>
       <c r="F479" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G479" s="3">
-        <v>6.45</v>
+        <v>6.27</v>
       </c>
       <c r="H479" s="4">
         <v>5.04</v>
       </c>
       <c r="I479" s="1"/>
       <c r="J479" s="1"/>
       <c r="K479" s="1"/>
       <c r="L479" s="1"/>
       <c r="M479" s="1"/>
       <c r="N479" s="1"/>
       <c r="O479" s="1"/>
       <c r="P479" s="1"/>
       <c r="Q479" s="1"/>
       <c r="R479" s="1"/>
       <c r="S479" s="1"/>
       <c r="T479" s="1"/>
       <c r="U479" s="1"/>
       <c r="V479" s="1"/>
       <c r="W479" s="1"/>
     </row>
     <row r="480" spans="1:23">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
@@ -25142,95 +25142,95 @@
       <c r="Q482" s="1"/>
       <c r="R482" s="1"/>
       <c r="S482" s="1"/>
       <c r="T482" s="1"/>
       <c r="U482" s="1"/>
       <c r="V482" s="1"/>
       <c r="W482" s="1"/>
     </row>
     <row r="483" spans="1:23">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C483" s="10" t="s">
         <v>971</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>972</v>
       </c>
       <c r="E483" s="3">
         <v>695.93</v>
       </c>
       <c r="F483" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G483" s="3">
-        <v>591.44</v>
+        <v>581.34</v>
       </c>
       <c r="H483" s="4">
         <v>324.18</v>
       </c>
       <c r="I483" s="1"/>
       <c r="J483" s="1"/>
       <c r="K483" s="1"/>
       <c r="L483" s="1"/>
       <c r="M483" s="1"/>
       <c r="N483" s="1"/>
       <c r="O483" s="1"/>
       <c r="P483" s="1"/>
       <c r="Q483" s="1"/>
       <c r="R483" s="1"/>
       <c r="S483" s="1"/>
       <c r="T483" s="1"/>
       <c r="U483" s="1"/>
       <c r="V483" s="1"/>
       <c r="W483" s="1"/>
     </row>
     <row r="484" spans="1:23">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C484" s="10" t="s">
         <v>973</v>
       </c>
       <c r="D484" s="3" t="s">
         <v>974</v>
       </c>
       <c r="E484" s="3">
         <v>640.79</v>
       </c>
       <c r="F484" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G484" s="3">
-        <v>486.57</v>
+        <v>478.37</v>
       </c>
       <c r="H484" s="4">
         <v>278.73</v>
       </c>
       <c r="I484" s="1"/>
       <c r="J484" s="1"/>
       <c r="K484" s="1"/>
       <c r="L484" s="1"/>
       <c r="M484" s="1"/>
       <c r="N484" s="1"/>
       <c r="O484" s="1"/>
       <c r="P484" s="1"/>
       <c r="Q484" s="1"/>
       <c r="R484" s="1"/>
       <c r="S484" s="1"/>
       <c r="T484" s="1"/>
       <c r="U484" s="1"/>
       <c r="V484" s="1"/>
       <c r="W484" s="1"/>
     </row>
     <row r="485" spans="1:23">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
@@ -25304,54 +25304,54 @@
       <c r="Q486" s="1"/>
       <c r="R486" s="1"/>
       <c r="S486" s="1"/>
       <c r="T486" s="1"/>
       <c r="U486" s="1"/>
       <c r="V486" s="1"/>
       <c r="W486" s="1"/>
     </row>
     <row r="487" spans="1:23">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="10" t="s">
         <v>978</v>
       </c>
       <c r="D487" s="3" t="s">
         <v>979</v>
       </c>
       <c r="E487" s="3">
         <v>73.12</v>
       </c>
       <c r="F487" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G487" s="3">
-        <v>106.94</v>
+        <v>106.46</v>
       </c>
       <c r="H487" s="4">
         <v>106.45</v>
       </c>
       <c r="I487" s="1"/>
       <c r="J487" s="1"/>
       <c r="K487" s="1"/>
       <c r="L487" s="1"/>
       <c r="M487" s="1"/>
       <c r="N487" s="1"/>
       <c r="O487" s="1"/>
       <c r="P487" s="1"/>
       <c r="Q487" s="1"/>
       <c r="R487" s="1"/>
       <c r="S487" s="1"/>
       <c r="T487" s="1"/>
       <c r="U487" s="1"/>
       <c r="V487" s="1"/>
       <c r="W487" s="1"/>
     </row>
     <row r="488" spans="1:23">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
@@ -25553,51 +25553,51 @@
       <c r="T492" s="1"/>
       <c r="U492" s="1"/>
       <c r="V492" s="1"/>
       <c r="W492" s="1"/>
     </row>
     <row r="493" spans="1:23">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C493" s="10" t="s">
         <v>990</v>
       </c>
       <c r="D493" s="3" t="s">
         <v>991</v>
       </c>
       <c r="E493" s="3">
         <v>114.11</v>
       </c>
       <c r="F493" s="3">
         <v>3</v>
       </c>
       <c r="G493" s="3">
-        <v>137.9</v>
+        <v>66.57</v>
       </c>
       <c r="H493" s="4">
         <v>85.37</v>
       </c>
       <c r="I493" s="1"/>
       <c r="J493" s="1"/>
       <c r="K493" s="1"/>
       <c r="L493" s="1"/>
       <c r="M493" s="1"/>
       <c r="N493" s="1"/>
       <c r="O493" s="1"/>
       <c r="P493" s="1"/>
       <c r="Q493" s="1"/>
       <c r="R493" s="1"/>
       <c r="S493" s="1"/>
       <c r="T493" s="1"/>
       <c r="U493" s="1"/>
       <c r="V493" s="1"/>
       <c r="W493" s="1"/>
     </row>
     <row r="494" spans="1:23">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
@@ -25755,177 +25755,177 @@
       <c r="Q497" s="1"/>
       <c r="R497" s="1"/>
       <c r="S497" s="1"/>
       <c r="T497" s="1"/>
       <c r="U497" s="1"/>
       <c r="V497" s="1"/>
       <c r="W497" s="1"/>
     </row>
     <row r="498" spans="1:23">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C498" s="10" t="s">
         <v>1000</v>
       </c>
       <c r="D498" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="E498" s="3">
         <v>710.98</v>
       </c>
       <c r="F498" s="3">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G498" s="3">
-        <v>596.99</v>
+        <v>593.44</v>
       </c>
       <c r="H498" s="4">
         <v>426.96</v>
       </c>
       <c r="I498" s="1"/>
       <c r="J498" s="1"/>
       <c r="K498" s="1"/>
       <c r="L498" s="1"/>
       <c r="M498" s="1"/>
       <c r="N498" s="1"/>
       <c r="O498" s="1"/>
       <c r="P498" s="1"/>
       <c r="Q498" s="1"/>
       <c r="R498" s="1"/>
       <c r="S498" s="1"/>
       <c r="T498" s="1"/>
       <c r="U498" s="1"/>
       <c r="V498" s="1"/>
       <c r="W498" s="1"/>
     </row>
     <row r="499" spans="1:23">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C499" s="10" t="s">
         <v>1002</v>
       </c>
       <c r="D499" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="E499" s="3">
         <v>1634.61</v>
       </c>
       <c r="F499" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G499" s="3">
-        <v>1021.26</v>
+        <v>957.58</v>
       </c>
       <c r="H499" s="4">
         <v>622.3</v>
       </c>
       <c r="I499" s="1"/>
       <c r="J499" s="1"/>
       <c r="K499" s="1"/>
       <c r="L499" s="1"/>
       <c r="M499" s="1"/>
       <c r="N499" s="1"/>
       <c r="O499" s="1"/>
       <c r="P499" s="1"/>
       <c r="Q499" s="1"/>
       <c r="R499" s="1"/>
       <c r="S499" s="1"/>
       <c r="T499" s="1"/>
       <c r="U499" s="1"/>
       <c r="V499" s="1"/>
       <c r="W499" s="1"/>
     </row>
     <row r="500" spans="1:23">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C500" s="10" t="s">
         <v>1004</v>
       </c>
       <c r="D500" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="E500" s="3">
         <v>585.68</v>
       </c>
       <c r="F500" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G500" s="3">
-        <v>725.69</v>
+        <v>708.21</v>
       </c>
       <c r="H500" s="4">
         <v>337.98</v>
       </c>
       <c r="I500" s="1"/>
       <c r="J500" s="1"/>
       <c r="K500" s="1"/>
       <c r="L500" s="1"/>
       <c r="M500" s="1"/>
       <c r="N500" s="1"/>
       <c r="O500" s="1"/>
       <c r="P500" s="1"/>
       <c r="Q500" s="1"/>
       <c r="R500" s="1"/>
       <c r="S500" s="1"/>
       <c r="T500" s="1"/>
       <c r="U500" s="1"/>
       <c r="V500" s="1"/>
       <c r="W500" s="1"/>
     </row>
     <row r="501" spans="1:23">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C501" s="10" t="s">
         <v>1006</v>
       </c>
       <c r="D501" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="E501" s="3">
         <v>1309.53</v>
       </c>
       <c r="F501" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G501" s="3">
-        <v>1332.73</v>
+        <v>1337.32</v>
       </c>
       <c r="H501" s="4">
         <v>1162.7</v>
       </c>
       <c r="I501" s="1"/>
       <c r="J501" s="1"/>
       <c r="K501" s="1"/>
       <c r="L501" s="1"/>
       <c r="M501" s="1"/>
       <c r="N501" s="1"/>
       <c r="O501" s="1"/>
       <c r="P501" s="1"/>
       <c r="Q501" s="1"/>
       <c r="R501" s="1"/>
       <c r="S501" s="1"/>
       <c r="T501" s="1"/>
       <c r="U501" s="1"/>
       <c r="V501" s="1"/>
       <c r="W501" s="1"/>
     </row>
     <row r="502" spans="1:23">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
@@ -26042,95 +26042,95 @@
       <c r="Q504" s="1"/>
       <c r="R504" s="1"/>
       <c r="S504" s="1"/>
       <c r="T504" s="1"/>
       <c r="U504" s="1"/>
       <c r="V504" s="1"/>
       <c r="W504" s="1"/>
     </row>
     <row r="505" spans="1:23">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C505" s="10" t="s">
         <v>1014</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="E505" s="3">
         <v>657.71</v>
       </c>
       <c r="F505" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G505" s="3">
-        <v>626.66</v>
+        <v>597.15</v>
       </c>
       <c r="H505" s="4">
         <v>387.74</v>
       </c>
       <c r="I505" s="1"/>
       <c r="J505" s="1"/>
       <c r="K505" s="1"/>
       <c r="L505" s="1"/>
       <c r="M505" s="1"/>
       <c r="N505" s="1"/>
       <c r="O505" s="1"/>
       <c r="P505" s="1"/>
       <c r="Q505" s="1"/>
       <c r="R505" s="1"/>
       <c r="S505" s="1"/>
       <c r="T505" s="1"/>
       <c r="U505" s="1"/>
       <c r="V505" s="1"/>
       <c r="W505" s="1"/>
     </row>
     <row r="506" spans="1:23">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C506" s="10" t="s">
         <v>1016</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="E506" s="3">
         <v>515.17</v>
       </c>
       <c r="F506" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G506" s="3">
-        <v>449.83</v>
+        <v>435.25</v>
       </c>
       <c r="H506" s="4">
         <v>110.51</v>
       </c>
       <c r="I506" s="1"/>
       <c r="J506" s="1"/>
       <c r="K506" s="1"/>
       <c r="L506" s="1"/>
       <c r="M506" s="1"/>
       <c r="N506" s="1"/>
       <c r="O506" s="1"/>
       <c r="P506" s="1"/>
       <c r="Q506" s="1"/>
       <c r="R506" s="1"/>
       <c r="S506" s="1"/>
       <c r="T506" s="1"/>
       <c r="U506" s="1"/>
       <c r="V506" s="1"/>
       <c r="W506" s="1"/>
     </row>
     <row r="507" spans="1:23">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
@@ -26165,54 +26165,54 @@
       <c r="Q507" s="1"/>
       <c r="R507" s="1"/>
       <c r="S507" s="1"/>
       <c r="T507" s="1"/>
       <c r="U507" s="1"/>
       <c r="V507" s="1"/>
       <c r="W507" s="1"/>
     </row>
     <row r="508" spans="1:23">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C508" s="10" t="s">
         <v>1020</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="E508" s="3">
         <v>767.33</v>
       </c>
       <c r="F508" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G508" s="3">
-        <v>560.35</v>
+        <v>538.13</v>
       </c>
       <c r="H508" s="4">
         <v>348.94</v>
       </c>
       <c r="I508" s="1"/>
       <c r="J508" s="1"/>
       <c r="K508" s="1"/>
       <c r="L508" s="1"/>
       <c r="M508" s="1"/>
       <c r="N508" s="1"/>
       <c r="O508" s="1"/>
       <c r="P508" s="1"/>
       <c r="Q508" s="1"/>
       <c r="R508" s="1"/>
       <c r="S508" s="1"/>
       <c r="T508" s="1"/>
       <c r="U508" s="1"/>
       <c r="V508" s="1"/>
       <c r="W508" s="1"/>
     </row>
     <row r="509" spans="1:23">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
@@ -26329,95 +26329,95 @@
       <c r="Q511" s="1"/>
       <c r="R511" s="1"/>
       <c r="S511" s="1"/>
       <c r="T511" s="1"/>
       <c r="U511" s="1"/>
       <c r="V511" s="1"/>
       <c r="W511" s="1"/>
     </row>
     <row r="512" spans="1:23">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C512" s="10" t="s">
         <v>1028</v>
       </c>
       <c r="D512" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="E512" s="3">
         <v>510.18</v>
       </c>
       <c r="F512" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G512" s="3">
-        <v>509.36</v>
+        <v>497.06</v>
       </c>
       <c r="H512" s="4">
         <v>201.69</v>
       </c>
       <c r="I512" s="1"/>
       <c r="J512" s="1"/>
       <c r="K512" s="1"/>
       <c r="L512" s="1"/>
       <c r="M512" s="1"/>
       <c r="N512" s="1"/>
       <c r="O512" s="1"/>
       <c r="P512" s="1"/>
       <c r="Q512" s="1"/>
       <c r="R512" s="1"/>
       <c r="S512" s="1"/>
       <c r="T512" s="1"/>
       <c r="U512" s="1"/>
       <c r="V512" s="1"/>
       <c r="W512" s="1"/>
     </row>
     <row r="513" spans="1:23">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C513" s="10" t="s">
         <v>1030</v>
       </c>
       <c r="D513" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="E513" s="3">
         <v>695.66</v>
       </c>
       <c r="F513" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G513" s="3">
-        <v>680.46</v>
+        <v>650.81</v>
       </c>
       <c r="H513" s="4">
         <v>321.74</v>
       </c>
       <c r="I513" s="1"/>
       <c r="J513" s="1"/>
       <c r="K513" s="1"/>
       <c r="L513" s="1"/>
       <c r="M513" s="1"/>
       <c r="N513" s="1"/>
       <c r="O513" s="1"/>
       <c r="P513" s="1"/>
       <c r="Q513" s="1"/>
       <c r="R513" s="1"/>
       <c r="S513" s="1"/>
       <c r="T513" s="1"/>
       <c r="U513" s="1"/>
       <c r="V513" s="1"/>
       <c r="W513" s="1"/>
     </row>
     <row r="514" spans="1:23">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
@@ -26452,300 +26452,300 @@
       <c r="Q514" s="1"/>
       <c r="R514" s="1"/>
       <c r="S514" s="1"/>
       <c r="T514" s="1"/>
       <c r="U514" s="1"/>
       <c r="V514" s="1"/>
       <c r="W514" s="1"/>
     </row>
     <row r="515" spans="1:23">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C515" s="10" t="s">
         <v>1034</v>
       </c>
       <c r="D515" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="E515" s="3">
         <v>498.09</v>
       </c>
       <c r="F515" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G515" s="3">
-        <v>485.71</v>
+        <v>478.87</v>
       </c>
       <c r="H515" s="4">
         <v>54.22</v>
       </c>
       <c r="I515" s="1"/>
       <c r="J515" s="1"/>
       <c r="K515" s="1"/>
       <c r="L515" s="1"/>
       <c r="M515" s="1"/>
       <c r="N515" s="1"/>
       <c r="O515" s="1"/>
       <c r="P515" s="1"/>
       <c r="Q515" s="1"/>
       <c r="R515" s="1"/>
       <c r="S515" s="1"/>
       <c r="T515" s="1"/>
       <c r="U515" s="1"/>
       <c r="V515" s="1"/>
       <c r="W515" s="1"/>
     </row>
     <row r="516" spans="1:23">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C516" s="10" t="s">
         <v>1036</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="E516" s="3">
         <v>650.26</v>
       </c>
       <c r="F516" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G516" s="3">
-        <v>555.28</v>
+        <v>554.4</v>
       </c>
       <c r="H516" s="4">
         <v>187.26</v>
       </c>
       <c r="I516" s="1"/>
       <c r="J516" s="1"/>
       <c r="K516" s="1"/>
       <c r="L516" s="1"/>
       <c r="M516" s="1"/>
       <c r="N516" s="1"/>
       <c r="O516" s="1"/>
       <c r="P516" s="1"/>
       <c r="Q516" s="1"/>
       <c r="R516" s="1"/>
       <c r="S516" s="1"/>
       <c r="T516" s="1"/>
       <c r="U516" s="1"/>
       <c r="V516" s="1"/>
       <c r="W516" s="1"/>
     </row>
     <row r="517" spans="1:23">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C517" s="10" t="s">
         <v>1038</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="E517" s="3">
         <v>698.5</v>
       </c>
       <c r="F517" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G517" s="3">
-        <v>537.56</v>
+        <v>519.27</v>
       </c>
       <c r="H517" s="4">
         <v>262.8</v>
       </c>
       <c r="I517" s="1"/>
       <c r="J517" s="1"/>
       <c r="K517" s="1"/>
       <c r="L517" s="1"/>
       <c r="M517" s="1"/>
       <c r="N517" s="1"/>
       <c r="O517" s="1"/>
       <c r="P517" s="1"/>
       <c r="Q517" s="1"/>
       <c r="R517" s="1"/>
       <c r="S517" s="1"/>
       <c r="T517" s="1"/>
       <c r="U517" s="1"/>
       <c r="V517" s="1"/>
       <c r="W517" s="1"/>
     </row>
     <row r="518" spans="1:23">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="10" t="s">
         <v>1040</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="E518" s="3">
         <v>503.6</v>
       </c>
       <c r="F518" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G518" s="3">
-        <v>380.2</v>
+        <v>373.66</v>
       </c>
       <c r="H518" s="4">
         <v>123.87</v>
       </c>
       <c r="I518" s="1"/>
       <c r="J518" s="1"/>
       <c r="K518" s="1"/>
       <c r="L518" s="1"/>
       <c r="M518" s="1"/>
       <c r="N518" s="1"/>
       <c r="O518" s="1"/>
       <c r="P518" s="1"/>
       <c r="Q518" s="1"/>
       <c r="R518" s="1"/>
       <c r="S518" s="1"/>
       <c r="T518" s="1"/>
       <c r="U518" s="1"/>
       <c r="V518" s="1"/>
       <c r="W518" s="1"/>
     </row>
     <row r="519" spans="1:23">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C519" s="10" t="s">
         <v>1042</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="E519" s="3">
         <v>1079.89</v>
       </c>
       <c r="F519" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G519" s="3">
-        <v>984.89</v>
+        <v>971.36</v>
       </c>
       <c r="H519" s="4">
         <v>667.39</v>
       </c>
       <c r="I519" s="1"/>
       <c r="J519" s="1"/>
       <c r="K519" s="1"/>
       <c r="L519" s="1"/>
       <c r="M519" s="1"/>
       <c r="N519" s="1"/>
       <c r="O519" s="1"/>
       <c r="P519" s="1"/>
       <c r="Q519" s="1"/>
       <c r="R519" s="1"/>
       <c r="S519" s="1"/>
       <c r="T519" s="1"/>
       <c r="U519" s="1"/>
       <c r="V519" s="1"/>
       <c r="W519" s="1"/>
     </row>
     <row r="520" spans="1:23">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C520" s="10" t="s">
         <v>1044</v>
       </c>
       <c r="D520" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="E520" s="3">
         <v>541.09</v>
       </c>
       <c r="F520" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G520" s="3">
-        <v>450.81</v>
+        <v>444.37</v>
       </c>
       <c r="H520" s="4">
         <v>207.24</v>
       </c>
       <c r="I520" s="1"/>
       <c r="J520" s="1"/>
       <c r="K520" s="1"/>
       <c r="L520" s="1"/>
       <c r="M520" s="1"/>
       <c r="N520" s="1"/>
       <c r="O520" s="1"/>
       <c r="P520" s="1"/>
       <c r="Q520" s="1"/>
       <c r="R520" s="1"/>
       <c r="S520" s="1"/>
       <c r="T520" s="1"/>
       <c r="U520" s="1"/>
       <c r="V520" s="1"/>
       <c r="W520" s="1"/>
     </row>
     <row r="521" spans="1:23">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="10" t="s">
         <v>1046</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="E521" s="3">
         <v>45.03</v>
       </c>
       <c r="F521" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G521" s="3">
-        <v>43.74</v>
+        <v>44.7</v>
       </c>
       <c r="H521" s="4">
         <v>42.38</v>
       </c>
       <c r="I521" s="1"/>
       <c r="J521" s="1"/>
       <c r="K521" s="1"/>
       <c r="L521" s="1"/>
       <c r="M521" s="1"/>
       <c r="N521" s="1"/>
       <c r="O521" s="1"/>
       <c r="P521" s="1"/>
       <c r="Q521" s="1"/>
       <c r="R521" s="1"/>
       <c r="S521" s="1"/>
       <c r="T521" s="1"/>
       <c r="U521" s="1"/>
       <c r="V521" s="1"/>
       <c r="W521" s="1"/>
     </row>
     <row r="522" spans="1:23">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
@@ -26780,136 +26780,136 @@
       <c r="Q522" s="1"/>
       <c r="R522" s="1"/>
       <c r="S522" s="1"/>
       <c r="T522" s="1"/>
       <c r="U522" s="1"/>
       <c r="V522" s="1"/>
       <c r="W522" s="1"/>
     </row>
     <row r="523" spans="1:23">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C523" s="10" t="s">
         <v>1050</v>
       </c>
       <c r="D523" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="E523" s="3">
         <v>571.07</v>
       </c>
       <c r="F523" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G523" s="3">
-        <v>82.48</v>
+        <v>78.18</v>
       </c>
       <c r="H523" s="4">
         <v>299.3</v>
       </c>
       <c r="I523" s="1"/>
       <c r="J523" s="1"/>
       <c r="K523" s="1"/>
       <c r="L523" s="1"/>
       <c r="M523" s="1"/>
       <c r="N523" s="1"/>
       <c r="O523" s="1"/>
       <c r="P523" s="1"/>
       <c r="Q523" s="1"/>
       <c r="R523" s="1"/>
       <c r="S523" s="1"/>
       <c r="T523" s="1"/>
       <c r="U523" s="1"/>
       <c r="V523" s="1"/>
       <c r="W523" s="1"/>
     </row>
     <row r="524" spans="1:23">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C524" s="10" t="s">
         <v>1052</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="E524" s="3">
         <v>613.46</v>
       </c>
       <c r="F524" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G524" s="3">
-        <v>62.48</v>
+        <v>44.82</v>
       </c>
       <c r="H524" s="4">
         <v>165.51</v>
       </c>
       <c r="I524" s="1"/>
       <c r="J524" s="1"/>
       <c r="K524" s="1"/>
       <c r="L524" s="1"/>
       <c r="M524" s="1"/>
       <c r="N524" s="1"/>
       <c r="O524" s="1"/>
       <c r="P524" s="1"/>
       <c r="Q524" s="1"/>
       <c r="R524" s="1"/>
       <c r="S524" s="1"/>
       <c r="T524" s="1"/>
       <c r="U524" s="1"/>
       <c r="V524" s="1"/>
       <c r="W524" s="1"/>
     </row>
     <row r="525" spans="1:23">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C525" s="10" t="s">
         <v>1054</v>
       </c>
       <c r="D525" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="E525" s="3">
         <v>625.23</v>
       </c>
       <c r="F525" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G525" s="3">
-        <v>564.14</v>
+        <v>540.96</v>
       </c>
       <c r="H525" s="4">
         <v>304.51</v>
       </c>
       <c r="I525" s="1"/>
       <c r="J525" s="1"/>
       <c r="K525" s="1"/>
       <c r="L525" s="1"/>
       <c r="M525" s="1"/>
       <c r="N525" s="1"/>
       <c r="O525" s="1"/>
       <c r="P525" s="1"/>
       <c r="Q525" s="1"/>
       <c r="R525" s="1"/>
       <c r="S525" s="1"/>
       <c r="T525" s="1"/>
       <c r="U525" s="1"/>
       <c r="V525" s="1"/>
       <c r="W525" s="1"/>
     </row>
     <row r="526" spans="1:23">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
@@ -26985,54 +26985,54 @@
       <c r="Q527" s="1"/>
       <c r="R527" s="1"/>
       <c r="S527" s="1"/>
       <c r="T527" s="1"/>
       <c r="U527" s="1"/>
       <c r="V527" s="1"/>
       <c r="W527" s="1"/>
     </row>
     <row r="528" spans="1:23">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C528" s="10" t="s">
         <v>1060</v>
       </c>
       <c r="D528" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="E528" s="3">
         <v>915.42</v>
       </c>
       <c r="F528" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G528" s="3">
-        <v>866.93</v>
+        <v>865.18</v>
       </c>
       <c r="H528" s="4">
         <v>443.06</v>
       </c>
       <c r="I528" s="1"/>
       <c r="J528" s="1"/>
       <c r="K528" s="1"/>
       <c r="L528" s="1"/>
       <c r="M528" s="1"/>
       <c r="N528" s="1"/>
       <c r="O528" s="1"/>
       <c r="P528" s="1"/>
       <c r="Q528" s="1"/>
       <c r="R528" s="1"/>
       <c r="S528" s="1"/>
       <c r="T528" s="1"/>
       <c r="U528" s="1"/>
       <c r="V528" s="1"/>
       <c r="W528" s="1"/>
     </row>
     <row r="529" spans="1:23">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
@@ -27067,218 +27067,218 @@
       <c r="Q529" s="1"/>
       <c r="R529" s="1"/>
       <c r="S529" s="1"/>
       <c r="T529" s="1"/>
       <c r="U529" s="1"/>
       <c r="V529" s="1"/>
       <c r="W529" s="1"/>
     </row>
     <row r="530" spans="1:23">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C530" s="10" t="s">
         <v>1064</v>
       </c>
       <c r="D530" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="E530" s="3">
         <v>550.96</v>
       </c>
       <c r="F530" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G530" s="3">
-        <v>505.15</v>
+        <v>492.95</v>
       </c>
       <c r="H530" s="4">
         <v>203.83</v>
       </c>
       <c r="I530" s="1"/>
       <c r="J530" s="1"/>
       <c r="K530" s="1"/>
       <c r="L530" s="1"/>
       <c r="M530" s="1"/>
       <c r="N530" s="1"/>
       <c r="O530" s="1"/>
       <c r="P530" s="1"/>
       <c r="Q530" s="1"/>
       <c r="R530" s="1"/>
       <c r="S530" s="1"/>
       <c r="T530" s="1"/>
       <c r="U530" s="1"/>
       <c r="V530" s="1"/>
       <c r="W530" s="1"/>
     </row>
     <row r="531" spans="1:23">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C531" s="10" t="s">
         <v>1066</v>
       </c>
       <c r="D531" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="E531" s="3">
         <v>2009.45</v>
       </c>
       <c r="F531" s="3">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G531" s="3">
-        <v>2077.82</v>
+        <v>2076.3</v>
       </c>
       <c r="H531" s="4">
         <v>1259.41</v>
       </c>
       <c r="I531" s="1"/>
       <c r="J531" s="1"/>
       <c r="K531" s="1"/>
       <c r="L531" s="1"/>
       <c r="M531" s="1"/>
       <c r="N531" s="1"/>
       <c r="O531" s="1"/>
       <c r="P531" s="1"/>
       <c r="Q531" s="1"/>
       <c r="R531" s="1"/>
       <c r="S531" s="1"/>
       <c r="T531" s="1"/>
       <c r="U531" s="1"/>
       <c r="V531" s="1"/>
       <c r="W531" s="1"/>
     </row>
     <row r="532" spans="1:23">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C532" s="10" t="s">
         <v>1068</v>
       </c>
       <c r="D532" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="E532" s="3">
         <v>428.89</v>
       </c>
       <c r="F532" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G532" s="3">
-        <v>420.09</v>
+        <v>412.12</v>
       </c>
       <c r="H532" s="4">
         <v>137.27</v>
       </c>
       <c r="I532" s="1"/>
       <c r="J532" s="1"/>
       <c r="K532" s="1"/>
       <c r="L532" s="1"/>
       <c r="M532" s="1"/>
       <c r="N532" s="1"/>
       <c r="O532" s="1"/>
       <c r="P532" s="1"/>
       <c r="Q532" s="1"/>
       <c r="R532" s="1"/>
       <c r="S532" s="1"/>
       <c r="T532" s="1"/>
       <c r="U532" s="1"/>
       <c r="V532" s="1"/>
       <c r="W532" s="1"/>
     </row>
     <row r="533" spans="1:23">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C533" s="10" t="s">
         <v>1070</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="E533" s="3">
         <v>732.18</v>
       </c>
       <c r="F533" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G533" s="3">
-        <v>678.5</v>
+        <v>673.74</v>
       </c>
       <c r="H533" s="4">
         <v>195.37</v>
       </c>
       <c r="I533" s="1"/>
       <c r="J533" s="1"/>
       <c r="K533" s="1"/>
       <c r="L533" s="1"/>
       <c r="M533" s="1"/>
       <c r="N533" s="1"/>
       <c r="O533" s="1"/>
       <c r="P533" s="1"/>
       <c r="Q533" s="1"/>
       <c r="R533" s="1"/>
       <c r="S533" s="1"/>
       <c r="T533" s="1"/>
       <c r="U533" s="1"/>
       <c r="V533" s="1"/>
       <c r="W533" s="1"/>
     </row>
     <row r="534" spans="1:23">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C534" s="10" t="s">
         <v>1072</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="E534" s="3">
         <v>741.86</v>
       </c>
       <c r="F534" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G534" s="3">
-        <v>674.23</v>
+        <v>654.59</v>
       </c>
       <c r="H534" s="4">
         <v>257.33</v>
       </c>
       <c r="I534" s="1"/>
       <c r="J534" s="1"/>
       <c r="K534" s="1"/>
       <c r="L534" s="1"/>
       <c r="M534" s="1"/>
       <c r="N534" s="1"/>
       <c r="O534" s="1"/>
       <c r="P534" s="1"/>
       <c r="Q534" s="1"/>
       <c r="R534" s="1"/>
       <c r="S534" s="1"/>
       <c r="T534" s="1"/>
       <c r="U534" s="1"/>
       <c r="V534" s="1"/>
       <c r="W534" s="1"/>
     </row>
     <row r="535" spans="1:23">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
@@ -27313,136 +27313,136 @@
       <c r="Q535" s="1"/>
       <c r="R535" s="1"/>
       <c r="S535" s="1"/>
       <c r="T535" s="1"/>
       <c r="U535" s="1"/>
       <c r="V535" s="1"/>
       <c r="W535" s="1"/>
     </row>
     <row r="536" spans="1:23">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C536" s="10" t="s">
         <v>1076</v>
       </c>
       <c r="D536" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="E536" s="3">
         <v>471.07</v>
       </c>
       <c r="F536" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G536" s="3">
-        <v>429.01</v>
+        <v>422.61</v>
       </c>
       <c r="H536" s="4">
         <v>149.21</v>
       </c>
       <c r="I536" s="1"/>
       <c r="J536" s="1"/>
       <c r="K536" s="1"/>
       <c r="L536" s="1"/>
       <c r="M536" s="1"/>
       <c r="N536" s="1"/>
       <c r="O536" s="1"/>
       <c r="P536" s="1"/>
       <c r="Q536" s="1"/>
       <c r="R536" s="1"/>
       <c r="S536" s="1"/>
       <c r="T536" s="1"/>
       <c r="U536" s="1"/>
       <c r="V536" s="1"/>
       <c r="W536" s="1"/>
     </row>
     <row r="537" spans="1:23">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C537" s="10" t="s">
         <v>1078</v>
       </c>
       <c r="D537" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="E537" s="3">
         <v>1300.67</v>
       </c>
       <c r="F537" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G537" s="3">
-        <v>1215.2</v>
+        <v>1158.72</v>
       </c>
       <c r="H537" s="4">
         <v>868.13</v>
       </c>
       <c r="I537" s="1"/>
       <c r="J537" s="1"/>
       <c r="K537" s="1"/>
       <c r="L537" s="1"/>
       <c r="M537" s="1"/>
       <c r="N537" s="1"/>
       <c r="O537" s="1"/>
       <c r="P537" s="1"/>
       <c r="Q537" s="1"/>
       <c r="R537" s="1"/>
       <c r="S537" s="1"/>
       <c r="T537" s="1"/>
       <c r="U537" s="1"/>
       <c r="V537" s="1"/>
       <c r="W537" s="1"/>
     </row>
     <row r="538" spans="1:23">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C538" s="10" t="s">
         <v>1080</v>
       </c>
       <c r="D538" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="E538" s="3">
         <v>1406.2</v>
       </c>
       <c r="F538" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G538" s="3">
-        <v>1328.22</v>
+        <v>1280.65</v>
       </c>
       <c r="H538" s="4">
         <v>565.6</v>
       </c>
       <c r="I538" s="1"/>
       <c r="J538" s="1"/>
       <c r="K538" s="1"/>
       <c r="L538" s="1"/>
       <c r="M538" s="1"/>
       <c r="N538" s="1"/>
       <c r="O538" s="1"/>
       <c r="P538" s="1"/>
       <c r="Q538" s="1"/>
       <c r="R538" s="1"/>
       <c r="S538" s="1"/>
       <c r="T538" s="1"/>
       <c r="U538" s="1"/>
       <c r="V538" s="1"/>
       <c r="W538" s="1"/>
     </row>
     <row r="539" spans="1:23">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
@@ -27480,51 +27480,51 @@
       <c r="T539" s="1"/>
       <c r="U539" s="1"/>
       <c r="V539" s="1"/>
       <c r="W539" s="1"/>
     </row>
     <row r="540" spans="1:23">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C540" s="10" t="s">
         <v>1084</v>
       </c>
       <c r="D540" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="E540" s="3">
         <v>216.7</v>
       </c>
       <c r="F540" s="3">
         <v>7</v>
       </c>
       <c r="G540" s="3">
-        <v>49.39</v>
+        <v>211.12</v>
       </c>
       <c r="H540" s="4">
         <v>93.48</v>
       </c>
       <c r="I540" s="1"/>
       <c r="J540" s="1"/>
       <c r="K540" s="1"/>
       <c r="L540" s="1"/>
       <c r="M540" s="1"/>
       <c r="N540" s="1"/>
       <c r="O540" s="1"/>
       <c r="P540" s="1"/>
       <c r="Q540" s="1"/>
       <c r="R540" s="1"/>
       <c r="S540" s="1"/>
       <c r="T540" s="1"/>
       <c r="U540" s="1"/>
       <c r="V540" s="1"/>
       <c r="W540" s="1"/>
     </row>
     <row r="541" spans="1:23">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
@@ -27685,133 +27685,133 @@
       <c r="T544" s="1"/>
       <c r="U544" s="1"/>
       <c r="V544" s="1"/>
       <c r="W544" s="1"/>
     </row>
     <row r="545" spans="1:23">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C545" s="10" t="s">
         <v>1094</v>
       </c>
       <c r="D545" s="3" t="s">
         <v>1095</v>
       </c>
       <c r="E545" s="3">
         <v>39.56</v>
       </c>
       <c r="F545" s="3">
         <v>2</v>
       </c>
       <c r="G545" s="3">
-        <v>30.82</v>
+        <v>30.8</v>
       </c>
       <c r="H545" s="4">
         <v>25.66</v>
       </c>
       <c r="I545" s="1"/>
       <c r="J545" s="1"/>
       <c r="K545" s="1"/>
       <c r="L545" s="1"/>
       <c r="M545" s="1"/>
       <c r="N545" s="1"/>
       <c r="O545" s="1"/>
       <c r="P545" s="1"/>
       <c r="Q545" s="1"/>
       <c r="R545" s="1"/>
       <c r="S545" s="1"/>
       <c r="T545" s="1"/>
       <c r="U545" s="1"/>
       <c r="V545" s="1"/>
       <c r="W545" s="1"/>
     </row>
     <row r="546" spans="1:23">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C546" s="10" t="s">
         <v>1096</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>1097</v>
       </c>
       <c r="E546" s="3">
         <v>396.8</v>
       </c>
       <c r="F546" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G546" s="3">
-        <v>320.29</v>
+        <v>310.9</v>
       </c>
       <c r="H546" s="4">
         <v>82.31</v>
       </c>
       <c r="I546" s="1"/>
       <c r="J546" s="1"/>
       <c r="K546" s="1"/>
       <c r="L546" s="1"/>
       <c r="M546" s="1"/>
       <c r="N546" s="1"/>
       <c r="O546" s="1"/>
       <c r="P546" s="1"/>
       <c r="Q546" s="1"/>
       <c r="R546" s="1"/>
       <c r="S546" s="1"/>
       <c r="T546" s="1"/>
       <c r="U546" s="1"/>
       <c r="V546" s="1"/>
       <c r="W546" s="1"/>
     </row>
     <row r="547" spans="1:23">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C547" s="10" t="s">
         <v>1098</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>1099</v>
       </c>
       <c r="E547" s="3">
         <v>340.44</v>
       </c>
       <c r="F547" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G547" s="3">
-        <v>304.1</v>
+        <v>271.35</v>
       </c>
       <c r="H547" s="4">
         <v>106.25</v>
       </c>
       <c r="I547" s="1"/>
       <c r="J547" s="1"/>
       <c r="K547" s="1"/>
       <c r="L547" s="1"/>
       <c r="M547" s="1"/>
       <c r="N547" s="1"/>
       <c r="O547" s="1"/>
       <c r="P547" s="1"/>
       <c r="Q547" s="1"/>
       <c r="R547" s="1"/>
       <c r="S547" s="1"/>
       <c r="T547" s="1"/>
       <c r="U547" s="1"/>
       <c r="V547" s="1"/>
       <c r="W547" s="1"/>
     </row>
     <row r="548" spans="1:23">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
@@ -28174,95 +28174,95 @@
       <c r="Q556" s="1"/>
       <c r="R556" s="1"/>
       <c r="S556" s="1"/>
       <c r="T556" s="1"/>
       <c r="U556" s="1"/>
       <c r="V556" s="1"/>
       <c r="W556" s="1"/>
     </row>
     <row r="557" spans="1:23">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C557" s="10" t="s">
         <v>1118</v>
       </c>
       <c r="D557" s="3" t="s">
         <v>1119</v>
       </c>
       <c r="E557" s="3">
         <v>0</v>
       </c>
       <c r="F557" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G557" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H557" s="4">
         <v>5.07</v>
       </c>
       <c r="I557" s="1"/>
       <c r="J557" s="1"/>
       <c r="K557" s="1"/>
       <c r="L557" s="1"/>
       <c r="M557" s="1"/>
       <c r="N557" s="1"/>
       <c r="O557" s="1"/>
       <c r="P557" s="1"/>
       <c r="Q557" s="1"/>
       <c r="R557" s="1"/>
       <c r="S557" s="1"/>
       <c r="T557" s="1"/>
       <c r="U557" s="1"/>
       <c r="V557" s="1"/>
       <c r="W557" s="1"/>
     </row>
     <row r="558" spans="1:23">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C558" s="10" t="s">
         <v>1120</v>
       </c>
       <c r="D558" s="3" t="s">
         <v>1121</v>
       </c>
       <c r="E558" s="3">
         <v>0</v>
       </c>
       <c r="F558" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G558" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H558" s="4">
         <v>0</v>
       </c>
       <c r="I558" s="1"/>
       <c r="J558" s="1"/>
       <c r="K558" s="1"/>
       <c r="L558" s="1"/>
       <c r="M558" s="1"/>
       <c r="N558" s="1"/>
       <c r="O558" s="1"/>
       <c r="P558" s="1"/>
       <c r="Q558" s="1"/>
       <c r="R558" s="1"/>
       <c r="S558" s="1"/>
       <c r="T558" s="1"/>
       <c r="U558" s="1"/>
       <c r="V558" s="1"/>
       <c r="W558" s="1"/>
     </row>
     <row r="559" spans="1:23">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
@@ -28379,423 +28379,423 @@
       <c r="Q561" s="1"/>
       <c r="R561" s="1"/>
       <c r="S561" s="1"/>
       <c r="T561" s="1"/>
       <c r="U561" s="1"/>
       <c r="V561" s="1"/>
       <c r="W561" s="1"/>
     </row>
     <row r="562" spans="1:23">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C562" s="10" t="s">
         <v>1128</v>
       </c>
       <c r="D562" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="E562" s="3">
         <v>0</v>
       </c>
       <c r="F562" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G562" s="3">
-        <v>6.68</v>
+        <v>6.26</v>
       </c>
       <c r="H562" s="4">
         <v>0</v>
       </c>
       <c r="I562" s="1"/>
       <c r="J562" s="1"/>
       <c r="K562" s="1"/>
       <c r="L562" s="1"/>
       <c r="M562" s="1"/>
       <c r="N562" s="1"/>
       <c r="O562" s="1"/>
       <c r="P562" s="1"/>
       <c r="Q562" s="1"/>
       <c r="R562" s="1"/>
       <c r="S562" s="1"/>
       <c r="T562" s="1"/>
       <c r="U562" s="1"/>
       <c r="V562" s="1"/>
       <c r="W562" s="1"/>
     </row>
     <row r="563" spans="1:23">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C563" s="10" t="s">
         <v>1130</v>
       </c>
       <c r="D563" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="E563" s="3">
         <v>0</v>
       </c>
       <c r="F563" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G563" s="3">
-        <v>6.71</v>
+        <v>6.26</v>
       </c>
       <c r="H563" s="4">
         <v>0.44</v>
       </c>
       <c r="I563" s="1"/>
       <c r="J563" s="1"/>
       <c r="K563" s="1"/>
       <c r="L563" s="1"/>
       <c r="M563" s="1"/>
       <c r="N563" s="1"/>
       <c r="O563" s="1"/>
       <c r="P563" s="1"/>
       <c r="Q563" s="1"/>
       <c r="R563" s="1"/>
       <c r="S563" s="1"/>
       <c r="T563" s="1"/>
       <c r="U563" s="1"/>
       <c r="V563" s="1"/>
       <c r="W563" s="1"/>
     </row>
     <row r="564" spans="1:23">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C564" s="10" t="s">
         <v>1132</v>
       </c>
       <c r="D564" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="E564" s="3">
         <v>0</v>
       </c>
       <c r="F564" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G564" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H564" s="4">
         <v>0.18</v>
       </c>
       <c r="I564" s="1"/>
       <c r="J564" s="1"/>
       <c r="K564" s="1"/>
       <c r="L564" s="1"/>
       <c r="M564" s="1"/>
       <c r="N564" s="1"/>
       <c r="O564" s="1"/>
       <c r="P564" s="1"/>
       <c r="Q564" s="1"/>
       <c r="R564" s="1"/>
       <c r="S564" s="1"/>
       <c r="T564" s="1"/>
       <c r="U564" s="1"/>
       <c r="V564" s="1"/>
       <c r="W564" s="1"/>
     </row>
     <row r="565" spans="1:23">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C565" s="10" t="s">
         <v>1134</v>
       </c>
       <c r="D565" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="E565" s="3">
         <v>0</v>
       </c>
       <c r="F565" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G565" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H565" s="4">
         <v>4.88</v>
       </c>
       <c r="I565" s="1"/>
       <c r="J565" s="1"/>
       <c r="K565" s="1"/>
       <c r="L565" s="1"/>
       <c r="M565" s="1"/>
       <c r="N565" s="1"/>
       <c r="O565" s="1"/>
       <c r="P565" s="1"/>
       <c r="Q565" s="1"/>
       <c r="R565" s="1"/>
       <c r="S565" s="1"/>
       <c r="T565" s="1"/>
       <c r="U565" s="1"/>
       <c r="V565" s="1"/>
       <c r="W565" s="1"/>
     </row>
     <row r="566" spans="1:23">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C566" s="10" t="s">
         <v>1136</v>
       </c>
       <c r="D566" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="E566" s="3">
         <v>0</v>
       </c>
       <c r="F566" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G566" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H566" s="4">
         <v>0.18</v>
       </c>
       <c r="I566" s="1"/>
       <c r="J566" s="1"/>
       <c r="K566" s="1"/>
       <c r="L566" s="1"/>
       <c r="M566" s="1"/>
       <c r="N566" s="1"/>
       <c r="O566" s="1"/>
       <c r="P566" s="1"/>
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
       <c r="S566" s="1"/>
       <c r="T566" s="1"/>
       <c r="U566" s="1"/>
       <c r="V566" s="1"/>
       <c r="W566" s="1"/>
     </row>
     <row r="567" spans="1:23">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C567" s="10" t="s">
         <v>1138</v>
       </c>
       <c r="D567" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="E567" s="3">
         <v>0</v>
       </c>
       <c r="F567" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G567" s="3">
-        <v>6.75</v>
+        <v>6.26</v>
       </c>
       <c r="H567" s="4">
         <v>4.66</v>
       </c>
       <c r="I567" s="1"/>
       <c r="J567" s="1"/>
       <c r="K567" s="1"/>
       <c r="L567" s="1"/>
       <c r="M567" s="1"/>
       <c r="N567" s="1"/>
       <c r="O567" s="1"/>
       <c r="P567" s="1"/>
       <c r="Q567" s="1"/>
       <c r="R567" s="1"/>
       <c r="S567" s="1"/>
       <c r="T567" s="1"/>
       <c r="U567" s="1"/>
       <c r="V567" s="1"/>
       <c r="W567" s="1"/>
     </row>
     <row r="568" spans="1:23">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C568" s="10" t="s">
         <v>1140</v>
       </c>
       <c r="D568" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="E568" s="3">
         <v>0</v>
       </c>
       <c r="F568" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G568" s="3">
-        <v>6.52</v>
+        <v>6.27</v>
       </c>
       <c r="H568" s="4">
         <v>4.94</v>
       </c>
       <c r="I568" s="1"/>
       <c r="J568" s="1"/>
       <c r="K568" s="1"/>
       <c r="L568" s="1"/>
       <c r="M568" s="1"/>
       <c r="N568" s="1"/>
       <c r="O568" s="1"/>
       <c r="P568" s="1"/>
       <c r="Q568" s="1"/>
       <c r="R568" s="1"/>
       <c r="S568" s="1"/>
       <c r="T568" s="1"/>
       <c r="U568" s="1"/>
       <c r="V568" s="1"/>
       <c r="W568" s="1"/>
     </row>
     <row r="569" spans="1:23">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C569" s="10" t="s">
         <v>1142</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="E569" s="3">
         <v>0</v>
       </c>
       <c r="F569" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G569" s="3">
-        <v>6.66</v>
+        <v>6.44</v>
       </c>
       <c r="H569" s="4">
         <v>5.25</v>
       </c>
       <c r="I569" s="1"/>
       <c r="J569" s="1"/>
       <c r="K569" s="1"/>
       <c r="L569" s="1"/>
       <c r="M569" s="1"/>
       <c r="N569" s="1"/>
       <c r="O569" s="1"/>
       <c r="P569" s="1"/>
       <c r="Q569" s="1"/>
       <c r="R569" s="1"/>
       <c r="S569" s="1"/>
       <c r="T569" s="1"/>
       <c r="U569" s="1"/>
       <c r="V569" s="1"/>
       <c r="W569" s="1"/>
     </row>
     <row r="570" spans="1:23">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C570" s="10" t="s">
         <v>1144</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="E570" s="3">
         <v>80.74</v>
       </c>
       <c r="F570" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G570" s="3">
-        <v>60.82</v>
+        <v>31.53</v>
       </c>
       <c r="H570" s="4">
         <v>50.8</v>
       </c>
       <c r="I570" s="1"/>
       <c r="J570" s="1"/>
       <c r="K570" s="1"/>
       <c r="L570" s="1"/>
       <c r="M570" s="1"/>
       <c r="N570" s="1"/>
       <c r="O570" s="1"/>
       <c r="P570" s="1"/>
       <c r="Q570" s="1"/>
       <c r="R570" s="1"/>
       <c r="S570" s="1"/>
       <c r="T570" s="1"/>
       <c r="U570" s="1"/>
       <c r="V570" s="1"/>
       <c r="W570" s="1"/>
     </row>
     <row r="571" spans="1:23">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C571" s="10" t="s">
         <v>1146</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="E571" s="3">
         <v>0</v>
       </c>
       <c r="F571" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G571" s="3">
-        <v>19.31</v>
+        <v>18.78</v>
       </c>
       <c r="H571" s="4">
         <v>5.38</v>
       </c>
       <c r="I571" s="1"/>
       <c r="J571" s="1"/>
       <c r="K571" s="1"/>
       <c r="L571" s="1"/>
       <c r="M571" s="1"/>
       <c r="N571" s="1"/>
       <c r="O571" s="1"/>
       <c r="P571" s="1"/>
       <c r="Q571" s="1"/>
       <c r="R571" s="1"/>
       <c r="S571" s="1"/>
       <c r="T571" s="1"/>
       <c r="U571" s="1"/>
       <c r="V571" s="1"/>
       <c r="W571" s="1"/>
     </row>
     <row r="572" spans="1:23">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
@@ -28912,95 +28912,95 @@
       <c r="Q574" s="1"/>
       <c r="R574" s="1"/>
       <c r="S574" s="1"/>
       <c r="T574" s="1"/>
       <c r="U574" s="1"/>
       <c r="V574" s="1"/>
       <c r="W574" s="1"/>
     </row>
     <row r="575" spans="1:23">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C575" s="10" t="s">
         <v>1154</v>
       </c>
       <c r="D575" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="E575" s="3">
         <v>0</v>
       </c>
       <c r="F575" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G575" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H575" s="4">
         <v>5.03</v>
       </c>
       <c r="I575" s="1"/>
       <c r="J575" s="1"/>
       <c r="K575" s="1"/>
       <c r="L575" s="1"/>
       <c r="M575" s="1"/>
       <c r="N575" s="1"/>
       <c r="O575" s="1"/>
       <c r="P575" s="1"/>
       <c r="Q575" s="1"/>
       <c r="R575" s="1"/>
       <c r="S575" s="1"/>
       <c r="T575" s="1"/>
       <c r="U575" s="1"/>
       <c r="V575" s="1"/>
       <c r="W575" s="1"/>
     </row>
     <row r="576" spans="1:23">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C576" s="10" t="s">
         <v>1156</v>
       </c>
       <c r="D576" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="E576" s="3">
         <v>0</v>
       </c>
       <c r="F576" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G576" s="3">
-        <v>0.14</v>
+        <v>16.64</v>
       </c>
       <c r="H576" s="4">
         <v>0</v>
       </c>
       <c r="I576" s="1"/>
       <c r="J576" s="1"/>
       <c r="K576" s="1"/>
       <c r="L576" s="1"/>
       <c r="M576" s="1"/>
       <c r="N576" s="1"/>
       <c r="O576" s="1"/>
       <c r="P576" s="1"/>
       <c r="Q576" s="1"/>
       <c r="R576" s="1"/>
       <c r="S576" s="1"/>
       <c r="T576" s="1"/>
       <c r="U576" s="1"/>
       <c r="V576" s="1"/>
       <c r="W576" s="1"/>
     </row>
     <row r="577" spans="1:23">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
@@ -29035,54 +29035,54 @@
       <c r="Q577" s="1"/>
       <c r="R577" s="1"/>
       <c r="S577" s="1"/>
       <c r="T577" s="1"/>
       <c r="U577" s="1"/>
       <c r="V577" s="1"/>
       <c r="W577" s="1"/>
     </row>
     <row r="578" spans="1:23">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C578" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D578" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E578" s="3">
         <v>0</v>
       </c>
       <c r="F578" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G578" s="3">
-        <v>6.43</v>
+        <v>6.26</v>
       </c>
       <c r="H578" s="4">
         <v>5.02</v>
       </c>
       <c r="I578" s="1"/>
       <c r="J578" s="1"/>
       <c r="K578" s="1"/>
       <c r="L578" s="1"/>
       <c r="M578" s="1"/>
       <c r="N578" s="1"/>
       <c r="O578" s="1"/>
       <c r="P578" s="1"/>
       <c r="Q578" s="1"/>
       <c r="R578" s="1"/>
       <c r="S578" s="1"/>
       <c r="T578" s="1"/>
       <c r="U578" s="1"/>
       <c r="V578" s="1"/>
       <c r="W578" s="1"/>
     </row>
     <row r="579" spans="1:23">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
@@ -29240,54 +29240,54 @@
       <c r="Q582" s="1"/>
       <c r="R582" s="1"/>
       <c r="S582" s="1"/>
       <c r="T582" s="1"/>
       <c r="U582" s="1"/>
       <c r="V582" s="1"/>
       <c r="W582" s="1"/>
     </row>
     <row r="583" spans="1:23">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C583" s="10" t="s">
         <v>1170</v>
       </c>
       <c r="D583" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="E583" s="3">
         <v>0</v>
       </c>
       <c r="F583" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G583" s="3">
-        <v>6.59</v>
+        <v>6.26</v>
       </c>
       <c r="H583" s="4">
         <v>5.22</v>
       </c>
       <c r="I583" s="1"/>
       <c r="J583" s="1"/>
       <c r="K583" s="1"/>
       <c r="L583" s="1"/>
       <c r="M583" s="1"/>
       <c r="N583" s="1"/>
       <c r="O583" s="1"/>
       <c r="P583" s="1"/>
       <c r="Q583" s="1"/>
       <c r="R583" s="1"/>
       <c r="S583" s="1"/>
       <c r="T583" s="1"/>
       <c r="U583" s="1"/>
       <c r="V583" s="1"/>
       <c r="W583" s="1"/>
     </row>
     <row r="584" spans="1:23">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
@@ -29322,54 +29322,54 @@
       <c r="Q584" s="1"/>
       <c r="R584" s="1"/>
       <c r="S584" s="1"/>
       <c r="T584" s="1"/>
       <c r="U584" s="1"/>
       <c r="V584" s="1"/>
       <c r="W584" s="1"/>
     </row>
     <row r="585" spans="1:23">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C585" s="10" t="s">
         <v>1174</v>
       </c>
       <c r="D585" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="E585" s="3">
         <v>496.8</v>
       </c>
       <c r="F585" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G585" s="3">
-        <v>465.3</v>
+        <v>454.14</v>
       </c>
       <c r="H585" s="4">
         <v>131.69</v>
       </c>
       <c r="I585" s="1"/>
       <c r="J585" s="1"/>
       <c r="K585" s="1"/>
       <c r="L585" s="1"/>
       <c r="M585" s="1"/>
       <c r="N585" s="1"/>
       <c r="O585" s="1"/>
       <c r="P585" s="1"/>
       <c r="Q585" s="1"/>
       <c r="R585" s="1"/>
       <c r="S585" s="1"/>
       <c r="T585" s="1"/>
       <c r="U585" s="1"/>
       <c r="V585" s="1"/>
       <c r="W585" s="1"/>
     </row>
     <row r="586" spans="1:23">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
@@ -29404,54 +29404,54 @@
       <c r="Q586" s="1"/>
       <c r="R586" s="1"/>
       <c r="S586" s="1"/>
       <c r="T586" s="1"/>
       <c r="U586" s="1"/>
       <c r="V586" s="1"/>
       <c r="W586" s="1"/>
     </row>
     <row r="587" spans="1:23">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="10" t="s">
         <v>1178</v>
       </c>
       <c r="D587" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="E587" s="3">
         <v>572.81</v>
       </c>
       <c r="F587" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G587" s="3">
-        <v>461.75</v>
+        <v>453.98</v>
       </c>
       <c r="H587" s="4">
         <v>13.98</v>
       </c>
       <c r="I587" s="1"/>
       <c r="J587" s="1"/>
       <c r="K587" s="1"/>
       <c r="L587" s="1"/>
       <c r="M587" s="1"/>
       <c r="N587" s="1"/>
       <c r="O587" s="1"/>
       <c r="P587" s="1"/>
       <c r="Q587" s="1"/>
       <c r="R587" s="1"/>
       <c r="S587" s="1"/>
       <c r="T587" s="1"/>
       <c r="U587" s="1"/>
       <c r="V587" s="1"/>
       <c r="W587" s="1"/>
     </row>
     <row r="588" spans="1:23">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
@@ -29486,54 +29486,54 @@
       <c r="Q588" s="1"/>
       <c r="R588" s="1"/>
       <c r="S588" s="1"/>
       <c r="T588" s="1"/>
       <c r="U588" s="1"/>
       <c r="V588" s="1"/>
       <c r="W588" s="1"/>
     </row>
     <row r="589" spans="1:23">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
         <v>1182</v>
       </c>
       <c r="C589" s="10" t="s">
         <v>1183</v>
       </c>
       <c r="D589" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="E589" s="3">
         <v>74155.64</v>
       </c>
       <c r="F589" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G589" s="3">
-        <v>61318.24</v>
+        <v>56044.45</v>
       </c>
       <c r="H589" s="4">
         <v>1092.6</v>
       </c>
       <c r="I589" s="1"/>
       <c r="J589" s="1"/>
       <c r="K589" s="1"/>
       <c r="L589" s="1"/>
       <c r="M589" s="1"/>
       <c r="N589" s="1"/>
       <c r="O589" s="1"/>
       <c r="P589" s="1"/>
       <c r="Q589" s="1"/>
       <c r="R589" s="1"/>
       <c r="S589" s="1"/>
       <c r="T589" s="1"/>
       <c r="U589" s="1"/>
       <c r="V589" s="1"/>
       <c r="W589" s="1"/>
     </row>
     <row r="590" spans="1:23">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
@@ -30101,218 +30101,218 @@
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C604" s="10" t="s">
         <v>1213</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="E604" s="3">
         <v>726.52</v>
       </c>
       <c r="F604" s="3">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G604" s="3">
-        <v>543.6</v>
+        <v>532.96</v>
       </c>
       <c r="H604" s="4">
         <v>463.76</v>
       </c>
       <c r="I604" s="1"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C605" s="10" t="s">
         <v>1215</v>
       </c>
       <c r="D605" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="E605" s="3">
         <v>478.65</v>
       </c>
       <c r="F605" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G605" s="3">
-        <v>462.32</v>
+        <v>451.32</v>
       </c>
       <c r="H605" s="4">
         <v>449.54</v>
       </c>
       <c r="I605" s="1"/>
       <c r="J605" s="1"/>
       <c r="K605" s="1"/>
       <c r="L605" s="1"/>
       <c r="M605" s="1"/>
       <c r="N605" s="1"/>
       <c r="O605" s="1"/>
       <c r="P605" s="1"/>
       <c r="Q605" s="1"/>
       <c r="R605" s="1"/>
       <c r="S605" s="1"/>
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="10" t="s">
         <v>1217</v>
       </c>
       <c r="D606" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="E606" s="3">
         <v>1145.17</v>
       </c>
       <c r="F606" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G606" s="3">
-        <v>724.95</v>
+        <v>711.54</v>
       </c>
       <c r="H606" s="4">
         <v>655.27</v>
       </c>
       <c r="I606" s="1"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C607" s="10" t="s">
         <v>1219</v>
       </c>
       <c r="D607" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="E607" s="3">
         <v>1418.64</v>
       </c>
       <c r="F607" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G607" s="3">
-        <v>736.79</v>
+        <v>938.43</v>
       </c>
       <c r="H607" s="4">
         <v>822.76</v>
       </c>
       <c r="I607" s="1"/>
       <c r="J607" s="1"/>
       <c r="K607" s="1"/>
       <c r="L607" s="1"/>
       <c r="M607" s="1"/>
       <c r="N607" s="1"/>
       <c r="O607" s="1"/>
       <c r="P607" s="1"/>
       <c r="Q607" s="1"/>
       <c r="R607" s="1"/>
       <c r="S607" s="1"/>
       <c r="T607" s="1"/>
       <c r="U607" s="1"/>
       <c r="V607" s="1"/>
       <c r="W607" s="1"/>
     </row>
     <row r="608" spans="1:23">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C608" s="10" t="s">
         <v>1221</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="E608" s="3">
         <v>903.71</v>
       </c>
       <c r="F608" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G608" s="3">
-        <v>611.62</v>
+        <v>590.71</v>
       </c>
       <c r="H608" s="4">
         <v>508.76</v>
       </c>
       <c r="I608" s="1"/>
       <c r="J608" s="1"/>
       <c r="K608" s="1"/>
       <c r="L608" s="1"/>
       <c r="M608" s="1"/>
       <c r="N608" s="1"/>
       <c r="O608" s="1"/>
       <c r="P608" s="1"/>
       <c r="Q608" s="1"/>
       <c r="R608" s="1"/>
       <c r="S608" s="1"/>
       <c r="T608" s="1"/>
       <c r="U608" s="1"/>
       <c r="V608" s="1"/>
       <c r="W608" s="1"/>
     </row>
     <row r="609" spans="1:23">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
@@ -30347,177 +30347,177 @@
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C610" s="10" t="s">
         <v>1225</v>
       </c>
       <c r="D610" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="E610" s="3">
         <v>1073.49</v>
       </c>
       <c r="F610" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G610" s="3">
-        <v>917.81</v>
+        <v>905.8</v>
       </c>
       <c r="H610" s="4">
         <v>573.44</v>
       </c>
       <c r="I610" s="1"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C611" s="10" t="s">
         <v>1227</v>
       </c>
       <c r="D611" s="3" t="s">
         <v>1228</v>
       </c>
       <c r="E611" s="3">
         <v>787.03</v>
       </c>
       <c r="F611" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G611" s="3">
-        <v>706.23</v>
+        <v>701.92</v>
       </c>
       <c r="H611" s="4">
         <v>550.65</v>
       </c>
       <c r="I611" s="1"/>
       <c r="J611" s="1"/>
       <c r="K611" s="1"/>
       <c r="L611" s="1"/>
       <c r="M611" s="1"/>
       <c r="N611" s="1"/>
       <c r="O611" s="1"/>
       <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1"/>
       <c r="S611" s="1"/>
       <c r="T611" s="1"/>
       <c r="U611" s="1"/>
       <c r="V611" s="1"/>
       <c r="W611" s="1"/>
     </row>
     <row r="612" spans="1:23">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C612" s="10" t="s">
         <v>1229</v>
       </c>
       <c r="D612" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="E612" s="3">
         <v>745.53</v>
       </c>
       <c r="F612" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G612" s="3">
-        <v>604.88</v>
+        <v>595.22</v>
       </c>
       <c r="H612" s="4">
         <v>333.32</v>
       </c>
       <c r="I612" s="1"/>
       <c r="J612" s="1"/>
       <c r="K612" s="1"/>
       <c r="L612" s="1"/>
       <c r="M612" s="1"/>
       <c r="N612" s="1"/>
       <c r="O612" s="1"/>
       <c r="P612" s="1"/>
       <c r="Q612" s="1"/>
       <c r="R612" s="1"/>
       <c r="S612" s="1"/>
       <c r="T612" s="1"/>
       <c r="U612" s="1"/>
       <c r="V612" s="1"/>
       <c r="W612" s="1"/>
     </row>
     <row r="613" spans="1:23">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C613" s="10" t="s">
         <v>1231</v>
       </c>
       <c r="D613" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="E613" s="3">
         <v>453.35</v>
       </c>
       <c r="F613" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G613" s="3">
-        <v>358.74</v>
+        <v>348.99</v>
       </c>
       <c r="H613" s="4">
         <v>171.35</v>
       </c>
       <c r="I613" s="1"/>
       <c r="J613" s="1"/>
       <c r="K613" s="1"/>
       <c r="L613" s="1"/>
       <c r="M613" s="1"/>
       <c r="N613" s="1"/>
       <c r="O613" s="1"/>
       <c r="P613" s="1"/>
       <c r="Q613" s="1"/>
       <c r="R613" s="1"/>
       <c r="S613" s="1"/>
       <c r="T613" s="1"/>
       <c r="U613" s="1"/>
       <c r="V613" s="1"/>
       <c r="W613" s="1"/>
     </row>
     <row r="614" spans="1:23">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
@@ -30552,54 +30552,54 @@
       <c r="Q614" s="1"/>
       <c r="R614" s="1"/>
       <c r="S614" s="1"/>
       <c r="T614" s="1"/>
       <c r="U614" s="1"/>
       <c r="V614" s="1"/>
       <c r="W614" s="1"/>
     </row>
     <row r="615" spans="1:23">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C615" s="10" t="s">
         <v>1235</v>
       </c>
       <c r="D615" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="E615" s="3">
         <v>627.99</v>
       </c>
       <c r="F615" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G615" s="3">
-        <v>558.91</v>
+        <v>540.93</v>
       </c>
       <c r="H615" s="4">
         <v>305.89</v>
       </c>
       <c r="I615" s="1"/>
       <c r="J615" s="1"/>
       <c r="K615" s="1"/>
       <c r="L615" s="1"/>
       <c r="M615" s="1"/>
       <c r="N615" s="1"/>
       <c r="O615" s="1"/>
       <c r="P615" s="1"/>
       <c r="Q615" s="1"/>
       <c r="R615" s="1"/>
       <c r="S615" s="1"/>
       <c r="T615" s="1"/>
       <c r="U615" s="1"/>
       <c r="V615" s="1"/>
       <c r="W615" s="1"/>
     </row>
     <row r="616" spans="1:23">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
@@ -30675,177 +30675,177 @@
       <c r="Q617" s="1"/>
       <c r="R617" s="1"/>
       <c r="S617" s="1"/>
       <c r="T617" s="1"/>
       <c r="U617" s="1"/>
       <c r="V617" s="1"/>
       <c r="W617" s="1"/>
     </row>
     <row r="618" spans="1:23">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="10" t="s">
         <v>1241</v>
       </c>
       <c r="D618" s="3" t="s">
         <v>1242</v>
       </c>
       <c r="E618" s="3">
         <v>944.76</v>
       </c>
       <c r="F618" s="3">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G618" s="3">
-        <v>891.84</v>
+        <v>901.41</v>
       </c>
       <c r="H618" s="4">
         <v>446.04</v>
       </c>
       <c r="I618" s="1"/>
       <c r="J618" s="1"/>
       <c r="K618" s="1"/>
       <c r="L618" s="1"/>
       <c r="M618" s="1"/>
       <c r="N618" s="1"/>
       <c r="O618" s="1"/>
       <c r="P618" s="1"/>
       <c r="Q618" s="1"/>
       <c r="R618" s="1"/>
       <c r="S618" s="1"/>
       <c r="T618" s="1"/>
       <c r="U618" s="1"/>
       <c r="V618" s="1"/>
       <c r="W618" s="1"/>
     </row>
     <row r="619" spans="1:23">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C619" s="10" t="s">
         <v>1243</v>
       </c>
       <c r="D619" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="E619" s="3">
         <v>595.37</v>
       </c>
       <c r="F619" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G619" s="3">
-        <v>540.37</v>
+        <v>510.63</v>
       </c>
       <c r="H619" s="4">
         <v>293.65</v>
       </c>
       <c r="I619" s="1"/>
       <c r="J619" s="1"/>
       <c r="K619" s="1"/>
       <c r="L619" s="1"/>
       <c r="M619" s="1"/>
       <c r="N619" s="1"/>
       <c r="O619" s="1"/>
       <c r="P619" s="1"/>
       <c r="Q619" s="1"/>
       <c r="R619" s="1"/>
       <c r="S619" s="1"/>
       <c r="T619" s="1"/>
       <c r="U619" s="1"/>
       <c r="V619" s="1"/>
       <c r="W619" s="1"/>
     </row>
     <row r="620" spans="1:23">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C620" s="10" t="s">
         <v>1245</v>
       </c>
       <c r="D620" s="3" t="s">
         <v>1246</v>
       </c>
       <c r="E620" s="3">
         <v>465.14</v>
       </c>
       <c r="F620" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G620" s="3">
-        <v>432.67</v>
+        <v>423.12</v>
       </c>
       <c r="H620" s="4">
         <v>197.19</v>
       </c>
       <c r="I620" s="1"/>
       <c r="J620" s="1"/>
       <c r="K620" s="1"/>
       <c r="L620" s="1"/>
       <c r="M620" s="1"/>
       <c r="N620" s="1"/>
       <c r="O620" s="1"/>
       <c r="P620" s="1"/>
       <c r="Q620" s="1"/>
       <c r="R620" s="1"/>
       <c r="S620" s="1"/>
       <c r="T620" s="1"/>
       <c r="U620" s="1"/>
       <c r="V620" s="1"/>
       <c r="W620" s="1"/>
     </row>
     <row r="621" spans="1:23">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C621" s="10" t="s">
         <v>1247</v>
       </c>
       <c r="D621" s="3" t="s">
         <v>1248</v>
       </c>
       <c r="E621" s="3">
         <v>1061.78</v>
       </c>
       <c r="F621" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G621" s="3">
-        <v>959.48</v>
+        <v>936.07</v>
       </c>
       <c r="H621" s="4">
         <v>627.06</v>
       </c>
       <c r="I621" s="1"/>
       <c r="J621" s="1"/>
       <c r="K621" s="1"/>
       <c r="L621" s="1"/>
       <c r="M621" s="1"/>
       <c r="N621" s="1"/>
       <c r="O621" s="1"/>
       <c r="P621" s="1"/>
       <c r="Q621" s="1"/>
       <c r="R621" s="1"/>
       <c r="S621" s="1"/>
       <c r="T621" s="1"/>
       <c r="U621" s="1"/>
       <c r="V621" s="1"/>
       <c r="W621" s="1"/>
     </row>
     <row r="622" spans="1:23">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
@@ -30880,54 +30880,54 @@
       <c r="Q622" s="1"/>
       <c r="R622" s="1"/>
       <c r="S622" s="1"/>
       <c r="T622" s="1"/>
       <c r="U622" s="1"/>
       <c r="V622" s="1"/>
       <c r="W622" s="1"/>
     </row>
     <row r="623" spans="1:23">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C623" s="10" t="s">
         <v>1251</v>
       </c>
       <c r="D623" s="3" t="s">
         <v>1252</v>
       </c>
       <c r="E623" s="3">
         <v>683.07</v>
       </c>
       <c r="F623" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G623" s="3">
-        <v>633.84</v>
+        <v>620.04</v>
       </c>
       <c r="H623" s="4">
         <v>367.53</v>
       </c>
       <c r="I623" s="1"/>
       <c r="J623" s="1"/>
       <c r="K623" s="1"/>
       <c r="L623" s="1"/>
       <c r="M623" s="1"/>
       <c r="N623" s="1"/>
       <c r="O623" s="1"/>
       <c r="P623" s="1"/>
       <c r="Q623" s="1"/>
       <c r="R623" s="1"/>
       <c r="S623" s="1"/>
       <c r="T623" s="1"/>
       <c r="U623" s="1"/>
       <c r="V623" s="1"/>
       <c r="W623" s="1"/>
     </row>
     <row r="624" spans="1:23">
       <c r="A624" s="3">
         <v>622</v>
       </c>
       <c r="B624" s="3" t="s">
@@ -30962,136 +30962,136 @@
       <c r="Q624" s="1"/>
       <c r="R624" s="1"/>
       <c r="S624" s="1"/>
       <c r="T624" s="1"/>
       <c r="U624" s="1"/>
       <c r="V624" s="1"/>
       <c r="W624" s="1"/>
     </row>
     <row r="625" spans="1:23">
       <c r="A625" s="3">
         <v>623</v>
       </c>
       <c r="B625" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C625" s="10" t="s">
         <v>1255</v>
       </c>
       <c r="D625" s="3" t="s">
         <v>1256</v>
       </c>
       <c r="E625" s="3">
         <v>984.88</v>
       </c>
       <c r="F625" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G625" s="3">
-        <v>846.42</v>
+        <v>842.36</v>
       </c>
       <c r="H625" s="4">
         <v>64.78</v>
       </c>
       <c r="I625" s="1"/>
       <c r="J625" s="1"/>
       <c r="K625" s="1"/>
       <c r="L625" s="1"/>
       <c r="M625" s="1"/>
       <c r="N625" s="1"/>
       <c r="O625" s="1"/>
       <c r="P625" s="1"/>
       <c r="Q625" s="1"/>
       <c r="R625" s="1"/>
       <c r="S625" s="1"/>
       <c r="T625" s="1"/>
       <c r="U625" s="1"/>
       <c r="V625" s="1"/>
       <c r="W625" s="1"/>
     </row>
     <row r="626" spans="1:23">
       <c r="A626" s="3">
         <v>624</v>
       </c>
       <c r="B626" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C626" s="10" t="s">
         <v>1257</v>
       </c>
       <c r="D626" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="E626" s="3">
         <v>997.01</v>
       </c>
       <c r="F626" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G626" s="3">
-        <v>859.82</v>
+        <v>849.91</v>
       </c>
       <c r="H626" s="4">
         <v>539.08</v>
       </c>
       <c r="I626" s="1"/>
       <c r="J626" s="1"/>
       <c r="K626" s="1"/>
       <c r="L626" s="1"/>
       <c r="M626" s="1"/>
       <c r="N626" s="1"/>
       <c r="O626" s="1"/>
       <c r="P626" s="1"/>
       <c r="Q626" s="1"/>
       <c r="R626" s="1"/>
       <c r="S626" s="1"/>
       <c r="T626" s="1"/>
       <c r="U626" s="1"/>
       <c r="V626" s="1"/>
       <c r="W626" s="1"/>
     </row>
     <row r="627" spans="1:23">
       <c r="A627" s="3">
         <v>625</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C627" s="10" t="s">
         <v>1259</v>
       </c>
       <c r="D627" s="3" t="s">
         <v>1260</v>
       </c>
       <c r="E627" s="3">
         <v>847.64</v>
       </c>
       <c r="F627" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G627" s="3">
-        <v>733.06</v>
+        <v>729.48</v>
       </c>
       <c r="H627" s="4">
         <v>423.18</v>
       </c>
       <c r="I627" s="1"/>
       <c r="J627" s="1"/>
       <c r="K627" s="1"/>
       <c r="L627" s="1"/>
       <c r="M627" s="1"/>
       <c r="N627" s="1"/>
       <c r="O627" s="1"/>
       <c r="P627" s="1"/>
       <c r="Q627" s="1"/>
       <c r="R627" s="1"/>
       <c r="S627" s="1"/>
       <c r="T627" s="1"/>
       <c r="U627" s="1"/>
       <c r="V627" s="1"/>
       <c r="W627" s="1"/>
     </row>
     <row r="628" spans="1:23">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
@@ -31126,177 +31126,177 @@
       <c r="Q628" s="1"/>
       <c r="R628" s="1"/>
       <c r="S628" s="1"/>
       <c r="T628" s="1"/>
       <c r="U628" s="1"/>
       <c r="V628" s="1"/>
       <c r="W628" s="1"/>
     </row>
     <row r="629" spans="1:23">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C629" s="10" t="s">
         <v>1263</v>
       </c>
       <c r="D629" s="3" t="s">
         <v>1264</v>
       </c>
       <c r="E629" s="3">
         <v>990.17</v>
       </c>
       <c r="F629" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G629" s="3">
-        <v>890.39</v>
+        <v>890.01</v>
       </c>
       <c r="H629" s="4">
         <v>719.39</v>
       </c>
       <c r="I629" s="1"/>
       <c r="J629" s="1"/>
       <c r="K629" s="1"/>
       <c r="L629" s="1"/>
       <c r="M629" s="1"/>
       <c r="N629" s="1"/>
       <c r="O629" s="1"/>
       <c r="P629" s="1"/>
       <c r="Q629" s="1"/>
       <c r="R629" s="1"/>
       <c r="S629" s="1"/>
       <c r="T629" s="1"/>
       <c r="U629" s="1"/>
       <c r="V629" s="1"/>
       <c r="W629" s="1"/>
     </row>
     <row r="630" spans="1:23">
       <c r="A630" s="3">
         <v>628</v>
       </c>
       <c r="B630" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C630" s="10" t="s">
         <v>1265</v>
       </c>
       <c r="D630" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="E630" s="3">
         <v>630.08</v>
       </c>
       <c r="F630" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G630" s="3">
-        <v>512.9</v>
+        <v>505.79</v>
       </c>
       <c r="H630" s="4">
         <v>291.54</v>
       </c>
       <c r="I630" s="1"/>
       <c r="J630" s="1"/>
       <c r="K630" s="1"/>
       <c r="L630" s="1"/>
       <c r="M630" s="1"/>
       <c r="N630" s="1"/>
       <c r="O630" s="1"/>
       <c r="P630" s="1"/>
       <c r="Q630" s="1"/>
       <c r="R630" s="1"/>
       <c r="S630" s="1"/>
       <c r="T630" s="1"/>
       <c r="U630" s="1"/>
       <c r="V630" s="1"/>
       <c r="W630" s="1"/>
     </row>
     <row r="631" spans="1:23">
       <c r="A631" s="3">
         <v>629</v>
       </c>
       <c r="B631" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C631" s="10" t="s">
         <v>1267</v>
       </c>
       <c r="D631" s="3" t="s">
         <v>1268</v>
       </c>
       <c r="E631" s="3">
         <v>482.07</v>
       </c>
       <c r="F631" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G631" s="3">
-        <v>473.29</v>
+        <v>465.2</v>
       </c>
       <c r="H631" s="4">
         <v>194.02</v>
       </c>
       <c r="I631" s="1"/>
       <c r="J631" s="1"/>
       <c r="K631" s="1"/>
       <c r="L631" s="1"/>
       <c r="M631" s="1"/>
       <c r="N631" s="1"/>
       <c r="O631" s="1"/>
       <c r="P631" s="1"/>
       <c r="Q631" s="1"/>
       <c r="R631" s="1"/>
       <c r="S631" s="1"/>
       <c r="T631" s="1"/>
       <c r="U631" s="1"/>
       <c r="V631" s="1"/>
       <c r="W631" s="1"/>
     </row>
     <row r="632" spans="1:23">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C632" s="10" t="s">
         <v>1269</v>
       </c>
       <c r="D632" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="E632" s="3">
         <v>690.44</v>
       </c>
       <c r="F632" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G632" s="3">
-        <v>579.42</v>
+        <v>576.92</v>
       </c>
       <c r="H632" s="4">
         <v>66.73</v>
       </c>
       <c r="I632" s="1"/>
       <c r="J632" s="1"/>
       <c r="K632" s="1"/>
       <c r="L632" s="1"/>
       <c r="M632" s="1"/>
       <c r="N632" s="1"/>
       <c r="O632" s="1"/>
       <c r="P632" s="1"/>
       <c r="Q632" s="1"/>
       <c r="R632" s="1"/>
       <c r="S632" s="1"/>
       <c r="T632" s="1"/>
       <c r="U632" s="1"/>
       <c r="V632" s="1"/>
       <c r="W632" s="1"/>
     </row>
     <row r="633" spans="1:23">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
@@ -31331,341 +31331,341 @@
       <c r="Q633" s="1"/>
       <c r="R633" s="1"/>
       <c r="S633" s="1"/>
       <c r="T633" s="1"/>
       <c r="U633" s="1"/>
       <c r="V633" s="1"/>
       <c r="W633" s="1"/>
     </row>
     <row r="634" spans="1:23">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C634" s="10" t="s">
         <v>1273</v>
       </c>
       <c r="D634" s="3" t="s">
         <v>1274</v>
       </c>
       <c r="E634" s="3">
         <v>637.14</v>
       </c>
       <c r="F634" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G634" s="3">
-        <v>123.58</v>
+        <v>123.35</v>
       </c>
       <c r="H634" s="4">
         <v>253.99</v>
       </c>
       <c r="I634" s="1"/>
       <c r="J634" s="1"/>
       <c r="K634" s="1"/>
       <c r="L634" s="1"/>
       <c r="M634" s="1"/>
       <c r="N634" s="1"/>
       <c r="O634" s="1"/>
       <c r="P634" s="1"/>
       <c r="Q634" s="1"/>
       <c r="R634" s="1"/>
       <c r="S634" s="1"/>
       <c r="T634" s="1"/>
       <c r="U634" s="1"/>
       <c r="V634" s="1"/>
       <c r="W634" s="1"/>
     </row>
     <row r="635" spans="1:23">
       <c r="A635" s="3">
         <v>633</v>
       </c>
       <c r="B635" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C635" s="10" t="s">
         <v>1275</v>
       </c>
       <c r="D635" s="3" t="s">
         <v>1276</v>
       </c>
       <c r="E635" s="3">
         <v>532.38</v>
       </c>
       <c r="F635" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G635" s="3">
-        <v>431.45</v>
+        <v>424.28</v>
       </c>
       <c r="H635" s="4">
         <v>147.97</v>
       </c>
       <c r="I635" s="1"/>
       <c r="J635" s="1"/>
       <c r="K635" s="1"/>
       <c r="L635" s="1"/>
       <c r="M635" s="1"/>
       <c r="N635" s="1"/>
       <c r="O635" s="1"/>
       <c r="P635" s="1"/>
       <c r="Q635" s="1"/>
       <c r="R635" s="1"/>
       <c r="S635" s="1"/>
       <c r="T635" s="1"/>
       <c r="U635" s="1"/>
       <c r="V635" s="1"/>
       <c r="W635" s="1"/>
     </row>
     <row r="636" spans="1:23">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C636" s="10" t="s">
         <v>1277</v>
       </c>
       <c r="D636" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="E636" s="3">
         <v>674.76</v>
       </c>
       <c r="F636" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G636" s="3">
-        <v>516.36</v>
+        <v>506.19</v>
       </c>
       <c r="H636" s="4">
         <v>220.78</v>
       </c>
       <c r="I636" s="1"/>
       <c r="J636" s="1"/>
       <c r="K636" s="1"/>
       <c r="L636" s="1"/>
       <c r="M636" s="1"/>
       <c r="N636" s="1"/>
       <c r="O636" s="1"/>
       <c r="P636" s="1"/>
       <c r="Q636" s="1"/>
       <c r="R636" s="1"/>
       <c r="S636" s="1"/>
       <c r="T636" s="1"/>
       <c r="U636" s="1"/>
       <c r="V636" s="1"/>
       <c r="W636" s="1"/>
     </row>
     <row r="637" spans="1:23">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C637" s="10" t="s">
         <v>1279</v>
       </c>
       <c r="D637" s="3" t="s">
         <v>1280</v>
       </c>
       <c r="E637" s="3">
         <v>404.59</v>
       </c>
       <c r="F637" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G637" s="3">
-        <v>72.78</v>
+        <v>69.03</v>
       </c>
       <c r="H637" s="4">
         <v>94.47</v>
       </c>
       <c r="I637" s="1"/>
       <c r="J637" s="1"/>
       <c r="K637" s="1"/>
       <c r="L637" s="1"/>
       <c r="M637" s="1"/>
       <c r="N637" s="1"/>
       <c r="O637" s="1"/>
       <c r="P637" s="1"/>
       <c r="Q637" s="1"/>
       <c r="R637" s="1"/>
       <c r="S637" s="1"/>
       <c r="T637" s="1"/>
       <c r="U637" s="1"/>
       <c r="V637" s="1"/>
       <c r="W637" s="1"/>
     </row>
     <row r="638" spans="1:23">
       <c r="A638" s="3">
         <v>636</v>
       </c>
       <c r="B638" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C638" s="10" t="s">
         <v>1281</v>
       </c>
       <c r="D638" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="E638" s="3">
         <v>589.91</v>
       </c>
       <c r="F638" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G638" s="3">
-        <v>70.81</v>
+        <v>48.16</v>
       </c>
       <c r="H638" s="4">
         <v>310.11</v>
       </c>
       <c r="I638" s="1"/>
       <c r="J638" s="1"/>
       <c r="K638" s="1"/>
       <c r="L638" s="1"/>
       <c r="M638" s="1"/>
       <c r="N638" s="1"/>
       <c r="O638" s="1"/>
       <c r="P638" s="1"/>
       <c r="Q638" s="1"/>
       <c r="R638" s="1"/>
       <c r="S638" s="1"/>
       <c r="T638" s="1"/>
       <c r="U638" s="1"/>
       <c r="V638" s="1"/>
       <c r="W638" s="1"/>
     </row>
     <row r="639" spans="1:23">
       <c r="A639" s="3">
         <v>637</v>
       </c>
       <c r="B639" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C639" s="10" t="s">
         <v>1283</v>
       </c>
       <c r="D639" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="E639" s="3">
         <v>531.79</v>
       </c>
       <c r="F639" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G639" s="3">
-        <v>52.11</v>
+        <v>47.29</v>
       </c>
       <c r="H639" s="4">
         <v>326.74</v>
       </c>
       <c r="I639" s="1"/>
       <c r="J639" s="1"/>
       <c r="K639" s="1"/>
       <c r="L639" s="1"/>
       <c r="M639" s="1"/>
       <c r="N639" s="1"/>
       <c r="O639" s="1"/>
       <c r="P639" s="1"/>
       <c r="Q639" s="1"/>
       <c r="R639" s="1"/>
       <c r="S639" s="1"/>
       <c r="T639" s="1"/>
       <c r="U639" s="1"/>
       <c r="V639" s="1"/>
       <c r="W639" s="1"/>
     </row>
     <row r="640" spans="1:23">
       <c r="A640" s="3">
         <v>638</v>
       </c>
       <c r="B640" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C640" s="10" t="s">
         <v>1285</v>
       </c>
       <c r="D640" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="E640" s="3">
         <v>620.99</v>
       </c>
       <c r="F640" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G640" s="3">
-        <v>531.58</v>
+        <v>494.55</v>
       </c>
       <c r="H640" s="4">
         <v>285.02</v>
       </c>
       <c r="I640" s="1"/>
       <c r="J640" s="1"/>
       <c r="K640" s="1"/>
       <c r="L640" s="1"/>
       <c r="M640" s="1"/>
       <c r="N640" s="1"/>
       <c r="O640" s="1"/>
       <c r="P640" s="1"/>
       <c r="Q640" s="1"/>
       <c r="R640" s="1"/>
       <c r="S640" s="1"/>
       <c r="T640" s="1"/>
       <c r="U640" s="1"/>
       <c r="V640" s="1"/>
       <c r="W640" s="1"/>
     </row>
     <row r="641" spans="1:23">
       <c r="A641" s="3">
         <v>639</v>
       </c>
       <c r="B641" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C641" s="10" t="s">
         <v>1287</v>
       </c>
       <c r="D641" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="E641" s="3">
         <v>479.68</v>
       </c>
       <c r="F641" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G641" s="3">
-        <v>354.85</v>
+        <v>350.98</v>
       </c>
       <c r="H641" s="4">
         <v>260.32</v>
       </c>
       <c r="I641" s="1"/>
       <c r="J641" s="1"/>
       <c r="K641" s="1"/>
       <c r="L641" s="1"/>
       <c r="M641" s="1"/>
       <c r="N641" s="1"/>
       <c r="O641" s="1"/>
       <c r="P641" s="1"/>
       <c r="Q641" s="1"/>
       <c r="R641" s="1"/>
       <c r="S641" s="1"/>
       <c r="T641" s="1"/>
       <c r="U641" s="1"/>
       <c r="V641" s="1"/>
       <c r="W641" s="1"/>
     </row>
     <row r="642" spans="1:23">
       <c r="A642" s="3">
         <v>640</v>
       </c>
       <c r="B642" s="3" t="s">
@@ -31700,218 +31700,218 @@
       <c r="Q642" s="1"/>
       <c r="R642" s="1"/>
       <c r="S642" s="1"/>
       <c r="T642" s="1"/>
       <c r="U642" s="1"/>
       <c r="V642" s="1"/>
       <c r="W642" s="1"/>
     </row>
     <row r="643" spans="1:23">
       <c r="A643" s="3">
         <v>641</v>
       </c>
       <c r="B643" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C643" s="10" t="s">
         <v>1291</v>
       </c>
       <c r="D643" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="E643" s="3">
         <v>351.84</v>
       </c>
       <c r="F643" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G643" s="3">
-        <v>64.73</v>
+        <v>353.56</v>
       </c>
       <c r="H643" s="4">
         <v>220.73</v>
       </c>
       <c r="I643" s="1"/>
       <c r="J643" s="1"/>
       <c r="K643" s="1"/>
       <c r="L643" s="1"/>
       <c r="M643" s="1"/>
       <c r="N643" s="1"/>
       <c r="O643" s="1"/>
       <c r="P643" s="1"/>
       <c r="Q643" s="1"/>
       <c r="R643" s="1"/>
       <c r="S643" s="1"/>
       <c r="T643" s="1"/>
       <c r="U643" s="1"/>
       <c r="V643" s="1"/>
       <c r="W643" s="1"/>
     </row>
     <row r="644" spans="1:23">
       <c r="A644" s="3">
         <v>642</v>
       </c>
       <c r="B644" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C644" s="10" t="s">
         <v>1293</v>
       </c>
       <c r="D644" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="E644" s="3">
         <v>668.48</v>
       </c>
       <c r="F644" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G644" s="3">
-        <v>70.08</v>
+        <v>45.78</v>
       </c>
       <c r="H644" s="4">
         <v>17.94</v>
       </c>
       <c r="I644" s="1"/>
       <c r="J644" s="1"/>
       <c r="K644" s="1"/>
       <c r="L644" s="1"/>
       <c r="M644" s="1"/>
       <c r="N644" s="1"/>
       <c r="O644" s="1"/>
       <c r="P644" s="1"/>
       <c r="Q644" s="1"/>
       <c r="R644" s="1"/>
       <c r="S644" s="1"/>
       <c r="T644" s="1"/>
       <c r="U644" s="1"/>
       <c r="V644" s="1"/>
       <c r="W644" s="1"/>
     </row>
     <row r="645" spans="1:23">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="10" t="s">
         <v>1295</v>
       </c>
       <c r="D645" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="E645" s="3">
         <v>749.32</v>
       </c>
       <c r="F645" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G645" s="3">
-        <v>85.39</v>
+        <v>73.11</v>
       </c>
       <c r="H645" s="4">
         <v>480.77</v>
       </c>
       <c r="I645" s="1"/>
       <c r="J645" s="1"/>
       <c r="K645" s="1"/>
       <c r="L645" s="1"/>
       <c r="M645" s="1"/>
       <c r="N645" s="1"/>
       <c r="O645" s="1"/>
       <c r="P645" s="1"/>
       <c r="Q645" s="1"/>
       <c r="R645" s="1"/>
       <c r="S645" s="1"/>
       <c r="T645" s="1"/>
       <c r="U645" s="1"/>
       <c r="V645" s="1"/>
       <c r="W645" s="1"/>
     </row>
     <row r="646" spans="1:23">
       <c r="A646" s="3">
         <v>644</v>
       </c>
       <c r="B646" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C646" s="10" t="s">
         <v>1297</v>
       </c>
       <c r="D646" s="3" t="s">
         <v>1298</v>
       </c>
       <c r="E646" s="3">
         <v>428.88</v>
       </c>
       <c r="F646" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G646" s="3">
-        <v>390.05</v>
+        <v>380.39</v>
       </c>
       <c r="H646" s="4">
         <v>82.33</v>
       </c>
       <c r="I646" s="1"/>
       <c r="J646" s="1"/>
       <c r="K646" s="1"/>
       <c r="L646" s="1"/>
       <c r="M646" s="1"/>
       <c r="N646" s="1"/>
       <c r="O646" s="1"/>
       <c r="P646" s="1"/>
       <c r="Q646" s="1"/>
       <c r="R646" s="1"/>
       <c r="S646" s="1"/>
       <c r="T646" s="1"/>
       <c r="U646" s="1"/>
       <c r="V646" s="1"/>
       <c r="W646" s="1"/>
     </row>
     <row r="647" spans="1:23">
       <c r="A647" s="3">
         <v>645</v>
       </c>
       <c r="B647" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C647" s="10" t="s">
         <v>1299</v>
       </c>
       <c r="D647" s="3" t="s">
         <v>1300</v>
       </c>
       <c r="E647" s="3">
         <v>461.96</v>
       </c>
       <c r="F647" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G647" s="3">
-        <v>401.42</v>
+        <v>389.31</v>
       </c>
       <c r="H647" s="4">
         <v>82.98</v>
       </c>
       <c r="I647" s="1"/>
       <c r="J647" s="1"/>
       <c r="K647" s="1"/>
       <c r="L647" s="1"/>
       <c r="M647" s="1"/>
       <c r="N647" s="1"/>
       <c r="O647" s="1"/>
       <c r="P647" s="1"/>
       <c r="Q647" s="1"/>
       <c r="R647" s="1"/>
       <c r="S647" s="1"/>
       <c r="T647" s="1"/>
       <c r="U647" s="1"/>
       <c r="V647" s="1"/>
       <c r="W647" s="1"/>
     </row>
     <row r="648" spans="1:23">
       <c r="A648" s="3">
         <v>646</v>
       </c>
       <c r="B648" s="3" t="s">
@@ -31987,136 +31987,136 @@
       <c r="Q649" s="1"/>
       <c r="R649" s="1"/>
       <c r="S649" s="1"/>
       <c r="T649" s="1"/>
       <c r="U649" s="1"/>
       <c r="V649" s="1"/>
       <c r="W649" s="1"/>
     </row>
     <row r="650" spans="1:23">
       <c r="A650" s="3">
         <v>648</v>
       </c>
       <c r="B650" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C650" s="10" t="s">
         <v>1305</v>
       </c>
       <c r="D650" s="3" t="s">
         <v>1306</v>
       </c>
       <c r="E650" s="3">
         <v>179.26</v>
       </c>
       <c r="F650" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G650" s="3">
-        <v>33.31</v>
+        <v>30.71</v>
       </c>
       <c r="H650" s="4">
         <v>99.79</v>
       </c>
       <c r="I650" s="1"/>
       <c r="J650" s="1"/>
       <c r="K650" s="1"/>
       <c r="L650" s="1"/>
       <c r="M650" s="1"/>
       <c r="N650" s="1"/>
       <c r="O650" s="1"/>
       <c r="P650" s="1"/>
       <c r="Q650" s="1"/>
       <c r="R650" s="1"/>
       <c r="S650" s="1"/>
       <c r="T650" s="1"/>
       <c r="U650" s="1"/>
       <c r="V650" s="1"/>
       <c r="W650" s="1"/>
     </row>
     <row r="651" spans="1:23">
       <c r="A651" s="3">
         <v>649</v>
       </c>
       <c r="B651" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C651" s="10" t="s">
         <v>1307</v>
       </c>
       <c r="D651" s="3" t="s">
         <v>1308</v>
       </c>
       <c r="E651" s="3">
         <v>487.15</v>
       </c>
       <c r="F651" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G651" s="3">
-        <v>352.9</v>
+        <v>326.54</v>
       </c>
       <c r="H651" s="4">
         <v>102.24</v>
       </c>
       <c r="I651" s="1"/>
       <c r="J651" s="1"/>
       <c r="K651" s="1"/>
       <c r="L651" s="1"/>
       <c r="M651" s="1"/>
       <c r="N651" s="1"/>
       <c r="O651" s="1"/>
       <c r="P651" s="1"/>
       <c r="Q651" s="1"/>
       <c r="R651" s="1"/>
       <c r="S651" s="1"/>
       <c r="T651" s="1"/>
       <c r="U651" s="1"/>
       <c r="V651" s="1"/>
       <c r="W651" s="1"/>
     </row>
     <row r="652" spans="1:23">
       <c r="A652" s="3">
         <v>650</v>
       </c>
       <c r="B652" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C652" s="10" t="s">
         <v>1309</v>
       </c>
       <c r="D652" s="3" t="s">
         <v>1310</v>
       </c>
       <c r="E652" s="3">
         <v>1024.73</v>
       </c>
       <c r="F652" s="3">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G652" s="3">
-        <v>717.36</v>
+        <v>686.64</v>
       </c>
       <c r="H652" s="4">
         <v>401.49</v>
       </c>
       <c r="I652" s="1"/>
       <c r="J652" s="1"/>
       <c r="K652" s="1"/>
       <c r="L652" s="1"/>
       <c r="M652" s="1"/>
       <c r="N652" s="1"/>
       <c r="O652" s="1"/>
       <c r="P652" s="1"/>
       <c r="Q652" s="1"/>
       <c r="R652" s="1"/>
       <c r="S652" s="1"/>
       <c r="T652" s="1"/>
       <c r="U652" s="1"/>
       <c r="V652" s="1"/>
       <c r="W652" s="1"/>
     </row>
     <row r="653" spans="1:23">
       <c r="A653" s="3">
         <v>651</v>
       </c>
       <c r="B653" s="3" t="s">
@@ -32151,54 +32151,54 @@
       <c r="Q653" s="1"/>
       <c r="R653" s="1"/>
       <c r="S653" s="1"/>
       <c r="T653" s="1"/>
       <c r="U653" s="1"/>
       <c r="V653" s="1"/>
       <c r="W653" s="1"/>
     </row>
     <row r="654" spans="1:23">
       <c r="A654" s="3">
         <v>652</v>
       </c>
       <c r="B654" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C654" s="10" t="s">
         <v>1313</v>
       </c>
       <c r="D654" s="3" t="s">
         <v>1314</v>
       </c>
       <c r="E654" s="3">
         <v>197.46</v>
       </c>
       <c r="F654" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G654" s="3">
-        <v>223.9</v>
+        <v>214.93</v>
       </c>
       <c r="H654" s="4">
         <v>157.71</v>
       </c>
       <c r="I654" s="1"/>
       <c r="J654" s="1"/>
       <c r="K654" s="1"/>
       <c r="L654" s="1"/>
       <c r="M654" s="1"/>
       <c r="N654" s="1"/>
       <c r="O654" s="1"/>
       <c r="P654" s="1"/>
       <c r="Q654" s="1"/>
       <c r="R654" s="1"/>
       <c r="S654" s="1"/>
       <c r="T654" s="1"/>
       <c r="U654" s="1"/>
       <c r="V654" s="1"/>
       <c r="W654" s="1"/>
     </row>
     <row r="655" spans="1:23">
       <c r="A655" s="3">
         <v>653</v>
       </c>
       <c r="B655" s="3" t="s">
@@ -32315,54 +32315,54 @@
       <c r="Q657" s="1"/>
       <c r="R657" s="1"/>
       <c r="S657" s="1"/>
       <c r="T657" s="1"/>
       <c r="U657" s="1"/>
       <c r="V657" s="1"/>
       <c r="W657" s="1"/>
     </row>
     <row r="658" spans="1:23">
       <c r="A658" s="3">
         <v>656</v>
       </c>
       <c r="B658" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C658" s="10" t="s">
         <v>1321</v>
       </c>
       <c r="D658" s="3" t="s">
         <v>1322</v>
       </c>
       <c r="E658" s="3">
         <v>12.39</v>
       </c>
       <c r="F658" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G658" s="3">
-        <v>12.07</v>
+        <v>11.86</v>
       </c>
       <c r="H658" s="4">
         <v>0</v>
       </c>
       <c r="I658" s="1"/>
       <c r="J658" s="1"/>
       <c r="K658" s="1"/>
       <c r="L658" s="1"/>
       <c r="M658" s="1"/>
       <c r="N658" s="1"/>
       <c r="O658" s="1"/>
       <c r="P658" s="1"/>
       <c r="Q658" s="1"/>
       <c r="R658" s="1"/>
       <c r="S658" s="1"/>
       <c r="T658" s="1"/>
       <c r="U658" s="1"/>
       <c r="V658" s="1"/>
       <c r="W658" s="1"/>
     </row>
     <row r="659" spans="1:23">
       <c r="A659" s="3">
         <v>657</v>
       </c>
       <c r="B659" s="3" t="s">
@@ -32520,177 +32520,177 @@
       <c r="Q662" s="1"/>
       <c r="R662" s="1"/>
       <c r="S662" s="1"/>
       <c r="T662" s="1"/>
       <c r="U662" s="1"/>
       <c r="V662" s="1"/>
       <c r="W662" s="1"/>
     </row>
     <row r="663" spans="1:23">
       <c r="A663" s="3">
         <v>661</v>
       </c>
       <c r="B663" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C663" s="10" t="s">
         <v>1331</v>
       </c>
       <c r="D663" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="E663" s="3">
         <v>0</v>
       </c>
       <c r="F663" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G663" s="3">
-        <v>6.49</v>
+        <v>6.26</v>
       </c>
       <c r="H663" s="4">
         <v>0.23</v>
       </c>
       <c r="I663" s="1"/>
       <c r="J663" s="1"/>
       <c r="K663" s="1"/>
       <c r="L663" s="1"/>
       <c r="M663" s="1"/>
       <c r="N663" s="1"/>
       <c r="O663" s="1"/>
       <c r="P663" s="1"/>
       <c r="Q663" s="1"/>
       <c r="R663" s="1"/>
       <c r="S663" s="1"/>
       <c r="T663" s="1"/>
       <c r="U663" s="1"/>
       <c r="V663" s="1"/>
       <c r="W663" s="1"/>
     </row>
     <row r="664" spans="1:23">
       <c r="A664" s="3">
         <v>662</v>
       </c>
       <c r="B664" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C664" s="10" t="s">
         <v>1333</v>
       </c>
       <c r="D664" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="E664" s="3">
         <v>0</v>
       </c>
       <c r="F664" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G664" s="3">
-        <v>0</v>
+        <v>16.5</v>
       </c>
       <c r="H664" s="4">
         <v>0</v>
       </c>
       <c r="I664" s="1"/>
       <c r="J664" s="1"/>
       <c r="K664" s="1"/>
       <c r="L664" s="1"/>
       <c r="M664" s="1"/>
       <c r="N664" s="1"/>
       <c r="O664" s="1"/>
       <c r="P664" s="1"/>
       <c r="Q664" s="1"/>
       <c r="R664" s="1"/>
       <c r="S664" s="1"/>
       <c r="T664" s="1"/>
       <c r="U664" s="1"/>
       <c r="V664" s="1"/>
       <c r="W664" s="1"/>
     </row>
     <row r="665" spans="1:23">
       <c r="A665" s="3">
         <v>663</v>
       </c>
       <c r="B665" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C665" s="10" t="s">
         <v>1335</v>
       </c>
       <c r="D665" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="E665" s="3">
         <v>0</v>
       </c>
       <c r="F665" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G665" s="3">
-        <v>6.45</v>
+        <v>6.27</v>
       </c>
       <c r="H665" s="4">
         <v>4.85</v>
       </c>
       <c r="I665" s="1"/>
       <c r="J665" s="1"/>
       <c r="K665" s="1"/>
       <c r="L665" s="1"/>
       <c r="M665" s="1"/>
       <c r="N665" s="1"/>
       <c r="O665" s="1"/>
       <c r="P665" s="1"/>
       <c r="Q665" s="1"/>
       <c r="R665" s="1"/>
       <c r="S665" s="1"/>
       <c r="T665" s="1"/>
       <c r="U665" s="1"/>
       <c r="V665" s="1"/>
       <c r="W665" s="1"/>
     </row>
     <row r="666" spans="1:23">
       <c r="A666" s="3">
         <v>664</v>
       </c>
       <c r="B666" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C666" s="10" t="s">
         <v>1337</v>
       </c>
       <c r="D666" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="E666" s="3">
         <v>0</v>
       </c>
       <c r="F666" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G666" s="3">
-        <v>6.76</v>
+        <v>6.26</v>
       </c>
       <c r="H666" s="4">
         <v>0</v>
       </c>
       <c r="I666" s="1"/>
       <c r="J666" s="1"/>
       <c r="K666" s="1"/>
       <c r="L666" s="1"/>
       <c r="M666" s="1"/>
       <c r="N666" s="1"/>
       <c r="O666" s="1"/>
       <c r="P666" s="1"/>
       <c r="Q666" s="1"/>
       <c r="R666" s="1"/>
       <c r="S666" s="1"/>
       <c r="T666" s="1"/>
       <c r="U666" s="1"/>
       <c r="V666" s="1"/>
       <c r="W666" s="1"/>
     </row>
     <row r="667" spans="1:23">
       <c r="A667" s="3">
         <v>665</v>
       </c>
       <c r="B667" s="3" t="s">
@@ -32807,54 +32807,54 @@
       <c r="Q669" s="1"/>
       <c r="R669" s="1"/>
       <c r="S669" s="1"/>
       <c r="T669" s="1"/>
       <c r="U669" s="1"/>
       <c r="V669" s="1"/>
       <c r="W669" s="1"/>
     </row>
     <row r="670" spans="1:23">
       <c r="A670" s="3">
         <v>668</v>
       </c>
       <c r="B670" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C670" s="10" t="s">
         <v>1345</v>
       </c>
       <c r="D670" s="3" t="s">
         <v>1346</v>
       </c>
       <c r="E670" s="3">
         <v>0</v>
       </c>
       <c r="F670" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G670" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H670" s="4">
         <v>0.18</v>
       </c>
       <c r="I670" s="1"/>
       <c r="J670" s="1"/>
       <c r="K670" s="1"/>
       <c r="L670" s="1"/>
       <c r="M670" s="1"/>
       <c r="N670" s="1"/>
       <c r="O670" s="1"/>
       <c r="P670" s="1"/>
       <c r="Q670" s="1"/>
       <c r="R670" s="1"/>
       <c r="S670" s="1"/>
       <c r="T670" s="1"/>
       <c r="U670" s="1"/>
       <c r="V670" s="1"/>
       <c r="W670" s="1"/>
     </row>
     <row r="671" spans="1:23">
       <c r="A671" s="3">
         <v>669</v>
       </c>
       <c r="B671" s="3" t="s">
@@ -32930,136 +32930,136 @@
       <c r="Q672" s="1"/>
       <c r="R672" s="1"/>
       <c r="S672" s="1"/>
       <c r="T672" s="1"/>
       <c r="U672" s="1"/>
       <c r="V672" s="1"/>
       <c r="W672" s="1"/>
     </row>
     <row r="673" spans="1:23">
       <c r="A673" s="3">
         <v>671</v>
       </c>
       <c r="B673" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C673" s="10" t="s">
         <v>1351</v>
       </c>
       <c r="D673" s="3" t="s">
         <v>1352</v>
       </c>
       <c r="E673" s="3">
         <v>0</v>
       </c>
       <c r="F673" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G673" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H673" s="4">
         <v>5.06</v>
       </c>
       <c r="I673" s="1"/>
       <c r="J673" s="1"/>
       <c r="K673" s="1"/>
       <c r="L673" s="1"/>
       <c r="M673" s="1"/>
       <c r="N673" s="1"/>
       <c r="O673" s="1"/>
       <c r="P673" s="1"/>
       <c r="Q673" s="1"/>
       <c r="R673" s="1"/>
       <c r="S673" s="1"/>
       <c r="T673" s="1"/>
       <c r="U673" s="1"/>
       <c r="V673" s="1"/>
       <c r="W673" s="1"/>
     </row>
     <row r="674" spans="1:23">
       <c r="A674" s="3">
         <v>672</v>
       </c>
       <c r="B674" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C674" s="10" t="s">
         <v>1353</v>
       </c>
       <c r="D674" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="E674" s="3">
         <v>0</v>
       </c>
       <c r="F674" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G674" s="3">
-        <v>6.45</v>
+        <v>6.26</v>
       </c>
       <c r="H674" s="4">
         <v>0.19</v>
       </c>
       <c r="I674" s="1"/>
       <c r="J674" s="1"/>
       <c r="K674" s="1"/>
       <c r="L674" s="1"/>
       <c r="M674" s="1"/>
       <c r="N674" s="1"/>
       <c r="O674" s="1"/>
       <c r="P674" s="1"/>
       <c r="Q674" s="1"/>
       <c r="R674" s="1"/>
       <c r="S674" s="1"/>
       <c r="T674" s="1"/>
       <c r="U674" s="1"/>
       <c r="V674" s="1"/>
       <c r="W674" s="1"/>
     </row>
     <row r="675" spans="1:23">
       <c r="A675" s="3">
         <v>673</v>
       </c>
       <c r="B675" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C675" s="10" t="s">
         <v>1355</v>
       </c>
       <c r="D675" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="E675" s="3">
         <v>0</v>
       </c>
       <c r="F675" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G675" s="3">
-        <v>0.19</v>
+        <v>16.68</v>
       </c>
       <c r="H675" s="4">
         <v>0</v>
       </c>
       <c r="I675" s="1"/>
       <c r="J675" s="1"/>
       <c r="K675" s="1"/>
       <c r="L675" s="1"/>
       <c r="M675" s="1"/>
       <c r="N675" s="1"/>
       <c r="O675" s="1"/>
       <c r="P675" s="1"/>
       <c r="Q675" s="1"/>
       <c r="R675" s="1"/>
       <c r="S675" s="1"/>
       <c r="T675" s="1"/>
       <c r="U675" s="1"/>
       <c r="V675" s="1"/>
       <c r="W675" s="1"/>
     </row>
     <row r="676" spans="1:23">
       <c r="A676" s="3">
         <v>674</v>
       </c>
       <c r="B676" s="3" t="s">
@@ -33094,54 +33094,54 @@
       <c r="Q676" s="1"/>
       <c r="R676" s="1"/>
       <c r="S676" s="1"/>
       <c r="T676" s="1"/>
       <c r="U676" s="1"/>
       <c r="V676" s="1"/>
       <c r="W676" s="1"/>
     </row>
     <row r="677" spans="1:23">
       <c r="A677" s="3">
         <v>675</v>
       </c>
       <c r="B677" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C677" s="10" t="s">
         <v>1359</v>
       </c>
       <c r="D677" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="E677" s="3">
         <v>0</v>
       </c>
       <c r="F677" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G677" s="3">
-        <v>6.68</v>
+        <v>6.26</v>
       </c>
       <c r="H677" s="4">
         <v>0</v>
       </c>
       <c r="I677" s="1"/>
       <c r="J677" s="1"/>
       <c r="K677" s="1"/>
       <c r="L677" s="1"/>
       <c r="M677" s="1"/>
       <c r="N677" s="1"/>
       <c r="O677" s="1"/>
       <c r="P677" s="1"/>
       <c r="Q677" s="1"/>
       <c r="R677" s="1"/>
       <c r="S677" s="1"/>
       <c r="T677" s="1"/>
       <c r="U677" s="1"/>
       <c r="V677" s="1"/>
       <c r="W677" s="1"/>
     </row>
     <row r="678" spans="1:23">
       <c r="A678" s="3">
         <v>676</v>
       </c>
       <c r="B678" s="3" t="s">
@@ -33176,95 +33176,95 @@
       <c r="Q678" s="1"/>
       <c r="R678" s="1"/>
       <c r="S678" s="1"/>
       <c r="T678" s="1"/>
       <c r="U678" s="1"/>
       <c r="V678" s="1"/>
       <c r="W678" s="1"/>
     </row>
     <row r="679" spans="1:23">
       <c r="A679" s="3">
         <v>677</v>
       </c>
       <c r="B679" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C679" s="10" t="s">
         <v>1363</v>
       </c>
       <c r="D679" s="3" t="s">
         <v>1364</v>
       </c>
       <c r="E679" s="3">
         <v>0</v>
       </c>
       <c r="F679" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G679" s="3">
-        <v>0</v>
+        <v>16.5</v>
       </c>
       <c r="H679" s="4">
         <v>0</v>
       </c>
       <c r="I679" s="1"/>
       <c r="J679" s="1"/>
       <c r="K679" s="1"/>
       <c r="L679" s="1"/>
       <c r="M679" s="1"/>
       <c r="N679" s="1"/>
       <c r="O679" s="1"/>
       <c r="P679" s="1"/>
       <c r="Q679" s="1"/>
       <c r="R679" s="1"/>
       <c r="S679" s="1"/>
       <c r="T679" s="1"/>
       <c r="U679" s="1"/>
       <c r="V679" s="1"/>
       <c r="W679" s="1"/>
     </row>
     <row r="680" spans="1:23">
       <c r="A680" s="3">
         <v>678</v>
       </c>
       <c r="B680" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C680" s="10" t="s">
         <v>1365</v>
       </c>
       <c r="D680" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="E680" s="3">
         <v>0</v>
       </c>
       <c r="F680" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G680" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H680" s="4">
         <v>0</v>
       </c>
       <c r="I680" s="1"/>
       <c r="J680" s="1"/>
       <c r="K680" s="1"/>
       <c r="L680" s="1"/>
       <c r="M680" s="1"/>
       <c r="N680" s="1"/>
       <c r="O680" s="1"/>
       <c r="P680" s="1"/>
       <c r="Q680" s="1"/>
       <c r="R680" s="1"/>
       <c r="S680" s="1"/>
       <c r="T680" s="1"/>
       <c r="U680" s="1"/>
       <c r="V680" s="1"/>
       <c r="W680" s="1"/>
     </row>
     <row r="681" spans="1:23">
       <c r="A681" s="3">
         <v>679</v>
       </c>
       <c r="B681" s="3" t="s">
@@ -33299,54 +33299,54 @@
       <c r="Q681" s="1"/>
       <c r="R681" s="1"/>
       <c r="S681" s="1"/>
       <c r="T681" s="1"/>
       <c r="U681" s="1"/>
       <c r="V681" s="1"/>
       <c r="W681" s="1"/>
     </row>
     <row r="682" spans="1:23">
       <c r="A682" s="3">
         <v>680</v>
       </c>
       <c r="B682" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C682" s="10" t="s">
         <v>1369</v>
       </c>
       <c r="D682" s="3" t="s">
         <v>1370</v>
       </c>
       <c r="E682" s="3">
         <v>0</v>
       </c>
       <c r="F682" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G682" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H682" s="4">
         <v>0</v>
       </c>
       <c r="I682" s="1"/>
       <c r="J682" s="1"/>
       <c r="K682" s="1"/>
       <c r="L682" s="1"/>
       <c r="M682" s="1"/>
       <c r="N682" s="1"/>
       <c r="O682" s="1"/>
       <c r="P682" s="1"/>
       <c r="Q682" s="1"/>
       <c r="R682" s="1"/>
       <c r="S682" s="1"/>
       <c r="T682" s="1"/>
       <c r="U682" s="1"/>
       <c r="V682" s="1"/>
       <c r="W682" s="1"/>
     </row>
     <row r="683" spans="1:23">
       <c r="A683" s="3">
         <v>681</v>
       </c>
       <c r="B683" s="3" t="s">
@@ -33381,177 +33381,177 @@
       <c r="Q683" s="1"/>
       <c r="R683" s="1"/>
       <c r="S683" s="1"/>
       <c r="T683" s="1"/>
       <c r="U683" s="1"/>
       <c r="V683" s="1"/>
       <c r="W683" s="1"/>
     </row>
     <row r="684" spans="1:23">
       <c r="A684" s="3">
         <v>682</v>
       </c>
       <c r="B684" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C684" s="10" t="s">
         <v>1373</v>
       </c>
       <c r="D684" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="E684" s="3">
         <v>0</v>
       </c>
       <c r="F684" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G684" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H684" s="4">
         <v>5.03</v>
       </c>
       <c r="I684" s="1"/>
       <c r="J684" s="1"/>
       <c r="K684" s="1"/>
       <c r="L684" s="1"/>
       <c r="M684" s="1"/>
       <c r="N684" s="1"/>
       <c r="O684" s="1"/>
       <c r="P684" s="1"/>
       <c r="Q684" s="1"/>
       <c r="R684" s="1"/>
       <c r="S684" s="1"/>
       <c r="T684" s="1"/>
       <c r="U684" s="1"/>
       <c r="V684" s="1"/>
       <c r="W684" s="1"/>
     </row>
     <row r="685" spans="1:23">
       <c r="A685" s="3">
         <v>683</v>
       </c>
       <c r="B685" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C685" s="10" t="s">
         <v>1375</v>
       </c>
       <c r="D685" s="3" t="s">
         <v>1376</v>
       </c>
       <c r="E685" s="3">
         <v>658.22</v>
       </c>
       <c r="F685" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G685" s="3">
-        <v>584.62</v>
+        <v>581.42</v>
       </c>
       <c r="H685" s="4">
         <v>209</v>
       </c>
       <c r="I685" s="1"/>
       <c r="J685" s="1"/>
       <c r="K685" s="1"/>
       <c r="L685" s="1"/>
       <c r="M685" s="1"/>
       <c r="N685" s="1"/>
       <c r="O685" s="1"/>
       <c r="P685" s="1"/>
       <c r="Q685" s="1"/>
       <c r="R685" s="1"/>
       <c r="S685" s="1"/>
       <c r="T685" s="1"/>
       <c r="U685" s="1"/>
       <c r="V685" s="1"/>
       <c r="W685" s="1"/>
     </row>
     <row r="686" spans="1:23">
       <c r="A686" s="3">
         <v>684</v>
       </c>
       <c r="B686" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C686" s="10" t="s">
         <v>1377</v>
       </c>
       <c r="D686" s="3" t="s">
         <v>1378</v>
       </c>
       <c r="E686" s="3">
         <v>922.95</v>
       </c>
       <c r="F686" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G686" s="3">
-        <v>823.23</v>
+        <v>805.24</v>
       </c>
       <c r="H686" s="4">
         <v>274.39</v>
       </c>
       <c r="I686" s="1"/>
       <c r="J686" s="1"/>
       <c r="K686" s="1"/>
       <c r="L686" s="1"/>
       <c r="M686" s="1"/>
       <c r="N686" s="1"/>
       <c r="O686" s="1"/>
       <c r="P686" s="1"/>
       <c r="Q686" s="1"/>
       <c r="R686" s="1"/>
       <c r="S686" s="1"/>
       <c r="T686" s="1"/>
       <c r="U686" s="1"/>
       <c r="V686" s="1"/>
       <c r="W686" s="1"/>
     </row>
     <row r="687" spans="1:23">
       <c r="A687" s="3">
         <v>685</v>
       </c>
       <c r="B687" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C687" s="10" t="s">
         <v>1379</v>
       </c>
       <c r="D687" s="3" t="s">
         <v>1380</v>
       </c>
       <c r="E687" s="3">
         <v>974.08</v>
       </c>
       <c r="F687" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G687" s="3">
-        <v>882.18</v>
+        <v>869.37</v>
       </c>
       <c r="H687" s="4">
         <v>386.69</v>
       </c>
       <c r="I687" s="1"/>
       <c r="J687" s="1"/>
       <c r="K687" s="1"/>
       <c r="L687" s="1"/>
       <c r="M687" s="1"/>
       <c r="N687" s="1"/>
       <c r="O687" s="1"/>
       <c r="P687" s="1"/>
       <c r="Q687" s="1"/>
       <c r="R687" s="1"/>
       <c r="S687" s="1"/>
       <c r="T687" s="1"/>
       <c r="U687" s="1"/>
       <c r="V687" s="1"/>
       <c r="W687" s="1"/>
     </row>
     <row r="688" spans="1:23">
       <c r="A688" s="3">
         <v>686</v>
       </c>
       <c r="B688" s="3" t="s">
@@ -33956,51 +33956,51 @@
       <c r="T697" s="1"/>
       <c r="U697" s="1"/>
       <c r="V697" s="1"/>
       <c r="W697" s="1"/>
     </row>
     <row r="698" spans="1:23">
       <c r="A698" s="3">
         <v>696</v>
       </c>
       <c r="B698" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C698" s="10" t="s">
         <v>1400</v>
       </c>
       <c r="D698" s="3" t="s">
         <v>1401</v>
       </c>
       <c r="E698" s="3">
         <v>704.29</v>
       </c>
       <c r="F698" s="3">
         <v>20</v>
       </c>
       <c r="G698" s="3">
-        <v>559.06</v>
+        <v>541.1</v>
       </c>
       <c r="H698" s="4">
         <v>465.05</v>
       </c>
       <c r="I698" s="1"/>
       <c r="J698" s="1"/>
       <c r="K698" s="1"/>
       <c r="L698" s="1"/>
       <c r="M698" s="1"/>
       <c r="N698" s="1"/>
       <c r="O698" s="1"/>
       <c r="P698" s="1"/>
       <c r="Q698" s="1"/>
       <c r="R698" s="1"/>
       <c r="S698" s="1"/>
       <c r="T698" s="1"/>
       <c r="U698" s="1"/>
       <c r="V698" s="1"/>
       <c r="W698" s="1"/>
     </row>
     <row r="699" spans="1:23">
       <c r="A699" s="3">
         <v>697</v>
       </c>
       <c r="B699" s="3" t="s">
@@ -34117,95 +34117,95 @@
       <c r="Q701" s="1"/>
       <c r="R701" s="1"/>
       <c r="S701" s="1"/>
       <c r="T701" s="1"/>
       <c r="U701" s="1"/>
       <c r="V701" s="1"/>
       <c r="W701" s="1"/>
     </row>
     <row r="702" spans="1:23">
       <c r="A702" s="3">
         <v>700</v>
       </c>
       <c r="B702" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C702" s="10" t="s">
         <v>1408</v>
       </c>
       <c r="D702" s="3" t="s">
         <v>1409</v>
       </c>
       <c r="E702" s="3">
         <v>822.22</v>
       </c>
       <c r="F702" s="3">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G702" s="3">
-        <v>645.49</v>
+        <v>643.58</v>
       </c>
       <c r="H702" s="4">
         <v>560.08</v>
       </c>
       <c r="I702" s="1"/>
       <c r="J702" s="1"/>
       <c r="K702" s="1"/>
       <c r="L702" s="1"/>
       <c r="M702" s="1"/>
       <c r="N702" s="1"/>
       <c r="O702" s="1"/>
       <c r="P702" s="1"/>
       <c r="Q702" s="1"/>
       <c r="R702" s="1"/>
       <c r="S702" s="1"/>
       <c r="T702" s="1"/>
       <c r="U702" s="1"/>
       <c r="V702" s="1"/>
       <c r="W702" s="1"/>
     </row>
     <row r="703" spans="1:23">
       <c r="A703" s="3">
         <v>701</v>
       </c>
       <c r="B703" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C703" s="10" t="s">
         <v>1410</v>
       </c>
       <c r="D703" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="E703" s="3">
         <v>952</v>
       </c>
       <c r="F703" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G703" s="3">
-        <v>669.67</v>
+        <v>651.1</v>
       </c>
       <c r="H703" s="4">
         <v>492.39</v>
       </c>
       <c r="I703" s="1"/>
       <c r="J703" s="1"/>
       <c r="K703" s="1"/>
       <c r="L703" s="1"/>
       <c r="M703" s="1"/>
       <c r="N703" s="1"/>
       <c r="O703" s="1"/>
       <c r="P703" s="1"/>
       <c r="Q703" s="1"/>
       <c r="R703" s="1"/>
       <c r="S703" s="1"/>
       <c r="T703" s="1"/>
       <c r="U703" s="1"/>
       <c r="V703" s="1"/>
       <c r="W703" s="1"/>
     </row>
     <row r="704" spans="1:23">
       <c r="A704" s="3">
         <v>702</v>
       </c>
       <c r="B704" s="3" t="s">
@@ -34404,95 +34404,95 @@
       <c r="Q708" s="1"/>
       <c r="R708" s="1"/>
       <c r="S708" s="1"/>
       <c r="T708" s="1"/>
       <c r="U708" s="1"/>
       <c r="V708" s="1"/>
       <c r="W708" s="1"/>
     </row>
     <row r="709" spans="1:23">
       <c r="A709" s="3">
         <v>707</v>
       </c>
       <c r="B709" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C709" s="10" t="s">
         <v>1422</v>
       </c>
       <c r="D709" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="E709" s="3">
         <v>739.47</v>
       </c>
       <c r="F709" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G709" s="3">
-        <v>740.7</v>
+        <v>735.89</v>
       </c>
       <c r="H709" s="4">
         <v>662.67</v>
       </c>
       <c r="I709" s="1"/>
       <c r="J709" s="1"/>
       <c r="K709" s="1"/>
       <c r="L709" s="1"/>
       <c r="M709" s="1"/>
       <c r="N709" s="1"/>
       <c r="O709" s="1"/>
       <c r="P709" s="1"/>
       <c r="Q709" s="1"/>
       <c r="R709" s="1"/>
       <c r="S709" s="1"/>
       <c r="T709" s="1"/>
       <c r="U709" s="1"/>
       <c r="V709" s="1"/>
       <c r="W709" s="1"/>
     </row>
     <row r="710" spans="1:23">
       <c r="A710" s="3">
         <v>708</v>
       </c>
       <c r="B710" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C710" s="10" t="s">
         <v>1424</v>
       </c>
       <c r="D710" s="3" t="s">
         <v>1425</v>
       </c>
       <c r="E710" s="3">
         <v>932.77</v>
       </c>
       <c r="F710" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G710" s="3">
-        <v>959.28</v>
+        <v>950.53</v>
       </c>
       <c r="H710" s="4">
         <v>773.92</v>
       </c>
       <c r="I710" s="1"/>
       <c r="J710" s="1"/>
       <c r="K710" s="1"/>
       <c r="L710" s="1"/>
       <c r="M710" s="1"/>
       <c r="N710" s="1"/>
       <c r="O710" s="1"/>
       <c r="P710" s="1"/>
       <c r="Q710" s="1"/>
       <c r="R710" s="1"/>
       <c r="S710" s="1"/>
       <c r="T710" s="1"/>
       <c r="U710" s="1"/>
       <c r="V710" s="1"/>
       <c r="W710" s="1"/>
     </row>
     <row r="711" spans="1:23">
       <c r="A711" s="3">
         <v>709</v>
       </c>
       <c r="B711" s="3" t="s">
@@ -34653,51 +34653,51 @@
       <c r="T714" s="1"/>
       <c r="U714" s="1"/>
       <c r="V714" s="1"/>
       <c r="W714" s="1"/>
     </row>
     <row r="715" spans="1:23">
       <c r="A715" s="3">
         <v>713</v>
       </c>
       <c r="B715" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C715" s="10" t="s">
         <v>1434</v>
       </c>
       <c r="D715" s="3" t="s">
         <v>1435</v>
       </c>
       <c r="E715" s="3">
         <v>599.83</v>
       </c>
       <c r="F715" s="3">
         <v>11</v>
       </c>
       <c r="G715" s="3">
-        <v>296.69</v>
+        <v>351.93</v>
       </c>
       <c r="H715" s="4">
         <v>93.83</v>
       </c>
       <c r="I715" s="1"/>
       <c r="J715" s="1"/>
       <c r="K715" s="1"/>
       <c r="L715" s="1"/>
       <c r="M715" s="1"/>
       <c r="N715" s="1"/>
       <c r="O715" s="1"/>
       <c r="P715" s="1"/>
       <c r="Q715" s="1"/>
       <c r="R715" s="1"/>
       <c r="S715" s="1"/>
       <c r="T715" s="1"/>
       <c r="U715" s="1"/>
       <c r="V715" s="1"/>
       <c r="W715" s="1"/>
     </row>
     <row r="716" spans="1:23">
       <c r="A716" s="3">
         <v>714</v>
       </c>
       <c r="B716" s="3" t="s">
@@ -34773,95 +34773,95 @@
       <c r="Q717" s="1"/>
       <c r="R717" s="1"/>
       <c r="S717" s="1"/>
       <c r="T717" s="1"/>
       <c r="U717" s="1"/>
       <c r="V717" s="1"/>
       <c r="W717" s="1"/>
     </row>
     <row r="718" spans="1:23">
       <c r="A718" s="3">
         <v>716</v>
       </c>
       <c r="B718" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C718" s="10" t="s">
         <v>1440</v>
       </c>
       <c r="D718" s="3" t="s">
         <v>1441</v>
       </c>
       <c r="E718" s="3">
         <v>576.08</v>
       </c>
       <c r="F718" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G718" s="3">
-        <v>518.84</v>
+        <v>503.48</v>
       </c>
       <c r="H718" s="4">
         <v>199.97</v>
       </c>
       <c r="I718" s="1"/>
       <c r="J718" s="1"/>
       <c r="K718" s="1"/>
       <c r="L718" s="1"/>
       <c r="M718" s="1"/>
       <c r="N718" s="1"/>
       <c r="O718" s="1"/>
       <c r="P718" s="1"/>
       <c r="Q718" s="1"/>
       <c r="R718" s="1"/>
       <c r="S718" s="1"/>
       <c r="T718" s="1"/>
       <c r="U718" s="1"/>
       <c r="V718" s="1"/>
       <c r="W718" s="1"/>
     </row>
     <row r="719" spans="1:23">
       <c r="A719" s="3">
         <v>717</v>
       </c>
       <c r="B719" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C719" s="10" t="s">
         <v>1442</v>
       </c>
       <c r="D719" s="3" t="s">
         <v>1443</v>
       </c>
       <c r="E719" s="3">
         <v>740.92</v>
       </c>
       <c r="F719" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G719" s="3">
-        <v>540.8</v>
+        <v>537.83</v>
       </c>
       <c r="H719" s="4">
         <v>390.43</v>
       </c>
       <c r="I719" s="1"/>
       <c r="J719" s="1"/>
       <c r="K719" s="1"/>
       <c r="L719" s="1"/>
       <c r="M719" s="1"/>
       <c r="N719" s="1"/>
       <c r="O719" s="1"/>
       <c r="P719" s="1"/>
       <c r="Q719" s="1"/>
       <c r="R719" s="1"/>
       <c r="S719" s="1"/>
       <c r="T719" s="1"/>
       <c r="U719" s="1"/>
       <c r="V719" s="1"/>
       <c r="W719" s="1"/>
     </row>
     <row r="720" spans="1:23">
       <c r="A720" s="3">
         <v>718</v>
       </c>
       <c r="B720" s="3" t="s">
@@ -34896,136 +34896,136 @@
       <c r="Q720" s="1"/>
       <c r="R720" s="1"/>
       <c r="S720" s="1"/>
       <c r="T720" s="1"/>
       <c r="U720" s="1"/>
       <c r="V720" s="1"/>
       <c r="W720" s="1"/>
     </row>
     <row r="721" spans="1:23">
       <c r="A721" s="3">
         <v>719</v>
       </c>
       <c r="B721" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C721" s="10" t="s">
         <v>1446</v>
       </c>
       <c r="D721" s="3" t="s">
         <v>1447</v>
       </c>
       <c r="E721" s="3">
         <v>1104.23</v>
       </c>
       <c r="F721" s="3">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G721" s="3">
-        <v>1061.69</v>
+        <v>1057.34</v>
       </c>
       <c r="H721" s="4">
         <v>839.43</v>
       </c>
       <c r="I721" s="1"/>
       <c r="J721" s="1"/>
       <c r="K721" s="1"/>
       <c r="L721" s="1"/>
       <c r="M721" s="1"/>
       <c r="N721" s="1"/>
       <c r="O721" s="1"/>
       <c r="P721" s="1"/>
       <c r="Q721" s="1"/>
       <c r="R721" s="1"/>
       <c r="S721" s="1"/>
       <c r="T721" s="1"/>
       <c r="U721" s="1"/>
       <c r="V721" s="1"/>
       <c r="W721" s="1"/>
     </row>
     <row r="722" spans="1:23">
       <c r="A722" s="3">
         <v>720</v>
       </c>
       <c r="B722" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C722" s="10" t="s">
         <v>1448</v>
       </c>
       <c r="D722" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="E722" s="3">
         <v>1060.63</v>
       </c>
       <c r="F722" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G722" s="3">
-        <v>1067.29</v>
+        <v>1005.36</v>
       </c>
       <c r="H722" s="4">
         <v>864.95</v>
       </c>
       <c r="I722" s="1"/>
       <c r="J722" s="1"/>
       <c r="K722" s="1"/>
       <c r="L722" s="1"/>
       <c r="M722" s="1"/>
       <c r="N722" s="1"/>
       <c r="O722" s="1"/>
       <c r="P722" s="1"/>
       <c r="Q722" s="1"/>
       <c r="R722" s="1"/>
       <c r="S722" s="1"/>
       <c r="T722" s="1"/>
       <c r="U722" s="1"/>
       <c r="V722" s="1"/>
       <c r="W722" s="1"/>
     </row>
     <row r="723" spans="1:23">
       <c r="A723" s="3">
         <v>721</v>
       </c>
       <c r="B723" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C723" s="10" t="s">
         <v>1450</v>
       </c>
       <c r="D723" s="3" t="s">
         <v>1451</v>
       </c>
       <c r="E723" s="3">
         <v>560.42</v>
       </c>
       <c r="F723" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G723" s="3">
-        <v>520.64</v>
+        <v>498.23</v>
       </c>
       <c r="H723" s="4">
         <v>338.01</v>
       </c>
       <c r="I723" s="1"/>
       <c r="J723" s="1"/>
       <c r="K723" s="1"/>
       <c r="L723" s="1"/>
       <c r="M723" s="1"/>
       <c r="N723" s="1"/>
       <c r="O723" s="1"/>
       <c r="P723" s="1"/>
       <c r="Q723" s="1"/>
       <c r="R723" s="1"/>
       <c r="S723" s="1"/>
       <c r="T723" s="1"/>
       <c r="U723" s="1"/>
       <c r="V723" s="1"/>
       <c r="W723" s="1"/>
     </row>
     <row r="724" spans="1:23">
       <c r="A724" s="3">
         <v>722</v>
       </c>
       <c r="B724" s="3" t="s">
@@ -35101,54 +35101,54 @@
       <c r="Q725" s="1"/>
       <c r="R725" s="1"/>
       <c r="S725" s="1"/>
       <c r="T725" s="1"/>
       <c r="U725" s="1"/>
       <c r="V725" s="1"/>
       <c r="W725" s="1"/>
     </row>
     <row r="726" spans="1:23">
       <c r="A726" s="3">
         <v>724</v>
       </c>
       <c r="B726" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C726" s="10" t="s">
         <v>1456</v>
       </c>
       <c r="D726" s="3" t="s">
         <v>1457</v>
       </c>
       <c r="E726" s="3">
         <v>850.53</v>
       </c>
       <c r="F726" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G726" s="3">
-        <v>851.25</v>
+        <v>780.5</v>
       </c>
       <c r="H726" s="4">
         <v>602.2</v>
       </c>
       <c r="I726" s="1"/>
       <c r="J726" s="1"/>
       <c r="K726" s="1"/>
       <c r="L726" s="1"/>
       <c r="M726" s="1"/>
       <c r="N726" s="1"/>
       <c r="O726" s="1"/>
       <c r="P726" s="1"/>
       <c r="Q726" s="1"/>
       <c r="R726" s="1"/>
       <c r="S726" s="1"/>
       <c r="T726" s="1"/>
       <c r="U726" s="1"/>
       <c r="V726" s="1"/>
       <c r="W726" s="1"/>
     </row>
     <row r="727" spans="1:23">
       <c r="A727" s="3">
         <v>725</v>
       </c>
       <c r="B727" s="3" t="s">
@@ -35183,54 +35183,54 @@
       <c r="Q727" s="1"/>
       <c r="R727" s="1"/>
       <c r="S727" s="1"/>
       <c r="T727" s="1"/>
       <c r="U727" s="1"/>
       <c r="V727" s="1"/>
       <c r="W727" s="1"/>
     </row>
     <row r="728" spans="1:23">
       <c r="A728" s="3">
         <v>726</v>
       </c>
       <c r="B728" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C728" s="10" t="s">
         <v>1460</v>
       </c>
       <c r="D728" s="3" t="s">
         <v>1461</v>
       </c>
       <c r="E728" s="3">
         <v>743.4</v>
       </c>
       <c r="F728" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G728" s="3">
-        <v>631.08</v>
+        <v>619.58</v>
       </c>
       <c r="H728" s="4">
         <v>275.23</v>
       </c>
       <c r="I728" s="1"/>
       <c r="J728" s="1"/>
       <c r="K728" s="1"/>
       <c r="L728" s="1"/>
       <c r="M728" s="1"/>
       <c r="N728" s="1"/>
       <c r="O728" s="1"/>
       <c r="P728" s="1"/>
       <c r="Q728" s="1"/>
       <c r="R728" s="1"/>
       <c r="S728" s="1"/>
       <c r="T728" s="1"/>
       <c r="U728" s="1"/>
       <c r="V728" s="1"/>
       <c r="W728" s="1"/>
     </row>
     <row r="729" spans="1:23">
       <c r="A729" s="3">
         <v>727</v>
       </c>
       <c r="B729" s="3" t="s">
@@ -35265,54 +35265,54 @@
       <c r="Q729" s="1"/>
       <c r="R729" s="1"/>
       <c r="S729" s="1"/>
       <c r="T729" s="1"/>
       <c r="U729" s="1"/>
       <c r="V729" s="1"/>
       <c r="W729" s="1"/>
     </row>
     <row r="730" spans="1:23">
       <c r="A730" s="3">
         <v>728</v>
       </c>
       <c r="B730" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C730" s="10" t="s">
         <v>1464</v>
       </c>
       <c r="D730" s="3" t="s">
         <v>1465</v>
       </c>
       <c r="E730" s="3">
         <v>752.28</v>
       </c>
       <c r="F730" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G730" s="3">
-        <v>683.36</v>
+        <v>674.6</v>
       </c>
       <c r="H730" s="4">
         <v>83.52</v>
       </c>
       <c r="I730" s="1"/>
       <c r="J730" s="1"/>
       <c r="K730" s="1"/>
       <c r="L730" s="1"/>
       <c r="M730" s="1"/>
       <c r="N730" s="1"/>
       <c r="O730" s="1"/>
       <c r="P730" s="1"/>
       <c r="Q730" s="1"/>
       <c r="R730" s="1"/>
       <c r="S730" s="1"/>
       <c r="T730" s="1"/>
       <c r="U730" s="1"/>
       <c r="V730" s="1"/>
       <c r="W730" s="1"/>
     </row>
     <row r="731" spans="1:23">
       <c r="A731" s="3">
         <v>729</v>
       </c>
       <c r="B731" s="3" t="s">
@@ -35388,177 +35388,177 @@
       <c r="Q732" s="1"/>
       <c r="R732" s="1"/>
       <c r="S732" s="1"/>
       <c r="T732" s="1"/>
       <c r="U732" s="1"/>
       <c r="V732" s="1"/>
       <c r="W732" s="1"/>
     </row>
     <row r="733" spans="1:23">
       <c r="A733" s="3">
         <v>731</v>
       </c>
       <c r="B733" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C733" s="10" t="s">
         <v>1470</v>
       </c>
       <c r="D733" s="3" t="s">
         <v>1471</v>
       </c>
       <c r="E733" s="3">
         <v>495.84</v>
       </c>
       <c r="F733" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G733" s="3">
-        <v>484.48</v>
+        <v>461.33</v>
       </c>
       <c r="H733" s="4">
         <v>224.07</v>
       </c>
       <c r="I733" s="1"/>
       <c r="J733" s="1"/>
       <c r="K733" s="1"/>
       <c r="L733" s="1"/>
       <c r="M733" s="1"/>
       <c r="N733" s="1"/>
       <c r="O733" s="1"/>
       <c r="P733" s="1"/>
       <c r="Q733" s="1"/>
       <c r="R733" s="1"/>
       <c r="S733" s="1"/>
       <c r="T733" s="1"/>
       <c r="U733" s="1"/>
       <c r="V733" s="1"/>
       <c r="W733" s="1"/>
     </row>
     <row r="734" spans="1:23">
       <c r="A734" s="3">
         <v>732</v>
       </c>
       <c r="B734" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C734" s="10" t="s">
         <v>1472</v>
       </c>
       <c r="D734" s="3" t="s">
         <v>1473</v>
       </c>
       <c r="E734" s="3">
         <v>717.02</v>
       </c>
       <c r="F734" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G734" s="3">
-        <v>593.22</v>
+        <v>583.07</v>
       </c>
       <c r="H734" s="4">
         <v>321.97</v>
       </c>
       <c r="I734" s="1"/>
       <c r="J734" s="1"/>
       <c r="K734" s="1"/>
       <c r="L734" s="1"/>
       <c r="M734" s="1"/>
       <c r="N734" s="1"/>
       <c r="O734" s="1"/>
       <c r="P734" s="1"/>
       <c r="Q734" s="1"/>
       <c r="R734" s="1"/>
       <c r="S734" s="1"/>
       <c r="T734" s="1"/>
       <c r="U734" s="1"/>
       <c r="V734" s="1"/>
       <c r="W734" s="1"/>
     </row>
     <row r="735" spans="1:23">
       <c r="A735" s="3">
         <v>733</v>
       </c>
       <c r="B735" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C735" s="10" t="s">
         <v>1474</v>
       </c>
       <c r="D735" s="3" t="s">
         <v>1475</v>
       </c>
       <c r="E735" s="3">
         <v>556</v>
       </c>
       <c r="F735" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G735" s="3">
-        <v>490.78</v>
+        <v>490.12</v>
       </c>
       <c r="H735" s="4">
         <v>286.32</v>
       </c>
       <c r="I735" s="1"/>
       <c r="J735" s="1"/>
       <c r="K735" s="1"/>
       <c r="L735" s="1"/>
       <c r="M735" s="1"/>
       <c r="N735" s="1"/>
       <c r="O735" s="1"/>
       <c r="P735" s="1"/>
       <c r="Q735" s="1"/>
       <c r="R735" s="1"/>
       <c r="S735" s="1"/>
       <c r="T735" s="1"/>
       <c r="U735" s="1"/>
       <c r="V735" s="1"/>
       <c r="W735" s="1"/>
     </row>
     <row r="736" spans="1:23">
       <c r="A736" s="3">
         <v>734</v>
       </c>
       <c r="B736" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C736" s="10" t="s">
         <v>1476</v>
       </c>
       <c r="D736" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="E736" s="3">
         <v>57.27</v>
       </c>
       <c r="F736" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G736" s="3">
-        <v>43.94</v>
+        <v>42.07</v>
       </c>
       <c r="H736" s="4">
         <v>37.18</v>
       </c>
       <c r="I736" s="1"/>
       <c r="J736" s="1"/>
       <c r="K736" s="1"/>
       <c r="L736" s="1"/>
       <c r="M736" s="1"/>
       <c r="N736" s="1"/>
       <c r="O736" s="1"/>
       <c r="P736" s="1"/>
       <c r="Q736" s="1"/>
       <c r="R736" s="1"/>
       <c r="S736" s="1"/>
       <c r="T736" s="1"/>
       <c r="U736" s="1"/>
       <c r="V736" s="1"/>
       <c r="W736" s="1"/>
     </row>
     <row r="737" spans="1:23">
       <c r="A737" s="3">
         <v>735</v>
       </c>
       <c r="B737" s="3" t="s">
@@ -35593,54 +35593,54 @@
       <c r="Q737" s="1"/>
       <c r="R737" s="1"/>
       <c r="S737" s="1"/>
       <c r="T737" s="1"/>
       <c r="U737" s="1"/>
       <c r="V737" s="1"/>
       <c r="W737" s="1"/>
     </row>
     <row r="738" spans="1:23">
       <c r="A738" s="3">
         <v>736</v>
       </c>
       <c r="B738" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C738" s="10" t="s">
         <v>1480</v>
       </c>
       <c r="D738" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="E738" s="3">
         <v>410.86</v>
       </c>
       <c r="F738" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G738" s="3">
-        <v>373.41</v>
+        <v>369.64</v>
       </c>
       <c r="H738" s="4">
         <v>110.61</v>
       </c>
       <c r="I738" s="1"/>
       <c r="J738" s="1"/>
       <c r="K738" s="1"/>
       <c r="L738" s="1"/>
       <c r="M738" s="1"/>
       <c r="N738" s="1"/>
       <c r="O738" s="1"/>
       <c r="P738" s="1"/>
       <c r="Q738" s="1"/>
       <c r="R738" s="1"/>
       <c r="S738" s="1"/>
       <c r="T738" s="1"/>
       <c r="U738" s="1"/>
       <c r="V738" s="1"/>
       <c r="W738" s="1"/>
     </row>
     <row r="739" spans="1:23">
       <c r="A739" s="3">
         <v>737</v>
       </c>
       <c r="B739" s="3" t="s">
@@ -35675,54 +35675,54 @@
       <c r="Q739" s="1"/>
       <c r="R739" s="1"/>
       <c r="S739" s="1"/>
       <c r="T739" s="1"/>
       <c r="U739" s="1"/>
       <c r="V739" s="1"/>
       <c r="W739" s="1"/>
     </row>
     <row r="740" spans="1:23">
       <c r="A740" s="3">
         <v>738</v>
       </c>
       <c r="B740" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C740" s="10" t="s">
         <v>1484</v>
       </c>
       <c r="D740" s="3" t="s">
         <v>1485</v>
       </c>
       <c r="E740" s="3">
         <v>725.48</v>
       </c>
       <c r="F740" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G740" s="3">
-        <v>630.5</v>
+        <v>630.16</v>
       </c>
       <c r="H740" s="4">
         <v>140.92</v>
       </c>
       <c r="I740" s="1"/>
       <c r="J740" s="1"/>
       <c r="K740" s="1"/>
       <c r="L740" s="1"/>
       <c r="M740" s="1"/>
       <c r="N740" s="1"/>
       <c r="O740" s="1"/>
       <c r="P740" s="1"/>
       <c r="Q740" s="1"/>
       <c r="R740" s="1"/>
       <c r="S740" s="1"/>
       <c r="T740" s="1"/>
       <c r="U740" s="1"/>
       <c r="V740" s="1"/>
       <c r="W740" s="1"/>
     </row>
     <row r="741" spans="1:23">
       <c r="A741" s="3">
         <v>739</v>
       </c>
       <c r="B741" s="3" t="s">
@@ -35757,95 +35757,95 @@
       <c r="Q741" s="1"/>
       <c r="R741" s="1"/>
       <c r="S741" s="1"/>
       <c r="T741" s="1"/>
       <c r="U741" s="1"/>
       <c r="V741" s="1"/>
       <c r="W741" s="1"/>
     </row>
     <row r="742" spans="1:23">
       <c r="A742" s="3">
         <v>740</v>
       </c>
       <c r="B742" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C742" s="10" t="s">
         <v>1488</v>
       </c>
       <c r="D742" s="3" t="s">
         <v>1489</v>
       </c>
       <c r="E742" s="3">
         <v>388.58</v>
       </c>
       <c r="F742" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G742" s="3">
-        <v>378.14</v>
+        <v>377.54</v>
       </c>
       <c r="H742" s="4">
         <v>145.85</v>
       </c>
       <c r="I742" s="1"/>
       <c r="J742" s="1"/>
       <c r="K742" s="1"/>
       <c r="L742" s="1"/>
       <c r="M742" s="1"/>
       <c r="N742" s="1"/>
       <c r="O742" s="1"/>
       <c r="P742" s="1"/>
       <c r="Q742" s="1"/>
       <c r="R742" s="1"/>
       <c r="S742" s="1"/>
       <c r="T742" s="1"/>
       <c r="U742" s="1"/>
       <c r="V742" s="1"/>
       <c r="W742" s="1"/>
     </row>
     <row r="743" spans="1:23">
       <c r="A743" s="3">
         <v>741</v>
       </c>
       <c r="B743" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C743" s="10" t="s">
         <v>1490</v>
       </c>
       <c r="D743" s="3" t="s">
         <v>1491</v>
       </c>
       <c r="E743" s="3">
         <v>987.25</v>
       </c>
       <c r="F743" s="3">
         <v>7</v>
       </c>
       <c r="G743" s="3">
-        <v>904.65</v>
+        <v>904.09</v>
       </c>
       <c r="H743" s="4">
         <v>57.8</v>
       </c>
       <c r="I743" s="1"/>
       <c r="J743" s="1"/>
       <c r="K743" s="1"/>
       <c r="L743" s="1"/>
       <c r="M743" s="1"/>
       <c r="N743" s="1"/>
       <c r="O743" s="1"/>
       <c r="P743" s="1"/>
       <c r="Q743" s="1"/>
       <c r="R743" s="1"/>
       <c r="S743" s="1"/>
       <c r="T743" s="1"/>
       <c r="U743" s="1"/>
       <c r="V743" s="1"/>
       <c r="W743" s="1"/>
     </row>
     <row r="744" spans="1:23">
       <c r="A744" s="3">
         <v>742</v>
       </c>
       <c r="B744" s="3" t="s">
@@ -35921,54 +35921,54 @@
       <c r="Q745" s="1"/>
       <c r="R745" s="1"/>
       <c r="S745" s="1"/>
       <c r="T745" s="1"/>
       <c r="U745" s="1"/>
       <c r="V745" s="1"/>
       <c r="W745" s="1"/>
     </row>
     <row r="746" spans="1:23">
       <c r="A746" s="3">
         <v>744</v>
       </c>
       <c r="B746" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C746" s="10" t="s">
         <v>1496</v>
       </c>
       <c r="D746" s="3" t="s">
         <v>1497</v>
       </c>
       <c r="E746" s="3">
         <v>1060.08</v>
       </c>
       <c r="F746" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G746" s="3">
-        <v>954.06</v>
+        <v>953.54</v>
       </c>
       <c r="H746" s="4">
         <v>597.45</v>
       </c>
       <c r="I746" s="1"/>
       <c r="J746" s="1"/>
       <c r="K746" s="1"/>
       <c r="L746" s="1"/>
       <c r="M746" s="1"/>
       <c r="N746" s="1"/>
       <c r="O746" s="1"/>
       <c r="P746" s="1"/>
       <c r="Q746" s="1"/>
       <c r="R746" s="1"/>
       <c r="S746" s="1"/>
       <c r="T746" s="1"/>
       <c r="U746" s="1"/>
       <c r="V746" s="1"/>
       <c r="W746" s="1"/>
     </row>
     <row r="747" spans="1:23">
       <c r="A747" s="3">
         <v>745</v>
       </c>
       <c r="B747" s="3" t="s">
@@ -36167,54 +36167,54 @@
       <c r="Q751" s="1"/>
       <c r="R751" s="1"/>
       <c r="S751" s="1"/>
       <c r="T751" s="1"/>
       <c r="U751" s="1"/>
       <c r="V751" s="1"/>
       <c r="W751" s="1"/>
     </row>
     <row r="752" spans="1:23">
       <c r="A752" s="3">
         <v>750</v>
       </c>
       <c r="B752" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C752" s="10" t="s">
         <v>1508</v>
       </c>
       <c r="D752" s="3" t="s">
         <v>1509</v>
       </c>
       <c r="E752" s="3">
         <v>1127.65</v>
       </c>
       <c r="F752" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G752" s="3">
-        <v>899.88</v>
+        <v>858.9</v>
       </c>
       <c r="H752" s="4">
         <v>284.91</v>
       </c>
       <c r="I752" s="1"/>
       <c r="J752" s="1"/>
       <c r="K752" s="1"/>
       <c r="L752" s="1"/>
       <c r="M752" s="1"/>
       <c r="N752" s="1"/>
       <c r="O752" s="1"/>
       <c r="P752" s="1"/>
       <c r="Q752" s="1"/>
       <c r="R752" s="1"/>
       <c r="S752" s="1"/>
       <c r="T752" s="1"/>
       <c r="U752" s="1"/>
       <c r="V752" s="1"/>
       <c r="W752" s="1"/>
     </row>
     <row r="753" spans="1:23">
       <c r="A753" s="3">
         <v>751</v>
       </c>
       <c r="B753" s="3" t="s">
@@ -36413,54 +36413,54 @@
       <c r="Q757" s="1"/>
       <c r="R757" s="1"/>
       <c r="S757" s="1"/>
       <c r="T757" s="1"/>
       <c r="U757" s="1"/>
       <c r="V757" s="1"/>
       <c r="W757" s="1"/>
     </row>
     <row r="758" spans="1:23">
       <c r="A758" s="3">
         <v>756</v>
       </c>
       <c r="B758" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C758" s="10" t="s">
         <v>1520</v>
       </c>
       <c r="D758" s="3" t="s">
         <v>1521</v>
       </c>
       <c r="E758" s="3">
         <v>158.24</v>
       </c>
       <c r="F758" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G758" s="3">
-        <v>31.23</v>
+        <v>24.02</v>
       </c>
       <c r="H758" s="4">
         <v>17.89</v>
       </c>
       <c r="I758" s="1"/>
       <c r="J758" s="1"/>
       <c r="K758" s="1"/>
       <c r="L758" s="1"/>
       <c r="M758" s="1"/>
       <c r="N758" s="1"/>
       <c r="O758" s="1"/>
       <c r="P758" s="1"/>
       <c r="Q758" s="1"/>
       <c r="R758" s="1"/>
       <c r="S758" s="1"/>
       <c r="T758" s="1"/>
       <c r="U758" s="1"/>
       <c r="V758" s="1"/>
       <c r="W758" s="1"/>
     </row>
     <row r="759" spans="1:23">
       <c r="A759" s="3">
         <v>757</v>
       </c>
       <c r="B759" s="3" t="s">
@@ -36495,95 +36495,95 @@
       <c r="Q759" s="1"/>
       <c r="R759" s="1"/>
       <c r="S759" s="1"/>
       <c r="T759" s="1"/>
       <c r="U759" s="1"/>
       <c r="V759" s="1"/>
       <c r="W759" s="1"/>
     </row>
     <row r="760" spans="1:23">
       <c r="A760" s="3">
         <v>758</v>
       </c>
       <c r="B760" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C760" s="10" t="s">
         <v>1524</v>
       </c>
       <c r="D760" s="3" t="s">
         <v>1525</v>
       </c>
       <c r="E760" s="3">
         <v>12.39</v>
       </c>
       <c r="F760" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G760" s="3">
-        <v>4.4</v>
+        <v>4.22</v>
       </c>
       <c r="H760" s="4">
         <v>4.4</v>
       </c>
       <c r="I760" s="1"/>
       <c r="J760" s="1"/>
       <c r="K760" s="1"/>
       <c r="L760" s="1"/>
       <c r="M760" s="1"/>
       <c r="N760" s="1"/>
       <c r="O760" s="1"/>
       <c r="P760" s="1"/>
       <c r="Q760" s="1"/>
       <c r="R760" s="1"/>
       <c r="S760" s="1"/>
       <c r="T760" s="1"/>
       <c r="U760" s="1"/>
       <c r="V760" s="1"/>
       <c r="W760" s="1"/>
     </row>
     <row r="761" spans="1:23">
       <c r="A761" s="3">
         <v>759</v>
       </c>
       <c r="B761" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C761" s="10" t="s">
         <v>1526</v>
       </c>
       <c r="D761" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="E761" s="3">
         <v>12.39</v>
       </c>
       <c r="F761" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G761" s="3">
-        <v>11.42</v>
+        <v>0</v>
       </c>
       <c r="H761" s="4">
         <v>0.26</v>
       </c>
       <c r="I761" s="1"/>
       <c r="J761" s="1"/>
       <c r="K761" s="1"/>
       <c r="L761" s="1"/>
       <c r="M761" s="1"/>
       <c r="N761" s="1"/>
       <c r="O761" s="1"/>
       <c r="P761" s="1"/>
       <c r="Q761" s="1"/>
       <c r="R761" s="1"/>
       <c r="S761" s="1"/>
       <c r="T761" s="1"/>
       <c r="U761" s="1"/>
       <c r="V761" s="1"/>
       <c r="W761" s="1"/>
     </row>
     <row r="762" spans="1:23">
       <c r="A762" s="3">
         <v>760</v>
       </c>
       <c r="B762" s="3" t="s">
@@ -36741,95 +36741,95 @@
       <c r="Q765" s="1"/>
       <c r="R765" s="1"/>
       <c r="S765" s="1"/>
       <c r="T765" s="1"/>
       <c r="U765" s="1"/>
       <c r="V765" s="1"/>
       <c r="W765" s="1"/>
     </row>
     <row r="766" spans="1:23">
       <c r="A766" s="3">
         <v>764</v>
       </c>
       <c r="B766" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C766" s="10" t="s">
         <v>1536</v>
       </c>
       <c r="D766" s="3" t="s">
         <v>1537</v>
       </c>
       <c r="E766" s="3">
         <v>0</v>
       </c>
       <c r="F766" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G766" s="3">
-        <v>6.84</v>
+        <v>6.64</v>
       </c>
       <c r="H766" s="4">
         <v>5.17</v>
       </c>
       <c r="I766" s="1"/>
       <c r="J766" s="1"/>
       <c r="K766" s="1"/>
       <c r="L766" s="1"/>
       <c r="M766" s="1"/>
       <c r="N766" s="1"/>
       <c r="O766" s="1"/>
       <c r="P766" s="1"/>
       <c r="Q766" s="1"/>
       <c r="R766" s="1"/>
       <c r="S766" s="1"/>
       <c r="T766" s="1"/>
       <c r="U766" s="1"/>
       <c r="V766" s="1"/>
       <c r="W766" s="1"/>
     </row>
     <row r="767" spans="1:23">
       <c r="A767" s="3">
         <v>765</v>
       </c>
       <c r="B767" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C767" s="10" t="s">
         <v>1538</v>
       </c>
       <c r="D767" s="3" t="s">
         <v>1539</v>
       </c>
       <c r="E767" s="3">
         <v>0</v>
       </c>
       <c r="F767" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G767" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H767" s="4">
         <v>0</v>
       </c>
       <c r="I767" s="1"/>
       <c r="J767" s="1"/>
       <c r="K767" s="1"/>
       <c r="L767" s="1"/>
       <c r="M767" s="1"/>
       <c r="N767" s="1"/>
       <c r="O767" s="1"/>
       <c r="P767" s="1"/>
       <c r="Q767" s="1"/>
       <c r="R767" s="1"/>
       <c r="S767" s="1"/>
       <c r="T767" s="1"/>
       <c r="U767" s="1"/>
       <c r="V767" s="1"/>
       <c r="W767" s="1"/>
     </row>
     <row r="768" spans="1:23">
       <c r="A768" s="3">
         <v>766</v>
       </c>
       <c r="B768" s="3" t="s">
@@ -36864,54 +36864,54 @@
       <c r="Q768" s="1"/>
       <c r="R768" s="1"/>
       <c r="S768" s="1"/>
       <c r="T768" s="1"/>
       <c r="U768" s="1"/>
       <c r="V768" s="1"/>
       <c r="W768" s="1"/>
     </row>
     <row r="769" spans="1:23">
       <c r="A769" s="3">
         <v>767</v>
       </c>
       <c r="B769" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C769" s="10" t="s">
         <v>1542</v>
       </c>
       <c r="D769" s="3" t="s">
         <v>1543</v>
       </c>
       <c r="E769" s="3">
         <v>0</v>
       </c>
       <c r="F769" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G769" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H769" s="4">
         <v>0.35</v>
       </c>
       <c r="I769" s="1"/>
       <c r="J769" s="1"/>
       <c r="K769" s="1"/>
       <c r="L769" s="1"/>
       <c r="M769" s="1"/>
       <c r="N769" s="1"/>
       <c r="O769" s="1"/>
       <c r="P769" s="1"/>
       <c r="Q769" s="1"/>
       <c r="R769" s="1"/>
       <c r="S769" s="1"/>
       <c r="T769" s="1"/>
       <c r="U769" s="1"/>
       <c r="V769" s="1"/>
       <c r="W769" s="1"/>
     </row>
     <row r="770" spans="1:23">
       <c r="A770" s="3">
         <v>768</v>
       </c>
       <c r="B770" s="3" t="s">
@@ -36946,259 +36946,259 @@
       <c r="Q770" s="1"/>
       <c r="R770" s="1"/>
       <c r="S770" s="1"/>
       <c r="T770" s="1"/>
       <c r="U770" s="1"/>
       <c r="V770" s="1"/>
       <c r="W770" s="1"/>
     </row>
     <row r="771" spans="1:23">
       <c r="A771" s="3">
         <v>769</v>
       </c>
       <c r="B771" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C771" s="10" t="s">
         <v>1546</v>
       </c>
       <c r="D771" s="3" t="s">
         <v>1547</v>
       </c>
       <c r="E771" s="3">
         <v>0</v>
       </c>
       <c r="F771" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G771" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H771" s="4">
         <v>0.18</v>
       </c>
       <c r="I771" s="1"/>
       <c r="J771" s="1"/>
       <c r="K771" s="1"/>
       <c r="L771" s="1"/>
       <c r="M771" s="1"/>
       <c r="N771" s="1"/>
       <c r="O771" s="1"/>
       <c r="P771" s="1"/>
       <c r="Q771" s="1"/>
       <c r="R771" s="1"/>
       <c r="S771" s="1"/>
       <c r="T771" s="1"/>
       <c r="U771" s="1"/>
       <c r="V771" s="1"/>
       <c r="W771" s="1"/>
     </row>
     <row r="772" spans="1:23">
       <c r="A772" s="3">
         <v>770</v>
       </c>
       <c r="B772" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C772" s="10" t="s">
         <v>1548</v>
       </c>
       <c r="D772" s="3" t="s">
         <v>1549</v>
       </c>
       <c r="E772" s="3">
         <v>0</v>
       </c>
       <c r="F772" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G772" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H772" s="4">
         <v>4.88</v>
       </c>
       <c r="I772" s="1"/>
       <c r="J772" s="1"/>
       <c r="K772" s="1"/>
       <c r="L772" s="1"/>
       <c r="M772" s="1"/>
       <c r="N772" s="1"/>
       <c r="O772" s="1"/>
       <c r="P772" s="1"/>
       <c r="Q772" s="1"/>
       <c r="R772" s="1"/>
       <c r="S772" s="1"/>
       <c r="T772" s="1"/>
       <c r="U772" s="1"/>
       <c r="V772" s="1"/>
       <c r="W772" s="1"/>
     </row>
     <row r="773" spans="1:23">
       <c r="A773" s="3">
         <v>771</v>
       </c>
       <c r="B773" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C773" s="10" t="s">
         <v>1550</v>
       </c>
       <c r="D773" s="3" t="s">
         <v>1551</v>
       </c>
       <c r="E773" s="3">
         <v>0</v>
       </c>
       <c r="F773" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G773" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H773" s="4">
         <v>0.18</v>
       </c>
       <c r="I773" s="1"/>
       <c r="J773" s="1"/>
       <c r="K773" s="1"/>
       <c r="L773" s="1"/>
       <c r="M773" s="1"/>
       <c r="N773" s="1"/>
       <c r="O773" s="1"/>
       <c r="P773" s="1"/>
       <c r="Q773" s="1"/>
       <c r="R773" s="1"/>
       <c r="S773" s="1"/>
       <c r="T773" s="1"/>
       <c r="U773" s="1"/>
       <c r="V773" s="1"/>
       <c r="W773" s="1"/>
     </row>
     <row r="774" spans="1:23">
       <c r="A774" s="3">
         <v>772</v>
       </c>
       <c r="B774" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C774" s="10" t="s">
         <v>1552</v>
       </c>
       <c r="D774" s="3" t="s">
         <v>1553</v>
       </c>
       <c r="E774" s="3">
         <v>0</v>
       </c>
       <c r="F774" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G774" s="3">
-        <v>6.47</v>
+        <v>6.26</v>
       </c>
       <c r="H774" s="4">
         <v>0.21</v>
       </c>
       <c r="I774" s="1"/>
       <c r="J774" s="1"/>
       <c r="K774" s="1"/>
       <c r="L774" s="1"/>
       <c r="M774" s="1"/>
       <c r="N774" s="1"/>
       <c r="O774" s="1"/>
       <c r="P774" s="1"/>
       <c r="Q774" s="1"/>
       <c r="R774" s="1"/>
       <c r="S774" s="1"/>
       <c r="T774" s="1"/>
       <c r="U774" s="1"/>
       <c r="V774" s="1"/>
       <c r="W774" s="1"/>
     </row>
     <row r="775" spans="1:23">
       <c r="A775" s="3">
         <v>773</v>
       </c>
       <c r="B775" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C775" s="10" t="s">
         <v>1554</v>
       </c>
       <c r="D775" s="3" t="s">
         <v>1555</v>
       </c>
       <c r="E775" s="3">
         <v>0</v>
       </c>
       <c r="F775" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G775" s="3">
-        <v>12.87</v>
+        <v>12.52</v>
       </c>
       <c r="H775" s="4">
         <v>0.35</v>
       </c>
       <c r="I775" s="1"/>
       <c r="J775" s="1"/>
       <c r="K775" s="1"/>
       <c r="L775" s="1"/>
       <c r="M775" s="1"/>
       <c r="N775" s="1"/>
       <c r="O775" s="1"/>
       <c r="P775" s="1"/>
       <c r="Q775" s="1"/>
       <c r="R775" s="1"/>
       <c r="S775" s="1"/>
       <c r="T775" s="1"/>
       <c r="U775" s="1"/>
       <c r="V775" s="1"/>
       <c r="W775" s="1"/>
     </row>
     <row r="776" spans="1:23">
       <c r="A776" s="3">
         <v>774</v>
       </c>
       <c r="B776" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C776" s="10" t="s">
         <v>1556</v>
       </c>
       <c r="D776" s="3" t="s">
         <v>1557</v>
       </c>
       <c r="E776" s="3">
         <v>85.63</v>
       </c>
       <c r="F776" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G776" s="3">
-        <v>76.16</v>
+        <v>58.98</v>
       </c>
       <c r="H776" s="4">
         <v>56.28</v>
       </c>
       <c r="I776" s="1"/>
       <c r="J776" s="1"/>
       <c r="K776" s="1"/>
       <c r="L776" s="1"/>
       <c r="M776" s="1"/>
       <c r="N776" s="1"/>
       <c r="O776" s="1"/>
       <c r="P776" s="1"/>
       <c r="Q776" s="1"/>
       <c r="R776" s="1"/>
       <c r="S776" s="1"/>
       <c r="T776" s="1"/>
       <c r="U776" s="1"/>
       <c r="V776" s="1"/>
       <c r="W776" s="1"/>
     </row>
     <row r="777" spans="1:23">
       <c r="A777" s="3">
         <v>775</v>
       </c>
       <c r="B777" s="3" t="s">
@@ -37233,54 +37233,54 @@
       <c r="Q777" s="1"/>
       <c r="R777" s="1"/>
       <c r="S777" s="1"/>
       <c r="T777" s="1"/>
       <c r="U777" s="1"/>
       <c r="V777" s="1"/>
       <c r="W777" s="1"/>
     </row>
     <row r="778" spans="1:23">
       <c r="A778" s="3">
         <v>776</v>
       </c>
       <c r="B778" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C778" s="10" t="s">
         <v>1560</v>
       </c>
       <c r="D778" s="3" t="s">
         <v>1561</v>
       </c>
       <c r="E778" s="3">
         <v>0</v>
       </c>
       <c r="F778" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G778" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H778" s="4">
         <v>5.03</v>
       </c>
       <c r="I778" s="1"/>
       <c r="J778" s="1"/>
       <c r="K778" s="1"/>
       <c r="L778" s="1"/>
       <c r="M778" s="1"/>
       <c r="N778" s="1"/>
       <c r="O778" s="1"/>
       <c r="P778" s="1"/>
       <c r="Q778" s="1"/>
       <c r="R778" s="1"/>
       <c r="S778" s="1"/>
       <c r="T778" s="1"/>
       <c r="U778" s="1"/>
       <c r="V778" s="1"/>
       <c r="W778" s="1"/>
     </row>
     <row r="779" spans="1:23">
       <c r="A779" s="3">
         <v>777</v>
       </c>
       <c r="B779" s="3" t="s">
@@ -37438,54 +37438,54 @@
       <c r="Q782" s="1"/>
       <c r="R782" s="1"/>
       <c r="S782" s="1"/>
       <c r="T782" s="1"/>
       <c r="U782" s="1"/>
       <c r="V782" s="1"/>
       <c r="W782" s="1"/>
     </row>
     <row r="783" spans="1:23">
       <c r="A783" s="3">
         <v>781</v>
       </c>
       <c r="B783" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C783" s="10" t="s">
         <v>1570</v>
       </c>
       <c r="D783" s="3" t="s">
         <v>1571</v>
       </c>
       <c r="E783" s="3">
         <v>0</v>
       </c>
       <c r="F783" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G783" s="3">
-        <v>0.18</v>
+        <v>16.67</v>
       </c>
       <c r="H783" s="4">
         <v>0</v>
       </c>
       <c r="I783" s="1"/>
       <c r="J783" s="1"/>
       <c r="K783" s="1"/>
       <c r="L783" s="1"/>
       <c r="M783" s="1"/>
       <c r="N783" s="1"/>
       <c r="O783" s="1"/>
       <c r="P783" s="1"/>
       <c r="Q783" s="1"/>
       <c r="R783" s="1"/>
       <c r="S783" s="1"/>
       <c r="T783" s="1"/>
       <c r="U783" s="1"/>
       <c r="V783" s="1"/>
       <c r="W783" s="1"/>
     </row>
     <row r="784" spans="1:23">
       <c r="A784" s="3">
         <v>782</v>
       </c>
       <c r="B784" s="3" t="s">
@@ -37520,95 +37520,95 @@
       <c r="Q784" s="1"/>
       <c r="R784" s="1"/>
       <c r="S784" s="1"/>
       <c r="T784" s="1"/>
       <c r="U784" s="1"/>
       <c r="V784" s="1"/>
       <c r="W784" s="1"/>
     </row>
     <row r="785" spans="1:23">
       <c r="A785" s="3">
         <v>783</v>
       </c>
       <c r="B785" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C785" s="10" t="s">
         <v>1574</v>
       </c>
       <c r="D785" s="3" t="s">
         <v>1575</v>
       </c>
       <c r="E785" s="3">
         <v>0</v>
       </c>
       <c r="F785" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G785" s="3">
-        <v>12.71</v>
+        <v>12.53</v>
       </c>
       <c r="H785" s="4">
         <v>5.04</v>
       </c>
       <c r="I785" s="1"/>
       <c r="J785" s="1"/>
       <c r="K785" s="1"/>
       <c r="L785" s="1"/>
       <c r="M785" s="1"/>
       <c r="N785" s="1"/>
       <c r="O785" s="1"/>
       <c r="P785" s="1"/>
       <c r="Q785" s="1"/>
       <c r="R785" s="1"/>
       <c r="S785" s="1"/>
       <c r="T785" s="1"/>
       <c r="U785" s="1"/>
       <c r="V785" s="1"/>
       <c r="W785" s="1"/>
     </row>
     <row r="786" spans="1:23">
       <c r="A786" s="3">
         <v>784</v>
       </c>
       <c r="B786" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C786" s="10" t="s">
         <v>1576</v>
       </c>
       <c r="D786" s="3" t="s">
         <v>1577</v>
       </c>
       <c r="E786" s="3">
         <v>0</v>
       </c>
       <c r="F786" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G786" s="3">
-        <v>6.89</v>
+        <v>6.68</v>
       </c>
       <c r="H786" s="4">
         <v>5.21</v>
       </c>
       <c r="I786" s="1"/>
       <c r="J786" s="1"/>
       <c r="K786" s="1"/>
       <c r="L786" s="1"/>
       <c r="M786" s="1"/>
       <c r="N786" s="1"/>
       <c r="O786" s="1"/>
       <c r="P786" s="1"/>
       <c r="Q786" s="1"/>
       <c r="R786" s="1"/>
       <c r="S786" s="1"/>
       <c r="T786" s="1"/>
       <c r="U786" s="1"/>
       <c r="V786" s="1"/>
       <c r="W786" s="1"/>
     </row>
     <row r="787" spans="1:23">
       <c r="A787" s="3">
         <v>785</v>
       </c>
       <c r="B787" s="3" t="s">
@@ -37684,54 +37684,54 @@
       <c r="Q788" s="1"/>
       <c r="R788" s="1"/>
       <c r="S788" s="1"/>
       <c r="T788" s="1"/>
       <c r="U788" s="1"/>
       <c r="V788" s="1"/>
       <c r="W788" s="1"/>
     </row>
     <row r="789" spans="1:23">
       <c r="A789" s="3">
         <v>787</v>
       </c>
       <c r="B789" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C789" s="10" t="s">
         <v>1582</v>
       </c>
       <c r="D789" s="3" t="s">
         <v>1583</v>
       </c>
       <c r="E789" s="3">
         <v>161.69</v>
       </c>
       <c r="F789" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G789" s="3">
-        <v>95.16</v>
+        <v>93.34</v>
       </c>
       <c r="H789" s="4">
         <v>59.38</v>
       </c>
       <c r="I789" s="1"/>
       <c r="J789" s="1"/>
       <c r="K789" s="1"/>
       <c r="L789" s="1"/>
       <c r="M789" s="1"/>
       <c r="N789" s="1"/>
       <c r="O789" s="1"/>
       <c r="P789" s="1"/>
       <c r="Q789" s="1"/>
       <c r="R789" s="1"/>
       <c r="S789" s="1"/>
       <c r="T789" s="1"/>
       <c r="U789" s="1"/>
       <c r="V789" s="1"/>
       <c r="W789" s="1"/>
     </row>
     <row r="790" spans="1:23">
       <c r="A790" s="3">
         <v>788</v>
       </c>
       <c r="B790" s="3" t="s">
@@ -37807,95 +37807,95 @@
       <c r="Q791" s="1"/>
       <c r="R791" s="1"/>
       <c r="S791" s="1"/>
       <c r="T791" s="1"/>
       <c r="U791" s="1"/>
       <c r="V791" s="1"/>
       <c r="W791" s="1"/>
     </row>
     <row r="792" spans="1:23">
       <c r="A792" s="3">
         <v>790</v>
       </c>
       <c r="B792" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C792" s="10" t="s">
         <v>1588</v>
       </c>
       <c r="D792" s="3" t="s">
         <v>1589</v>
       </c>
       <c r="E792" s="3">
         <v>0</v>
       </c>
       <c r="F792" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G792" s="3">
-        <v>6.44</v>
+        <v>6.26</v>
       </c>
       <c r="H792" s="4">
         <v>0.18</v>
       </c>
       <c r="I792" s="1"/>
       <c r="J792" s="1"/>
       <c r="K792" s="1"/>
       <c r="L792" s="1"/>
       <c r="M792" s="1"/>
       <c r="N792" s="1"/>
       <c r="O792" s="1"/>
       <c r="P792" s="1"/>
       <c r="Q792" s="1"/>
       <c r="R792" s="1"/>
       <c r="S792" s="1"/>
       <c r="T792" s="1"/>
       <c r="U792" s="1"/>
       <c r="V792" s="1"/>
       <c r="W792" s="1"/>
     </row>
     <row r="793" spans="1:23">
       <c r="A793" s="3">
         <v>791</v>
       </c>
       <c r="B793" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C793" s="10" t="s">
         <v>1590</v>
       </c>
       <c r="D793" s="3" t="s">
         <v>1591</v>
       </c>
       <c r="E793" s="3">
         <v>0</v>
       </c>
       <c r="F793" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G793" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H793" s="4">
         <v>0</v>
       </c>
       <c r="I793" s="1"/>
       <c r="J793" s="1"/>
       <c r="K793" s="1"/>
       <c r="L793" s="1"/>
       <c r="M793" s="1"/>
       <c r="N793" s="1"/>
       <c r="O793" s="1"/>
       <c r="P793" s="1"/>
       <c r="Q793" s="1"/>
       <c r="R793" s="1"/>
       <c r="S793" s="1"/>
       <c r="T793" s="1"/>
       <c r="U793" s="1"/>
       <c r="V793" s="1"/>
       <c r="W793" s="1"/>
     </row>
     <row r="794" spans="1:23">
       <c r="A794" s="3">
         <v>792</v>
       </c>
       <c r="B794" s="3" t="s">
@@ -37971,54 +37971,54 @@
       <c r="Q795" s="1"/>
       <c r="R795" s="1"/>
       <c r="S795" s="1"/>
       <c r="T795" s="1"/>
       <c r="U795" s="1"/>
       <c r="V795" s="1"/>
       <c r="W795" s="1"/>
     </row>
     <row r="796" spans="1:23">
       <c r="A796" s="3">
         <v>794</v>
       </c>
       <c r="B796" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C796" s="10" t="s">
         <v>1596</v>
       </c>
       <c r="D796" s="3" t="s">
         <v>1597</v>
       </c>
       <c r="E796" s="3">
         <v>0</v>
       </c>
       <c r="F796" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G796" s="3">
-        <v>0.18</v>
+        <v>16.68</v>
       </c>
       <c r="H796" s="4">
         <v>0</v>
       </c>
       <c r="I796" s="1"/>
       <c r="J796" s="1"/>
       <c r="K796" s="1"/>
       <c r="L796" s="1"/>
       <c r="M796" s="1"/>
       <c r="N796" s="1"/>
       <c r="O796" s="1"/>
       <c r="P796" s="1"/>
       <c r="Q796" s="1"/>
       <c r="R796" s="1"/>
       <c r="S796" s="1"/>
       <c r="T796" s="1"/>
       <c r="U796" s="1"/>
       <c r="V796" s="1"/>
       <c r="W796" s="1"/>
     </row>
     <row r="797" spans="1:23">
       <c r="A797" s="3">
         <v>795</v>
       </c>
       <c r="B797" s="3" t="s">
@@ -38176,95 +38176,95 @@
       <c r="Q800" s="1"/>
       <c r="R800" s="1"/>
       <c r="S800" s="1"/>
       <c r="T800" s="1"/>
       <c r="U800" s="1"/>
       <c r="V800" s="1"/>
       <c r="W800" s="1"/>
     </row>
     <row r="801" spans="1:23">
       <c r="A801" s="3">
         <v>799</v>
       </c>
       <c r="B801" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C801" s="10" t="s">
         <v>1606</v>
       </c>
       <c r="D801" s="3" t="s">
         <v>1607</v>
       </c>
       <c r="E801" s="3">
         <v>0</v>
       </c>
       <c r="F801" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G801" s="3">
-        <v>6.43</v>
+        <v>6.25</v>
       </c>
       <c r="H801" s="4">
         <v>0.18</v>
       </c>
       <c r="I801" s="1"/>
       <c r="J801" s="1"/>
       <c r="K801" s="1"/>
       <c r="L801" s="1"/>
       <c r="M801" s="1"/>
       <c r="N801" s="1"/>
       <c r="O801" s="1"/>
       <c r="P801" s="1"/>
       <c r="Q801" s="1"/>
       <c r="R801" s="1"/>
       <c r="S801" s="1"/>
       <c r="T801" s="1"/>
       <c r="U801" s="1"/>
       <c r="V801" s="1"/>
       <c r="W801" s="1"/>
     </row>
     <row r="802" spans="1:23">
       <c r="A802" s="3">
         <v>800</v>
       </c>
       <c r="B802" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C802" s="10" t="s">
         <v>1608</v>
       </c>
       <c r="D802" s="3" t="s">
         <v>1609</v>
       </c>
       <c r="E802" s="3">
         <v>745.37</v>
       </c>
       <c r="F802" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G802" s="3">
-        <v>401.98</v>
+        <v>320.95</v>
       </c>
       <c r="H802" s="4">
         <v>303.41</v>
       </c>
       <c r="I802" s="1"/>
       <c r="J802" s="1"/>
       <c r="K802" s="1"/>
       <c r="L802" s="1"/>
       <c r="M802" s="1"/>
       <c r="N802" s="1"/>
       <c r="O802" s="1"/>
       <c r="P802" s="1"/>
       <c r="Q802" s="1"/>
       <c r="R802" s="1"/>
       <c r="S802" s="1"/>
       <c r="T802" s="1"/>
       <c r="U802" s="1"/>
       <c r="V802" s="1"/>
       <c r="W802" s="1"/>
     </row>
     <row r="803" spans="1:23">
       <c r="A803" s="3">
         <v>801</v>
       </c>
       <c r="B803" s="3" t="s">
@@ -38381,95 +38381,95 @@
       <c r="Q805" s="1"/>
       <c r="R805" s="1"/>
       <c r="S805" s="1"/>
       <c r="T805" s="1"/>
       <c r="U805" s="1"/>
       <c r="V805" s="1"/>
       <c r="W805" s="1"/>
     </row>
     <row r="806" spans="1:23">
       <c r="A806" s="3">
         <v>804</v>
       </c>
       <c r="B806" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C806" s="10" t="s">
         <v>1616</v>
       </c>
       <c r="D806" s="3" t="s">
         <v>1617</v>
       </c>
       <c r="E806" s="3">
         <v>0</v>
       </c>
       <c r="F806" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G806" s="3">
-        <v>0.14</v>
+        <v>16.64</v>
       </c>
       <c r="H806" s="4">
         <v>0</v>
       </c>
       <c r="I806" s="1"/>
       <c r="J806" s="1"/>
       <c r="K806" s="1"/>
       <c r="L806" s="1"/>
       <c r="M806" s="1"/>
       <c r="N806" s="1"/>
       <c r="O806" s="1"/>
       <c r="P806" s="1"/>
       <c r="Q806" s="1"/>
       <c r="R806" s="1"/>
       <c r="S806" s="1"/>
       <c r="T806" s="1"/>
       <c r="U806" s="1"/>
       <c r="V806" s="1"/>
       <c r="W806" s="1"/>
     </row>
     <row r="807" spans="1:23">
       <c r="A807" s="3">
         <v>805</v>
       </c>
       <c r="B807" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C807" s="10" t="s">
         <v>1618</v>
       </c>
       <c r="D807" s="3" t="s">
         <v>1619</v>
       </c>
       <c r="E807" s="3">
         <v>0</v>
       </c>
       <c r="F807" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G807" s="3">
-        <v>0</v>
+        <v>99.24</v>
       </c>
       <c r="H807" s="4">
         <v>0</v>
       </c>
       <c r="I807" s="1"/>
       <c r="J807" s="1"/>
       <c r="K807" s="1"/>
       <c r="L807" s="1"/>
       <c r="M807" s="1"/>
       <c r="N807" s="1"/>
       <c r="O807" s="1"/>
       <c r="P807" s="1"/>
       <c r="Q807" s="1"/>
       <c r="R807" s="1"/>
       <c r="S807" s="1"/>
       <c r="T807" s="1"/>
       <c r="U807" s="1"/>
       <c r="V807" s="1"/>
       <c r="W807" s="1"/>
     </row>
     <row r="808" spans="1:23">
       <c r="A808" s="3">
         <v>806</v>
       </c>
       <c r="B808" s="3" t="s">
@@ -38666,95 +38666,95 @@
       <c r="Q812" s="1"/>
       <c r="R812" s="1"/>
       <c r="S812" s="1"/>
       <c r="T812" s="1"/>
       <c r="U812" s="1"/>
       <c r="V812" s="1"/>
       <c r="W812" s="1"/>
     </row>
     <row r="813" spans="1:23">
       <c r="A813" s="3">
         <v>811</v>
       </c>
       <c r="B813" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C813" s="10" t="s">
         <v>1629</v>
       </c>
       <c r="D813" s="3" t="s">
         <v>1630</v>
       </c>
       <c r="E813" s="3">
         <v>0</v>
       </c>
       <c r="F813" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G813" s="3">
-        <v>75.86</v>
+        <v>0</v>
       </c>
       <c r="H813" s="4">
         <v>60.69</v>
       </c>
       <c r="I813" s="1"/>
       <c r="J813" s="1"/>
       <c r="K813" s="1"/>
       <c r="L813" s="1"/>
       <c r="M813" s="1"/>
       <c r="N813" s="1"/>
       <c r="O813" s="1"/>
       <c r="P813" s="1"/>
       <c r="Q813" s="1"/>
       <c r="R813" s="1"/>
       <c r="S813" s="1"/>
       <c r="T813" s="1"/>
       <c r="U813" s="1"/>
       <c r="V813" s="1"/>
       <c r="W813" s="1"/>
     </row>
     <row r="814" spans="1:23">
       <c r="A814" s="3">
         <v>812</v>
       </c>
       <c r="B814" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C814" s="10" t="s">
         <v>1631</v>
       </c>
       <c r="D814" s="3" t="s">
         <v>1632</v>
       </c>
       <c r="E814" s="3">
         <v>0</v>
       </c>
       <c r="F814" s="3">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G814" s="3">
-        <v>381.13</v>
+        <v>203.76</v>
       </c>
       <c r="H814" s="4">
         <v>528.27</v>
       </c>
       <c r="I814" s="1"/>
       <c r="J814" s="1"/>
       <c r="K814" s="1"/>
       <c r="L814" s="1"/>
       <c r="M814" s="1"/>
       <c r="N814" s="1"/>
       <c r="O814" s="1"/>
       <c r="P814" s="1"/>
       <c r="Q814" s="1"/>
       <c r="R814" s="1"/>
       <c r="S814" s="1"/>
       <c r="T814" s="1"/>
       <c r="U814" s="1"/>
       <c r="V814" s="1"/>
       <c r="W814" s="1"/>
     </row>
     <row r="815" spans="1:23">
       <c r="A815" s="3">
         <v>813</v>
       </c>
       <c r="B815" s="3" t="s">
@@ -38994,89 +38994,89 @@
       <c r="Q820" s="1"/>
       <c r="R820" s="1"/>
       <c r="S820" s="1"/>
       <c r="T820" s="1"/>
       <c r="U820" s="1"/>
       <c r="V820" s="1"/>
       <c r="W820" s="1"/>
     </row>
     <row r="821" spans="1:23">
       <c r="A821" s="3">
         <v>819</v>
       </c>
       <c r="B821" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C821" s="10" t="s">
         <v>1645</v>
       </c>
       <c r="D821" s="3" t="s">
         <v>1646</v>
       </c>
       <c r="E821" s="3">
         <v>0</v>
       </c>
       <c r="F821" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G821" s="3">
-        <v>11.84</v>
+        <v>6.96</v>
       </c>
       <c r="H821" s="4">
         <v>6.96</v>
       </c>
       <c r="I821" s="1"/>
       <c r="J821" s="1"/>
       <c r="K821" s="1"/>
       <c r="L821" s="1"/>
       <c r="M821" s="1"/>
       <c r="N821" s="1"/>
       <c r="O821" s="1"/>
       <c r="P821" s="1"/>
       <c r="Q821" s="1"/>
       <c r="R821" s="1"/>
       <c r="S821" s="1"/>
       <c r="T821" s="1"/>
       <c r="U821" s="1"/>
       <c r="V821" s="1"/>
       <c r="W821" s="1"/>
     </row>
     <row r="822" spans="1:23">
       <c r="A822" s="7" t="s">
         <v>1647</v>
       </c>
       <c r="B822" s="7"/>
       <c r="C822" s="11"/>
       <c r="D822" s="7"/>
       <c r="E822" s="7">
         <v>398565.79</v>
       </c>
       <c r="F822" s="7">
         <v>0</v>
       </c>
       <c r="G822" s="7">
-        <v>327569.56</v>
+        <v>313190.49</v>
       </c>
       <c r="H822" s="8">
         <v>149565.59</v>
       </c>
       <c r="I822" s="1"/>
       <c r="J822" s="1"/>
       <c r="K822" s="1"/>
       <c r="L822" s="1"/>
       <c r="M822" s="1"/>
       <c r="N822" s="1"/>
       <c r="O822" s="1"/>
       <c r="P822" s="1"/>
       <c r="Q822" s="1"/>
       <c r="R822" s="1"/>
       <c r="S822" s="1"/>
       <c r="T822" s="1"/>
       <c r="U822" s="1"/>
       <c r="V822" s="1"/>
       <c r="W822" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A822:D822"/>