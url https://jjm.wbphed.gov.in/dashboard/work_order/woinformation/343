--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -6538,51 +6538,51 @@
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="3">
         <v>272.76</v>
       </c>
       <c r="F9" s="3">
         <v>37</v>
       </c>
       <c r="G9" s="3">
-        <v>235.16</v>
+        <v>236.19</v>
       </c>
       <c r="H9" s="4">
         <v>194.91</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
@@ -6740,54 +6740,54 @@
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="3">
         <v>208.29</v>
       </c>
       <c r="F14" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G14" s="3">
-        <v>86.97</v>
+        <v>80.8</v>
       </c>
       <c r="H14" s="4">
         <v>57.32</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
@@ -6904,54 +6904,54 @@
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="3">
         <v>106.53</v>
       </c>
       <c r="F18" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G18" s="3">
-        <v>94.63</v>
+        <v>81.91</v>
       </c>
       <c r="H18" s="4">
         <v>75.95</v>
       </c>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
@@ -7273,95 +7273,95 @@
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>59</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="3">
         <v>1160.08</v>
       </c>
       <c r="F27" s="3">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3">
-        <v>990.25</v>
+        <v>958.85</v>
       </c>
       <c r="H27" s="4">
         <v>641.35</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>61</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="E28" s="3">
         <v>467.26</v>
       </c>
       <c r="F28" s="3">
         <v>16</v>
       </c>
       <c r="G28" s="3">
-        <v>274.98</v>
+        <v>262.72</v>
       </c>
       <c r="H28" s="4">
         <v>189.92</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
@@ -7440,92 +7440,92 @@
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>67</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E31" s="3">
         <v>1068.69</v>
       </c>
       <c r="F31" s="3">
         <v>15</v>
       </c>
       <c r="G31" s="3">
-        <v>1341.08</v>
+        <v>1372.81</v>
       </c>
       <c r="H31" s="4">
         <v>884.26</v>
       </c>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E32" s="3">
         <v>389.9</v>
       </c>
       <c r="F32" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" s="3">
-        <v>359.53</v>
+        <v>349.99</v>
       </c>
       <c r="H32" s="4">
         <v>116.65</v>
       </c>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
@@ -7560,54 +7560,54 @@
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>73</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E34" s="3">
         <v>792.98</v>
       </c>
       <c r="F34" s="3">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G34" s="3">
-        <v>718.42</v>
+        <v>709.16</v>
       </c>
       <c r="H34" s="4">
         <v>648.77</v>
       </c>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
@@ -7642,54 +7642,54 @@
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>77</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E36" s="3">
         <v>486.27</v>
       </c>
       <c r="F36" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G36" s="3">
-        <v>465.44</v>
+        <v>449.59</v>
       </c>
       <c r="H36" s="4">
         <v>183.33</v>
       </c>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
@@ -7724,54 +7724,54 @@
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>81</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="E38" s="3">
         <v>660.2</v>
       </c>
       <c r="F38" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G38" s="3">
-        <v>591.59</v>
+        <v>589.79</v>
       </c>
       <c r="H38" s="4">
         <v>223.26</v>
       </c>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
@@ -7806,259 +7806,259 @@
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>85</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E40" s="3">
         <v>511.47</v>
       </c>
       <c r="F40" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G40" s="3">
-        <v>355.2</v>
+        <v>350.5</v>
       </c>
       <c r="H40" s="4">
         <v>215.79</v>
       </c>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>87</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E41" s="3">
         <v>883.61</v>
       </c>
       <c r="F41" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G41" s="3">
-        <v>570.23</v>
+        <v>549.99</v>
       </c>
       <c r="H41" s="4">
         <v>360.83</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>89</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="E42" s="3">
         <v>999.02</v>
       </c>
       <c r="F42" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G42" s="3">
-        <v>655.37</v>
+        <v>654.98</v>
       </c>
       <c r="H42" s="4">
         <v>211.37</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>91</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E43" s="3">
         <v>662.57</v>
       </c>
       <c r="F43" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G43" s="3">
-        <v>596.22</v>
+        <v>577.21</v>
       </c>
       <c r="H43" s="4">
         <v>282.52</v>
       </c>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>93</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="E44" s="3">
         <v>464.19</v>
       </c>
       <c r="F44" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G44" s="3">
-        <v>278.72</v>
+        <v>262.13</v>
       </c>
       <c r="H44" s="4">
         <v>150.07</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>95</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E45" s="3">
         <v>941.69</v>
       </c>
       <c r="F45" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G45" s="3">
-        <v>662.16</v>
+        <v>660.98</v>
       </c>
       <c r="H45" s="4">
         <v>211.15</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
@@ -8093,95 +8093,95 @@
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="E47" s="3">
         <v>547.06</v>
       </c>
       <c r="F47" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G47" s="3">
-        <v>486.17</v>
+        <v>463.43</v>
       </c>
       <c r="H47" s="4">
         <v>270.13</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>101</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="E48" s="3">
         <v>803.64</v>
       </c>
       <c r="F48" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G48" s="3">
-        <v>577.78</v>
+        <v>575.38</v>
       </c>
       <c r="H48" s="4">
         <v>257.24</v>
       </c>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
@@ -8257,54 +8257,54 @@
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>107</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E51" s="3">
         <v>53.09</v>
       </c>
       <c r="F51" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G51" s="3">
-        <v>77.09</v>
+        <v>68.62</v>
       </c>
       <c r="H51" s="4">
         <v>51.7</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
@@ -8380,95 +8380,95 @@
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>113</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="3">
         <v>746.69</v>
       </c>
       <c r="F54" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G54" s="3">
-        <v>682.16</v>
+        <v>665.6</v>
       </c>
       <c r="H54" s="4">
         <v>209.37</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>115</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="E55" s="3">
         <v>707.69</v>
       </c>
       <c r="F55" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G55" s="3">
-        <v>659.54</v>
+        <v>654.84</v>
       </c>
       <c r="H55" s="4">
         <v>226.24</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
@@ -8503,54 +8503,54 @@
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>119</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E57" s="3">
         <v>737.38</v>
       </c>
       <c r="F57" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G57" s="3">
-        <v>588.36</v>
+        <v>580.44</v>
       </c>
       <c r="H57" s="4">
         <v>130.08</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
@@ -8626,54 +8626,54 @@
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="E60" s="3">
         <v>641.48</v>
       </c>
       <c r="F60" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G60" s="3">
-        <v>535</v>
+        <v>531.69</v>
       </c>
       <c r="H60" s="4">
         <v>91.42</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
@@ -8708,136 +8708,136 @@
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>129</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="E62" s="3">
         <v>966.64</v>
       </c>
       <c r="F62" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G62" s="3">
-        <v>838.99</v>
+        <v>838.11</v>
       </c>
       <c r="H62" s="4">
         <v>214.85</v>
       </c>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>131</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="E63" s="3">
         <v>888.31</v>
       </c>
       <c r="F63" s="3">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G63" s="3">
-        <v>726.02</v>
+        <v>686.61</v>
       </c>
       <c r="H63" s="4">
         <v>79.42</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>133</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E64" s="3">
         <v>850.59</v>
       </c>
       <c r="F64" s="3">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G64" s="3">
-        <v>606.38</v>
+        <v>603.86</v>
       </c>
       <c r="H64" s="4">
         <v>207.17</v>
       </c>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
@@ -8913,95 +8913,95 @@
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>139</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="E67" s="3">
         <v>519.75</v>
       </c>
       <c r="F67" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G67" s="3">
-        <v>473.78</v>
+        <v>459.1</v>
       </c>
       <c r="H67" s="4">
         <v>152.65</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>141</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="E68" s="3">
         <v>1677.64</v>
       </c>
       <c r="F68" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G68" s="3">
-        <v>1446.77</v>
+        <v>1360.82</v>
       </c>
       <c r="H68" s="4">
         <v>106.66</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
@@ -9036,136 +9036,136 @@
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>145</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E70" s="3">
         <v>259.99</v>
       </c>
       <c r="F70" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G70" s="3">
-        <v>207.71</v>
+        <v>204.67</v>
       </c>
       <c r="H70" s="4">
         <v>76.25</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>147</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E71" s="3">
         <v>763.97</v>
       </c>
       <c r="F71" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G71" s="3">
-        <v>497.91</v>
+        <v>480.79</v>
       </c>
       <c r="H71" s="4">
         <v>320.97</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>149</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="E72" s="3">
         <v>983.49</v>
       </c>
       <c r="F72" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G72" s="3">
-        <v>760.77</v>
+        <v>595.37</v>
       </c>
       <c r="H72" s="4">
         <v>260.29</v>
       </c>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
@@ -9200,54 +9200,54 @@
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>153</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="E74" s="3">
         <v>1485.87</v>
       </c>
       <c r="F74" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G74" s="3">
-        <v>1067.31</v>
+        <v>1049.24</v>
       </c>
       <c r="H74" s="4">
         <v>116.3</v>
       </c>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
@@ -9285,51 +9285,51 @@
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>157</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="E76" s="3">
         <v>109.97</v>
       </c>
       <c r="F76" s="3">
         <v>8</v>
       </c>
       <c r="G76" s="3">
-        <v>107.64</v>
+        <v>112.56</v>
       </c>
       <c r="H76" s="4">
         <v>7.3</v>
       </c>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
@@ -9367,92 +9367,92 @@
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="E78" s="3">
         <v>147.31</v>
       </c>
       <c r="F78" s="3">
         <v>11</v>
       </c>
       <c r="G78" s="3">
-        <v>132.51</v>
+        <v>133.74</v>
       </c>
       <c r="H78" s="4">
         <v>106.36</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>163</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="E79" s="3">
         <v>494.87</v>
       </c>
       <c r="F79" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G79" s="3">
-        <v>307.2</v>
+        <v>281.91</v>
       </c>
       <c r="H79" s="4">
         <v>181.3</v>
       </c>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
@@ -9490,51 +9490,51 @@
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>167</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="E81" s="3">
         <v>1279.51</v>
       </c>
       <c r="F81" s="3">
         <v>11</v>
       </c>
       <c r="G81" s="3">
-        <v>1025.24</v>
+        <v>1026.17</v>
       </c>
       <c r="H81" s="4">
         <v>181.21</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
@@ -9651,54 +9651,54 @@
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>175</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="E85" s="3">
         <v>876.71</v>
       </c>
       <c r="F85" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G85" s="3">
-        <v>756.42</v>
+        <v>755.52</v>
       </c>
       <c r="H85" s="4">
         <v>327.7</v>
       </c>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
@@ -9733,95 +9733,95 @@
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>179</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="E87" s="3">
         <v>1247.95</v>
       </c>
       <c r="F87" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G87" s="3">
-        <v>1242.59</v>
+        <v>1224.69</v>
       </c>
       <c r="H87" s="4">
         <v>757.16</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E88" s="3">
         <v>498.45</v>
       </c>
       <c r="F88" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G88" s="3">
-        <v>273.86</v>
+        <v>272.98</v>
       </c>
       <c r="H88" s="4">
         <v>152.76</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
@@ -9856,95 +9856,95 @@
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E90" s="3">
         <v>944.81</v>
       </c>
       <c r="F90" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G90" s="3">
-        <v>433.16</v>
+        <v>423.69</v>
       </c>
       <c r="H90" s="4">
         <v>73.18</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E91" s="3">
         <v>439.92</v>
       </c>
       <c r="F91" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G91" s="3">
-        <v>271.66</v>
+        <v>270.75</v>
       </c>
       <c r="H91" s="4">
         <v>45.53</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
@@ -9979,177 +9979,177 @@
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>191</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="E93" s="3">
         <v>145.09</v>
       </c>
       <c r="F93" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G93" s="3">
-        <v>126.79</v>
+        <v>108.14</v>
       </c>
       <c r="H93" s="4">
         <v>40.8</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>193</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="E94" s="3">
         <v>522.52</v>
       </c>
       <c r="F94" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G94" s="3">
-        <v>322.64</v>
+        <v>314.76</v>
       </c>
       <c r="H94" s="4">
         <v>155.37</v>
       </c>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E95" s="3">
         <v>922.56</v>
       </c>
       <c r="F95" s="3">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G95" s="3">
-        <v>744.26</v>
+        <v>732.99</v>
       </c>
       <c r="H95" s="4">
         <v>423.41</v>
       </c>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>197</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E96" s="3">
         <v>825.04</v>
       </c>
       <c r="F96" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G96" s="3">
-        <v>547.04</v>
+        <v>517.02</v>
       </c>
       <c r="H96" s="4">
         <v>156.44</v>
       </c>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
@@ -10184,54 +10184,54 @@
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>201</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E98" s="3">
         <v>233.48</v>
       </c>
       <c r="F98" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G98" s="3">
-        <v>208.84</v>
+        <v>159.39</v>
       </c>
       <c r="H98" s="4">
         <v>54.14</v>
       </c>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
@@ -10307,95 +10307,95 @@
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>207</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E101" s="3">
         <v>746.86</v>
       </c>
       <c r="F101" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G101" s="3">
-        <v>225.52</v>
+        <v>213.61</v>
       </c>
       <c r="H101" s="4">
         <v>157.44</v>
       </c>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>209</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="E102" s="3">
         <v>637.52</v>
       </c>
       <c r="F102" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G102" s="3">
-        <v>652.45</v>
+        <v>650.56</v>
       </c>
       <c r="H102" s="4">
         <v>581.22</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
@@ -10430,95 +10430,95 @@
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E104" s="3">
         <v>1245.72</v>
       </c>
       <c r="F104" s="3">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G104" s="3">
-        <v>1092.28</v>
+        <v>1087.89</v>
       </c>
       <c r="H104" s="4">
         <v>517.57</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>215</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E105" s="3">
         <v>123.14</v>
       </c>
       <c r="F105" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G105" s="3">
-        <v>70.46</v>
+        <v>72.93</v>
       </c>
       <c r="H105" s="4">
         <v>57.94</v>
       </c>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
@@ -10597,174 +10597,174 @@
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>222</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>223</v>
       </c>
       <c r="E108" s="3">
         <v>76.27</v>
       </c>
       <c r="F108" s="3">
         <v>8</v>
       </c>
       <c r="G108" s="3">
-        <v>79.79</v>
+        <v>84.46</v>
       </c>
       <c r="H108" s="4">
         <v>66.49</v>
       </c>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>224</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>225</v>
       </c>
       <c r="E109" s="3">
         <v>1238.15</v>
       </c>
       <c r="F109" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G109" s="3">
-        <v>819.72</v>
+        <v>820.36</v>
       </c>
       <c r="H109" s="4">
         <v>437.57</v>
       </c>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>226</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>227</v>
       </c>
       <c r="E110" s="3">
         <v>1677.13</v>
       </c>
       <c r="F110" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G110" s="3">
-        <v>1156.54</v>
+        <v>1133.46</v>
       </c>
       <c r="H110" s="4">
         <v>211.28</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>228</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>229</v>
       </c>
       <c r="E111" s="3">
         <v>1300.88</v>
       </c>
       <c r="F111" s="3">
         <v>29</v>
       </c>
       <c r="G111" s="3">
-        <v>1235.48</v>
+        <v>1243.15</v>
       </c>
       <c r="H111" s="4">
         <v>738.88</v>
       </c>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
@@ -10840,54 +10840,54 @@
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>234</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>235</v>
       </c>
       <c r="E114" s="3">
         <v>58.55</v>
       </c>
       <c r="F114" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G114" s="3">
-        <v>32.63</v>
+        <v>30.32</v>
       </c>
       <c r="H114" s="4">
         <v>28.38</v>
       </c>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
@@ -11048,51 +11048,51 @@
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>244</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>245</v>
       </c>
       <c r="E119" s="3">
         <v>94.56</v>
       </c>
       <c r="F119" s="3">
         <v>3</v>
       </c>
       <c r="G119" s="3">
-        <v>94.56</v>
+        <v>94.68</v>
       </c>
       <c r="H119" s="4">
         <v>164.75</v>
       </c>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
@@ -11376,51 +11376,51 @@
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>260</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E127" s="3">
         <v>0</v>
       </c>
       <c r="F127" s="3">
         <v>16</v>
       </c>
       <c r="G127" s="3">
-        <v>749.44</v>
+        <v>782.33</v>
       </c>
       <c r="H127" s="4">
         <v>891.16</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
@@ -11660,54 +11660,54 @@
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>274</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>275</v>
       </c>
       <c r="E134" s="3">
         <v>450.06</v>
       </c>
       <c r="F134" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G134" s="3">
-        <v>287.33</v>
+        <v>253.57</v>
       </c>
       <c r="H134" s="4">
         <v>182.31</v>
       </c>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
@@ -11783,54 +11783,54 @@
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>280</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>281</v>
       </c>
       <c r="E137" s="3">
         <v>922.96</v>
       </c>
       <c r="F137" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G137" s="3">
-        <v>556.14</v>
+        <v>555.62</v>
       </c>
       <c r="H137" s="4">
         <v>274.65</v>
       </c>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
@@ -11947,95 +11947,95 @@
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>288</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E141" s="3">
         <v>466.33</v>
       </c>
       <c r="F141" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G141" s="3">
-        <v>341.58</v>
+        <v>331.37</v>
       </c>
       <c r="H141" s="4">
         <v>147.1</v>
       </c>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>290</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>291</v>
       </c>
       <c r="E142" s="3">
         <v>244.81</v>
       </c>
       <c r="F142" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G142" s="3">
-        <v>181.47</v>
+        <v>181.18</v>
       </c>
       <c r="H142" s="4">
         <v>95.83</v>
       </c>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
@@ -12155,215 +12155,215 @@
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>298</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>299</v>
       </c>
       <c r="E146" s="3">
         <v>864.51</v>
       </c>
       <c r="F146" s="3">
         <v>15</v>
       </c>
       <c r="G146" s="3">
-        <v>627.93</v>
+        <v>629.31</v>
       </c>
       <c r="H146" s="4">
         <v>330.77</v>
       </c>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>300</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>301</v>
       </c>
       <c r="E147" s="3">
         <v>455.48</v>
       </c>
       <c r="F147" s="3">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G147" s="3">
-        <v>410.93</v>
+        <v>412.4</v>
       </c>
       <c r="H147" s="4">
         <v>151.83</v>
       </c>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>302</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>303</v>
       </c>
       <c r="E148" s="3">
         <v>677.84</v>
       </c>
       <c r="F148" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G148" s="3">
-        <v>643.84</v>
+        <v>633.13</v>
       </c>
       <c r="H148" s="4">
         <v>228.29</v>
       </c>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>304</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>305</v>
       </c>
       <c r="E149" s="3">
         <v>428.95</v>
       </c>
       <c r="F149" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G149" s="3">
-        <v>374.35</v>
+        <v>356.2</v>
       </c>
       <c r="H149" s="4">
         <v>131.35</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>306</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>307</v>
       </c>
       <c r="E150" s="3">
         <v>614.26</v>
       </c>
       <c r="F150" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G150" s="3">
-        <v>487.37</v>
+        <v>441.14</v>
       </c>
       <c r="H150" s="4">
         <v>177.04</v>
       </c>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
@@ -12480,95 +12480,95 @@
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>314</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>315</v>
       </c>
       <c r="E154" s="3">
         <v>131.88</v>
       </c>
       <c r="F154" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G154" s="3">
-        <v>131.88</v>
+        <v>46.78</v>
       </c>
       <c r="H154" s="4">
         <v>117.39</v>
       </c>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>316</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>317</v>
       </c>
       <c r="E155" s="3">
         <v>63.13</v>
       </c>
       <c r="F155" s="3">
         <v>4</v>
       </c>
       <c r="G155" s="3">
-        <v>61.32</v>
+        <v>67.21</v>
       </c>
       <c r="H155" s="4">
         <v>56.38</v>
       </c>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
@@ -12726,136 +12726,136 @@
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>326</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>327</v>
       </c>
       <c r="E160" s="3">
         <v>924.59</v>
       </c>
       <c r="F160" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G160" s="3">
-        <v>765.84</v>
+        <v>606.2</v>
       </c>
       <c r="H160" s="4">
         <v>451.18</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C161" s="10" t="s">
         <v>328</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>329</v>
       </c>
       <c r="E161" s="3">
         <v>717.38</v>
       </c>
       <c r="F161" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G161" s="3">
-        <v>372.07</v>
+        <v>328.95</v>
       </c>
       <c r="H161" s="4">
         <v>108.78</v>
       </c>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>330</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>331</v>
       </c>
       <c r="E162" s="3">
         <v>329.74</v>
       </c>
       <c r="F162" s="3">
         <v>10</v>
       </c>
       <c r="G162" s="3">
-        <v>287.58</v>
+        <v>287.63</v>
       </c>
       <c r="H162" s="4">
         <v>128.31</v>
       </c>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
@@ -12931,54 +12931,54 @@
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>336</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>337</v>
       </c>
       <c r="E165" s="3">
         <v>449.63</v>
       </c>
       <c r="F165" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G165" s="3">
-        <v>401.97</v>
+        <v>396.75</v>
       </c>
       <c r="H165" s="4">
         <v>121.81</v>
       </c>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
@@ -13013,136 +13013,136 @@
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>340</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>341</v>
       </c>
       <c r="E167" s="3">
         <v>853.87</v>
       </c>
       <c r="F167" s="3">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G167" s="3">
-        <v>715.71</v>
+        <v>710.87</v>
       </c>
       <c r="H167" s="4">
         <v>222.4</v>
       </c>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>342</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>343</v>
       </c>
       <c r="E168" s="3">
         <v>523.48</v>
       </c>
       <c r="F168" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G168" s="3">
-        <v>479.09</v>
+        <v>480.19</v>
       </c>
       <c r="H168" s="4">
         <v>250.84</v>
       </c>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C169" s="10" t="s">
         <v>344</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>345</v>
       </c>
       <c r="E169" s="3">
         <v>1034.92</v>
       </c>
       <c r="F169" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G169" s="3">
-        <v>808.44</v>
+        <v>746.13</v>
       </c>
       <c r="H169" s="4">
         <v>503.61</v>
       </c>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
@@ -13218,177 +13218,177 @@
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>350</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>351</v>
       </c>
       <c r="E172" s="3">
         <v>421.46</v>
       </c>
       <c r="F172" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G172" s="3">
-        <v>258.85</v>
+        <v>260.34</v>
       </c>
       <c r="H172" s="4">
         <v>118.16</v>
       </c>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>352</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>353</v>
       </c>
       <c r="E173" s="3">
         <v>944.81</v>
       </c>
       <c r="F173" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G173" s="3">
-        <v>645.15</v>
+        <v>640.27</v>
       </c>
       <c r="H173" s="4">
         <v>100.49</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C174" s="10" t="s">
         <v>354</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>355</v>
       </c>
       <c r="E174" s="3">
         <v>2446.13</v>
       </c>
       <c r="F174" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G174" s="3">
-        <v>1756.84</v>
+        <v>1745.2</v>
       </c>
       <c r="H174" s="4">
         <v>707.38</v>
       </c>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>356</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>357</v>
       </c>
       <c r="E175" s="3">
         <v>1446.08</v>
       </c>
       <c r="F175" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G175" s="3">
-        <v>791.22</v>
+        <v>786.32</v>
       </c>
       <c r="H175" s="4">
         <v>267.6</v>
       </c>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
@@ -13423,177 +13423,177 @@
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>360</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>361</v>
       </c>
       <c r="E177" s="3">
         <v>585.02</v>
       </c>
       <c r="F177" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G177" s="3">
-        <v>683.33</v>
+        <v>684.95</v>
       </c>
       <c r="H177" s="4">
         <v>272</v>
       </c>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>362</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>363</v>
       </c>
       <c r="E178" s="3">
         <v>1015.67</v>
       </c>
       <c r="F178" s="3">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G178" s="3">
-        <v>921.61</v>
+        <v>912.71</v>
       </c>
       <c r="H178" s="4">
         <v>414.41</v>
       </c>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>364</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>365</v>
       </c>
       <c r="E179" s="3">
         <v>1593.85</v>
       </c>
       <c r="F179" s="3">
         <v>12</v>
       </c>
       <c r="G179" s="3">
-        <v>1437.81</v>
+        <v>1438.4</v>
       </c>
       <c r="H179" s="4">
         <v>724.29</v>
       </c>
       <c r="I179" s="1"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>367</v>
       </c>
       <c r="E180" s="3">
         <v>216.4</v>
       </c>
       <c r="F180" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G180" s="3">
-        <v>152.93</v>
+        <v>126.64</v>
       </c>
       <c r="H180" s="4">
         <v>30.63</v>
       </c>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
@@ -13751,300 +13751,300 @@
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C185" s="10" t="s">
         <v>376</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>377</v>
       </c>
       <c r="E185" s="3">
         <v>476.26</v>
       </c>
       <c r="F185" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G185" s="3">
-        <v>421.87</v>
+        <v>416.76</v>
       </c>
       <c r="H185" s="4">
         <v>235.44</v>
       </c>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C186" s="10" t="s">
         <v>378</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>379</v>
       </c>
       <c r="E186" s="3">
         <v>469.57</v>
       </c>
       <c r="F186" s="3">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="G186" s="3">
-        <v>305.94</v>
+        <v>250.21</v>
       </c>
       <c r="H186" s="4">
         <v>60.88</v>
       </c>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>380</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>381</v>
       </c>
       <c r="E187" s="3">
         <v>792.87</v>
       </c>
       <c r="F187" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G187" s="3">
-        <v>555.45</v>
+        <v>527.42</v>
       </c>
       <c r="H187" s="4">
         <v>294.42</v>
       </c>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C188" s="10" t="s">
         <v>382</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>383</v>
       </c>
       <c r="E188" s="3">
         <v>607.14</v>
       </c>
       <c r="F188" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G188" s="3">
-        <v>626.25</v>
+        <v>590.48</v>
       </c>
       <c r="H188" s="4">
         <v>234.66</v>
       </c>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C189" s="10" t="s">
         <v>384</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E189" s="3">
         <v>723.29</v>
       </c>
       <c r="F189" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G189" s="3">
-        <v>518.56</v>
+        <v>484.34</v>
       </c>
       <c r="H189" s="4">
         <v>300.16</v>
       </c>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C190" s="10" t="s">
         <v>386</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>387</v>
       </c>
       <c r="E190" s="3">
         <v>715.27</v>
       </c>
       <c r="F190" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G190" s="3">
-        <v>625.51</v>
+        <v>579.55</v>
       </c>
       <c r="H190" s="4">
         <v>387.64</v>
       </c>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C191" s="10" t="s">
         <v>388</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>389</v>
       </c>
       <c r="E191" s="3">
         <v>840.39</v>
       </c>
       <c r="F191" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G191" s="3">
-        <v>706.3</v>
+        <v>705.82</v>
       </c>
       <c r="H191" s="4">
         <v>210.41</v>
       </c>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
@@ -14079,177 +14079,177 @@
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>392</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>393</v>
       </c>
       <c r="E193" s="3">
         <v>691.26</v>
       </c>
       <c r="F193" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G193" s="3">
-        <v>673.68</v>
+        <v>670.29</v>
       </c>
       <c r="H193" s="4">
         <v>150.51</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C194" s="10" t="s">
         <v>394</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>395</v>
       </c>
       <c r="E194" s="3">
         <v>633.36</v>
       </c>
       <c r="F194" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G194" s="3">
-        <v>390.33</v>
+        <v>389.45</v>
       </c>
       <c r="H194" s="4">
         <v>255.43</v>
       </c>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>396</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>397</v>
       </c>
       <c r="E195" s="3">
         <v>2068.02</v>
       </c>
       <c r="F195" s="3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G195" s="3">
-        <v>1678.77</v>
+        <v>1680.35</v>
       </c>
       <c r="H195" s="4">
         <v>114.41</v>
       </c>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C196" s="10" t="s">
         <v>398</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>399</v>
       </c>
       <c r="E196" s="3">
         <v>843.18</v>
       </c>
       <c r="F196" s="3">
         <v>17</v>
       </c>
       <c r="G196" s="3">
-        <v>683.01</v>
+        <v>685.19</v>
       </c>
       <c r="H196" s="4">
         <v>304.04</v>
       </c>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
@@ -14284,95 +14284,95 @@
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="10" t="s">
         <v>402</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E198" s="3">
         <v>738.38</v>
       </c>
       <c r="F198" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G198" s="3">
-        <v>627.86</v>
+        <v>627.38</v>
       </c>
       <c r="H198" s="4">
         <v>261.9</v>
       </c>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="10" t="s">
         <v>404</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>405</v>
       </c>
       <c r="E199" s="3">
         <v>2134.57</v>
       </c>
       <c r="F199" s="3">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G199" s="3">
-        <v>1362.47</v>
+        <v>1254.83</v>
       </c>
       <c r="H199" s="4">
         <v>472.72</v>
       </c>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
@@ -14448,95 +14448,95 @@
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C202" s="10" t="s">
         <v>410</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>411</v>
       </c>
       <c r="E202" s="3">
         <v>1210.86</v>
       </c>
       <c r="F202" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G202" s="3">
-        <v>1185.55</v>
+        <v>1166.74</v>
       </c>
       <c r="H202" s="4">
         <v>283.34</v>
       </c>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>412</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>413</v>
       </c>
       <c r="E203" s="3">
         <v>939.52</v>
       </c>
       <c r="F203" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G203" s="3">
-        <v>649.02</v>
+        <v>627.53</v>
       </c>
       <c r="H203" s="4">
         <v>343.37</v>
       </c>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
@@ -14653,54 +14653,54 @@
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C207" s="10" t="s">
         <v>420</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E207" s="3">
         <v>1377.33</v>
       </c>
       <c r="F207" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G207" s="3">
-        <v>1123.61</v>
+        <v>1062.19</v>
       </c>
       <c r="H207" s="4">
         <v>466.15</v>
       </c>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
@@ -14776,177 +14776,177 @@
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>426</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>427</v>
       </c>
       <c r="E210" s="3">
         <v>292.37</v>
       </c>
       <c r="F210" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G210" s="3">
-        <v>180.41</v>
+        <v>179.66</v>
       </c>
       <c r="H210" s="4">
         <v>179.66</v>
       </c>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>428</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>429</v>
       </c>
       <c r="E211" s="3">
         <v>1442.59</v>
       </c>
       <c r="F211" s="3">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G211" s="3">
-        <v>867.52</v>
+        <v>841.6</v>
       </c>
       <c r="H211" s="4">
         <v>337.56</v>
       </c>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C212" s="10" t="s">
         <v>430</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>431</v>
       </c>
       <c r="E212" s="3">
         <v>1193.59</v>
       </c>
       <c r="F212" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G212" s="3">
-        <v>678.74</v>
+        <v>646.57</v>
       </c>
       <c r="H212" s="4">
         <v>147.03</v>
       </c>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E213" s="3">
         <v>1828.53</v>
       </c>
       <c r="F213" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G213" s="3">
-        <v>1429.57</v>
+        <v>1421.54</v>
       </c>
       <c r="H213" s="4">
         <v>797.55</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
@@ -15391,95 +15391,95 @@
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C225" s="10" t="s">
         <v>456</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>457</v>
       </c>
       <c r="E225" s="3">
         <v>383.9</v>
       </c>
       <c r="F225" s="3">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G225" s="3">
-        <v>213.53</v>
+        <v>160.81</v>
       </c>
       <c r="H225" s="4">
         <v>153</v>
       </c>
       <c r="I225" s="1"/>
       <c r="J225" s="1"/>
       <c r="K225" s="1"/>
       <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>458</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>459</v>
       </c>
       <c r="E226" s="3">
         <v>213.05</v>
       </c>
       <c r="F226" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G226" s="3">
-        <v>53.01</v>
+        <v>52.69</v>
       </c>
       <c r="H226" s="4">
         <v>50.51</v>
       </c>
       <c r="I226" s="1"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
@@ -15514,95 +15514,95 @@
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="10" t="s">
         <v>462</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>463</v>
       </c>
       <c r="E228" s="3">
         <v>121.55</v>
       </c>
       <c r="F228" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G228" s="3">
-        <v>45.26</v>
+        <v>32.3</v>
       </c>
       <c r="H228" s="4">
         <v>32.3</v>
       </c>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>464</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>465</v>
       </c>
       <c r="E229" s="3">
         <v>111.49</v>
       </c>
       <c r="F229" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G229" s="3">
-        <v>98.17</v>
+        <v>97.69</v>
       </c>
       <c r="H229" s="4">
         <v>88.74</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
@@ -16006,54 +16006,54 @@
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C240" s="10" t="s">
         <v>486</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>487</v>
       </c>
       <c r="E240" s="3">
         <v>480.88</v>
       </c>
       <c r="F240" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G240" s="3">
-        <v>269.63</v>
+        <v>292.08</v>
       </c>
       <c r="H240" s="4">
         <v>175.13</v>
       </c>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
@@ -16129,54 +16129,54 @@
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C243" s="10" t="s">
         <v>492</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>493</v>
       </c>
       <c r="E243" s="3">
         <v>873.29</v>
       </c>
       <c r="F243" s="3">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G243" s="3">
-        <v>618.15</v>
+        <v>620.46</v>
       </c>
       <c r="H243" s="4">
         <v>325.6</v>
       </c>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
@@ -16211,136 +16211,136 @@
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C245" s="10" t="s">
         <v>496</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>497</v>
       </c>
       <c r="E245" s="3">
         <v>822.67</v>
       </c>
       <c r="F245" s="3">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G245" s="3">
-        <v>749.19</v>
+        <v>703.77</v>
       </c>
       <c r="H245" s="4">
         <v>312.31</v>
       </c>
       <c r="I245" s="1"/>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>498</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E246" s="3">
         <v>811.97</v>
       </c>
       <c r="F246" s="3">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G246" s="3">
-        <v>577.39</v>
+        <v>573.46</v>
       </c>
       <c r="H246" s="4">
         <v>293.26</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C247" s="10" t="s">
         <v>500</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>501</v>
       </c>
       <c r="E247" s="3">
         <v>603.94</v>
       </c>
       <c r="F247" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G247" s="3">
-        <v>527.24</v>
+        <v>526.64</v>
       </c>
       <c r="H247" s="4">
         <v>226</v>
       </c>
       <c r="I247" s="1"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
@@ -16498,54 +16498,54 @@
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C252" s="10" t="s">
         <v>510</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>511</v>
       </c>
       <c r="E252" s="3">
         <v>494.04</v>
       </c>
       <c r="F252" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G252" s="3">
-        <v>316.11</v>
+        <v>287.35</v>
       </c>
       <c r="H252" s="4">
         <v>174.42</v>
       </c>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
@@ -16580,54 +16580,54 @@
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C254" s="10" t="s">
         <v>514</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>515</v>
       </c>
       <c r="E254" s="3">
         <v>691.66</v>
       </c>
       <c r="F254" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G254" s="3">
-        <v>619.53</v>
+        <v>588.02</v>
       </c>
       <c r="H254" s="4">
         <v>247.23</v>
       </c>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
@@ -16785,95 +16785,95 @@
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C259" s="10" t="s">
         <v>524</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>525</v>
       </c>
       <c r="E259" s="3">
         <v>1003.59</v>
       </c>
       <c r="F259" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G259" s="3">
-        <v>963.27</v>
+        <v>953.7</v>
       </c>
       <c r="H259" s="4">
         <v>390.29</v>
       </c>
       <c r="I259" s="1"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
       <c r="N259" s="1"/>
       <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>526</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E260" s="3">
         <v>482.42</v>
       </c>
       <c r="F260" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G260" s="3">
-        <v>393.78</v>
+        <v>369.94</v>
       </c>
       <c r="H260" s="4">
         <v>169.04</v>
       </c>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
@@ -16990,177 +16990,177 @@
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C264" s="10" t="s">
         <v>534</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>535</v>
       </c>
       <c r="E264" s="3">
         <v>563.02</v>
       </c>
       <c r="F264" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G264" s="3">
-        <v>534.99</v>
+        <v>535.85</v>
       </c>
       <c r="H264" s="4">
         <v>195.16</v>
       </c>
       <c r="I264" s="1"/>
       <c r="J264" s="1"/>
       <c r="K264" s="1"/>
       <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C265" s="10" t="s">
         <v>536</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>537</v>
       </c>
       <c r="E265" s="3">
         <v>615.74</v>
       </c>
       <c r="F265" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G265" s="3">
-        <v>558.28</v>
+        <v>539.23</v>
       </c>
       <c r="H265" s="4">
         <v>306.74</v>
       </c>
       <c r="I265" s="1"/>
       <c r="J265" s="1"/>
       <c r="K265" s="1"/>
       <c r="L265" s="1"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C266" s="10" t="s">
         <v>538</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>539</v>
       </c>
       <c r="E266" s="3">
         <v>860.97</v>
       </c>
       <c r="F266" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G266" s="3">
-        <v>565.1</v>
+        <v>518.22</v>
       </c>
       <c r="H266" s="4">
         <v>33.69</v>
       </c>
       <c r="I266" s="1"/>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>540</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>541</v>
       </c>
       <c r="E267" s="3">
         <v>830.49</v>
       </c>
       <c r="F267" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G267" s="3">
-        <v>787.34</v>
+        <v>780</v>
       </c>
       <c r="H267" s="4">
         <v>56</v>
       </c>
       <c r="I267" s="1"/>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
@@ -17195,136 +17195,136 @@
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C269" s="10" t="s">
         <v>544</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E269" s="3">
         <v>788.04</v>
       </c>
       <c r="F269" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G269" s="3">
-        <v>552.27</v>
+        <v>469.77</v>
       </c>
       <c r="H269" s="4">
         <v>302.12</v>
       </c>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C270" s="10" t="s">
         <v>546</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>547</v>
       </c>
       <c r="E270" s="3">
         <v>925.05</v>
       </c>
       <c r="F270" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G270" s="3">
-        <v>857.38</v>
+        <v>861.4</v>
       </c>
       <c r="H270" s="4">
         <v>583.26</v>
       </c>
       <c r="I270" s="1"/>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C271" s="10" t="s">
         <v>548</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>549</v>
       </c>
       <c r="E271" s="3">
         <v>2417.25</v>
       </c>
       <c r="F271" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G271" s="3">
-        <v>1820.52</v>
+        <v>1762.01</v>
       </c>
       <c r="H271" s="4">
         <v>484.5</v>
       </c>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
@@ -17362,51 +17362,51 @@
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C273" s="10" t="s">
         <v>552</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>553</v>
       </c>
       <c r="E273" s="3">
         <v>254.86</v>
       </c>
       <c r="F273" s="3">
         <v>14</v>
       </c>
       <c r="G273" s="3">
-        <v>228.96</v>
+        <v>237.14</v>
       </c>
       <c r="H273" s="4">
         <v>209.04</v>
       </c>
       <c r="I273" s="1"/>
       <c r="J273" s="1"/>
       <c r="K273" s="1"/>
       <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
@@ -17769,54 +17769,54 @@
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>572</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>573</v>
       </c>
       <c r="E283" s="3">
         <v>597.89</v>
       </c>
       <c r="F283" s="3">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G283" s="3">
-        <v>794.85</v>
+        <v>772.5</v>
       </c>
       <c r="H283" s="4">
         <v>323.82</v>
       </c>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
@@ -17892,54 +17892,54 @@
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="10" t="s">
         <v>578</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>579</v>
       </c>
       <c r="E286" s="3">
         <v>196.11</v>
       </c>
       <c r="F286" s="3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G286" s="3">
-        <v>179.39</v>
+        <v>183.69</v>
       </c>
       <c r="H286" s="4">
         <v>55.87</v>
       </c>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
@@ -18056,136 +18056,136 @@
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="10" t="s">
         <v>586</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>587</v>
       </c>
       <c r="E290" s="3">
         <v>616.86</v>
       </c>
       <c r="F290" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G290" s="3">
-        <v>585.9</v>
+        <v>542.94</v>
       </c>
       <c r="H290" s="4">
         <v>300.96</v>
       </c>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C291" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E291" s="3">
         <v>802.18</v>
       </c>
       <c r="F291" s="3">
         <v>18</v>
       </c>
       <c r="G291" s="3">
-        <v>756.76</v>
+        <v>725.24</v>
       </c>
       <c r="H291" s="4">
         <v>486.38</v>
       </c>
       <c r="I291" s="1"/>
       <c r="J291" s="1"/>
       <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C292" s="10" t="s">
         <v>590</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>591</v>
       </c>
       <c r="E292" s="3">
         <v>736.03</v>
       </c>
       <c r="F292" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G292" s="3">
-        <v>545.76</v>
+        <v>501.8</v>
       </c>
       <c r="H292" s="4">
         <v>269.07</v>
       </c>
       <c r="I292" s="1"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
@@ -18220,136 +18220,136 @@
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C294" s="10" t="s">
         <v>594</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>595</v>
       </c>
       <c r="E294" s="3">
         <v>261.84</v>
       </c>
       <c r="F294" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G294" s="3">
-        <v>218.11</v>
+        <v>209.1</v>
       </c>
       <c r="H294" s="4">
         <v>45.76</v>
       </c>
       <c r="I294" s="1"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1"/>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C295" s="10" t="s">
         <v>596</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>597</v>
       </c>
       <c r="E295" s="3">
         <v>262.46</v>
       </c>
       <c r="F295" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G295" s="3">
-        <v>231.91</v>
+        <v>231.18</v>
       </c>
       <c r="H295" s="4">
         <v>134.1</v>
       </c>
       <c r="I295" s="1"/>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>598</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>599</v>
       </c>
       <c r="E296" s="3">
         <v>948.46</v>
       </c>
       <c r="F296" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G296" s="3">
-        <v>816.46</v>
+        <v>808.07</v>
       </c>
       <c r="H296" s="4">
         <v>353.54</v>
       </c>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
@@ -18384,54 +18384,54 @@
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C298" s="10" t="s">
         <v>602</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>603</v>
       </c>
       <c r="E298" s="3">
         <v>1664.52</v>
       </c>
       <c r="F298" s="3">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G298" s="3">
-        <v>1538.66</v>
+        <v>1525.38</v>
       </c>
       <c r="H298" s="4">
         <v>486.82</v>
       </c>
       <c r="I298" s="1"/>
       <c r="J298" s="1"/>
       <c r="K298" s="1"/>
       <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
@@ -18469,133 +18469,133 @@
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C300" s="10" t="s">
         <v>606</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>607</v>
       </c>
       <c r="E300" s="3">
         <v>841.46</v>
       </c>
       <c r="F300" s="3">
         <v>8</v>
       </c>
       <c r="G300" s="3">
-        <v>645.76</v>
+        <v>649.21</v>
       </c>
       <c r="H300" s="4">
         <v>422.41</v>
       </c>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C301" s="10" t="s">
         <v>608</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>609</v>
       </c>
       <c r="E301" s="3">
         <v>1691.33</v>
       </c>
       <c r="F301" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G301" s="3">
-        <v>895.55</v>
+        <v>839.73</v>
       </c>
       <c r="H301" s="4">
         <v>183.25</v>
       </c>
       <c r="I301" s="1"/>
       <c r="J301" s="1"/>
       <c r="K301" s="1"/>
       <c r="L301" s="1"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C302" s="10" t="s">
         <v>610</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>611</v>
       </c>
       <c r="E302" s="3">
         <v>1055.04</v>
       </c>
       <c r="F302" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G302" s="3">
-        <v>779.19</v>
+        <v>763.98</v>
       </c>
       <c r="H302" s="4">
         <v>359.96</v>
       </c>
       <c r="I302" s="1"/>
       <c r="J302" s="1"/>
       <c r="K302" s="1"/>
       <c r="L302" s="1"/>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
@@ -18712,95 +18712,95 @@
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="10" t="s">
         <v>618</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>619</v>
       </c>
       <c r="E306" s="3">
         <v>707.91</v>
       </c>
       <c r="F306" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G306" s="3">
-        <v>569.05</v>
+        <v>551.67</v>
       </c>
       <c r="H306" s="4">
         <v>295.76</v>
       </c>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="10" t="s">
         <v>620</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>621</v>
       </c>
       <c r="E307" s="3">
         <v>798.04</v>
       </c>
       <c r="F307" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G307" s="3">
-        <v>772.18</v>
+        <v>771.7</v>
       </c>
       <c r="H307" s="4">
         <v>169.49</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
@@ -18917,54 +18917,54 @@
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="10" t="s">
         <v>628</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>629</v>
       </c>
       <c r="E311" s="3">
         <v>1043.06</v>
       </c>
       <c r="F311" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G311" s="3">
-        <v>990.17</v>
+        <v>983.35</v>
       </c>
       <c r="H311" s="4">
         <v>439.78</v>
       </c>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
@@ -18999,218 +18999,218 @@
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C313" s="10" t="s">
         <v>632</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>633</v>
       </c>
       <c r="E313" s="3">
         <v>719.78</v>
       </c>
       <c r="F313" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G313" s="3">
-        <v>662.6</v>
+        <v>661.8</v>
       </c>
       <c r="H313" s="4">
         <v>379.98</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>634</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>635</v>
       </c>
       <c r="E314" s="3">
         <v>648.73</v>
       </c>
       <c r="F314" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G314" s="3">
-        <v>545.16</v>
+        <v>476.34</v>
       </c>
       <c r="H314" s="4">
         <v>348.88</v>
       </c>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C315" s="10" t="s">
         <v>636</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>637</v>
       </c>
       <c r="E315" s="3">
         <v>715.25</v>
       </c>
       <c r="F315" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G315" s="3">
-        <v>473.58</v>
+        <v>452.4</v>
       </c>
       <c r="H315" s="4">
         <v>129.31</v>
       </c>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C316" s="10" t="s">
         <v>638</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>639</v>
       </c>
       <c r="E316" s="3">
         <v>1438.58</v>
       </c>
       <c r="F316" s="3">
         <v>8</v>
       </c>
       <c r="G316" s="3">
-        <v>1171.6</v>
+        <v>1174.11</v>
       </c>
       <c r="H316" s="4">
         <v>338.16</v>
       </c>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C317" s="10" t="s">
         <v>640</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>641</v>
       </c>
       <c r="E317" s="3">
         <v>532.77</v>
       </c>
       <c r="F317" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G317" s="3">
-        <v>431.5</v>
+        <v>429.72</v>
       </c>
       <c r="H317" s="4">
         <v>230.7</v>
       </c>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
@@ -19245,54 +19245,54 @@
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>644</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>645</v>
       </c>
       <c r="E319" s="3">
         <v>1161.95</v>
       </c>
       <c r="F319" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G319" s="3">
-        <v>861.04</v>
+        <v>812.32</v>
       </c>
       <c r="H319" s="4">
         <v>414.52</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
@@ -19327,54 +19327,54 @@
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C321" s="10" t="s">
         <v>648</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>649</v>
       </c>
       <c r="E321" s="3">
         <v>1041.53</v>
       </c>
       <c r="F321" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G321" s="3">
-        <v>975.19</v>
+        <v>975.47</v>
       </c>
       <c r="H321" s="4">
         <v>436.38</v>
       </c>
       <c r="I321" s="1"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1"/>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
@@ -19450,95 +19450,95 @@
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C324" s="10" t="s">
         <v>654</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>655</v>
       </c>
       <c r="E324" s="3">
         <v>59421.43</v>
       </c>
       <c r="F324" s="3">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G324" s="3">
-        <v>55864.83</v>
+        <v>54470.5</v>
       </c>
       <c r="H324" s="4">
         <v>45480.05</v>
       </c>
       <c r="I324" s="1"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>656</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>657</v>
       </c>
       <c r="E325" s="3">
         <v>669.5</v>
       </c>
       <c r="F325" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G325" s="3">
-        <v>575.46</v>
+        <v>501.59</v>
       </c>
       <c r="H325" s="4">
         <v>352.25</v>
       </c>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
@@ -19942,54 +19942,54 @@
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="10" t="s">
         <v>676</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>677</v>
       </c>
       <c r="E336" s="3">
         <v>72.82</v>
       </c>
       <c r="F336" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G336" s="3">
-        <v>66.84</v>
+        <v>64.86</v>
       </c>
       <c r="H336" s="4">
         <v>107.85</v>
       </c>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
@@ -20311,54 +20311,54 @@
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="10" t="s">
         <v>694</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>695</v>
       </c>
       <c r="E345" s="3">
         <v>246.56</v>
       </c>
       <c r="F345" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G345" s="3">
-        <v>54.9</v>
+        <v>26.43</v>
       </c>
       <c r="H345" s="4">
         <v>8.93</v>
       </c>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
@@ -20393,54 +20393,54 @@
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="10" t="s">
         <v>698</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E347" s="3">
         <v>82.73</v>
       </c>
       <c r="F347" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G347" s="3">
-        <v>82.73</v>
+        <v>33</v>
       </c>
       <c r="H347" s="4">
         <v>30.59</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
@@ -20885,54 +20885,54 @@
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C359" s="10" t="s">
         <v>722</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>723</v>
       </c>
       <c r="E359" s="3">
         <v>2170.37</v>
       </c>
       <c r="F359" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G359" s="3">
-        <v>2338.8</v>
+        <v>2330.51</v>
       </c>
       <c r="H359" s="4">
         <v>1577.35</v>
       </c>
       <c r="I359" s="1"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
@@ -20967,54 +20967,54 @@
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C361" s="10" t="s">
         <v>726</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>727</v>
       </c>
       <c r="E361" s="3">
         <v>504.82</v>
       </c>
       <c r="F361" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G361" s="3">
-        <v>338.65</v>
+        <v>324.39</v>
       </c>
       <c r="H361" s="4">
         <v>198.3</v>
       </c>
       <c r="I361" s="1"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1"/>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1"/>
       <c r="P361" s="1"/>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
@@ -21049,136 +21049,136 @@
       <c r="Q362" s="1"/>
       <c r="R362" s="1"/>
       <c r="S362" s="1"/>
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
     <row r="363" spans="1:23">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C363" s="10" t="s">
         <v>730</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>731</v>
       </c>
       <c r="E363" s="3">
         <v>149.12</v>
       </c>
       <c r="F363" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G363" s="3">
-        <v>151.15</v>
+        <v>148.35</v>
       </c>
       <c r="H363" s="4">
         <v>69.5</v>
       </c>
       <c r="I363" s="1"/>
       <c r="J363" s="1"/>
       <c r="K363" s="1"/>
       <c r="L363" s="1"/>
       <c r="M363" s="1"/>
       <c r="N363" s="1"/>
       <c r="O363" s="1"/>
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C364" s="10" t="s">
         <v>732</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>733</v>
       </c>
       <c r="E364" s="3">
         <v>992.71</v>
       </c>
       <c r="F364" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G364" s="3">
-        <v>681.68</v>
+        <v>666.22</v>
       </c>
       <c r="H364" s="4">
         <v>176.57</v>
       </c>
       <c r="I364" s="1"/>
       <c r="J364" s="1"/>
       <c r="K364" s="1"/>
       <c r="L364" s="1"/>
       <c r="M364" s="1"/>
       <c r="N364" s="1"/>
       <c r="O364" s="1"/>
       <c r="P364" s="1"/>
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C365" s="10" t="s">
         <v>734</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E365" s="3">
         <v>766.05</v>
       </c>
       <c r="F365" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G365" s="3">
-        <v>637.75</v>
+        <v>636.86</v>
       </c>
       <c r="H365" s="4">
         <v>191.14</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
@@ -21257,92 +21257,92 @@
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="10" t="s">
         <v>740</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>741</v>
       </c>
       <c r="E368" s="3">
         <v>45.17</v>
       </c>
       <c r="F368" s="3">
         <v>3</v>
       </c>
       <c r="G368" s="3">
-        <v>40.86</v>
+        <v>46.46</v>
       </c>
       <c r="H368" s="4">
         <v>36.93</v>
       </c>
       <c r="I368" s="1"/>
       <c r="J368" s="1"/>
       <c r="K368" s="1"/>
       <c r="L368" s="1"/>
       <c r="M368" s="1"/>
       <c r="N368" s="1"/>
       <c r="O368" s="1"/>
       <c r="P368" s="1"/>
       <c r="Q368" s="1"/>
       <c r="R368" s="1"/>
       <c r="S368" s="1"/>
       <c r="T368" s="1"/>
       <c r="U368" s="1"/>
       <c r="V368" s="1"/>
       <c r="W368" s="1"/>
     </row>
     <row r="369" spans="1:23">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C369" s="10" t="s">
         <v>742</v>
       </c>
       <c r="D369" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E369" s="3">
         <v>999.64</v>
       </c>
       <c r="F369" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G369" s="3">
-        <v>814.71</v>
+        <v>742.44</v>
       </c>
       <c r="H369" s="4">
         <v>471.71</v>
       </c>
       <c r="I369" s="1"/>
       <c r="J369" s="1"/>
       <c r="K369" s="1"/>
       <c r="L369" s="1"/>
       <c r="M369" s="1"/>
       <c r="N369" s="1"/>
       <c r="O369" s="1"/>
       <c r="P369" s="1"/>
       <c r="Q369" s="1"/>
       <c r="R369" s="1"/>
       <c r="S369" s="1"/>
       <c r="T369" s="1"/>
       <c r="U369" s="1"/>
       <c r="V369" s="1"/>
       <c r="W369" s="1"/>
     </row>
     <row r="370" spans="1:23">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
@@ -21500,177 +21500,177 @@
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>752</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E374" s="3">
         <v>981.18</v>
       </c>
       <c r="F374" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G374" s="3">
-        <v>480.84</v>
+        <v>475.4</v>
       </c>
       <c r="H374" s="4">
         <v>186.88</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C375" s="10" t="s">
         <v>754</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>755</v>
       </c>
       <c r="E375" s="3">
         <v>628.73</v>
       </c>
       <c r="F375" s="3">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G375" s="3">
-        <v>427.77</v>
+        <v>417.96</v>
       </c>
       <c r="H375" s="4">
         <v>193.8</v>
       </c>
       <c r="I375" s="1"/>
       <c r="J375" s="1"/>
       <c r="K375" s="1"/>
       <c r="L375" s="1"/>
       <c r="M375" s="1"/>
       <c r="N375" s="1"/>
       <c r="O375" s="1"/>
       <c r="P375" s="1"/>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="10" t="s">
         <v>756</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>757</v>
       </c>
       <c r="E376" s="3">
         <v>592.21</v>
       </c>
       <c r="F376" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G376" s="3">
-        <v>550.38</v>
+        <v>545.61</v>
       </c>
       <c r="H376" s="4">
         <v>189.59</v>
       </c>
       <c r="I376" s="1"/>
       <c r="J376" s="1"/>
       <c r="K376" s="1"/>
       <c r="L376" s="1"/>
       <c r="M376" s="1"/>
       <c r="N376" s="1"/>
       <c r="O376" s="1"/>
       <c r="P376" s="1"/>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C377" s="10" t="s">
         <v>758</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>759</v>
       </c>
       <c r="E377" s="3">
         <v>930.04</v>
       </c>
       <c r="F377" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G377" s="3">
-        <v>646.83</v>
+        <v>634.18</v>
       </c>
       <c r="H377" s="4">
         <v>311.23</v>
       </c>
       <c r="I377" s="1"/>
       <c r="J377" s="1"/>
       <c r="K377" s="1"/>
       <c r="L377" s="1"/>
       <c r="M377" s="1"/>
       <c r="N377" s="1"/>
       <c r="O377" s="1"/>
       <c r="P377" s="1"/>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
@@ -21746,177 +21746,177 @@
       <c r="Q379" s="1"/>
       <c r="R379" s="1"/>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C380" s="10" t="s">
         <v>764</v>
       </c>
       <c r="D380" s="3" t="s">
         <v>765</v>
       </c>
       <c r="E380" s="3">
         <v>744.8</v>
       </c>
       <c r="F380" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G380" s="3">
-        <v>513.66</v>
+        <v>515.21</v>
       </c>
       <c r="H380" s="4">
         <v>238.75</v>
       </c>
       <c r="I380" s="1"/>
       <c r="J380" s="1"/>
       <c r="K380" s="1"/>
       <c r="L380" s="1"/>
       <c r="M380" s="1"/>
       <c r="N380" s="1"/>
       <c r="O380" s="1"/>
       <c r="P380" s="1"/>
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C381" s="10" t="s">
         <v>766</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>767</v>
       </c>
       <c r="E381" s="3">
         <v>179.46</v>
       </c>
       <c r="F381" s="3">
         <v>13</v>
       </c>
       <c r="G381" s="3">
-        <v>172.24</v>
+        <v>137.35</v>
       </c>
       <c r="H381" s="4">
         <v>132.48</v>
       </c>
       <c r="I381" s="1"/>
       <c r="J381" s="1"/>
       <c r="K381" s="1"/>
       <c r="L381" s="1"/>
       <c r="M381" s="1"/>
       <c r="N381" s="1"/>
       <c r="O381" s="1"/>
       <c r="P381" s="1"/>
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C382" s="10" t="s">
         <v>768</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>769</v>
       </c>
       <c r="E382" s="3">
         <v>295.01</v>
       </c>
       <c r="F382" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G382" s="3">
-        <v>266.8</v>
+        <v>244.2</v>
       </c>
       <c r="H382" s="4">
         <v>129.04</v>
       </c>
       <c r="I382" s="1"/>
       <c r="J382" s="1"/>
       <c r="K382" s="1"/>
       <c r="L382" s="1"/>
       <c r="M382" s="1"/>
       <c r="N382" s="1"/>
       <c r="O382" s="1"/>
       <c r="P382" s="1"/>
       <c r="Q382" s="1"/>
       <c r="R382" s="1"/>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C383" s="10" t="s">
         <v>770</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>771</v>
       </c>
       <c r="E383" s="3">
         <v>909.79</v>
       </c>
       <c r="F383" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G383" s="3">
-        <v>868.67</v>
+        <v>860.16</v>
       </c>
       <c r="H383" s="4">
         <v>206.59</v>
       </c>
       <c r="I383" s="1"/>
       <c r="J383" s="1"/>
       <c r="K383" s="1"/>
       <c r="L383" s="1"/>
       <c r="M383" s="1"/>
       <c r="N383" s="1"/>
       <c r="O383" s="1"/>
       <c r="P383" s="1"/>
       <c r="Q383" s="1"/>
       <c r="R383" s="1"/>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
@@ -21951,54 +21951,54 @@
       <c r="Q384" s="1"/>
       <c r="R384" s="1"/>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C385" s="10" t="s">
         <v>774</v>
       </c>
       <c r="D385" s="3" t="s">
         <v>775</v>
       </c>
       <c r="E385" s="3">
         <v>1407.08</v>
       </c>
       <c r="F385" s="3">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G385" s="3">
-        <v>1102.48</v>
+        <v>1103.38</v>
       </c>
       <c r="H385" s="4">
         <v>374.92</v>
       </c>
       <c r="I385" s="1"/>
       <c r="J385" s="1"/>
       <c r="K385" s="1"/>
       <c r="L385" s="1"/>
       <c r="M385" s="1"/>
       <c r="N385" s="1"/>
       <c r="O385" s="1"/>
       <c r="P385" s="1"/>
       <c r="Q385" s="1"/>
       <c r="R385" s="1"/>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
@@ -22074,95 +22074,95 @@
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C388" s="10" t="s">
         <v>780</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>781</v>
       </c>
       <c r="E388" s="3">
         <v>536.43</v>
       </c>
       <c r="F388" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G388" s="3">
-        <v>486.6</v>
+        <v>483.47</v>
       </c>
       <c r="H388" s="4">
         <v>195.07</v>
       </c>
       <c r="I388" s="1"/>
       <c r="J388" s="1"/>
       <c r="K388" s="1"/>
       <c r="L388" s="1"/>
       <c r="M388" s="1"/>
       <c r="N388" s="1"/>
       <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C389" s="10" t="s">
         <v>782</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>783</v>
       </c>
       <c r="E389" s="3">
         <v>935.03</v>
       </c>
       <c r="F389" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G389" s="3">
-        <v>733.26</v>
+        <v>732.7</v>
       </c>
       <c r="H389" s="4">
         <v>223.63</v>
       </c>
       <c r="I389" s="1"/>
       <c r="J389" s="1"/>
       <c r="K389" s="1"/>
       <c r="L389" s="1"/>
       <c r="M389" s="1"/>
       <c r="N389" s="1"/>
       <c r="O389" s="1"/>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
@@ -22238,54 +22238,54 @@
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="10" t="s">
         <v>788</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>789</v>
       </c>
       <c r="E392" s="3">
         <v>606.73</v>
       </c>
       <c r="F392" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G392" s="3">
-        <v>522.39</v>
+        <v>522.3</v>
       </c>
       <c r="H392" s="4">
         <v>499.83</v>
       </c>
       <c r="I392" s="1"/>
       <c r="J392" s="1"/>
       <c r="K392" s="1"/>
       <c r="L392" s="1"/>
       <c r="M392" s="1"/>
       <c r="N392" s="1"/>
       <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
@@ -22320,95 +22320,95 @@
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="10" t="s">
         <v>792</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>793</v>
       </c>
       <c r="E394" s="3">
         <v>1350.75</v>
       </c>
       <c r="F394" s="3">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G394" s="3">
-        <v>1245.49</v>
+        <v>1213.81</v>
       </c>
       <c r="H394" s="4">
         <v>536.92</v>
       </c>
       <c r="I394" s="1"/>
       <c r="J394" s="1"/>
       <c r="K394" s="1"/>
       <c r="L394" s="1"/>
       <c r="M394" s="1"/>
       <c r="N394" s="1"/>
       <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C395" s="10" t="s">
         <v>794</v>
       </c>
       <c r="D395" s="3" t="s">
         <v>795</v>
       </c>
       <c r="E395" s="3">
         <v>989.64</v>
       </c>
       <c r="F395" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G395" s="3">
-        <v>735.53</v>
+        <v>727.02</v>
       </c>
       <c r="H395" s="4">
         <v>223.39</v>
       </c>
       <c r="I395" s="1"/>
       <c r="J395" s="1"/>
       <c r="K395" s="1"/>
       <c r="L395" s="1"/>
       <c r="M395" s="1"/>
       <c r="N395" s="1"/>
       <c r="O395" s="1"/>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
@@ -22525,95 +22525,95 @@
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C399" s="10" t="s">
         <v>802</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>803</v>
       </c>
       <c r="E399" s="3">
         <v>945.98</v>
       </c>
       <c r="F399" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G399" s="3">
-        <v>637.91</v>
+        <v>635.48</v>
       </c>
       <c r="H399" s="4">
         <v>328.46</v>
       </c>
       <c r="I399" s="1"/>
       <c r="J399" s="1"/>
       <c r="K399" s="1"/>
       <c r="L399" s="1"/>
       <c r="M399" s="1"/>
       <c r="N399" s="1"/>
       <c r="O399" s="1"/>
       <c r="P399" s="1"/>
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="10" t="s">
         <v>804</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E400" s="3">
         <v>615.9</v>
       </c>
       <c r="F400" s="3">
         <v>8</v>
       </c>
       <c r="G400" s="3">
-        <v>260.62</v>
+        <v>260.39</v>
       </c>
       <c r="H400" s="4">
         <v>58.42</v>
       </c>
       <c r="I400" s="1"/>
       <c r="J400" s="1"/>
       <c r="K400" s="1"/>
       <c r="L400" s="1"/>
       <c r="M400" s="1"/>
       <c r="N400" s="1"/>
       <c r="O400" s="1"/>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
@@ -22651,51 +22651,51 @@
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="10" t="s">
         <v>808</v>
       </c>
       <c r="D402" s="3" t="s">
         <v>809</v>
       </c>
       <c r="E402" s="3">
         <v>219.73</v>
       </c>
       <c r="F402" s="3">
         <v>9</v>
       </c>
       <c r="G402" s="3">
-        <v>275.31</v>
+        <v>277.49</v>
       </c>
       <c r="H402" s="4">
         <v>213.02</v>
       </c>
       <c r="I402" s="1"/>
       <c r="J402" s="1"/>
       <c r="K402" s="1"/>
       <c r="L402" s="1"/>
       <c r="M402" s="1"/>
       <c r="N402" s="1"/>
       <c r="O402" s="1"/>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
@@ -22771,136 +22771,136 @@
       <c r="Q404" s="1"/>
       <c r="R404" s="1"/>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C405" s="10" t="s">
         <v>814</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>815</v>
       </c>
       <c r="E405" s="3">
         <v>412.18</v>
       </c>
       <c r="F405" s="3">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G405" s="3">
-        <v>429.17</v>
+        <v>411.72</v>
       </c>
       <c r="H405" s="4">
         <v>281.59</v>
       </c>
       <c r="I405" s="1"/>
       <c r="J405" s="1"/>
       <c r="K405" s="1"/>
       <c r="L405" s="1"/>
       <c r="M405" s="1"/>
       <c r="N405" s="1"/>
       <c r="O405" s="1"/>
       <c r="P405" s="1"/>
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C406" s="10" t="s">
         <v>816</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>817</v>
       </c>
       <c r="E406" s="3">
         <v>1817.52</v>
       </c>
       <c r="F406" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G406" s="3">
-        <v>1870.19</v>
+        <v>1865.51</v>
       </c>
       <c r="H406" s="4">
         <v>710.44</v>
       </c>
       <c r="I406" s="1"/>
       <c r="J406" s="1"/>
       <c r="K406" s="1"/>
       <c r="L406" s="1"/>
       <c r="M406" s="1"/>
       <c r="N406" s="1"/>
       <c r="O406" s="1"/>
       <c r="P406" s="1"/>
       <c r="Q406" s="1"/>
       <c r="R406" s="1"/>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C407" s="10" t="s">
         <v>818</v>
       </c>
       <c r="D407" s="3" t="s">
         <v>819</v>
       </c>
       <c r="E407" s="3">
         <v>870.09</v>
       </c>
       <c r="F407" s="3">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G407" s="3">
-        <v>602.23</v>
+        <v>500.79</v>
       </c>
       <c r="H407" s="4">
         <v>398.45</v>
       </c>
       <c r="I407" s="1"/>
       <c r="J407" s="1"/>
       <c r="K407" s="1"/>
       <c r="L407" s="1"/>
       <c r="M407" s="1"/>
       <c r="N407" s="1"/>
       <c r="O407" s="1"/>
       <c r="P407" s="1"/>
       <c r="Q407" s="1"/>
       <c r="R407" s="1"/>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
@@ -22935,54 +22935,54 @@
       <c r="Q408" s="1"/>
       <c r="R408" s="1"/>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C409" s="10" t="s">
         <v>822</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>823</v>
       </c>
       <c r="E409" s="3">
         <v>646.08</v>
       </c>
       <c r="F409" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G409" s="3">
-        <v>460.13</v>
+        <v>456.99</v>
       </c>
       <c r="H409" s="4">
         <v>270.46</v>
       </c>
       <c r="I409" s="1"/>
       <c r="J409" s="1"/>
       <c r="K409" s="1"/>
       <c r="L409" s="1"/>
       <c r="M409" s="1"/>
       <c r="N409" s="1"/>
       <c r="O409" s="1"/>
       <c r="P409" s="1"/>
       <c r="Q409" s="1"/>
       <c r="R409" s="1"/>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
@@ -23058,54 +23058,54 @@
       <c r="Q411" s="1"/>
       <c r="R411" s="1"/>
       <c r="S411" s="1"/>
       <c r="T411" s="1"/>
       <c r="U411" s="1"/>
       <c r="V411" s="1"/>
       <c r="W411" s="1"/>
     </row>
     <row r="412" spans="1:23">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C412" s="10" t="s">
         <v>828</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>829</v>
       </c>
       <c r="E412" s="3">
         <v>800.27</v>
       </c>
       <c r="F412" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G412" s="3">
-        <v>789.41</v>
+        <v>784.93</v>
       </c>
       <c r="H412" s="4">
         <v>437.38</v>
       </c>
       <c r="I412" s="1"/>
       <c r="J412" s="1"/>
       <c r="K412" s="1"/>
       <c r="L412" s="1"/>
       <c r="M412" s="1"/>
       <c r="N412" s="1"/>
       <c r="O412" s="1"/>
       <c r="P412" s="1"/>
       <c r="Q412" s="1"/>
       <c r="R412" s="1"/>
       <c r="S412" s="1"/>
       <c r="T412" s="1"/>
       <c r="U412" s="1"/>
       <c r="V412" s="1"/>
       <c r="W412" s="1"/>
     </row>
     <row r="413" spans="1:23">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
@@ -23140,54 +23140,54 @@
       <c r="Q413" s="1"/>
       <c r="R413" s="1"/>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C414" s="10" t="s">
         <v>832</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>833</v>
       </c>
       <c r="E414" s="3">
         <v>988.51</v>
       </c>
       <c r="F414" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G414" s="3">
-        <v>738.67</v>
+        <v>718.7</v>
       </c>
       <c r="H414" s="4">
         <v>444.86</v>
       </c>
       <c r="I414" s="1"/>
       <c r="J414" s="1"/>
       <c r="K414" s="1"/>
       <c r="L414" s="1"/>
       <c r="M414" s="1"/>
       <c r="N414" s="1"/>
       <c r="O414" s="1"/>
       <c r="P414" s="1"/>
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
@@ -23225,51 +23225,51 @@
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C416" s="10" t="s">
         <v>836</v>
       </c>
       <c r="D416" s="3" t="s">
         <v>837</v>
       </c>
       <c r="E416" s="3">
         <v>1284.98</v>
       </c>
       <c r="F416" s="3">
         <v>11</v>
       </c>
       <c r="G416" s="3">
-        <v>1034.68</v>
+        <v>1035.23</v>
       </c>
       <c r="H416" s="4">
         <v>232.71</v>
       </c>
       <c r="I416" s="1"/>
       <c r="J416" s="1"/>
       <c r="K416" s="1"/>
       <c r="L416" s="1"/>
       <c r="M416" s="1"/>
       <c r="N416" s="1"/>
       <c r="O416" s="1"/>
       <c r="P416" s="1"/>
       <c r="Q416" s="1"/>
       <c r="R416" s="1"/>
       <c r="S416" s="1"/>
       <c r="T416" s="1"/>
       <c r="U416" s="1"/>
       <c r="V416" s="1"/>
       <c r="W416" s="1"/>
     </row>
     <row r="417" spans="1:23">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
@@ -23304,54 +23304,54 @@
       <c r="Q417" s="1"/>
       <c r="R417" s="1"/>
       <c r="S417" s="1"/>
       <c r="T417" s="1"/>
       <c r="U417" s="1"/>
       <c r="V417" s="1"/>
       <c r="W417" s="1"/>
     </row>
     <row r="418" spans="1:23">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C418" s="10" t="s">
         <v>840</v>
       </c>
       <c r="D418" s="3" t="s">
         <v>841</v>
       </c>
       <c r="E418" s="3">
         <v>233.39</v>
       </c>
       <c r="F418" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G418" s="3">
-        <v>175.92</v>
+        <v>145.16</v>
       </c>
       <c r="H418" s="4">
         <v>0</v>
       </c>
       <c r="I418" s="1"/>
       <c r="J418" s="1"/>
       <c r="K418" s="1"/>
       <c r="L418" s="1"/>
       <c r="M418" s="1"/>
       <c r="N418" s="1"/>
       <c r="O418" s="1"/>
       <c r="P418" s="1"/>
       <c r="Q418" s="1"/>
       <c r="R418" s="1"/>
       <c r="S418" s="1"/>
       <c r="T418" s="1"/>
       <c r="U418" s="1"/>
       <c r="V418" s="1"/>
       <c r="W418" s="1"/>
     </row>
     <row r="419" spans="1:23">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
@@ -23632,54 +23632,54 @@
       <c r="Q425" s="1"/>
       <c r="R425" s="1"/>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C426" s="10" t="s">
         <v>856</v>
       </c>
       <c r="D426" s="3" t="s">
         <v>857</v>
       </c>
       <c r="E426" s="3">
         <v>1617.17</v>
       </c>
       <c r="F426" s="3">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G426" s="3">
-        <v>1533.18</v>
+        <v>1534.08</v>
       </c>
       <c r="H426" s="4">
         <v>666.44</v>
       </c>
       <c r="I426" s="1"/>
       <c r="J426" s="1"/>
       <c r="K426" s="1"/>
       <c r="L426" s="1"/>
       <c r="M426" s="1"/>
       <c r="N426" s="1"/>
       <c r="O426" s="1"/>
       <c r="P426" s="1"/>
       <c r="Q426" s="1"/>
       <c r="R426" s="1"/>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
@@ -23714,95 +23714,95 @@
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C428" s="10" t="s">
         <v>860</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>861</v>
       </c>
       <c r="E428" s="3">
         <v>1116.01</v>
       </c>
       <c r="F428" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G428" s="3">
-        <v>513.81</v>
+        <v>507.71</v>
       </c>
       <c r="H428" s="4">
         <v>254.38</v>
       </c>
       <c r="I428" s="1"/>
       <c r="J428" s="1"/>
       <c r="K428" s="1"/>
       <c r="L428" s="1"/>
       <c r="M428" s="1"/>
       <c r="N428" s="1"/>
       <c r="O428" s="1"/>
       <c r="P428" s="1"/>
       <c r="Q428" s="1"/>
       <c r="R428" s="1"/>
       <c r="S428" s="1"/>
       <c r="T428" s="1"/>
       <c r="U428" s="1"/>
       <c r="V428" s="1"/>
       <c r="W428" s="1"/>
     </row>
     <row r="429" spans="1:23">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C429" s="10" t="s">
         <v>862</v>
       </c>
       <c r="D429" s="3" t="s">
         <v>863</v>
       </c>
       <c r="E429" s="3">
         <v>1192.64</v>
       </c>
       <c r="F429" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G429" s="3">
-        <v>1051.76</v>
+        <v>993.49</v>
       </c>
       <c r="H429" s="4">
         <v>290.89</v>
       </c>
       <c r="I429" s="1"/>
       <c r="J429" s="1"/>
       <c r="K429" s="1"/>
       <c r="L429" s="1"/>
       <c r="M429" s="1"/>
       <c r="N429" s="1"/>
       <c r="O429" s="1"/>
       <c r="P429" s="1"/>
       <c r="Q429" s="1"/>
       <c r="R429" s="1"/>
       <c r="S429" s="1"/>
       <c r="T429" s="1"/>
       <c r="U429" s="1"/>
       <c r="V429" s="1"/>
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
@@ -23919,54 +23919,54 @@
       <c r="Q432" s="1"/>
       <c r="R432" s="1"/>
       <c r="S432" s="1"/>
       <c r="T432" s="1"/>
       <c r="U432" s="1"/>
       <c r="V432" s="1"/>
       <c r="W432" s="1"/>
     </row>
     <row r="433" spans="1:23">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C433" s="10" t="s">
         <v>870</v>
       </c>
       <c r="D433" s="3" t="s">
         <v>871</v>
       </c>
       <c r="E433" s="3">
         <v>1125.46</v>
       </c>
       <c r="F433" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G433" s="3">
-        <v>652</v>
+        <v>638.9</v>
       </c>
       <c r="H433" s="4">
         <v>36.58</v>
       </c>
       <c r="I433" s="1"/>
       <c r="J433" s="1"/>
       <c r="K433" s="1"/>
       <c r="L433" s="1"/>
       <c r="M433" s="1"/>
       <c r="N433" s="1"/>
       <c r="O433" s="1"/>
       <c r="P433" s="1"/>
       <c r="Q433" s="1"/>
       <c r="R433" s="1"/>
       <c r="S433" s="1"/>
       <c r="T433" s="1"/>
       <c r="U433" s="1"/>
       <c r="V433" s="1"/>
       <c r="W433" s="1"/>
     </row>
     <row r="434" spans="1:23">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
@@ -24001,95 +24001,95 @@
       <c r="Q434" s="1"/>
       <c r="R434" s="1"/>
       <c r="S434" s="1"/>
       <c r="T434" s="1"/>
       <c r="U434" s="1"/>
       <c r="V434" s="1"/>
       <c r="W434" s="1"/>
     </row>
     <row r="435" spans="1:23">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C435" s="10" t="s">
         <v>874</v>
       </c>
       <c r="D435" s="3" t="s">
         <v>875</v>
       </c>
       <c r="E435" s="3">
         <v>792.29</v>
       </c>
       <c r="F435" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G435" s="3">
-        <v>748.19</v>
+        <v>738.16</v>
       </c>
       <c r="H435" s="4">
         <v>239.75</v>
       </c>
       <c r="I435" s="1"/>
       <c r="J435" s="1"/>
       <c r="K435" s="1"/>
       <c r="L435" s="1"/>
       <c r="M435" s="1"/>
       <c r="N435" s="1"/>
       <c r="O435" s="1"/>
       <c r="P435" s="1"/>
       <c r="Q435" s="1"/>
       <c r="R435" s="1"/>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C436" s="10" t="s">
         <v>876</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>877</v>
       </c>
       <c r="E436" s="3">
         <v>664.62</v>
       </c>
       <c r="F436" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G436" s="3">
-        <v>571.05</v>
+        <v>565.13</v>
       </c>
       <c r="H436" s="4">
         <v>311.19</v>
       </c>
       <c r="I436" s="1"/>
       <c r="J436" s="1"/>
       <c r="K436" s="1"/>
       <c r="L436" s="1"/>
       <c r="M436" s="1"/>
       <c r="N436" s="1"/>
       <c r="O436" s="1"/>
       <c r="P436" s="1"/>
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
@@ -24534,54 +24534,54 @@
       <c r="Q447" s="1"/>
       <c r="R447" s="1"/>
       <c r="S447" s="1"/>
       <c r="T447" s="1"/>
       <c r="U447" s="1"/>
       <c r="V447" s="1"/>
       <c r="W447" s="1"/>
     </row>
     <row r="448" spans="1:23">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C448" s="10" t="s">
         <v>899</v>
       </c>
       <c r="D448" s="3" t="s">
         <v>900</v>
       </c>
       <c r="E448" s="3">
         <v>43.41</v>
       </c>
       <c r="F448" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G448" s="3">
-        <v>25.78</v>
+        <v>27.52</v>
       </c>
       <c r="H448" s="4">
         <v>25.78</v>
       </c>
       <c r="I448" s="1"/>
       <c r="J448" s="1"/>
       <c r="K448" s="1"/>
       <c r="L448" s="1"/>
       <c r="M448" s="1"/>
       <c r="N448" s="1"/>
       <c r="O448" s="1"/>
       <c r="P448" s="1"/>
       <c r="Q448" s="1"/>
       <c r="R448" s="1"/>
       <c r="S448" s="1"/>
       <c r="T448" s="1"/>
       <c r="U448" s="1"/>
       <c r="V448" s="1"/>
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
@@ -24701,51 +24701,51 @@
       <c r="T451" s="1"/>
       <c r="U451" s="1"/>
       <c r="V451" s="1"/>
       <c r="W451" s="1"/>
     </row>
     <row r="452" spans="1:23">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C452" s="10" t="s">
         <v>907</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>908</v>
       </c>
       <c r="E452" s="3">
         <v>166.84</v>
       </c>
       <c r="F452" s="3">
         <v>3</v>
       </c>
       <c r="G452" s="3">
-        <v>174.07</v>
+        <v>231.22</v>
       </c>
       <c r="H452" s="4">
         <v>161.98</v>
       </c>
       <c r="I452" s="1"/>
       <c r="J452" s="1"/>
       <c r="K452" s="1"/>
       <c r="L452" s="1"/>
       <c r="M452" s="1"/>
       <c r="N452" s="1"/>
       <c r="O452" s="1"/>
       <c r="P452" s="1"/>
       <c r="Q452" s="1"/>
       <c r="R452" s="1"/>
       <c r="S452" s="1"/>
       <c r="T452" s="1"/>
       <c r="U452" s="1"/>
       <c r="V452" s="1"/>
       <c r="W452" s="1"/>
     </row>
     <row r="453" spans="1:23">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
@@ -25026,136 +25026,136 @@
       <c r="Q459" s="1"/>
       <c r="R459" s="1"/>
       <c r="S459" s="1"/>
       <c r="T459" s="1"/>
       <c r="U459" s="1"/>
       <c r="V459" s="1"/>
       <c r="W459" s="1"/>
     </row>
     <row r="460" spans="1:23">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C460" s="10" t="s">
         <v>923</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>924</v>
       </c>
       <c r="E460" s="3">
         <v>654.57</v>
       </c>
       <c r="F460" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G460" s="3">
-        <v>373.23</v>
+        <v>362.5</v>
       </c>
       <c r="H460" s="4">
         <v>194.56</v>
       </c>
       <c r="I460" s="1"/>
       <c r="J460" s="1"/>
       <c r="K460" s="1"/>
       <c r="L460" s="1"/>
       <c r="M460" s="1"/>
       <c r="N460" s="1"/>
       <c r="O460" s="1"/>
       <c r="P460" s="1"/>
       <c r="Q460" s="1"/>
       <c r="R460" s="1"/>
       <c r="S460" s="1"/>
       <c r="T460" s="1"/>
       <c r="U460" s="1"/>
       <c r="V460" s="1"/>
       <c r="W460" s="1"/>
     </row>
     <row r="461" spans="1:23">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C461" s="10" t="s">
         <v>925</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>926</v>
       </c>
       <c r="E461" s="3">
         <v>555.18</v>
       </c>
       <c r="F461" s="3">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G461" s="3">
-        <v>471.59</v>
+        <v>394.08</v>
       </c>
       <c r="H461" s="4">
         <v>170.52</v>
       </c>
       <c r="I461" s="1"/>
       <c r="J461" s="1"/>
       <c r="K461" s="1"/>
       <c r="L461" s="1"/>
       <c r="M461" s="1"/>
       <c r="N461" s="1"/>
       <c r="O461" s="1"/>
       <c r="P461" s="1"/>
       <c r="Q461" s="1"/>
       <c r="R461" s="1"/>
       <c r="S461" s="1"/>
       <c r="T461" s="1"/>
       <c r="U461" s="1"/>
       <c r="V461" s="1"/>
       <c r="W461" s="1"/>
     </row>
     <row r="462" spans="1:23">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C462" s="10" t="s">
         <v>927</v>
       </c>
       <c r="D462" s="3" t="s">
         <v>928</v>
       </c>
       <c r="E462" s="3">
         <v>947.14</v>
       </c>
       <c r="F462" s="3">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G462" s="3">
-        <v>860.63</v>
+        <v>859</v>
       </c>
       <c r="H462" s="4">
         <v>367.54</v>
       </c>
       <c r="I462" s="1"/>
       <c r="J462" s="1"/>
       <c r="K462" s="1"/>
       <c r="L462" s="1"/>
       <c r="M462" s="1"/>
       <c r="N462" s="1"/>
       <c r="O462" s="1"/>
       <c r="P462" s="1"/>
       <c r="Q462" s="1"/>
       <c r="R462" s="1"/>
       <c r="S462" s="1"/>
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
@@ -25190,54 +25190,54 @@
       <c r="Q463" s="1"/>
       <c r="R463" s="1"/>
       <c r="S463" s="1"/>
       <c r="T463" s="1"/>
       <c r="U463" s="1"/>
       <c r="V463" s="1"/>
       <c r="W463" s="1"/>
     </row>
     <row r="464" spans="1:23">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C464" s="10" t="s">
         <v>931</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>932</v>
       </c>
       <c r="E464" s="3">
         <v>837.74</v>
       </c>
       <c r="F464" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G464" s="3">
-        <v>726.05</v>
+        <v>722.6</v>
       </c>
       <c r="H464" s="4">
         <v>593.54</v>
       </c>
       <c r="I464" s="1"/>
       <c r="J464" s="1"/>
       <c r="K464" s="1"/>
       <c r="L464" s="1"/>
       <c r="M464" s="1"/>
       <c r="N464" s="1"/>
       <c r="O464" s="1"/>
       <c r="P464" s="1"/>
       <c r="Q464" s="1"/>
       <c r="R464" s="1"/>
       <c r="S464" s="1"/>
       <c r="T464" s="1"/>
       <c r="U464" s="1"/>
       <c r="V464" s="1"/>
       <c r="W464" s="1"/>
     </row>
     <row r="465" spans="1:23">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
@@ -25313,54 +25313,54 @@
       <c r="Q466" s="1"/>
       <c r="R466" s="1"/>
       <c r="S466" s="1"/>
       <c r="T466" s="1"/>
       <c r="U466" s="1"/>
       <c r="V466" s="1"/>
       <c r="W466" s="1"/>
     </row>
     <row r="467" spans="1:23">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C467" s="10" t="s">
         <v>937</v>
       </c>
       <c r="D467" s="3" t="s">
         <v>938</v>
       </c>
       <c r="E467" s="3">
         <v>888.39</v>
       </c>
       <c r="F467" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G467" s="3">
-        <v>446.19</v>
+        <v>438.4</v>
       </c>
       <c r="H467" s="4">
         <v>260.07</v>
       </c>
       <c r="I467" s="1"/>
       <c r="J467" s="1"/>
       <c r="K467" s="1"/>
       <c r="L467" s="1"/>
       <c r="M467" s="1"/>
       <c r="N467" s="1"/>
       <c r="O467" s="1"/>
       <c r="P467" s="1"/>
       <c r="Q467" s="1"/>
       <c r="R467" s="1"/>
       <c r="S467" s="1"/>
       <c r="T467" s="1"/>
       <c r="U467" s="1"/>
       <c r="V467" s="1"/>
       <c r="W467" s="1"/>
     </row>
     <row r="468" spans="1:23">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
@@ -25395,54 +25395,54 @@
       <c r="Q468" s="1"/>
       <c r="R468" s="1"/>
       <c r="S468" s="1"/>
       <c r="T468" s="1"/>
       <c r="U468" s="1"/>
       <c r="V468" s="1"/>
       <c r="W468" s="1"/>
     </row>
     <row r="469" spans="1:23">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C469" s="10" t="s">
         <v>941</v>
       </c>
       <c r="D469" s="3" t="s">
         <v>942</v>
       </c>
       <c r="E469" s="3">
         <v>990.8</v>
       </c>
       <c r="F469" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G469" s="3">
-        <v>586.58</v>
+        <v>587.16</v>
       </c>
       <c r="H469" s="4">
         <v>500.04</v>
       </c>
       <c r="I469" s="1"/>
       <c r="J469" s="1"/>
       <c r="K469" s="1"/>
       <c r="L469" s="1"/>
       <c r="M469" s="1"/>
       <c r="N469" s="1"/>
       <c r="O469" s="1"/>
       <c r="P469" s="1"/>
       <c r="Q469" s="1"/>
       <c r="R469" s="1"/>
       <c r="S469" s="1"/>
       <c r="T469" s="1"/>
       <c r="U469" s="1"/>
       <c r="V469" s="1"/>
       <c r="W469" s="1"/>
     </row>
     <row r="470" spans="1:23">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
@@ -25518,54 +25518,54 @@
       <c r="Q471" s="1"/>
       <c r="R471" s="1"/>
       <c r="S471" s="1"/>
       <c r="T471" s="1"/>
       <c r="U471" s="1"/>
       <c r="V471" s="1"/>
       <c r="W471" s="1"/>
     </row>
     <row r="472" spans="1:23">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C472" s="10" t="s">
         <v>947</v>
       </c>
       <c r="D472" s="3" t="s">
         <v>948</v>
       </c>
       <c r="E472" s="3">
         <v>713.69</v>
       </c>
       <c r="F472" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G472" s="3">
-        <v>666.33</v>
+        <v>626.11</v>
       </c>
       <c r="H472" s="4">
         <v>453.23</v>
       </c>
       <c r="I472" s="1"/>
       <c r="J472" s="1"/>
       <c r="K472" s="1"/>
       <c r="L472" s="1"/>
       <c r="M472" s="1"/>
       <c r="N472" s="1"/>
       <c r="O472" s="1"/>
       <c r="P472" s="1"/>
       <c r="Q472" s="1"/>
       <c r="R472" s="1"/>
       <c r="S472" s="1"/>
       <c r="T472" s="1"/>
       <c r="U472" s="1"/>
       <c r="V472" s="1"/>
       <c r="W472" s="1"/>
     </row>
     <row r="473" spans="1:23">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
@@ -25682,95 +25682,95 @@
       <c r="Q475" s="1"/>
       <c r="R475" s="1"/>
       <c r="S475" s="1"/>
       <c r="T475" s="1"/>
       <c r="U475" s="1"/>
       <c r="V475" s="1"/>
       <c r="W475" s="1"/>
     </row>
     <row r="476" spans="1:23">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C476" s="10" t="s">
         <v>955</v>
       </c>
       <c r="D476" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E476" s="3">
         <v>919.88</v>
       </c>
       <c r="F476" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G476" s="3">
-        <v>630.23</v>
+        <v>608.8</v>
       </c>
       <c r="H476" s="4">
         <v>265.65</v>
       </c>
       <c r="I476" s="1"/>
       <c r="J476" s="1"/>
       <c r="K476" s="1"/>
       <c r="L476" s="1"/>
       <c r="M476" s="1"/>
       <c r="N476" s="1"/>
       <c r="O476" s="1"/>
       <c r="P476" s="1"/>
       <c r="Q476" s="1"/>
       <c r="R476" s="1"/>
       <c r="S476" s="1"/>
       <c r="T476" s="1"/>
       <c r="U476" s="1"/>
       <c r="V476" s="1"/>
       <c r="W476" s="1"/>
     </row>
     <row r="477" spans="1:23">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C477" s="10" t="s">
         <v>957</v>
       </c>
       <c r="D477" s="3" t="s">
         <v>958</v>
       </c>
       <c r="E477" s="3">
         <v>312.99</v>
       </c>
       <c r="F477" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G477" s="3">
-        <v>268.43</v>
+        <v>259.66</v>
       </c>
       <c r="H477" s="4">
         <v>190.44</v>
       </c>
       <c r="I477" s="1"/>
       <c r="J477" s="1"/>
       <c r="K477" s="1"/>
       <c r="L477" s="1"/>
       <c r="M477" s="1"/>
       <c r="N477" s="1"/>
       <c r="O477" s="1"/>
       <c r="P477" s="1"/>
       <c r="Q477" s="1"/>
       <c r="R477" s="1"/>
       <c r="S477" s="1"/>
       <c r="T477" s="1"/>
       <c r="U477" s="1"/>
       <c r="V477" s="1"/>
       <c r="W477" s="1"/>
     </row>
     <row r="478" spans="1:23">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
@@ -25890,51 +25890,51 @@
       <c r="T480" s="1"/>
       <c r="U480" s="1"/>
       <c r="V480" s="1"/>
       <c r="W480" s="1"/>
     </row>
     <row r="481" spans="1:23">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C481" s="10" t="s">
         <v>965</v>
       </c>
       <c r="D481" s="3" t="s">
         <v>966</v>
       </c>
       <c r="E481" s="3">
         <v>632.65</v>
       </c>
       <c r="F481" s="3">
         <v>13</v>
       </c>
       <c r="G481" s="3">
-        <v>500.79</v>
+        <v>505.01</v>
       </c>
       <c r="H481" s="4">
         <v>260.8</v>
       </c>
       <c r="I481" s="1"/>
       <c r="J481" s="1"/>
       <c r="K481" s="1"/>
       <c r="L481" s="1"/>
       <c r="M481" s="1"/>
       <c r="N481" s="1"/>
       <c r="O481" s="1"/>
       <c r="P481" s="1"/>
       <c r="Q481" s="1"/>
       <c r="R481" s="1"/>
       <c r="S481" s="1"/>
       <c r="T481" s="1"/>
       <c r="U481" s="1"/>
       <c r="V481" s="1"/>
       <c r="W481" s="1"/>
     </row>
     <row r="482" spans="1:23">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
@@ -25969,54 +25969,54 @@
       <c r="Q482" s="1"/>
       <c r="R482" s="1"/>
       <c r="S482" s="1"/>
       <c r="T482" s="1"/>
       <c r="U482" s="1"/>
       <c r="V482" s="1"/>
       <c r="W482" s="1"/>
     </row>
     <row r="483" spans="1:23">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C483" s="10" t="s">
         <v>969</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>970</v>
       </c>
       <c r="E483" s="3">
         <v>649.12</v>
       </c>
       <c r="F483" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G483" s="3">
-        <v>507.8</v>
+        <v>492.8</v>
       </c>
       <c r="H483" s="4">
         <v>8.49</v>
       </c>
       <c r="I483" s="1"/>
       <c r="J483" s="1"/>
       <c r="K483" s="1"/>
       <c r="L483" s="1"/>
       <c r="M483" s="1"/>
       <c r="N483" s="1"/>
       <c r="O483" s="1"/>
       <c r="P483" s="1"/>
       <c r="Q483" s="1"/>
       <c r="R483" s="1"/>
       <c r="S483" s="1"/>
       <c r="T483" s="1"/>
       <c r="U483" s="1"/>
       <c r="V483" s="1"/>
       <c r="W483" s="1"/>
     </row>
     <row r="484" spans="1:23">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
@@ -26092,95 +26092,95 @@
       <c r="Q485" s="1"/>
       <c r="R485" s="1"/>
       <c r="S485" s="1"/>
       <c r="T485" s="1"/>
       <c r="U485" s="1"/>
       <c r="V485" s="1"/>
       <c r="W485" s="1"/>
     </row>
     <row r="486" spans="1:23">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C486" s="10" t="s">
         <v>975</v>
       </c>
       <c r="D486" s="3" t="s">
         <v>976</v>
       </c>
       <c r="E486" s="3">
         <v>981.09</v>
       </c>
       <c r="F486" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G486" s="3">
-        <v>789.57</v>
+        <v>750.18</v>
       </c>
       <c r="H486" s="4">
         <v>520.16</v>
       </c>
       <c r="I486" s="1"/>
       <c r="J486" s="1"/>
       <c r="K486" s="1"/>
       <c r="L486" s="1"/>
       <c r="M486" s="1"/>
       <c r="N486" s="1"/>
       <c r="O486" s="1"/>
       <c r="P486" s="1"/>
       <c r="Q486" s="1"/>
       <c r="R486" s="1"/>
       <c r="S486" s="1"/>
       <c r="T486" s="1"/>
       <c r="U486" s="1"/>
       <c r="V486" s="1"/>
       <c r="W486" s="1"/>
     </row>
     <row r="487" spans="1:23">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="10" t="s">
         <v>977</v>
       </c>
       <c r="D487" s="3" t="s">
         <v>978</v>
       </c>
       <c r="E487" s="3">
         <v>631.67</v>
       </c>
       <c r="F487" s="3">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G487" s="3">
-        <v>351.07</v>
+        <v>350.18</v>
       </c>
       <c r="H487" s="4">
         <v>123.68</v>
       </c>
       <c r="I487" s="1"/>
       <c r="J487" s="1"/>
       <c r="K487" s="1"/>
       <c r="L487" s="1"/>
       <c r="M487" s="1"/>
       <c r="N487" s="1"/>
       <c r="O487" s="1"/>
       <c r="P487" s="1"/>
       <c r="Q487" s="1"/>
       <c r="R487" s="1"/>
       <c r="S487" s="1"/>
       <c r="T487" s="1"/>
       <c r="U487" s="1"/>
       <c r="V487" s="1"/>
       <c r="W487" s="1"/>
     </row>
     <row r="488" spans="1:23">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
@@ -26256,95 +26256,95 @@
       <c r="Q489" s="1"/>
       <c r="R489" s="1"/>
       <c r="S489" s="1"/>
       <c r="T489" s="1"/>
       <c r="U489" s="1"/>
       <c r="V489" s="1"/>
       <c r="W489" s="1"/>
     </row>
     <row r="490" spans="1:23">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C490" s="10" t="s">
         <v>983</v>
       </c>
       <c r="D490" s="3" t="s">
         <v>984</v>
       </c>
       <c r="E490" s="3">
         <v>725.37</v>
       </c>
       <c r="F490" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G490" s="3">
-        <v>679.71</v>
+        <v>638.11</v>
       </c>
       <c r="H490" s="4">
         <v>553.98</v>
       </c>
       <c r="I490" s="1"/>
       <c r="J490" s="1"/>
       <c r="K490" s="1"/>
       <c r="L490" s="1"/>
       <c r="M490" s="1"/>
       <c r="N490" s="1"/>
       <c r="O490" s="1"/>
       <c r="P490" s="1"/>
       <c r="Q490" s="1"/>
       <c r="R490" s="1"/>
       <c r="S490" s="1"/>
       <c r="T490" s="1"/>
       <c r="U490" s="1"/>
       <c r="V490" s="1"/>
       <c r="W490" s="1"/>
     </row>
     <row r="491" spans="1:23">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C491" s="10" t="s">
         <v>985</v>
       </c>
       <c r="D491" s="3" t="s">
         <v>986</v>
       </c>
       <c r="E491" s="3">
         <v>946.1</v>
       </c>
       <c r="F491" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G491" s="3">
-        <v>780.68</v>
+        <v>775.16</v>
       </c>
       <c r="H491" s="4">
         <v>60.41</v>
       </c>
       <c r="I491" s="1"/>
       <c r="J491" s="1"/>
       <c r="K491" s="1"/>
       <c r="L491" s="1"/>
       <c r="M491" s="1"/>
       <c r="N491" s="1"/>
       <c r="O491" s="1"/>
       <c r="P491" s="1"/>
       <c r="Q491" s="1"/>
       <c r="R491" s="1"/>
       <c r="S491" s="1"/>
       <c r="T491" s="1"/>
       <c r="U491" s="1"/>
       <c r="V491" s="1"/>
       <c r="W491" s="1"/>
     </row>
     <row r="492" spans="1:23">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
@@ -26420,54 +26420,54 @@
       <c r="Q493" s="1"/>
       <c r="R493" s="1"/>
       <c r="S493" s="1"/>
       <c r="T493" s="1"/>
       <c r="U493" s="1"/>
       <c r="V493" s="1"/>
       <c r="W493" s="1"/>
     </row>
     <row r="494" spans="1:23">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C494" s="10" t="s">
         <v>991</v>
       </c>
       <c r="D494" s="3" t="s">
         <v>992</v>
       </c>
       <c r="E494" s="3">
         <v>1038.47</v>
       </c>
       <c r="F494" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G494" s="3">
-        <v>715.44</v>
+        <v>718.36</v>
       </c>
       <c r="H494" s="4">
         <v>315.2</v>
       </c>
       <c r="I494" s="1"/>
       <c r="J494" s="1"/>
       <c r="K494" s="1"/>
       <c r="L494" s="1"/>
       <c r="M494" s="1"/>
       <c r="N494" s="1"/>
       <c r="O494" s="1"/>
       <c r="P494" s="1"/>
       <c r="Q494" s="1"/>
       <c r="R494" s="1"/>
       <c r="S494" s="1"/>
       <c r="T494" s="1"/>
       <c r="U494" s="1"/>
       <c r="V494" s="1"/>
       <c r="W494" s="1"/>
     </row>
     <row r="495" spans="1:23">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
@@ -26543,54 +26543,54 @@
       <c r="Q496" s="1"/>
       <c r="R496" s="1"/>
       <c r="S496" s="1"/>
       <c r="T496" s="1"/>
       <c r="U496" s="1"/>
       <c r="V496" s="1"/>
       <c r="W496" s="1"/>
     </row>
     <row r="497" spans="1:23">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C497" s="10" t="s">
         <v>997</v>
       </c>
       <c r="D497" s="3" t="s">
         <v>998</v>
       </c>
       <c r="E497" s="3">
         <v>1020.93</v>
       </c>
       <c r="F497" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G497" s="3">
-        <v>678.56</v>
+        <v>676.27</v>
       </c>
       <c r="H497" s="4">
         <v>442.99</v>
       </c>
       <c r="I497" s="1"/>
       <c r="J497" s="1"/>
       <c r="K497" s="1"/>
       <c r="L497" s="1"/>
       <c r="M497" s="1"/>
       <c r="N497" s="1"/>
       <c r="O497" s="1"/>
       <c r="P497" s="1"/>
       <c r="Q497" s="1"/>
       <c r="R497" s="1"/>
       <c r="S497" s="1"/>
       <c r="T497" s="1"/>
       <c r="U497" s="1"/>
       <c r="V497" s="1"/>
       <c r="W497" s="1"/>
     </row>
     <row r="498" spans="1:23">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
@@ -26625,54 +26625,54 @@
       <c r="Q498" s="1"/>
       <c r="R498" s="1"/>
       <c r="S498" s="1"/>
       <c r="T498" s="1"/>
       <c r="U498" s="1"/>
       <c r="V498" s="1"/>
       <c r="W498" s="1"/>
     </row>
     <row r="499" spans="1:23">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C499" s="10" t="s">
         <v>1001</v>
       </c>
       <c r="D499" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="E499" s="3">
         <v>873.42</v>
       </c>
       <c r="F499" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G499" s="3">
-        <v>660.64</v>
+        <v>659.47</v>
       </c>
       <c r="H499" s="4">
         <v>130.57</v>
       </c>
       <c r="I499" s="1"/>
       <c r="J499" s="1"/>
       <c r="K499" s="1"/>
       <c r="L499" s="1"/>
       <c r="M499" s="1"/>
       <c r="N499" s="1"/>
       <c r="O499" s="1"/>
       <c r="P499" s="1"/>
       <c r="Q499" s="1"/>
       <c r="R499" s="1"/>
       <c r="S499" s="1"/>
       <c r="T499" s="1"/>
       <c r="U499" s="1"/>
       <c r="V499" s="1"/>
       <c r="W499" s="1"/>
     </row>
     <row r="500" spans="1:23">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
@@ -26710,51 +26710,51 @@
       <c r="T500" s="1"/>
       <c r="U500" s="1"/>
       <c r="V500" s="1"/>
       <c r="W500" s="1"/>
     </row>
     <row r="501" spans="1:23">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C501" s="10" t="s">
         <v>1005</v>
       </c>
       <c r="D501" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="E501" s="3">
         <v>55.09</v>
       </c>
       <c r="F501" s="3">
         <v>8</v>
       </c>
       <c r="G501" s="3">
-        <v>62.18</v>
+        <v>66.11</v>
       </c>
       <c r="H501" s="4">
         <v>51.87</v>
       </c>
       <c r="I501" s="1"/>
       <c r="J501" s="1"/>
       <c r="K501" s="1"/>
       <c r="L501" s="1"/>
       <c r="M501" s="1"/>
       <c r="N501" s="1"/>
       <c r="O501" s="1"/>
       <c r="P501" s="1"/>
       <c r="Q501" s="1"/>
       <c r="R501" s="1"/>
       <c r="S501" s="1"/>
       <c r="T501" s="1"/>
       <c r="U501" s="1"/>
       <c r="V501" s="1"/>
       <c r="W501" s="1"/>
     </row>
     <row r="502" spans="1:23">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
@@ -26871,95 +26871,95 @@
       <c r="Q504" s="1"/>
       <c r="R504" s="1"/>
       <c r="S504" s="1"/>
       <c r="T504" s="1"/>
       <c r="U504" s="1"/>
       <c r="V504" s="1"/>
       <c r="W504" s="1"/>
     </row>
     <row r="505" spans="1:23">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C505" s="10" t="s">
         <v>1013</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="E505" s="3">
         <v>688.41</v>
       </c>
       <c r="F505" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G505" s="3">
-        <v>508.27</v>
+        <v>507.36</v>
       </c>
       <c r="H505" s="4">
         <v>231.26</v>
       </c>
       <c r="I505" s="1"/>
       <c r="J505" s="1"/>
       <c r="K505" s="1"/>
       <c r="L505" s="1"/>
       <c r="M505" s="1"/>
       <c r="N505" s="1"/>
       <c r="O505" s="1"/>
       <c r="P505" s="1"/>
       <c r="Q505" s="1"/>
       <c r="R505" s="1"/>
       <c r="S505" s="1"/>
       <c r="T505" s="1"/>
       <c r="U505" s="1"/>
       <c r="V505" s="1"/>
       <c r="W505" s="1"/>
     </row>
     <row r="506" spans="1:23">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C506" s="10" t="s">
         <v>1015</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="E506" s="3">
         <v>609.2</v>
       </c>
       <c r="F506" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G506" s="3">
-        <v>484.23</v>
+        <v>483.03</v>
       </c>
       <c r="H506" s="4">
         <v>278.61</v>
       </c>
       <c r="I506" s="1"/>
       <c r="J506" s="1"/>
       <c r="K506" s="1"/>
       <c r="L506" s="1"/>
       <c r="M506" s="1"/>
       <c r="N506" s="1"/>
       <c r="O506" s="1"/>
       <c r="P506" s="1"/>
       <c r="Q506" s="1"/>
       <c r="R506" s="1"/>
       <c r="S506" s="1"/>
       <c r="T506" s="1"/>
       <c r="U506" s="1"/>
       <c r="V506" s="1"/>
       <c r="W506" s="1"/>
     </row>
     <row r="507" spans="1:23">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
@@ -26997,92 +26997,92 @@
       <c r="T507" s="1"/>
       <c r="U507" s="1"/>
       <c r="V507" s="1"/>
       <c r="W507" s="1"/>
     </row>
     <row r="508" spans="1:23">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C508" s="10" t="s">
         <v>1019</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="E508" s="3">
         <v>953.54</v>
       </c>
       <c r="F508" s="3">
         <v>23</v>
       </c>
       <c r="G508" s="3">
-        <v>828.88</v>
+        <v>813.54</v>
       </c>
       <c r="H508" s="4">
         <v>351.63</v>
       </c>
       <c r="I508" s="1"/>
       <c r="J508" s="1"/>
       <c r="K508" s="1"/>
       <c r="L508" s="1"/>
       <c r="M508" s="1"/>
       <c r="N508" s="1"/>
       <c r="O508" s="1"/>
       <c r="P508" s="1"/>
       <c r="Q508" s="1"/>
       <c r="R508" s="1"/>
       <c r="S508" s="1"/>
       <c r="T508" s="1"/>
       <c r="U508" s="1"/>
       <c r="V508" s="1"/>
       <c r="W508" s="1"/>
     </row>
     <row r="509" spans="1:23">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C509" s="10" t="s">
         <v>1021</v>
       </c>
       <c r="D509" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="E509" s="3">
         <v>1345.28</v>
       </c>
       <c r="F509" s="3">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G509" s="3">
-        <v>1212.04</v>
+        <v>1148.07</v>
       </c>
       <c r="H509" s="4">
         <v>509.33</v>
       </c>
       <c r="I509" s="1"/>
       <c r="J509" s="1"/>
       <c r="K509" s="1"/>
       <c r="L509" s="1"/>
       <c r="M509" s="1"/>
       <c r="N509" s="1"/>
       <c r="O509" s="1"/>
       <c r="P509" s="1"/>
       <c r="Q509" s="1"/>
       <c r="R509" s="1"/>
       <c r="S509" s="1"/>
       <c r="T509" s="1"/>
       <c r="U509" s="1"/>
       <c r="V509" s="1"/>
       <c r="W509" s="1"/>
     </row>
     <row r="510" spans="1:23">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
@@ -27117,54 +27117,54 @@
       <c r="Q510" s="1"/>
       <c r="R510" s="1"/>
       <c r="S510" s="1"/>
       <c r="T510" s="1"/>
       <c r="U510" s="1"/>
       <c r="V510" s="1"/>
       <c r="W510" s="1"/>
     </row>
     <row r="511" spans="1:23">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C511" s="10" t="s">
         <v>1025</v>
       </c>
       <c r="D511" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="E511" s="3">
         <v>491.27</v>
       </c>
       <c r="F511" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G511" s="3">
-        <v>295.19</v>
+        <v>283.44</v>
       </c>
       <c r="H511" s="4">
         <v>279.03</v>
       </c>
       <c r="I511" s="1"/>
       <c r="J511" s="1"/>
       <c r="K511" s="1"/>
       <c r="L511" s="1"/>
       <c r="M511" s="1"/>
       <c r="N511" s="1"/>
       <c r="O511" s="1"/>
       <c r="P511" s="1"/>
       <c r="Q511" s="1"/>
       <c r="R511" s="1"/>
       <c r="S511" s="1"/>
       <c r="T511" s="1"/>
       <c r="U511" s="1"/>
       <c r="V511" s="1"/>
       <c r="W511" s="1"/>
     </row>
     <row r="512" spans="1:23">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
@@ -27199,177 +27199,177 @@
       <c r="Q512" s="1"/>
       <c r="R512" s="1"/>
       <c r="S512" s="1"/>
       <c r="T512" s="1"/>
       <c r="U512" s="1"/>
       <c r="V512" s="1"/>
       <c r="W512" s="1"/>
     </row>
     <row r="513" spans="1:23">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C513" s="10" t="s">
         <v>1029</v>
       </c>
       <c r="D513" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="E513" s="3">
         <v>544.13</v>
       </c>
       <c r="F513" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G513" s="3">
-        <v>564.12</v>
+        <v>551.51</v>
       </c>
       <c r="H513" s="4">
         <v>159.35</v>
       </c>
       <c r="I513" s="1"/>
       <c r="J513" s="1"/>
       <c r="K513" s="1"/>
       <c r="L513" s="1"/>
       <c r="M513" s="1"/>
       <c r="N513" s="1"/>
       <c r="O513" s="1"/>
       <c r="P513" s="1"/>
       <c r="Q513" s="1"/>
       <c r="R513" s="1"/>
       <c r="S513" s="1"/>
       <c r="T513" s="1"/>
       <c r="U513" s="1"/>
       <c r="V513" s="1"/>
       <c r="W513" s="1"/>
     </row>
     <row r="514" spans="1:23">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C514" s="10" t="s">
         <v>1031</v>
       </c>
       <c r="D514" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="E514" s="3">
         <v>926.63</v>
       </c>
       <c r="F514" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G514" s="3">
-        <v>498.28</v>
+        <v>491.23</v>
       </c>
       <c r="H514" s="4">
         <v>251.56</v>
       </c>
       <c r="I514" s="1"/>
       <c r="J514" s="1"/>
       <c r="K514" s="1"/>
       <c r="L514" s="1"/>
       <c r="M514" s="1"/>
       <c r="N514" s="1"/>
       <c r="O514" s="1"/>
       <c r="P514" s="1"/>
       <c r="Q514" s="1"/>
       <c r="R514" s="1"/>
       <c r="S514" s="1"/>
       <c r="T514" s="1"/>
       <c r="U514" s="1"/>
       <c r="V514" s="1"/>
       <c r="W514" s="1"/>
     </row>
     <row r="515" spans="1:23">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C515" s="10" t="s">
         <v>1033</v>
       </c>
       <c r="D515" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="E515" s="3">
         <v>666.83</v>
       </c>
       <c r="F515" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G515" s="3">
-        <v>525.21</v>
+        <v>514.23</v>
       </c>
       <c r="H515" s="4">
         <v>144.96</v>
       </c>
       <c r="I515" s="1"/>
       <c r="J515" s="1"/>
       <c r="K515" s="1"/>
       <c r="L515" s="1"/>
       <c r="M515" s="1"/>
       <c r="N515" s="1"/>
       <c r="O515" s="1"/>
       <c r="P515" s="1"/>
       <c r="Q515" s="1"/>
       <c r="R515" s="1"/>
       <c r="S515" s="1"/>
       <c r="T515" s="1"/>
       <c r="U515" s="1"/>
       <c r="V515" s="1"/>
       <c r="W515" s="1"/>
     </row>
     <row r="516" spans="1:23">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C516" s="10" t="s">
         <v>1035</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="E516" s="3">
         <v>315.24</v>
       </c>
       <c r="F516" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G516" s="3">
-        <v>283.13</v>
+        <v>265.41</v>
       </c>
       <c r="H516" s="4">
         <v>154.56</v>
       </c>
       <c r="I516" s="1"/>
       <c r="J516" s="1"/>
       <c r="K516" s="1"/>
       <c r="L516" s="1"/>
       <c r="M516" s="1"/>
       <c r="N516" s="1"/>
       <c r="O516" s="1"/>
       <c r="P516" s="1"/>
       <c r="Q516" s="1"/>
       <c r="R516" s="1"/>
       <c r="S516" s="1"/>
       <c r="T516" s="1"/>
       <c r="U516" s="1"/>
       <c r="V516" s="1"/>
       <c r="W516" s="1"/>
     </row>
     <row r="517" spans="1:23">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
@@ -27407,51 +27407,51 @@
       <c r="T517" s="1"/>
       <c r="U517" s="1"/>
       <c r="V517" s="1"/>
       <c r="W517" s="1"/>
     </row>
     <row r="518" spans="1:23">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="10" t="s">
         <v>1039</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="E518" s="3">
         <v>951.43</v>
       </c>
       <c r="F518" s="3">
         <v>12</v>
       </c>
       <c r="G518" s="3">
-        <v>900.86</v>
+        <v>902.19</v>
       </c>
       <c r="H518" s="4">
         <v>549.1</v>
       </c>
       <c r="I518" s="1"/>
       <c r="J518" s="1"/>
       <c r="K518" s="1"/>
       <c r="L518" s="1"/>
       <c r="M518" s="1"/>
       <c r="N518" s="1"/>
       <c r="O518" s="1"/>
       <c r="P518" s="1"/>
       <c r="Q518" s="1"/>
       <c r="R518" s="1"/>
       <c r="S518" s="1"/>
       <c r="T518" s="1"/>
       <c r="U518" s="1"/>
       <c r="V518" s="1"/>
       <c r="W518" s="1"/>
     </row>
     <row r="519" spans="1:23">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
@@ -27527,95 +27527,95 @@
       <c r="Q520" s="1"/>
       <c r="R520" s="1"/>
       <c r="S520" s="1"/>
       <c r="T520" s="1"/>
       <c r="U520" s="1"/>
       <c r="V520" s="1"/>
       <c r="W520" s="1"/>
     </row>
     <row r="521" spans="1:23">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="10" t="s">
         <v>1045</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="E521" s="3">
         <v>377.13</v>
       </c>
       <c r="F521" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G521" s="3">
-        <v>338.82</v>
+        <v>311.18</v>
       </c>
       <c r="H521" s="4">
         <v>281.46</v>
       </c>
       <c r="I521" s="1"/>
       <c r="J521" s="1"/>
       <c r="K521" s="1"/>
       <c r="L521" s="1"/>
       <c r="M521" s="1"/>
       <c r="N521" s="1"/>
       <c r="O521" s="1"/>
       <c r="P521" s="1"/>
       <c r="Q521" s="1"/>
       <c r="R521" s="1"/>
       <c r="S521" s="1"/>
       <c r="T521" s="1"/>
       <c r="U521" s="1"/>
       <c r="V521" s="1"/>
       <c r="W521" s="1"/>
     </row>
     <row r="522" spans="1:23">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C522" s="10" t="s">
         <v>1047</v>
       </c>
       <c r="D522" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="E522" s="3">
         <v>616.86</v>
       </c>
       <c r="F522" s="3">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G522" s="3">
-        <v>597.72</v>
+        <v>592.07</v>
       </c>
       <c r="H522" s="4">
         <v>411.42</v>
       </c>
       <c r="I522" s="1"/>
       <c r="J522" s="1"/>
       <c r="K522" s="1"/>
       <c r="L522" s="1"/>
       <c r="M522" s="1"/>
       <c r="N522" s="1"/>
       <c r="O522" s="1"/>
       <c r="P522" s="1"/>
       <c r="Q522" s="1"/>
       <c r="R522" s="1"/>
       <c r="S522" s="1"/>
       <c r="T522" s="1"/>
       <c r="U522" s="1"/>
       <c r="V522" s="1"/>
       <c r="W522" s="1"/>
     </row>
     <row r="523" spans="1:23">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
@@ -27650,136 +27650,136 @@
       <c r="Q523" s="1"/>
       <c r="R523" s="1"/>
       <c r="S523" s="1"/>
       <c r="T523" s="1"/>
       <c r="U523" s="1"/>
       <c r="V523" s="1"/>
       <c r="W523" s="1"/>
     </row>
     <row r="524" spans="1:23">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C524" s="10" t="s">
         <v>1051</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="E524" s="3">
         <v>474.36</v>
       </c>
       <c r="F524" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G524" s="3">
-        <v>387.58</v>
+        <v>371.43</v>
       </c>
       <c r="H524" s="4">
         <v>234.06</v>
       </c>
       <c r="I524" s="1"/>
       <c r="J524" s="1"/>
       <c r="K524" s="1"/>
       <c r="L524" s="1"/>
       <c r="M524" s="1"/>
       <c r="N524" s="1"/>
       <c r="O524" s="1"/>
       <c r="P524" s="1"/>
       <c r="Q524" s="1"/>
       <c r="R524" s="1"/>
       <c r="S524" s="1"/>
       <c r="T524" s="1"/>
       <c r="U524" s="1"/>
       <c r="V524" s="1"/>
       <c r="W524" s="1"/>
     </row>
     <row r="525" spans="1:23">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C525" s="10" t="s">
         <v>1053</v>
       </c>
       <c r="D525" s="3" t="s">
         <v>1054</v>
       </c>
       <c r="E525" s="3">
         <v>2189.82</v>
       </c>
       <c r="F525" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G525" s="3">
-        <v>1939.01</v>
+        <v>1850.37</v>
       </c>
       <c r="H525" s="4">
         <v>751</v>
       </c>
       <c r="I525" s="1"/>
       <c r="J525" s="1"/>
       <c r="K525" s="1"/>
       <c r="L525" s="1"/>
       <c r="M525" s="1"/>
       <c r="N525" s="1"/>
       <c r="O525" s="1"/>
       <c r="P525" s="1"/>
       <c r="Q525" s="1"/>
       <c r="R525" s="1"/>
       <c r="S525" s="1"/>
       <c r="T525" s="1"/>
       <c r="U525" s="1"/>
       <c r="V525" s="1"/>
       <c r="W525" s="1"/>
     </row>
     <row r="526" spans="1:23">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C526" s="10" t="s">
         <v>1055</v>
       </c>
       <c r="D526" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="E526" s="3">
         <v>999.91</v>
       </c>
       <c r="F526" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G526" s="3">
-        <v>651.37</v>
+        <v>640.66</v>
       </c>
       <c r="H526" s="4">
         <v>203.42</v>
       </c>
       <c r="I526" s="1"/>
       <c r="J526" s="1"/>
       <c r="K526" s="1"/>
       <c r="L526" s="1"/>
       <c r="M526" s="1"/>
       <c r="N526" s="1"/>
       <c r="O526" s="1"/>
       <c r="P526" s="1"/>
       <c r="Q526" s="1"/>
       <c r="R526" s="1"/>
       <c r="S526" s="1"/>
       <c r="T526" s="1"/>
       <c r="U526" s="1"/>
       <c r="V526" s="1"/>
       <c r="W526" s="1"/>
     </row>
     <row r="527" spans="1:23">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
@@ -27855,95 +27855,95 @@
       <c r="Q528" s="1"/>
       <c r="R528" s="1"/>
       <c r="S528" s="1"/>
       <c r="T528" s="1"/>
       <c r="U528" s="1"/>
       <c r="V528" s="1"/>
       <c r="W528" s="1"/>
     </row>
     <row r="529" spans="1:23">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C529" s="10" t="s">
         <v>1061</v>
       </c>
       <c r="D529" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="E529" s="3">
         <v>514.06</v>
       </c>
       <c r="F529" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G529" s="3">
-        <v>618.73</v>
+        <v>608.06</v>
       </c>
       <c r="H529" s="4">
         <v>253.62</v>
       </c>
       <c r="I529" s="1"/>
       <c r="J529" s="1"/>
       <c r="K529" s="1"/>
       <c r="L529" s="1"/>
       <c r="M529" s="1"/>
       <c r="N529" s="1"/>
       <c r="O529" s="1"/>
       <c r="P529" s="1"/>
       <c r="Q529" s="1"/>
       <c r="R529" s="1"/>
       <c r="S529" s="1"/>
       <c r="T529" s="1"/>
       <c r="U529" s="1"/>
       <c r="V529" s="1"/>
       <c r="W529" s="1"/>
     </row>
     <row r="530" spans="1:23">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C530" s="10" t="s">
         <v>1063</v>
       </c>
       <c r="D530" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="E530" s="3">
         <v>997.26</v>
       </c>
       <c r="F530" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G530" s="3">
-        <v>716.49</v>
+        <v>717.41</v>
       </c>
       <c r="H530" s="4">
         <v>250.55</v>
       </c>
       <c r="I530" s="1"/>
       <c r="J530" s="1"/>
       <c r="K530" s="1"/>
       <c r="L530" s="1"/>
       <c r="M530" s="1"/>
       <c r="N530" s="1"/>
       <c r="O530" s="1"/>
       <c r="P530" s="1"/>
       <c r="Q530" s="1"/>
       <c r="R530" s="1"/>
       <c r="S530" s="1"/>
       <c r="T530" s="1"/>
       <c r="U530" s="1"/>
       <c r="V530" s="1"/>
       <c r="W530" s="1"/>
     </row>
     <row r="531" spans="1:23">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
@@ -28019,177 +28019,177 @@
       <c r="Q532" s="1"/>
       <c r="R532" s="1"/>
       <c r="S532" s="1"/>
       <c r="T532" s="1"/>
       <c r="U532" s="1"/>
       <c r="V532" s="1"/>
       <c r="W532" s="1"/>
     </row>
     <row r="533" spans="1:23">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C533" s="10" t="s">
         <v>1069</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="E533" s="3">
         <v>1112.74</v>
       </c>
       <c r="F533" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G533" s="3">
-        <v>838.49</v>
+        <v>815.53</v>
       </c>
       <c r="H533" s="4">
         <v>188.24</v>
       </c>
       <c r="I533" s="1"/>
       <c r="J533" s="1"/>
       <c r="K533" s="1"/>
       <c r="L533" s="1"/>
       <c r="M533" s="1"/>
       <c r="N533" s="1"/>
       <c r="O533" s="1"/>
       <c r="P533" s="1"/>
       <c r="Q533" s="1"/>
       <c r="R533" s="1"/>
       <c r="S533" s="1"/>
       <c r="T533" s="1"/>
       <c r="U533" s="1"/>
       <c r="V533" s="1"/>
       <c r="W533" s="1"/>
     </row>
     <row r="534" spans="1:23">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C534" s="10" t="s">
         <v>1071</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="E534" s="3">
         <v>2827.8</v>
       </c>
       <c r="F534" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G534" s="3">
-        <v>2700.95</v>
+        <v>2186.42</v>
       </c>
       <c r="H534" s="4">
         <v>1176.78</v>
       </c>
       <c r="I534" s="1"/>
       <c r="J534" s="1"/>
       <c r="K534" s="1"/>
       <c r="L534" s="1"/>
       <c r="M534" s="1"/>
       <c r="N534" s="1"/>
       <c r="O534" s="1"/>
       <c r="P534" s="1"/>
       <c r="Q534" s="1"/>
       <c r="R534" s="1"/>
       <c r="S534" s="1"/>
       <c r="T534" s="1"/>
       <c r="U534" s="1"/>
       <c r="V534" s="1"/>
       <c r="W534" s="1"/>
     </row>
     <row r="535" spans="1:23">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C535" s="10" t="s">
         <v>1073</v>
       </c>
       <c r="D535" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="E535" s="3">
         <v>1283.05</v>
       </c>
       <c r="F535" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G535" s="3">
-        <v>760.27</v>
+        <v>753.23</v>
       </c>
       <c r="H535" s="4">
         <v>136.91</v>
       </c>
       <c r="I535" s="1"/>
       <c r="J535" s="1"/>
       <c r="K535" s="1"/>
       <c r="L535" s="1"/>
       <c r="M535" s="1"/>
       <c r="N535" s="1"/>
       <c r="O535" s="1"/>
       <c r="P535" s="1"/>
       <c r="Q535" s="1"/>
       <c r="R535" s="1"/>
       <c r="S535" s="1"/>
       <c r="T535" s="1"/>
       <c r="U535" s="1"/>
       <c r="V535" s="1"/>
       <c r="W535" s="1"/>
     </row>
     <row r="536" spans="1:23">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C536" s="10" t="s">
         <v>1075</v>
       </c>
       <c r="D536" s="3" t="s">
         <v>1076</v>
       </c>
       <c r="E536" s="3">
         <v>1243.06</v>
       </c>
       <c r="F536" s="3">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G536" s="3">
-        <v>652.47</v>
+        <v>619.29</v>
       </c>
       <c r="H536" s="4">
         <v>317.97</v>
       </c>
       <c r="I536" s="1"/>
       <c r="J536" s="1"/>
       <c r="K536" s="1"/>
       <c r="L536" s="1"/>
       <c r="M536" s="1"/>
       <c r="N536" s="1"/>
       <c r="O536" s="1"/>
       <c r="P536" s="1"/>
       <c r="Q536" s="1"/>
       <c r="R536" s="1"/>
       <c r="S536" s="1"/>
       <c r="T536" s="1"/>
       <c r="U536" s="1"/>
       <c r="V536" s="1"/>
       <c r="W536" s="1"/>
     </row>
     <row r="537" spans="1:23">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
@@ -28224,54 +28224,54 @@
       <c r="Q537" s="1"/>
       <c r="R537" s="1"/>
       <c r="S537" s="1"/>
       <c r="T537" s="1"/>
       <c r="U537" s="1"/>
       <c r="V537" s="1"/>
       <c r="W537" s="1"/>
     </row>
     <row r="538" spans="1:23">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C538" s="10" t="s">
         <v>1079</v>
       </c>
       <c r="D538" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="E538" s="3">
         <v>223.79</v>
       </c>
       <c r="F538" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G538" s="3">
-        <v>190.8</v>
+        <v>156.33</v>
       </c>
       <c r="H538" s="4">
         <v>0</v>
       </c>
       <c r="I538" s="1"/>
       <c r="J538" s="1"/>
       <c r="K538" s="1"/>
       <c r="L538" s="1"/>
       <c r="M538" s="1"/>
       <c r="N538" s="1"/>
       <c r="O538" s="1"/>
       <c r="P538" s="1"/>
       <c r="Q538" s="1"/>
       <c r="R538" s="1"/>
       <c r="S538" s="1"/>
       <c r="T538" s="1"/>
       <c r="U538" s="1"/>
       <c r="V538" s="1"/>
       <c r="W538" s="1"/>
     </row>
     <row r="539" spans="1:23">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
@@ -28306,54 +28306,54 @@
       <c r="Q539" s="1"/>
       <c r="R539" s="1"/>
       <c r="S539" s="1"/>
       <c r="T539" s="1"/>
       <c r="U539" s="1"/>
       <c r="V539" s="1"/>
       <c r="W539" s="1"/>
     </row>
     <row r="540" spans="1:23">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C540" s="10" t="s">
         <v>1083</v>
       </c>
       <c r="D540" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="E540" s="3">
         <v>713.57</v>
       </c>
       <c r="F540" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G540" s="3">
-        <v>727.98</v>
+        <v>708.85</v>
       </c>
       <c r="H540" s="4">
         <v>27.09</v>
       </c>
       <c r="I540" s="1"/>
       <c r="J540" s="1"/>
       <c r="K540" s="1"/>
       <c r="L540" s="1"/>
       <c r="M540" s="1"/>
       <c r="N540" s="1"/>
       <c r="O540" s="1"/>
       <c r="P540" s="1"/>
       <c r="Q540" s="1"/>
       <c r="R540" s="1"/>
       <c r="S540" s="1"/>
       <c r="T540" s="1"/>
       <c r="U540" s="1"/>
       <c r="V540" s="1"/>
       <c r="W540" s="1"/>
     </row>
     <row r="541" spans="1:23">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
@@ -28511,218 +28511,218 @@
       <c r="Q544" s="1"/>
       <c r="R544" s="1"/>
       <c r="S544" s="1"/>
       <c r="T544" s="1"/>
       <c r="U544" s="1"/>
       <c r="V544" s="1"/>
       <c r="W544" s="1"/>
     </row>
     <row r="545" spans="1:23">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C545" s="10" t="s">
         <v>1093</v>
       </c>
       <c r="D545" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="E545" s="3">
         <v>927.96</v>
       </c>
       <c r="F545" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G545" s="3">
-        <v>649.01</v>
+        <v>603.38</v>
       </c>
       <c r="H545" s="4">
         <v>367.46</v>
       </c>
       <c r="I545" s="1"/>
       <c r="J545" s="1"/>
       <c r="K545" s="1"/>
       <c r="L545" s="1"/>
       <c r="M545" s="1"/>
       <c r="N545" s="1"/>
       <c r="O545" s="1"/>
       <c r="P545" s="1"/>
       <c r="Q545" s="1"/>
       <c r="R545" s="1"/>
       <c r="S545" s="1"/>
       <c r="T545" s="1"/>
       <c r="U545" s="1"/>
       <c r="V545" s="1"/>
       <c r="W545" s="1"/>
     </row>
     <row r="546" spans="1:23">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C546" s="10" t="s">
         <v>1095</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="E546" s="3">
         <v>1782.14</v>
       </c>
       <c r="F546" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G546" s="3">
-        <v>1519.63</v>
+        <v>1495.06</v>
       </c>
       <c r="H546" s="4">
         <v>637.11</v>
       </c>
       <c r="I546" s="1"/>
       <c r="J546" s="1"/>
       <c r="K546" s="1"/>
       <c r="L546" s="1"/>
       <c r="M546" s="1"/>
       <c r="N546" s="1"/>
       <c r="O546" s="1"/>
       <c r="P546" s="1"/>
       <c r="Q546" s="1"/>
       <c r="R546" s="1"/>
       <c r="S546" s="1"/>
       <c r="T546" s="1"/>
       <c r="U546" s="1"/>
       <c r="V546" s="1"/>
       <c r="W546" s="1"/>
     </row>
     <row r="547" spans="1:23">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C547" s="10" t="s">
         <v>1097</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>1098</v>
       </c>
       <c r="E547" s="3">
         <v>1120.85</v>
       </c>
       <c r="F547" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G547" s="3">
-        <v>1067.62</v>
+        <v>964.35</v>
       </c>
       <c r="H547" s="4">
         <v>406.73</v>
       </c>
       <c r="I547" s="1"/>
       <c r="J547" s="1"/>
       <c r="K547" s="1"/>
       <c r="L547" s="1"/>
       <c r="M547" s="1"/>
       <c r="N547" s="1"/>
       <c r="O547" s="1"/>
       <c r="P547" s="1"/>
       <c r="Q547" s="1"/>
       <c r="R547" s="1"/>
       <c r="S547" s="1"/>
       <c r="T547" s="1"/>
       <c r="U547" s="1"/>
       <c r="V547" s="1"/>
       <c r="W547" s="1"/>
     </row>
     <row r="548" spans="1:23">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C548" s="10" t="s">
         <v>1099</v>
       </c>
       <c r="D548" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="E548" s="3">
         <v>1824.04</v>
       </c>
       <c r="F548" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G548" s="3">
-        <v>1817.64</v>
+        <v>1769</v>
       </c>
       <c r="H548" s="4">
         <v>585.7</v>
       </c>
       <c r="I548" s="1"/>
       <c r="J548" s="1"/>
       <c r="K548" s="1"/>
       <c r="L548" s="1"/>
       <c r="M548" s="1"/>
       <c r="N548" s="1"/>
       <c r="O548" s="1"/>
       <c r="P548" s="1"/>
       <c r="Q548" s="1"/>
       <c r="R548" s="1"/>
       <c r="S548" s="1"/>
       <c r="T548" s="1"/>
       <c r="U548" s="1"/>
       <c r="V548" s="1"/>
       <c r="W548" s="1"/>
     </row>
     <row r="549" spans="1:23">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C549" s="10" t="s">
         <v>1101</v>
       </c>
       <c r="D549" s="3" t="s">
         <v>1102</v>
       </c>
       <c r="E549" s="3">
         <v>1318.37</v>
       </c>
       <c r="F549" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G549" s="3">
-        <v>1034.81</v>
+        <v>955.05</v>
       </c>
       <c r="H549" s="4">
         <v>65.39</v>
       </c>
       <c r="I549" s="1"/>
       <c r="J549" s="1"/>
       <c r="K549" s="1"/>
       <c r="L549" s="1"/>
       <c r="M549" s="1"/>
       <c r="N549" s="1"/>
       <c r="O549" s="1"/>
       <c r="P549" s="1"/>
       <c r="Q549" s="1"/>
       <c r="R549" s="1"/>
       <c r="S549" s="1"/>
       <c r="T549" s="1"/>
       <c r="U549" s="1"/>
       <c r="V549" s="1"/>
       <c r="W549" s="1"/>
     </row>
     <row r="550" spans="1:23">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
@@ -28757,54 +28757,54 @@
       <c r="Q550" s="1"/>
       <c r="R550" s="1"/>
       <c r="S550" s="1"/>
       <c r="T550" s="1"/>
       <c r="U550" s="1"/>
       <c r="V550" s="1"/>
       <c r="W550" s="1"/>
     </row>
     <row r="551" spans="1:23">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C551" s="10" t="s">
         <v>1105</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="E551" s="3">
         <v>1071.38</v>
       </c>
       <c r="F551" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G551" s="3">
-        <v>1005.17</v>
+        <v>998.78</v>
       </c>
       <c r="H551" s="4">
         <v>212.1</v>
       </c>
       <c r="I551" s="1"/>
       <c r="J551" s="1"/>
       <c r="K551" s="1"/>
       <c r="L551" s="1"/>
       <c r="M551" s="1"/>
       <c r="N551" s="1"/>
       <c r="O551" s="1"/>
       <c r="P551" s="1"/>
       <c r="Q551" s="1"/>
       <c r="R551" s="1"/>
       <c r="S551" s="1"/>
       <c r="T551" s="1"/>
       <c r="U551" s="1"/>
       <c r="V551" s="1"/>
       <c r="W551" s="1"/>
     </row>
     <row r="552" spans="1:23">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
@@ -28839,136 +28839,136 @@
       <c r="Q552" s="1"/>
       <c r="R552" s="1"/>
       <c r="S552" s="1"/>
       <c r="T552" s="1"/>
       <c r="U552" s="1"/>
       <c r="V552" s="1"/>
       <c r="W552" s="1"/>
     </row>
     <row r="553" spans="1:23">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C553" s="10" t="s">
         <v>1109</v>
       </c>
       <c r="D553" s="3" t="s">
         <v>1110</v>
       </c>
       <c r="E553" s="3">
         <v>463.3</v>
       </c>
       <c r="F553" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G553" s="3">
-        <v>435.18</v>
+        <v>434.36</v>
       </c>
       <c r="H553" s="4">
         <v>170.71</v>
       </c>
       <c r="I553" s="1"/>
       <c r="J553" s="1"/>
       <c r="K553" s="1"/>
       <c r="L553" s="1"/>
       <c r="M553" s="1"/>
       <c r="N553" s="1"/>
       <c r="O553" s="1"/>
       <c r="P553" s="1"/>
       <c r="Q553" s="1"/>
       <c r="R553" s="1"/>
       <c r="S553" s="1"/>
       <c r="T553" s="1"/>
       <c r="U553" s="1"/>
       <c r="V553" s="1"/>
       <c r="W553" s="1"/>
     </row>
     <row r="554" spans="1:23">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C554" s="10" t="s">
         <v>1111</v>
       </c>
       <c r="D554" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="E554" s="3">
         <v>864.45</v>
       </c>
       <c r="F554" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G554" s="3">
-        <v>774.59</v>
+        <v>757.01</v>
       </c>
       <c r="H554" s="4">
         <v>667.92</v>
       </c>
       <c r="I554" s="1"/>
       <c r="J554" s="1"/>
       <c r="K554" s="1"/>
       <c r="L554" s="1"/>
       <c r="M554" s="1"/>
       <c r="N554" s="1"/>
       <c r="O554" s="1"/>
       <c r="P554" s="1"/>
       <c r="Q554" s="1"/>
       <c r="R554" s="1"/>
       <c r="S554" s="1"/>
       <c r="T554" s="1"/>
       <c r="U554" s="1"/>
       <c r="V554" s="1"/>
       <c r="W554" s="1"/>
     </row>
     <row r="555" spans="1:23">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C555" s="10" t="s">
         <v>1113</v>
       </c>
       <c r="D555" s="3" t="s">
         <v>1114</v>
       </c>
       <c r="E555" s="3">
         <v>351.79</v>
       </c>
       <c r="F555" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G555" s="3">
-        <v>366.94</v>
+        <v>335.22</v>
       </c>
       <c r="H555" s="4">
         <v>205.82</v>
       </c>
       <c r="I555" s="1"/>
       <c r="J555" s="1"/>
       <c r="K555" s="1"/>
       <c r="L555" s="1"/>
       <c r="M555" s="1"/>
       <c r="N555" s="1"/>
       <c r="O555" s="1"/>
       <c r="P555" s="1"/>
       <c r="Q555" s="1"/>
       <c r="R555" s="1"/>
       <c r="S555" s="1"/>
       <c r="T555" s="1"/>
       <c r="U555" s="1"/>
       <c r="V555" s="1"/>
       <c r="W555" s="1"/>
     </row>
     <row r="556" spans="1:23">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
@@ -29085,95 +29085,95 @@
       <c r="Q558" s="1"/>
       <c r="R558" s="1"/>
       <c r="S558" s="1"/>
       <c r="T558" s="1"/>
       <c r="U558" s="1"/>
       <c r="V558" s="1"/>
       <c r="W558" s="1"/>
     </row>
     <row r="559" spans="1:23">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C559" s="10" t="s">
         <v>1121</v>
       </c>
       <c r="D559" s="3" t="s">
         <v>1122</v>
       </c>
       <c r="E559" s="3">
         <v>76.56</v>
       </c>
       <c r="F559" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G559" s="3">
-        <v>40.25</v>
+        <v>37.79</v>
       </c>
       <c r="H559" s="4">
         <v>65.05</v>
       </c>
       <c r="I559" s="1"/>
       <c r="J559" s="1"/>
       <c r="K559" s="1"/>
       <c r="L559" s="1"/>
       <c r="M559" s="1"/>
       <c r="N559" s="1"/>
       <c r="O559" s="1"/>
       <c r="P559" s="1"/>
       <c r="Q559" s="1"/>
       <c r="R559" s="1"/>
       <c r="S559" s="1"/>
       <c r="T559" s="1"/>
       <c r="U559" s="1"/>
       <c r="V559" s="1"/>
       <c r="W559" s="1"/>
     </row>
     <row r="560" spans="1:23">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C560" s="10" t="s">
         <v>1123</v>
       </c>
       <c r="D560" s="3" t="s">
         <v>1124</v>
       </c>
       <c r="E560" s="3">
         <v>88.57</v>
       </c>
       <c r="F560" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G560" s="3">
-        <v>57.13</v>
+        <v>59.39</v>
       </c>
       <c r="H560" s="4">
         <v>85.71</v>
       </c>
       <c r="I560" s="1"/>
       <c r="J560" s="1"/>
       <c r="K560" s="1"/>
       <c r="L560" s="1"/>
       <c r="M560" s="1"/>
       <c r="N560" s="1"/>
       <c r="O560" s="1"/>
       <c r="P560" s="1"/>
       <c r="Q560" s="1"/>
       <c r="R560" s="1"/>
       <c r="S560" s="1"/>
       <c r="T560" s="1"/>
       <c r="U560" s="1"/>
       <c r="V560" s="1"/>
       <c r="W560" s="1"/>
     </row>
     <row r="561" spans="1:23">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
@@ -29372,54 +29372,54 @@
       <c r="Q565" s="1"/>
       <c r="R565" s="1"/>
       <c r="S565" s="1"/>
       <c r="T565" s="1"/>
       <c r="U565" s="1"/>
       <c r="V565" s="1"/>
       <c r="W565" s="1"/>
     </row>
     <row r="566" spans="1:23">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C566" s="10" t="s">
         <v>1134</v>
       </c>
       <c r="D566" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="E566" s="3">
         <v>136.4</v>
       </c>
       <c r="F566" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G566" s="3">
-        <v>76.73</v>
+        <v>56.62</v>
       </c>
       <c r="H566" s="4">
         <v>72.48</v>
       </c>
       <c r="I566" s="1"/>
       <c r="J566" s="1"/>
       <c r="K566" s="1"/>
       <c r="L566" s="1"/>
       <c r="M566" s="1"/>
       <c r="N566" s="1"/>
       <c r="O566" s="1"/>
       <c r="P566" s="1"/>
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
       <c r="S566" s="1"/>
       <c r="T566" s="1"/>
       <c r="U566" s="1"/>
       <c r="V566" s="1"/>
       <c r="W566" s="1"/>
     </row>
     <row r="567" spans="1:23">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
@@ -29577,54 +29577,54 @@
       <c r="Q570" s="1"/>
       <c r="R570" s="1"/>
       <c r="S570" s="1"/>
       <c r="T570" s="1"/>
       <c r="U570" s="1"/>
       <c r="V570" s="1"/>
       <c r="W570" s="1"/>
     </row>
     <row r="571" spans="1:23">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C571" s="10" t="s">
         <v>1144</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="E571" s="3">
         <v>100.31</v>
       </c>
       <c r="F571" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G571" s="3">
-        <v>125.21</v>
+        <v>66.34</v>
       </c>
       <c r="H571" s="4">
         <v>33.83</v>
       </c>
       <c r="I571" s="1"/>
       <c r="J571" s="1"/>
       <c r="K571" s="1"/>
       <c r="L571" s="1"/>
       <c r="M571" s="1"/>
       <c r="N571" s="1"/>
       <c r="O571" s="1"/>
       <c r="P571" s="1"/>
       <c r="Q571" s="1"/>
       <c r="R571" s="1"/>
       <c r="S571" s="1"/>
       <c r="T571" s="1"/>
       <c r="U571" s="1"/>
       <c r="V571" s="1"/>
       <c r="W571" s="1"/>
     </row>
     <row r="572" spans="1:23">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
@@ -29946,54 +29946,54 @@
       <c r="Q579" s="1"/>
       <c r="R579" s="1"/>
       <c r="S579" s="1"/>
       <c r="T579" s="1"/>
       <c r="U579" s="1"/>
       <c r="V579" s="1"/>
       <c r="W579" s="1"/>
     </row>
     <row r="580" spans="1:23">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C580" s="10" t="s">
         <v>1162</v>
       </c>
       <c r="D580" s="3" t="s">
         <v>1163</v>
       </c>
       <c r="E580" s="3">
         <v>100.52</v>
       </c>
       <c r="F580" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G580" s="3">
-        <v>100.52</v>
+        <v>51.16</v>
       </c>
       <c r="H580" s="4">
         <v>21.45</v>
       </c>
       <c r="I580" s="1"/>
       <c r="J580" s="1"/>
       <c r="K580" s="1"/>
       <c r="L580" s="1"/>
       <c r="M580" s="1"/>
       <c r="N580" s="1"/>
       <c r="O580" s="1"/>
       <c r="P580" s="1"/>
       <c r="Q580" s="1"/>
       <c r="R580" s="1"/>
       <c r="S580" s="1"/>
       <c r="T580" s="1"/>
       <c r="U580" s="1"/>
       <c r="V580" s="1"/>
       <c r="W580" s="1"/>
     </row>
     <row r="581" spans="1:23">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
@@ -30113,51 +30113,51 @@
       <c r="T583" s="1"/>
       <c r="U583" s="1"/>
       <c r="V583" s="1"/>
       <c r="W583" s="1"/>
     </row>
     <row r="584" spans="1:23">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C584" s="10" t="s">
         <v>1170</v>
       </c>
       <c r="D584" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="E584" s="3">
         <v>95.53</v>
       </c>
       <c r="F584" s="3">
         <v>4</v>
       </c>
       <c r="G584" s="3">
-        <v>96.74</v>
+        <v>98.23</v>
       </c>
       <c r="H584" s="4">
         <v>82.01</v>
       </c>
       <c r="I584" s="1"/>
       <c r="J584" s="1"/>
       <c r="K584" s="1"/>
       <c r="L584" s="1"/>
       <c r="M584" s="1"/>
       <c r="N584" s="1"/>
       <c r="O584" s="1"/>
       <c r="P584" s="1"/>
       <c r="Q584" s="1"/>
       <c r="R584" s="1"/>
       <c r="S584" s="1"/>
       <c r="T584" s="1"/>
       <c r="U584" s="1"/>
       <c r="V584" s="1"/>
       <c r="W584" s="1"/>
     </row>
     <row r="585" spans="1:23">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
@@ -30233,54 +30233,54 @@
       <c r="Q586" s="1"/>
       <c r="R586" s="1"/>
       <c r="S586" s="1"/>
       <c r="T586" s="1"/>
       <c r="U586" s="1"/>
       <c r="V586" s="1"/>
       <c r="W586" s="1"/>
     </row>
     <row r="587" spans="1:23">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="10" t="s">
         <v>1176</v>
       </c>
       <c r="D587" s="3" t="s">
         <v>1177</v>
       </c>
       <c r="E587" s="3">
         <v>939.99</v>
       </c>
       <c r="F587" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G587" s="3">
-        <v>834.78</v>
+        <v>796.6</v>
       </c>
       <c r="H587" s="4">
         <v>627.65</v>
       </c>
       <c r="I587" s="1"/>
       <c r="J587" s="1"/>
       <c r="K587" s="1"/>
       <c r="L587" s="1"/>
       <c r="M587" s="1"/>
       <c r="N587" s="1"/>
       <c r="O587" s="1"/>
       <c r="P587" s="1"/>
       <c r="Q587" s="1"/>
       <c r="R587" s="1"/>
       <c r="S587" s="1"/>
       <c r="T587" s="1"/>
       <c r="U587" s="1"/>
       <c r="V587" s="1"/>
       <c r="W587" s="1"/>
     </row>
     <row r="588" spans="1:23">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
@@ -30315,54 +30315,54 @@
       <c r="Q588" s="1"/>
       <c r="R588" s="1"/>
       <c r="S588" s="1"/>
       <c r="T588" s="1"/>
       <c r="U588" s="1"/>
       <c r="V588" s="1"/>
       <c r="W588" s="1"/>
     </row>
     <row r="589" spans="1:23">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C589" s="10" t="s">
         <v>1180</v>
       </c>
       <c r="D589" s="3" t="s">
         <v>1181</v>
       </c>
       <c r="E589" s="3">
         <v>1645.98</v>
       </c>
       <c r="F589" s="3">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G589" s="3">
-        <v>1329.56</v>
+        <v>1169.21</v>
       </c>
       <c r="H589" s="4">
         <v>771.4</v>
       </c>
       <c r="I589" s="1"/>
       <c r="J589" s="1"/>
       <c r="K589" s="1"/>
       <c r="L589" s="1"/>
       <c r="M589" s="1"/>
       <c r="N589" s="1"/>
       <c r="O589" s="1"/>
       <c r="P589" s="1"/>
       <c r="Q589" s="1"/>
       <c r="R589" s="1"/>
       <c r="S589" s="1"/>
       <c r="T589" s="1"/>
       <c r="U589" s="1"/>
       <c r="V589" s="1"/>
       <c r="W589" s="1"/>
     </row>
     <row r="590" spans="1:23">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
@@ -30397,54 +30397,54 @@
       <c r="Q590" s="1"/>
       <c r="R590" s="1"/>
       <c r="S590" s="1"/>
       <c r="T590" s="1"/>
       <c r="U590" s="1"/>
       <c r="V590" s="1"/>
       <c r="W590" s="1"/>
     </row>
     <row r="591" spans="1:23">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C591" s="10" t="s">
         <v>1184</v>
       </c>
       <c r="D591" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="E591" s="3">
         <v>768.07</v>
       </c>
       <c r="F591" s="3">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G591" s="3">
-        <v>498.93</v>
+        <v>492.86</v>
       </c>
       <c r="H591" s="4">
         <v>128.69</v>
       </c>
       <c r="I591" s="1"/>
       <c r="J591" s="1"/>
       <c r="K591" s="1"/>
       <c r="L591" s="1"/>
       <c r="M591" s="1"/>
       <c r="N591" s="1"/>
       <c r="O591" s="1"/>
       <c r="P591" s="1"/>
       <c r="Q591" s="1"/>
       <c r="R591" s="1"/>
       <c r="S591" s="1"/>
       <c r="T591" s="1"/>
       <c r="U591" s="1"/>
       <c r="V591" s="1"/>
       <c r="W591" s="1"/>
     </row>
     <row r="592" spans="1:23">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
@@ -30523,51 +30523,51 @@
       <c r="T593" s="1"/>
       <c r="U593" s="1"/>
       <c r="V593" s="1"/>
       <c r="W593" s="1"/>
     </row>
     <row r="594" spans="1:23">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C594" s="10" t="s">
         <v>1190</v>
       </c>
       <c r="D594" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="E594" s="3">
         <v>1213.9</v>
       </c>
       <c r="F594" s="3">
         <v>26</v>
       </c>
       <c r="G594" s="3">
-        <v>1177.03</v>
+        <v>1181.97</v>
       </c>
       <c r="H594" s="4">
         <v>356.6</v>
       </c>
       <c r="I594" s="1"/>
       <c r="J594" s="1"/>
       <c r="K594" s="1"/>
       <c r="L594" s="1"/>
       <c r="M594" s="1"/>
       <c r="N594" s="1"/>
       <c r="O594" s="1"/>
       <c r="P594" s="1"/>
       <c r="Q594" s="1"/>
       <c r="R594" s="1"/>
       <c r="S594" s="1"/>
       <c r="T594" s="1"/>
       <c r="U594" s="1"/>
       <c r="V594" s="1"/>
       <c r="W594" s="1"/>
     </row>
     <row r="595" spans="1:23">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
@@ -30807,54 +30807,54 @@
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
     </row>
     <row r="601" spans="1:23">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C601" s="10" t="s">
         <v>1204</v>
       </c>
       <c r="D601" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="E601" s="3">
         <v>464.16</v>
       </c>
       <c r="F601" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G601" s="3">
-        <v>414.52</v>
+        <v>404.57</v>
       </c>
       <c r="H601" s="4">
         <v>97.44</v>
       </c>
       <c r="I601" s="1"/>
       <c r="J601" s="1"/>
       <c r="K601" s="1"/>
       <c r="L601" s="1"/>
       <c r="M601" s="1"/>
       <c r="N601" s="1"/>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
     </row>
     <row r="602" spans="1:23">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
@@ -30889,95 +30889,95 @@
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
     </row>
     <row r="603" spans="1:23">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C603" s="10" t="s">
         <v>1208</v>
       </c>
       <c r="D603" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="E603" s="3">
         <v>736.18</v>
       </c>
       <c r="F603" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G603" s="3">
-        <v>645.08</v>
+        <v>620.07</v>
       </c>
       <c r="H603" s="4">
         <v>291.76</v>
       </c>
       <c r="I603" s="1"/>
       <c r="J603" s="1"/>
       <c r="K603" s="1"/>
       <c r="L603" s="1"/>
       <c r="M603" s="1"/>
       <c r="N603" s="1"/>
       <c r="O603" s="1"/>
       <c r="P603" s="1"/>
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C604" s="10" t="s">
         <v>1210</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="E604" s="3">
         <v>925.13</v>
       </c>
       <c r="F604" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G604" s="3">
-        <v>717.77</v>
+        <v>695.05</v>
       </c>
       <c r="H604" s="4">
         <v>221.75</v>
       </c>
       <c r="I604" s="1"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
@@ -31012,259 +31012,259 @@
       <c r="Q605" s="1"/>
       <c r="R605" s="1"/>
       <c r="S605" s="1"/>
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="10" t="s">
         <v>1214</v>
       </c>
       <c r="D606" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="E606" s="3">
         <v>136.66</v>
       </c>
       <c r="F606" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G606" s="3">
-        <v>82.66</v>
+        <v>67.36</v>
       </c>
       <c r="H606" s="4">
         <v>35.3</v>
       </c>
       <c r="I606" s="1"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C607" s="10" t="s">
         <v>1216</v>
       </c>
       <c r="D607" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="E607" s="3">
         <v>733.04</v>
       </c>
       <c r="F607" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G607" s="3">
-        <v>690.69</v>
+        <v>659.77</v>
       </c>
       <c r="H607" s="4">
         <v>160.31</v>
       </c>
       <c r="I607" s="1"/>
       <c r="J607" s="1"/>
       <c r="K607" s="1"/>
       <c r="L607" s="1"/>
       <c r="M607" s="1"/>
       <c r="N607" s="1"/>
       <c r="O607" s="1"/>
       <c r="P607" s="1"/>
       <c r="Q607" s="1"/>
       <c r="R607" s="1"/>
       <c r="S607" s="1"/>
       <c r="T607" s="1"/>
       <c r="U607" s="1"/>
       <c r="V607" s="1"/>
       <c r="W607" s="1"/>
     </row>
     <row r="608" spans="1:23">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C608" s="10" t="s">
         <v>1218</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="E608" s="3">
         <v>759.14</v>
       </c>
       <c r="F608" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G608" s="3">
-        <v>583.93</v>
+        <v>584.88</v>
       </c>
       <c r="H608" s="4">
         <v>258.2</v>
       </c>
       <c r="I608" s="1"/>
       <c r="J608" s="1"/>
       <c r="K608" s="1"/>
       <c r="L608" s="1"/>
       <c r="M608" s="1"/>
       <c r="N608" s="1"/>
       <c r="O608" s="1"/>
       <c r="P608" s="1"/>
       <c r="Q608" s="1"/>
       <c r="R608" s="1"/>
       <c r="S608" s="1"/>
       <c r="T608" s="1"/>
       <c r="U608" s="1"/>
       <c r="V608" s="1"/>
       <c r="W608" s="1"/>
     </row>
     <row r="609" spans="1:23">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C609" s="10" t="s">
         <v>1220</v>
       </c>
       <c r="D609" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="E609" s="3">
         <v>466.89</v>
       </c>
       <c r="F609" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G609" s="3">
-        <v>301.94</v>
+        <v>301.8</v>
       </c>
       <c r="H609" s="4">
         <v>191.84</v>
       </c>
       <c r="I609" s="1"/>
       <c r="J609" s="1"/>
       <c r="K609" s="1"/>
       <c r="L609" s="1"/>
       <c r="M609" s="1"/>
       <c r="N609" s="1"/>
       <c r="O609" s="1"/>
       <c r="P609" s="1"/>
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C610" s="10" t="s">
         <v>1222</v>
       </c>
       <c r="D610" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="E610" s="3">
         <v>510.08</v>
       </c>
       <c r="F610" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G610" s="3">
-        <v>348.53</v>
+        <v>346.53</v>
       </c>
       <c r="H610" s="4">
         <v>200.06</v>
       </c>
       <c r="I610" s="1"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C611" s="10" t="s">
         <v>1224</v>
       </c>
       <c r="D611" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="E611" s="3">
         <v>539.41</v>
       </c>
       <c r="F611" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G611" s="3">
-        <v>364.07</v>
+        <v>343.4</v>
       </c>
       <c r="H611" s="4">
         <v>245.47</v>
       </c>
       <c r="I611" s="1"/>
       <c r="J611" s="1"/>
       <c r="K611" s="1"/>
       <c r="L611" s="1"/>
       <c r="M611" s="1"/>
       <c r="N611" s="1"/>
       <c r="O611" s="1"/>
       <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1"/>
       <c r="S611" s="1"/>
       <c r="T611" s="1"/>
       <c r="U611" s="1"/>
       <c r="V611" s="1"/>
       <c r="W611" s="1"/>
     </row>
     <row r="612" spans="1:23">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
@@ -31299,136 +31299,136 @@
       <c r="Q612" s="1"/>
       <c r="R612" s="1"/>
       <c r="S612" s="1"/>
       <c r="T612" s="1"/>
       <c r="U612" s="1"/>
       <c r="V612" s="1"/>
       <c r="W612" s="1"/>
     </row>
     <row r="613" spans="1:23">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C613" s="10" t="s">
         <v>1228</v>
       </c>
       <c r="D613" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="E613" s="3">
         <v>724.78</v>
       </c>
       <c r="F613" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G613" s="3">
-        <v>646.1</v>
+        <v>626.63</v>
       </c>
       <c r="H613" s="4">
         <v>228.16</v>
       </c>
       <c r="I613" s="1"/>
       <c r="J613" s="1"/>
       <c r="K613" s="1"/>
       <c r="L613" s="1"/>
       <c r="M613" s="1"/>
       <c r="N613" s="1"/>
       <c r="O613" s="1"/>
       <c r="P613" s="1"/>
       <c r="Q613" s="1"/>
       <c r="R613" s="1"/>
       <c r="S613" s="1"/>
       <c r="T613" s="1"/>
       <c r="U613" s="1"/>
       <c r="V613" s="1"/>
       <c r="W613" s="1"/>
     </row>
     <row r="614" spans="1:23">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C614" s="10" t="s">
         <v>1230</v>
       </c>
       <c r="D614" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="E614" s="3">
         <v>229.95</v>
       </c>
       <c r="F614" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G614" s="3">
-        <v>217.88</v>
+        <v>214.17</v>
       </c>
       <c r="H614" s="4">
         <v>82.34</v>
       </c>
       <c r="I614" s="1"/>
       <c r="J614" s="1"/>
       <c r="K614" s="1"/>
       <c r="L614" s="1"/>
       <c r="M614" s="1"/>
       <c r="N614" s="1"/>
       <c r="O614" s="1"/>
       <c r="P614" s="1"/>
       <c r="Q614" s="1"/>
       <c r="R614" s="1"/>
       <c r="S614" s="1"/>
       <c r="T614" s="1"/>
       <c r="U614" s="1"/>
       <c r="V614" s="1"/>
       <c r="W614" s="1"/>
     </row>
     <row r="615" spans="1:23">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C615" s="10" t="s">
         <v>1232</v>
       </c>
       <c r="D615" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="E615" s="3">
         <v>87.98</v>
       </c>
       <c r="F615" s="3">
         <v>7</v>
       </c>
       <c r="G615" s="3">
-        <v>87.41</v>
+        <v>91.5</v>
       </c>
       <c r="H615" s="4">
         <v>72.21</v>
       </c>
       <c r="I615" s="1"/>
       <c r="J615" s="1"/>
       <c r="K615" s="1"/>
       <c r="L615" s="1"/>
       <c r="M615" s="1"/>
       <c r="N615" s="1"/>
       <c r="O615" s="1"/>
       <c r="P615" s="1"/>
       <c r="Q615" s="1"/>
       <c r="R615" s="1"/>
       <c r="S615" s="1"/>
       <c r="T615" s="1"/>
       <c r="U615" s="1"/>
       <c r="V615" s="1"/>
       <c r="W615" s="1"/>
     </row>
     <row r="616" spans="1:23">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
@@ -31504,218 +31504,218 @@
       <c r="Q617" s="1"/>
       <c r="R617" s="1"/>
       <c r="S617" s="1"/>
       <c r="T617" s="1"/>
       <c r="U617" s="1"/>
       <c r="V617" s="1"/>
       <c r="W617" s="1"/>
     </row>
     <row r="618" spans="1:23">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="10" t="s">
         <v>1238</v>
       </c>
       <c r="D618" s="3" t="s">
         <v>1239</v>
       </c>
       <c r="E618" s="3">
         <v>786.59</v>
       </c>
       <c r="F618" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G618" s="3">
-        <v>726.22</v>
+        <v>725.44</v>
       </c>
       <c r="H618" s="4">
         <v>431.08</v>
       </c>
       <c r="I618" s="1"/>
       <c r="J618" s="1"/>
       <c r="K618" s="1"/>
       <c r="L618" s="1"/>
       <c r="M618" s="1"/>
       <c r="N618" s="1"/>
       <c r="O618" s="1"/>
       <c r="P618" s="1"/>
       <c r="Q618" s="1"/>
       <c r="R618" s="1"/>
       <c r="S618" s="1"/>
       <c r="T618" s="1"/>
       <c r="U618" s="1"/>
       <c r="V618" s="1"/>
       <c r="W618" s="1"/>
     </row>
     <row r="619" spans="1:23">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C619" s="10" t="s">
         <v>1240</v>
       </c>
       <c r="D619" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="E619" s="3">
         <v>739.08</v>
       </c>
       <c r="F619" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G619" s="3">
-        <v>664.83</v>
+        <v>660.77</v>
       </c>
       <c r="H619" s="4">
         <v>248.83</v>
       </c>
       <c r="I619" s="1"/>
       <c r="J619" s="1"/>
       <c r="K619" s="1"/>
       <c r="L619" s="1"/>
       <c r="M619" s="1"/>
       <c r="N619" s="1"/>
       <c r="O619" s="1"/>
       <c r="P619" s="1"/>
       <c r="Q619" s="1"/>
       <c r="R619" s="1"/>
       <c r="S619" s="1"/>
       <c r="T619" s="1"/>
       <c r="U619" s="1"/>
       <c r="V619" s="1"/>
       <c r="W619" s="1"/>
     </row>
     <row r="620" spans="1:23">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C620" s="10" t="s">
         <v>1242</v>
       </c>
       <c r="D620" s="3" t="s">
         <v>1243</v>
       </c>
       <c r="E620" s="3">
         <v>851.09</v>
       </c>
       <c r="F620" s="3">
         <v>22</v>
       </c>
       <c r="G620" s="3">
-        <v>780.72</v>
+        <v>785.65</v>
       </c>
       <c r="H620" s="4">
         <v>413.51</v>
       </c>
       <c r="I620" s="1"/>
       <c r="J620" s="1"/>
       <c r="K620" s="1"/>
       <c r="L620" s="1"/>
       <c r="M620" s="1"/>
       <c r="N620" s="1"/>
       <c r="O620" s="1"/>
       <c r="P620" s="1"/>
       <c r="Q620" s="1"/>
       <c r="R620" s="1"/>
       <c r="S620" s="1"/>
       <c r="T620" s="1"/>
       <c r="U620" s="1"/>
       <c r="V620" s="1"/>
       <c r="W620" s="1"/>
     </row>
     <row r="621" spans="1:23">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C621" s="10" t="s">
         <v>1244</v>
       </c>
       <c r="D621" s="3" t="s">
         <v>1245</v>
       </c>
       <c r="E621" s="3">
         <v>779.62</v>
       </c>
       <c r="F621" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G621" s="3">
-        <v>472.93</v>
+        <v>457.04</v>
       </c>
       <c r="H621" s="4">
         <v>92.28</v>
       </c>
       <c r="I621" s="1"/>
       <c r="J621" s="1"/>
       <c r="K621" s="1"/>
       <c r="L621" s="1"/>
       <c r="M621" s="1"/>
       <c r="N621" s="1"/>
       <c r="O621" s="1"/>
       <c r="P621" s="1"/>
       <c r="Q621" s="1"/>
       <c r="R621" s="1"/>
       <c r="S621" s="1"/>
       <c r="T621" s="1"/>
       <c r="U621" s="1"/>
       <c r="V621" s="1"/>
       <c r="W621" s="1"/>
     </row>
     <row r="622" spans="1:23">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C622" s="10" t="s">
         <v>1246</v>
       </c>
       <c r="D622" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="E622" s="3">
         <v>286.9</v>
       </c>
       <c r="F622" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G622" s="3">
-        <v>193.45</v>
+        <v>189.41</v>
       </c>
       <c r="H622" s="4">
         <v>82.8</v>
       </c>
       <c r="I622" s="1"/>
       <c r="J622" s="1"/>
       <c r="K622" s="1"/>
       <c r="L622" s="1"/>
       <c r="M622" s="1"/>
       <c r="N622" s="1"/>
       <c r="O622" s="1"/>
       <c r="P622" s="1"/>
       <c r="Q622" s="1"/>
       <c r="R622" s="1"/>
       <c r="S622" s="1"/>
       <c r="T622" s="1"/>
       <c r="U622" s="1"/>
       <c r="V622" s="1"/>
       <c r="W622" s="1"/>
     </row>
     <row r="623" spans="1:23">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
@@ -31832,136 +31832,136 @@
       <c r="Q625" s="1"/>
       <c r="R625" s="1"/>
       <c r="S625" s="1"/>
       <c r="T625" s="1"/>
       <c r="U625" s="1"/>
       <c r="V625" s="1"/>
       <c r="W625" s="1"/>
     </row>
     <row r="626" spans="1:23">
       <c r="A626" s="3">
         <v>624</v>
       </c>
       <c r="B626" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C626" s="10" t="s">
         <v>1254</v>
       </c>
       <c r="D626" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="E626" s="3">
         <v>639.19</v>
       </c>
       <c r="F626" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G626" s="3">
-        <v>509.07</v>
+        <v>500.16</v>
       </c>
       <c r="H626" s="4">
         <v>252.54</v>
       </c>
       <c r="I626" s="1"/>
       <c r="J626" s="1"/>
       <c r="K626" s="1"/>
       <c r="L626" s="1"/>
       <c r="M626" s="1"/>
       <c r="N626" s="1"/>
       <c r="O626" s="1"/>
       <c r="P626" s="1"/>
       <c r="Q626" s="1"/>
       <c r="R626" s="1"/>
       <c r="S626" s="1"/>
       <c r="T626" s="1"/>
       <c r="U626" s="1"/>
       <c r="V626" s="1"/>
       <c r="W626" s="1"/>
     </row>
     <row r="627" spans="1:23">
       <c r="A627" s="3">
         <v>625</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C627" s="10" t="s">
         <v>1256</v>
       </c>
       <c r="D627" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="E627" s="3">
         <v>787.76</v>
       </c>
       <c r="F627" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G627" s="3">
-        <v>624.47</v>
+        <v>531.46</v>
       </c>
       <c r="H627" s="4">
         <v>473.86</v>
       </c>
       <c r="I627" s="1"/>
       <c r="J627" s="1"/>
       <c r="K627" s="1"/>
       <c r="L627" s="1"/>
       <c r="M627" s="1"/>
       <c r="N627" s="1"/>
       <c r="O627" s="1"/>
       <c r="P627" s="1"/>
       <c r="Q627" s="1"/>
       <c r="R627" s="1"/>
       <c r="S627" s="1"/>
       <c r="T627" s="1"/>
       <c r="U627" s="1"/>
       <c r="V627" s="1"/>
       <c r="W627" s="1"/>
     </row>
     <row r="628" spans="1:23">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C628" s="10" t="s">
         <v>1258</v>
       </c>
       <c r="D628" s="3" t="s">
         <v>1259</v>
       </c>
       <c r="E628" s="3">
         <v>611.8</v>
       </c>
       <c r="F628" s="3">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G628" s="3">
-        <v>500.99</v>
+        <v>466.74</v>
       </c>
       <c r="H628" s="4">
         <v>205.93</v>
       </c>
       <c r="I628" s="1"/>
       <c r="J628" s="1"/>
       <c r="K628" s="1"/>
       <c r="L628" s="1"/>
       <c r="M628" s="1"/>
       <c r="N628" s="1"/>
       <c r="O628" s="1"/>
       <c r="P628" s="1"/>
       <c r="Q628" s="1"/>
       <c r="R628" s="1"/>
       <c r="S628" s="1"/>
       <c r="T628" s="1"/>
       <c r="U628" s="1"/>
       <c r="V628" s="1"/>
       <c r="W628" s="1"/>
     </row>
     <row r="629" spans="1:23">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
@@ -31996,54 +31996,54 @@
       <c r="Q629" s="1"/>
       <c r="R629" s="1"/>
       <c r="S629" s="1"/>
       <c r="T629" s="1"/>
       <c r="U629" s="1"/>
       <c r="V629" s="1"/>
       <c r="W629" s="1"/>
     </row>
     <row r="630" spans="1:23">
       <c r="A630" s="3">
         <v>628</v>
       </c>
       <c r="B630" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C630" s="10" t="s">
         <v>1262</v>
       </c>
       <c r="D630" s="3" t="s">
         <v>1263</v>
       </c>
       <c r="E630" s="3">
         <v>1440.94</v>
       </c>
       <c r="F630" s="3">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G630" s="3">
-        <v>1170.83</v>
+        <v>1171.85</v>
       </c>
       <c r="H630" s="4">
         <v>114.53</v>
       </c>
       <c r="I630" s="1"/>
       <c r="J630" s="1"/>
       <c r="K630" s="1"/>
       <c r="L630" s="1"/>
       <c r="M630" s="1"/>
       <c r="N630" s="1"/>
       <c r="O630" s="1"/>
       <c r="P630" s="1"/>
       <c r="Q630" s="1"/>
       <c r="R630" s="1"/>
       <c r="S630" s="1"/>
       <c r="T630" s="1"/>
       <c r="U630" s="1"/>
       <c r="V630" s="1"/>
       <c r="W630" s="1"/>
     </row>
     <row r="631" spans="1:23">
       <c r="A631" s="3">
         <v>629</v>
       </c>
       <c r="B631" s="3" t="s">
@@ -32119,259 +32119,259 @@
       <c r="Q632" s="1"/>
       <c r="R632" s="1"/>
       <c r="S632" s="1"/>
       <c r="T632" s="1"/>
       <c r="U632" s="1"/>
       <c r="V632" s="1"/>
       <c r="W632" s="1"/>
     </row>
     <row r="633" spans="1:23">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C633" s="10" t="s">
         <v>1268</v>
       </c>
       <c r="D633" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="E633" s="3">
         <v>341.66</v>
       </c>
       <c r="F633" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G633" s="3">
-        <v>379.5</v>
+        <v>374.79</v>
       </c>
       <c r="H633" s="4">
         <v>172.61</v>
       </c>
       <c r="I633" s="1"/>
       <c r="J633" s="1"/>
       <c r="K633" s="1"/>
       <c r="L633" s="1"/>
       <c r="M633" s="1"/>
       <c r="N633" s="1"/>
       <c r="O633" s="1"/>
       <c r="P633" s="1"/>
       <c r="Q633" s="1"/>
       <c r="R633" s="1"/>
       <c r="S633" s="1"/>
       <c r="T633" s="1"/>
       <c r="U633" s="1"/>
       <c r="V633" s="1"/>
       <c r="W633" s="1"/>
     </row>
     <row r="634" spans="1:23">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C634" s="10" t="s">
         <v>1270</v>
       </c>
       <c r="D634" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="E634" s="3">
         <v>341.86</v>
       </c>
       <c r="F634" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G634" s="3">
-        <v>341.79</v>
+        <v>312.07</v>
       </c>
       <c r="H634" s="4">
         <v>132.05</v>
       </c>
       <c r="I634" s="1"/>
       <c r="J634" s="1"/>
       <c r="K634" s="1"/>
       <c r="L634" s="1"/>
       <c r="M634" s="1"/>
       <c r="N634" s="1"/>
       <c r="O634" s="1"/>
       <c r="P634" s="1"/>
       <c r="Q634" s="1"/>
       <c r="R634" s="1"/>
       <c r="S634" s="1"/>
       <c r="T634" s="1"/>
       <c r="U634" s="1"/>
       <c r="V634" s="1"/>
       <c r="W634" s="1"/>
     </row>
     <row r="635" spans="1:23">
       <c r="A635" s="3">
         <v>633</v>
       </c>
       <c r="B635" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C635" s="10" t="s">
         <v>1272</v>
       </c>
       <c r="D635" s="3" t="s">
         <v>1273</v>
       </c>
       <c r="E635" s="3">
         <v>349.37</v>
       </c>
       <c r="F635" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G635" s="3">
-        <v>322.93</v>
+        <v>321.81</v>
       </c>
       <c r="H635" s="4">
         <v>152.77</v>
       </c>
       <c r="I635" s="1"/>
       <c r="J635" s="1"/>
       <c r="K635" s="1"/>
       <c r="L635" s="1"/>
       <c r="M635" s="1"/>
       <c r="N635" s="1"/>
       <c r="O635" s="1"/>
       <c r="P635" s="1"/>
       <c r="Q635" s="1"/>
       <c r="R635" s="1"/>
       <c r="S635" s="1"/>
       <c r="T635" s="1"/>
       <c r="U635" s="1"/>
       <c r="V635" s="1"/>
       <c r="W635" s="1"/>
     </row>
     <row r="636" spans="1:23">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C636" s="10" t="s">
         <v>1274</v>
       </c>
       <c r="D636" s="3" t="s">
         <v>1275</v>
       </c>
       <c r="E636" s="3">
         <v>1191.73</v>
       </c>
       <c r="F636" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G636" s="3">
-        <v>814.12</v>
+        <v>762.69</v>
       </c>
       <c r="H636" s="4">
         <v>63.23</v>
       </c>
       <c r="I636" s="1"/>
       <c r="J636" s="1"/>
       <c r="K636" s="1"/>
       <c r="L636" s="1"/>
       <c r="M636" s="1"/>
       <c r="N636" s="1"/>
       <c r="O636" s="1"/>
       <c r="P636" s="1"/>
       <c r="Q636" s="1"/>
       <c r="R636" s="1"/>
       <c r="S636" s="1"/>
       <c r="T636" s="1"/>
       <c r="U636" s="1"/>
       <c r="V636" s="1"/>
       <c r="W636" s="1"/>
     </row>
     <row r="637" spans="1:23">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C637" s="10" t="s">
         <v>1276</v>
       </c>
       <c r="D637" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="E637" s="3">
         <v>1074.54</v>
       </c>
       <c r="F637" s="3">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G637" s="3">
-        <v>982.68</v>
+        <v>923.39</v>
       </c>
       <c r="H637" s="4">
         <v>740.54</v>
       </c>
       <c r="I637" s="1"/>
       <c r="J637" s="1"/>
       <c r="K637" s="1"/>
       <c r="L637" s="1"/>
       <c r="M637" s="1"/>
       <c r="N637" s="1"/>
       <c r="O637" s="1"/>
       <c r="P637" s="1"/>
       <c r="Q637" s="1"/>
       <c r="R637" s="1"/>
       <c r="S637" s="1"/>
       <c r="T637" s="1"/>
       <c r="U637" s="1"/>
       <c r="V637" s="1"/>
       <c r="W637" s="1"/>
     </row>
     <row r="638" spans="1:23">
       <c r="A638" s="3">
         <v>636</v>
       </c>
       <c r="B638" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C638" s="10" t="s">
         <v>1278</v>
       </c>
       <c r="D638" s="3" t="s">
         <v>1279</v>
       </c>
       <c r="E638" s="3">
         <v>287.23</v>
       </c>
       <c r="F638" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G638" s="3">
-        <v>246.82</v>
+        <v>230.31</v>
       </c>
       <c r="H638" s="4">
         <v>97.61</v>
       </c>
       <c r="I638" s="1"/>
       <c r="J638" s="1"/>
       <c r="K638" s="1"/>
       <c r="L638" s="1"/>
       <c r="M638" s="1"/>
       <c r="N638" s="1"/>
       <c r="O638" s="1"/>
       <c r="P638" s="1"/>
       <c r="Q638" s="1"/>
       <c r="R638" s="1"/>
       <c r="S638" s="1"/>
       <c r="T638" s="1"/>
       <c r="U638" s="1"/>
       <c r="V638" s="1"/>
       <c r="W638" s="1"/>
     </row>
     <row r="639" spans="1:23">
       <c r="A639" s="3">
         <v>637</v>
       </c>
       <c r="B639" s="3" t="s">
@@ -32611,136 +32611,136 @@
       <c r="Q644" s="1"/>
       <c r="R644" s="1"/>
       <c r="S644" s="1"/>
       <c r="T644" s="1"/>
       <c r="U644" s="1"/>
       <c r="V644" s="1"/>
       <c r="W644" s="1"/>
     </row>
     <row r="645" spans="1:23">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="10" t="s">
         <v>1292</v>
       </c>
       <c r="D645" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="E645" s="3">
         <v>786.86</v>
       </c>
       <c r="F645" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G645" s="3">
-        <v>748.97</v>
+        <v>730.79</v>
       </c>
       <c r="H645" s="4">
         <v>330.58</v>
       </c>
       <c r="I645" s="1"/>
       <c r="J645" s="1"/>
       <c r="K645" s="1"/>
       <c r="L645" s="1"/>
       <c r="M645" s="1"/>
       <c r="N645" s="1"/>
       <c r="O645" s="1"/>
       <c r="P645" s="1"/>
       <c r="Q645" s="1"/>
       <c r="R645" s="1"/>
       <c r="S645" s="1"/>
       <c r="T645" s="1"/>
       <c r="U645" s="1"/>
       <c r="V645" s="1"/>
       <c r="W645" s="1"/>
     </row>
     <row r="646" spans="1:23">
       <c r="A646" s="3">
         <v>644</v>
       </c>
       <c r="B646" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C646" s="10" t="s">
         <v>1294</v>
       </c>
       <c r="D646" s="3" t="s">
         <v>1295</v>
       </c>
       <c r="E646" s="3">
         <v>638.17</v>
       </c>
       <c r="F646" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G646" s="3">
-        <v>727.78</v>
+        <v>709.93</v>
       </c>
       <c r="H646" s="4">
         <v>296.17</v>
       </c>
       <c r="I646" s="1"/>
       <c r="J646" s="1"/>
       <c r="K646" s="1"/>
       <c r="L646" s="1"/>
       <c r="M646" s="1"/>
       <c r="N646" s="1"/>
       <c r="O646" s="1"/>
       <c r="P646" s="1"/>
       <c r="Q646" s="1"/>
       <c r="R646" s="1"/>
       <c r="S646" s="1"/>
       <c r="T646" s="1"/>
       <c r="U646" s="1"/>
       <c r="V646" s="1"/>
       <c r="W646" s="1"/>
     </row>
     <row r="647" spans="1:23">
       <c r="A647" s="3">
         <v>645</v>
       </c>
       <c r="B647" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C647" s="10" t="s">
         <v>1296</v>
       </c>
       <c r="D647" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="E647" s="3">
         <v>959.66</v>
       </c>
       <c r="F647" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G647" s="3">
-        <v>898.97</v>
+        <v>889.01</v>
       </c>
       <c r="H647" s="4">
         <v>304.54</v>
       </c>
       <c r="I647" s="1"/>
       <c r="J647" s="1"/>
       <c r="K647" s="1"/>
       <c r="L647" s="1"/>
       <c r="M647" s="1"/>
       <c r="N647" s="1"/>
       <c r="O647" s="1"/>
       <c r="P647" s="1"/>
       <c r="Q647" s="1"/>
       <c r="R647" s="1"/>
       <c r="S647" s="1"/>
       <c r="T647" s="1"/>
       <c r="U647" s="1"/>
       <c r="V647" s="1"/>
       <c r="W647" s="1"/>
     </row>
     <row r="648" spans="1:23">
       <c r="A648" s="3">
         <v>646</v>
       </c>
       <c r="B648" s="3" t="s">
@@ -32898,218 +32898,218 @@
       <c r="Q651" s="1"/>
       <c r="R651" s="1"/>
       <c r="S651" s="1"/>
       <c r="T651" s="1"/>
       <c r="U651" s="1"/>
       <c r="V651" s="1"/>
       <c r="W651" s="1"/>
     </row>
     <row r="652" spans="1:23">
       <c r="A652" s="3">
         <v>650</v>
       </c>
       <c r="B652" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C652" s="10" t="s">
         <v>1306</v>
       </c>
       <c r="D652" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="E652" s="3">
         <v>637.96</v>
       </c>
       <c r="F652" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G652" s="3">
-        <v>509.21</v>
+        <v>502.16</v>
       </c>
       <c r="H652" s="4">
         <v>249.38</v>
       </c>
       <c r="I652" s="1"/>
       <c r="J652" s="1"/>
       <c r="K652" s="1"/>
       <c r="L652" s="1"/>
       <c r="M652" s="1"/>
       <c r="N652" s="1"/>
       <c r="O652" s="1"/>
       <c r="P652" s="1"/>
       <c r="Q652" s="1"/>
       <c r="R652" s="1"/>
       <c r="S652" s="1"/>
       <c r="T652" s="1"/>
       <c r="U652" s="1"/>
       <c r="V652" s="1"/>
       <c r="W652" s="1"/>
     </row>
     <row r="653" spans="1:23">
       <c r="A653" s="3">
         <v>651</v>
       </c>
       <c r="B653" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C653" s="10" t="s">
         <v>1308</v>
       </c>
       <c r="D653" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="E653" s="3">
         <v>527.72</v>
       </c>
       <c r="F653" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G653" s="3">
-        <v>253.53</v>
+        <v>252.53</v>
       </c>
       <c r="H653" s="4">
         <v>39.03</v>
       </c>
       <c r="I653" s="1"/>
       <c r="J653" s="1"/>
       <c r="K653" s="1"/>
       <c r="L653" s="1"/>
       <c r="M653" s="1"/>
       <c r="N653" s="1"/>
       <c r="O653" s="1"/>
       <c r="P653" s="1"/>
       <c r="Q653" s="1"/>
       <c r="R653" s="1"/>
       <c r="S653" s="1"/>
       <c r="T653" s="1"/>
       <c r="U653" s="1"/>
       <c r="V653" s="1"/>
       <c r="W653" s="1"/>
     </row>
     <row r="654" spans="1:23">
       <c r="A654" s="3">
         <v>652</v>
       </c>
       <c r="B654" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C654" s="10" t="s">
         <v>1310</v>
       </c>
       <c r="D654" s="3" t="s">
         <v>1311</v>
       </c>
       <c r="E654" s="3">
         <v>559.05</v>
       </c>
       <c r="F654" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G654" s="3">
-        <v>327.9</v>
+        <v>326.13</v>
       </c>
       <c r="H654" s="4">
         <v>212.92</v>
       </c>
       <c r="I654" s="1"/>
       <c r="J654" s="1"/>
       <c r="K654" s="1"/>
       <c r="L654" s="1"/>
       <c r="M654" s="1"/>
       <c r="N654" s="1"/>
       <c r="O654" s="1"/>
       <c r="P654" s="1"/>
       <c r="Q654" s="1"/>
       <c r="R654" s="1"/>
       <c r="S654" s="1"/>
       <c r="T654" s="1"/>
       <c r="U654" s="1"/>
       <c r="V654" s="1"/>
       <c r="W654" s="1"/>
     </row>
     <row r="655" spans="1:23">
       <c r="A655" s="3">
         <v>653</v>
       </c>
       <c r="B655" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C655" s="10" t="s">
         <v>1312</v>
       </c>
       <c r="D655" s="3" t="s">
         <v>1313</v>
       </c>
       <c r="E655" s="3">
         <v>710.57</v>
       </c>
       <c r="F655" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G655" s="3">
-        <v>501.13</v>
+        <v>488.81</v>
       </c>
       <c r="H655" s="4">
         <v>121.65</v>
       </c>
       <c r="I655" s="1"/>
       <c r="J655" s="1"/>
       <c r="K655" s="1"/>
       <c r="L655" s="1"/>
       <c r="M655" s="1"/>
       <c r="N655" s="1"/>
       <c r="O655" s="1"/>
       <c r="P655" s="1"/>
       <c r="Q655" s="1"/>
       <c r="R655" s="1"/>
       <c r="S655" s="1"/>
       <c r="T655" s="1"/>
       <c r="U655" s="1"/>
       <c r="V655" s="1"/>
       <c r="W655" s="1"/>
     </row>
     <row r="656" spans="1:23">
       <c r="A656" s="3">
         <v>654</v>
       </c>
       <c r="B656" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C656" s="10" t="s">
         <v>1314</v>
       </c>
       <c r="D656" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="E656" s="3">
         <v>489.69</v>
       </c>
       <c r="F656" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G656" s="3">
-        <v>324.82</v>
+        <v>323.7</v>
       </c>
       <c r="H656" s="4">
         <v>133.03</v>
       </c>
       <c r="I656" s="1"/>
       <c r="J656" s="1"/>
       <c r="K656" s="1"/>
       <c r="L656" s="1"/>
       <c r="M656" s="1"/>
       <c r="N656" s="1"/>
       <c r="O656" s="1"/>
       <c r="P656" s="1"/>
       <c r="Q656" s="1"/>
       <c r="R656" s="1"/>
       <c r="S656" s="1"/>
       <c r="T656" s="1"/>
       <c r="U656" s="1"/>
       <c r="V656" s="1"/>
       <c r="W656" s="1"/>
     </row>
     <row r="657" spans="1:23">
       <c r="A657" s="3">
         <v>655</v>
       </c>
       <c r="B657" s="3" t="s">
@@ -33144,177 +33144,177 @@
       <c r="Q657" s="1"/>
       <c r="R657" s="1"/>
       <c r="S657" s="1"/>
       <c r="T657" s="1"/>
       <c r="U657" s="1"/>
       <c r="V657" s="1"/>
       <c r="W657" s="1"/>
     </row>
     <row r="658" spans="1:23">
       <c r="A658" s="3">
         <v>656</v>
       </c>
       <c r="B658" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C658" s="10" t="s">
         <v>1318</v>
       </c>
       <c r="D658" s="3" t="s">
         <v>1319</v>
       </c>
       <c r="E658" s="3">
         <v>199.17</v>
       </c>
       <c r="F658" s="3">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G658" s="3">
-        <v>177.89</v>
+        <v>167.86</v>
       </c>
       <c r="H658" s="4">
         <v>104.65</v>
       </c>
       <c r="I658" s="1"/>
       <c r="J658" s="1"/>
       <c r="K658" s="1"/>
       <c r="L658" s="1"/>
       <c r="M658" s="1"/>
       <c r="N658" s="1"/>
       <c r="O658" s="1"/>
       <c r="P658" s="1"/>
       <c r="Q658" s="1"/>
       <c r="R658" s="1"/>
       <c r="S658" s="1"/>
       <c r="T658" s="1"/>
       <c r="U658" s="1"/>
       <c r="V658" s="1"/>
       <c r="W658" s="1"/>
     </row>
     <row r="659" spans="1:23">
       <c r="A659" s="3">
         <v>657</v>
       </c>
       <c r="B659" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C659" s="10" t="s">
         <v>1320</v>
       </c>
       <c r="D659" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="E659" s="3">
         <v>991.55</v>
       </c>
       <c r="F659" s="3">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G659" s="3">
-        <v>471.1</v>
+        <v>459.18</v>
       </c>
       <c r="H659" s="4">
         <v>195.72</v>
       </c>
       <c r="I659" s="1"/>
       <c r="J659" s="1"/>
       <c r="K659" s="1"/>
       <c r="L659" s="1"/>
       <c r="M659" s="1"/>
       <c r="N659" s="1"/>
       <c r="O659" s="1"/>
       <c r="P659" s="1"/>
       <c r="Q659" s="1"/>
       <c r="R659" s="1"/>
       <c r="S659" s="1"/>
       <c r="T659" s="1"/>
       <c r="U659" s="1"/>
       <c r="V659" s="1"/>
       <c r="W659" s="1"/>
     </row>
     <row r="660" spans="1:23">
       <c r="A660" s="3">
         <v>658</v>
       </c>
       <c r="B660" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C660" s="10" t="s">
         <v>1322</v>
       </c>
       <c r="D660" s="3" t="s">
         <v>1323</v>
       </c>
       <c r="E660" s="3">
         <v>858.13</v>
       </c>
       <c r="F660" s="3">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="G660" s="3">
-        <v>536.81</v>
+        <v>277.13</v>
       </c>
       <c r="H660" s="4">
         <v>325.48</v>
       </c>
       <c r="I660" s="1"/>
       <c r="J660" s="1"/>
       <c r="K660" s="1"/>
       <c r="L660" s="1"/>
       <c r="M660" s="1"/>
       <c r="N660" s="1"/>
       <c r="O660" s="1"/>
       <c r="P660" s="1"/>
       <c r="Q660" s="1"/>
       <c r="R660" s="1"/>
       <c r="S660" s="1"/>
       <c r="T660" s="1"/>
       <c r="U660" s="1"/>
       <c r="V660" s="1"/>
       <c r="W660" s="1"/>
     </row>
     <row r="661" spans="1:23">
       <c r="A661" s="3">
         <v>659</v>
       </c>
       <c r="B661" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C661" s="10" t="s">
         <v>1324</v>
       </c>
       <c r="D661" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="E661" s="3">
         <v>1172.73</v>
       </c>
       <c r="F661" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G661" s="3">
-        <v>810.48</v>
+        <v>809.59</v>
       </c>
       <c r="H661" s="4">
         <v>355.71</v>
       </c>
       <c r="I661" s="1"/>
       <c r="J661" s="1"/>
       <c r="K661" s="1"/>
       <c r="L661" s="1"/>
       <c r="M661" s="1"/>
       <c r="N661" s="1"/>
       <c r="O661" s="1"/>
       <c r="P661" s="1"/>
       <c r="Q661" s="1"/>
       <c r="R661" s="1"/>
       <c r="S661" s="1"/>
       <c r="T661" s="1"/>
       <c r="U661" s="1"/>
       <c r="V661" s="1"/>
       <c r="W661" s="1"/>
     </row>
     <row r="662" spans="1:23">
       <c r="A662" s="3">
         <v>660</v>
       </c>
       <c r="B662" s="3" t="s">
@@ -33390,218 +33390,218 @@
       <c r="Q663" s="1"/>
       <c r="R663" s="1"/>
       <c r="S663" s="1"/>
       <c r="T663" s="1"/>
       <c r="U663" s="1"/>
       <c r="V663" s="1"/>
       <c r="W663" s="1"/>
     </row>
     <row r="664" spans="1:23">
       <c r="A664" s="3">
         <v>662</v>
       </c>
       <c r="B664" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C664" s="10" t="s">
         <v>1330</v>
       </c>
       <c r="D664" s="3" t="s">
         <v>1331</v>
       </c>
       <c r="E664" s="3">
         <v>2893.58</v>
       </c>
       <c r="F664" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G664" s="3">
-        <v>3151.25</v>
+        <v>3137.99</v>
       </c>
       <c r="H664" s="4">
         <v>1778.79</v>
       </c>
       <c r="I664" s="1"/>
       <c r="J664" s="1"/>
       <c r="K664" s="1"/>
       <c r="L664" s="1"/>
       <c r="M664" s="1"/>
       <c r="N664" s="1"/>
       <c r="O664" s="1"/>
       <c r="P664" s="1"/>
       <c r="Q664" s="1"/>
       <c r="R664" s="1"/>
       <c r="S664" s="1"/>
       <c r="T664" s="1"/>
       <c r="U664" s="1"/>
       <c r="V664" s="1"/>
       <c r="W664" s="1"/>
     </row>
     <row r="665" spans="1:23">
       <c r="A665" s="3">
         <v>663</v>
       </c>
       <c r="B665" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C665" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="D665" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="E665" s="3">
         <v>1135.95</v>
       </c>
       <c r="F665" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G665" s="3">
-        <v>904.86</v>
+        <v>891.42</v>
       </c>
       <c r="H665" s="4">
         <v>522.99</v>
       </c>
       <c r="I665" s="1"/>
       <c r="J665" s="1"/>
       <c r="K665" s="1"/>
       <c r="L665" s="1"/>
       <c r="M665" s="1"/>
       <c r="N665" s="1"/>
       <c r="O665" s="1"/>
       <c r="P665" s="1"/>
       <c r="Q665" s="1"/>
       <c r="R665" s="1"/>
       <c r="S665" s="1"/>
       <c r="T665" s="1"/>
       <c r="U665" s="1"/>
       <c r="V665" s="1"/>
       <c r="W665" s="1"/>
     </row>
     <row r="666" spans="1:23">
       <c r="A666" s="3">
         <v>664</v>
       </c>
       <c r="B666" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C666" s="10" t="s">
         <v>1334</v>
       </c>
       <c r="D666" s="3" t="s">
         <v>1335</v>
       </c>
       <c r="E666" s="3">
         <v>1333.27</v>
       </c>
       <c r="F666" s="3">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G666" s="3">
-        <v>1159.16</v>
+        <v>1153.09</v>
       </c>
       <c r="H666" s="4">
         <v>617.8</v>
       </c>
       <c r="I666" s="1"/>
       <c r="J666" s="1"/>
       <c r="K666" s="1"/>
       <c r="L666" s="1"/>
       <c r="M666" s="1"/>
       <c r="N666" s="1"/>
       <c r="O666" s="1"/>
       <c r="P666" s="1"/>
       <c r="Q666" s="1"/>
       <c r="R666" s="1"/>
       <c r="S666" s="1"/>
       <c r="T666" s="1"/>
       <c r="U666" s="1"/>
       <c r="V666" s="1"/>
       <c r="W666" s="1"/>
     </row>
     <row r="667" spans="1:23">
       <c r="A667" s="3">
         <v>665</v>
       </c>
       <c r="B667" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C667" s="10" t="s">
         <v>1336</v>
       </c>
       <c r="D667" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="E667" s="3">
         <v>844.34</v>
       </c>
       <c r="F667" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G667" s="3">
-        <v>601.13</v>
+        <v>589.46</v>
       </c>
       <c r="H667" s="4">
         <v>182.87</v>
       </c>
       <c r="I667" s="1"/>
       <c r="J667" s="1"/>
       <c r="K667" s="1"/>
       <c r="L667" s="1"/>
       <c r="M667" s="1"/>
       <c r="N667" s="1"/>
       <c r="O667" s="1"/>
       <c r="P667" s="1"/>
       <c r="Q667" s="1"/>
       <c r="R667" s="1"/>
       <c r="S667" s="1"/>
       <c r="T667" s="1"/>
       <c r="U667" s="1"/>
       <c r="V667" s="1"/>
       <c r="W667" s="1"/>
     </row>
     <row r="668" spans="1:23">
       <c r="A668" s="3">
         <v>666</v>
       </c>
       <c r="B668" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C668" s="10" t="s">
         <v>1338</v>
       </c>
       <c r="D668" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="E668" s="3">
         <v>1481.3</v>
       </c>
       <c r="F668" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G668" s="3">
-        <v>1006.03</v>
+        <v>995.17</v>
       </c>
       <c r="H668" s="4">
         <v>177.35</v>
       </c>
       <c r="I668" s="1"/>
       <c r="J668" s="1"/>
       <c r="K668" s="1"/>
       <c r="L668" s="1"/>
       <c r="M668" s="1"/>
       <c r="N668" s="1"/>
       <c r="O668" s="1"/>
       <c r="P668" s="1"/>
       <c r="Q668" s="1"/>
       <c r="R668" s="1"/>
       <c r="S668" s="1"/>
       <c r="T668" s="1"/>
       <c r="U668" s="1"/>
       <c r="V668" s="1"/>
       <c r="W668" s="1"/>
     </row>
     <row r="669" spans="1:23">
       <c r="A669" s="3">
         <v>667</v>
       </c>
       <c r="B669" s="3" t="s">
@@ -33677,136 +33677,136 @@
       <c r="Q670" s="1"/>
       <c r="R670" s="1"/>
       <c r="S670" s="1"/>
       <c r="T670" s="1"/>
       <c r="U670" s="1"/>
       <c r="V670" s="1"/>
       <c r="W670" s="1"/>
     </row>
     <row r="671" spans="1:23">
       <c r="A671" s="3">
         <v>669</v>
       </c>
       <c r="B671" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C671" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="D671" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="E671" s="3">
         <v>869.32</v>
       </c>
       <c r="F671" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G671" s="3">
-        <v>826</v>
+        <v>782.06</v>
       </c>
       <c r="H671" s="4">
         <v>361.61</v>
       </c>
       <c r="I671" s="1"/>
       <c r="J671" s="1"/>
       <c r="K671" s="1"/>
       <c r="L671" s="1"/>
       <c r="M671" s="1"/>
       <c r="N671" s="1"/>
       <c r="O671" s="1"/>
       <c r="P671" s="1"/>
       <c r="Q671" s="1"/>
       <c r="R671" s="1"/>
       <c r="S671" s="1"/>
       <c r="T671" s="1"/>
       <c r="U671" s="1"/>
       <c r="V671" s="1"/>
       <c r="W671" s="1"/>
     </row>
     <row r="672" spans="1:23">
       <c r="A672" s="3">
         <v>670</v>
       </c>
       <c r="B672" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C672" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="D672" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="E672" s="3">
         <v>1133.47</v>
       </c>
       <c r="F672" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G672" s="3">
-        <v>1060.52</v>
+        <v>1020.01</v>
       </c>
       <c r="H672" s="4">
         <v>311.61</v>
       </c>
       <c r="I672" s="1"/>
       <c r="J672" s="1"/>
       <c r="K672" s="1"/>
       <c r="L672" s="1"/>
       <c r="M672" s="1"/>
       <c r="N672" s="1"/>
       <c r="O672" s="1"/>
       <c r="P672" s="1"/>
       <c r="Q672" s="1"/>
       <c r="R672" s="1"/>
       <c r="S672" s="1"/>
       <c r="T672" s="1"/>
       <c r="U672" s="1"/>
       <c r="V672" s="1"/>
       <c r="W672" s="1"/>
     </row>
     <row r="673" spans="1:23">
       <c r="A673" s="3">
         <v>671</v>
       </c>
       <c r="B673" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C673" s="10" t="s">
         <v>1348</v>
       </c>
       <c r="D673" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="E673" s="3">
         <v>1225.12</v>
       </c>
       <c r="F673" s="3">
         <v>13</v>
       </c>
       <c r="G673" s="3">
-        <v>1205.24</v>
+        <v>1220.46</v>
       </c>
       <c r="H673" s="4">
         <v>396.65</v>
       </c>
       <c r="I673" s="1"/>
       <c r="J673" s="1"/>
       <c r="K673" s="1"/>
       <c r="L673" s="1"/>
       <c r="M673" s="1"/>
       <c r="N673" s="1"/>
       <c r="O673" s="1"/>
       <c r="P673" s="1"/>
       <c r="Q673" s="1"/>
       <c r="R673" s="1"/>
       <c r="S673" s="1"/>
       <c r="T673" s="1"/>
       <c r="U673" s="1"/>
       <c r="V673" s="1"/>
       <c r="W673" s="1"/>
     </row>
     <row r="674" spans="1:23">
       <c r="A674" s="3">
         <v>672</v>
       </c>
       <c r="B674" s="3" t="s">
@@ -33841,54 +33841,54 @@
       <c r="Q674" s="1"/>
       <c r="R674" s="1"/>
       <c r="S674" s="1"/>
       <c r="T674" s="1"/>
       <c r="U674" s="1"/>
       <c r="V674" s="1"/>
       <c r="W674" s="1"/>
     </row>
     <row r="675" spans="1:23">
       <c r="A675" s="3">
         <v>673</v>
       </c>
       <c r="B675" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C675" s="10" t="s">
         <v>1352</v>
       </c>
       <c r="D675" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="E675" s="3">
         <v>1196.88</v>
       </c>
       <c r="F675" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G675" s="3">
-        <v>922.19</v>
+        <v>913.89</v>
       </c>
       <c r="H675" s="4">
         <v>208.86</v>
       </c>
       <c r="I675" s="1"/>
       <c r="J675" s="1"/>
       <c r="K675" s="1"/>
       <c r="L675" s="1"/>
       <c r="M675" s="1"/>
       <c r="N675" s="1"/>
       <c r="O675" s="1"/>
       <c r="P675" s="1"/>
       <c r="Q675" s="1"/>
       <c r="R675" s="1"/>
       <c r="S675" s="1"/>
       <c r="T675" s="1"/>
       <c r="U675" s="1"/>
       <c r="V675" s="1"/>
       <c r="W675" s="1"/>
     </row>
     <row r="676" spans="1:23">
       <c r="A676" s="3">
         <v>674</v>
       </c>
       <c r="B676" s="3" t="s">
@@ -33964,218 +33964,218 @@
       <c r="Q677" s="1"/>
       <c r="R677" s="1"/>
       <c r="S677" s="1"/>
       <c r="T677" s="1"/>
       <c r="U677" s="1"/>
       <c r="V677" s="1"/>
       <c r="W677" s="1"/>
     </row>
     <row r="678" spans="1:23">
       <c r="A678" s="3">
         <v>676</v>
       </c>
       <c r="B678" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C678" s="10" t="s">
         <v>1358</v>
       </c>
       <c r="D678" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="E678" s="3">
         <v>1032.99</v>
       </c>
       <c r="F678" s="3">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G678" s="3">
-        <v>901.48</v>
+        <v>893.08</v>
       </c>
       <c r="H678" s="4">
         <v>589.83</v>
       </c>
       <c r="I678" s="1"/>
       <c r="J678" s="1"/>
       <c r="K678" s="1"/>
       <c r="L678" s="1"/>
       <c r="M678" s="1"/>
       <c r="N678" s="1"/>
       <c r="O678" s="1"/>
       <c r="P678" s="1"/>
       <c r="Q678" s="1"/>
       <c r="R678" s="1"/>
       <c r="S678" s="1"/>
       <c r="T678" s="1"/>
       <c r="U678" s="1"/>
       <c r="V678" s="1"/>
       <c r="W678" s="1"/>
     </row>
     <row r="679" spans="1:23">
       <c r="A679" s="3">
         <v>677</v>
       </c>
       <c r="B679" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C679" s="10" t="s">
         <v>1360</v>
       </c>
       <c r="D679" s="3" t="s">
         <v>1361</v>
       </c>
       <c r="E679" s="3">
         <v>1066</v>
       </c>
       <c r="F679" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G679" s="3">
-        <v>873.9</v>
+        <v>794.65</v>
       </c>
       <c r="H679" s="4">
         <v>373.11</v>
       </c>
       <c r="I679" s="1"/>
       <c r="J679" s="1"/>
       <c r="K679" s="1"/>
       <c r="L679" s="1"/>
       <c r="M679" s="1"/>
       <c r="N679" s="1"/>
       <c r="O679" s="1"/>
       <c r="P679" s="1"/>
       <c r="Q679" s="1"/>
       <c r="R679" s="1"/>
       <c r="S679" s="1"/>
       <c r="T679" s="1"/>
       <c r="U679" s="1"/>
       <c r="V679" s="1"/>
       <c r="W679" s="1"/>
     </row>
     <row r="680" spans="1:23">
       <c r="A680" s="3">
         <v>678</v>
       </c>
       <c r="B680" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C680" s="10" t="s">
         <v>1362</v>
       </c>
       <c r="D680" s="3" t="s">
         <v>1363</v>
       </c>
       <c r="E680" s="3">
         <v>1526.57</v>
       </c>
       <c r="F680" s="3">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G680" s="3">
-        <v>1469.37</v>
+        <v>1392.87</v>
       </c>
       <c r="H680" s="4">
         <v>636.49</v>
       </c>
       <c r="I680" s="1"/>
       <c r="J680" s="1"/>
       <c r="K680" s="1"/>
       <c r="L680" s="1"/>
       <c r="M680" s="1"/>
       <c r="N680" s="1"/>
       <c r="O680" s="1"/>
       <c r="P680" s="1"/>
       <c r="Q680" s="1"/>
       <c r="R680" s="1"/>
       <c r="S680" s="1"/>
       <c r="T680" s="1"/>
       <c r="U680" s="1"/>
       <c r="V680" s="1"/>
       <c r="W680" s="1"/>
     </row>
     <row r="681" spans="1:23">
       <c r="A681" s="3">
         <v>679</v>
       </c>
       <c r="B681" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C681" s="10" t="s">
         <v>1364</v>
       </c>
       <c r="D681" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="E681" s="3">
         <v>1284.63</v>
       </c>
       <c r="F681" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G681" s="3">
-        <v>985.85</v>
+        <v>962.72</v>
       </c>
       <c r="H681" s="4">
         <v>230.1</v>
       </c>
       <c r="I681" s="1"/>
       <c r="J681" s="1"/>
       <c r="K681" s="1"/>
       <c r="L681" s="1"/>
       <c r="M681" s="1"/>
       <c r="N681" s="1"/>
       <c r="O681" s="1"/>
       <c r="P681" s="1"/>
       <c r="Q681" s="1"/>
       <c r="R681" s="1"/>
       <c r="S681" s="1"/>
       <c r="T681" s="1"/>
       <c r="U681" s="1"/>
       <c r="V681" s="1"/>
       <c r="W681" s="1"/>
     </row>
     <row r="682" spans="1:23">
       <c r="A682" s="3">
         <v>680</v>
       </c>
       <c r="B682" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C682" s="10" t="s">
         <v>1366</v>
       </c>
       <c r="D682" s="3" t="s">
         <v>1367</v>
       </c>
       <c r="E682" s="3">
         <v>457.78</v>
       </c>
       <c r="F682" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G682" s="3">
-        <v>334.4</v>
+        <v>323.96</v>
       </c>
       <c r="H682" s="4">
         <v>258.24</v>
       </c>
       <c r="I682" s="1"/>
       <c r="J682" s="1"/>
       <c r="K682" s="1"/>
       <c r="L682" s="1"/>
       <c r="M682" s="1"/>
       <c r="N682" s="1"/>
       <c r="O682" s="1"/>
       <c r="P682" s="1"/>
       <c r="Q682" s="1"/>
       <c r="R682" s="1"/>
       <c r="S682" s="1"/>
       <c r="T682" s="1"/>
       <c r="U682" s="1"/>
       <c r="V682" s="1"/>
       <c r="W682" s="1"/>
     </row>
     <row r="683" spans="1:23">
       <c r="A683" s="3">
         <v>681</v>
       </c>
       <c r="B683" s="3" t="s">
@@ -34333,54 +34333,54 @@
       <c r="Q686" s="1"/>
       <c r="R686" s="1"/>
       <c r="S686" s="1"/>
       <c r="T686" s="1"/>
       <c r="U686" s="1"/>
       <c r="V686" s="1"/>
       <c r="W686" s="1"/>
     </row>
     <row r="687" spans="1:23">
       <c r="A687" s="3">
         <v>685</v>
       </c>
       <c r="B687" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C687" s="10" t="s">
         <v>1375</v>
       </c>
       <c r="D687" s="3" t="s">
         <v>1376</v>
       </c>
       <c r="E687" s="3">
         <v>108.22</v>
       </c>
       <c r="F687" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G687" s="3">
-        <v>69.63</v>
+        <v>66.35</v>
       </c>
       <c r="H687" s="4">
         <v>69.43</v>
       </c>
       <c r="I687" s="1"/>
       <c r="J687" s="1"/>
       <c r="K687" s="1"/>
       <c r="L687" s="1"/>
       <c r="M687" s="1"/>
       <c r="N687" s="1"/>
       <c r="O687" s="1"/>
       <c r="P687" s="1"/>
       <c r="Q687" s="1"/>
       <c r="R687" s="1"/>
       <c r="S687" s="1"/>
       <c r="T687" s="1"/>
       <c r="U687" s="1"/>
       <c r="V687" s="1"/>
       <c r="W687" s="1"/>
     </row>
     <row r="688" spans="1:23">
       <c r="A688" s="3">
         <v>686</v>
       </c>
       <c r="B688" s="3" t="s">
@@ -34623,51 +34623,51 @@
       <c r="T693" s="1"/>
       <c r="U693" s="1"/>
       <c r="V693" s="1"/>
       <c r="W693" s="1"/>
     </row>
     <row r="694" spans="1:23">
       <c r="A694" s="3">
         <v>692</v>
       </c>
       <c r="B694" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C694" s="10" t="s">
         <v>1389</v>
       </c>
       <c r="D694" s="3" t="s">
         <v>1390</v>
       </c>
       <c r="E694" s="3">
         <v>61.78</v>
       </c>
       <c r="F694" s="3">
         <v>3</v>
       </c>
       <c r="G694" s="3">
-        <v>33.79</v>
+        <v>37.18</v>
       </c>
       <c r="H694" s="4">
         <v>22.77</v>
       </c>
       <c r="I694" s="1"/>
       <c r="J694" s="1"/>
       <c r="K694" s="1"/>
       <c r="L694" s="1"/>
       <c r="M694" s="1"/>
       <c r="N694" s="1"/>
       <c r="O694" s="1"/>
       <c r="P694" s="1"/>
       <c r="Q694" s="1"/>
       <c r="R694" s="1"/>
       <c r="S694" s="1"/>
       <c r="T694" s="1"/>
       <c r="U694" s="1"/>
       <c r="V694" s="1"/>
       <c r="W694" s="1"/>
     </row>
     <row r="695" spans="1:23">
       <c r="A695" s="3">
         <v>693</v>
       </c>
       <c r="B695" s="3" t="s">
@@ -35156,51 +35156,51 @@
       <c r="T706" s="1"/>
       <c r="U706" s="1"/>
       <c r="V706" s="1"/>
       <c r="W706" s="1"/>
     </row>
     <row r="707" spans="1:23">
       <c r="A707" s="3">
         <v>705</v>
       </c>
       <c r="B707" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C707" s="10" t="s">
         <v>1415</v>
       </c>
       <c r="D707" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="E707" s="3">
         <v>0</v>
       </c>
       <c r="F707" s="3">
         <v>17</v>
       </c>
       <c r="G707" s="3">
-        <v>890.76</v>
+        <v>904.94</v>
       </c>
       <c r="H707" s="4">
         <v>904.49</v>
       </c>
       <c r="I707" s="1"/>
       <c r="J707" s="1"/>
       <c r="K707" s="1"/>
       <c r="L707" s="1"/>
       <c r="M707" s="1"/>
       <c r="N707" s="1"/>
       <c r="O707" s="1"/>
       <c r="P707" s="1"/>
       <c r="Q707" s="1"/>
       <c r="R707" s="1"/>
       <c r="S707" s="1"/>
       <c r="T707" s="1"/>
       <c r="U707" s="1"/>
       <c r="V707" s="1"/>
       <c r="W707" s="1"/>
     </row>
     <row r="708" spans="1:23">
       <c r="A708" s="3">
         <v>706</v>
       </c>
       <c r="B708" s="3" t="s">
@@ -35399,95 +35399,95 @@
       <c r="Q712" s="1"/>
       <c r="R712" s="1"/>
       <c r="S712" s="1"/>
       <c r="T712" s="1"/>
       <c r="U712" s="1"/>
       <c r="V712" s="1"/>
       <c r="W712" s="1"/>
     </row>
     <row r="713" spans="1:23">
       <c r="A713" s="3">
         <v>711</v>
       </c>
       <c r="B713" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C713" s="10" t="s">
         <v>1427</v>
       </c>
       <c r="D713" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="E713" s="3">
         <v>715.99</v>
       </c>
       <c r="F713" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G713" s="3">
-        <v>545.29</v>
+        <v>527.94</v>
       </c>
       <c r="H713" s="4">
         <v>201.44</v>
       </c>
       <c r="I713" s="1"/>
       <c r="J713" s="1"/>
       <c r="K713" s="1"/>
       <c r="L713" s="1"/>
       <c r="M713" s="1"/>
       <c r="N713" s="1"/>
       <c r="O713" s="1"/>
       <c r="P713" s="1"/>
       <c r="Q713" s="1"/>
       <c r="R713" s="1"/>
       <c r="S713" s="1"/>
       <c r="T713" s="1"/>
       <c r="U713" s="1"/>
       <c r="V713" s="1"/>
       <c r="W713" s="1"/>
     </row>
     <row r="714" spans="1:23">
       <c r="A714" s="3">
         <v>712</v>
       </c>
       <c r="B714" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C714" s="10" t="s">
         <v>1429</v>
       </c>
       <c r="D714" s="3" t="s">
         <v>1430</v>
       </c>
       <c r="E714" s="3">
         <v>491.24</v>
       </c>
       <c r="F714" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G714" s="3">
-        <v>332.88</v>
+        <v>327.53</v>
       </c>
       <c r="H714" s="4">
         <v>176.94</v>
       </c>
       <c r="I714" s="1"/>
       <c r="J714" s="1"/>
       <c r="K714" s="1"/>
       <c r="L714" s="1"/>
       <c r="M714" s="1"/>
       <c r="N714" s="1"/>
       <c r="O714" s="1"/>
       <c r="P714" s="1"/>
       <c r="Q714" s="1"/>
       <c r="R714" s="1"/>
       <c r="S714" s="1"/>
       <c r="T714" s="1"/>
       <c r="U714" s="1"/>
       <c r="V714" s="1"/>
       <c r="W714" s="1"/>
     </row>
     <row r="715" spans="1:23">
       <c r="A715" s="3">
         <v>713</v>
       </c>
       <c r="B715" s="3" t="s">
@@ -35522,54 +35522,54 @@
       <c r="Q715" s="1"/>
       <c r="R715" s="1"/>
       <c r="S715" s="1"/>
       <c r="T715" s="1"/>
       <c r="U715" s="1"/>
       <c r="V715" s="1"/>
       <c r="W715" s="1"/>
     </row>
     <row r="716" spans="1:23">
       <c r="A716" s="3">
         <v>714</v>
       </c>
       <c r="B716" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C716" s="10" t="s">
         <v>1433</v>
       </c>
       <c r="D716" s="3" t="s">
         <v>1434</v>
       </c>
       <c r="E716" s="3">
         <v>679.33</v>
       </c>
       <c r="F716" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G716" s="3">
-        <v>673.83</v>
+        <v>667.96</v>
       </c>
       <c r="H716" s="4">
         <v>235.49</v>
       </c>
       <c r="I716" s="1"/>
       <c r="J716" s="1"/>
       <c r="K716" s="1"/>
       <c r="L716" s="1"/>
       <c r="M716" s="1"/>
       <c r="N716" s="1"/>
       <c r="O716" s="1"/>
       <c r="P716" s="1"/>
       <c r="Q716" s="1"/>
       <c r="R716" s="1"/>
       <c r="S716" s="1"/>
       <c r="T716" s="1"/>
       <c r="U716" s="1"/>
       <c r="V716" s="1"/>
       <c r="W716" s="1"/>
     </row>
     <row r="717" spans="1:23">
       <c r="A717" s="3">
         <v>715</v>
       </c>
       <c r="B717" s="3" t="s">
@@ -35689,51 +35689,51 @@
       <c r="T719" s="1"/>
       <c r="U719" s="1"/>
       <c r="V719" s="1"/>
       <c r="W719" s="1"/>
     </row>
     <row r="720" spans="1:23">
       <c r="A720" s="3">
         <v>718</v>
       </c>
       <c r="B720" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C720" s="10" t="s">
         <v>1441</v>
       </c>
       <c r="D720" s="3" t="s">
         <v>1442</v>
       </c>
       <c r="E720" s="3">
         <v>748.92</v>
       </c>
       <c r="F720" s="3">
         <v>40</v>
       </c>
       <c r="G720" s="3">
-        <v>669.95</v>
+        <v>670.62</v>
       </c>
       <c r="H720" s="4">
         <v>653.55</v>
       </c>
       <c r="I720" s="1"/>
       <c r="J720" s="1"/>
       <c r="K720" s="1"/>
       <c r="L720" s="1"/>
       <c r="M720" s="1"/>
       <c r="N720" s="1"/>
       <c r="O720" s="1"/>
       <c r="P720" s="1"/>
       <c r="Q720" s="1"/>
       <c r="R720" s="1"/>
       <c r="S720" s="1"/>
       <c r="T720" s="1"/>
       <c r="U720" s="1"/>
       <c r="V720" s="1"/>
       <c r="W720" s="1"/>
     </row>
     <row r="721" spans="1:23">
       <c r="A721" s="3">
         <v>719</v>
       </c>
       <c r="B721" s="3" t="s">
@@ -35768,95 +35768,95 @@
       <c r="Q721" s="1"/>
       <c r="R721" s="1"/>
       <c r="S721" s="1"/>
       <c r="T721" s="1"/>
       <c r="U721" s="1"/>
       <c r="V721" s="1"/>
       <c r="W721" s="1"/>
     </row>
     <row r="722" spans="1:23">
       <c r="A722" s="3">
         <v>720</v>
       </c>
       <c r="B722" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C722" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="D722" s="3" t="s">
         <v>1446</v>
       </c>
       <c r="E722" s="3">
         <v>707.77</v>
       </c>
       <c r="F722" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G722" s="3">
-        <v>658.85</v>
+        <v>653.98</v>
       </c>
       <c r="H722" s="4">
         <v>340.45</v>
       </c>
       <c r="I722" s="1"/>
       <c r="J722" s="1"/>
       <c r="K722" s="1"/>
       <c r="L722" s="1"/>
       <c r="M722" s="1"/>
       <c r="N722" s="1"/>
       <c r="O722" s="1"/>
       <c r="P722" s="1"/>
       <c r="Q722" s="1"/>
       <c r="R722" s="1"/>
       <c r="S722" s="1"/>
       <c r="T722" s="1"/>
       <c r="U722" s="1"/>
       <c r="V722" s="1"/>
       <c r="W722" s="1"/>
     </row>
     <row r="723" spans="1:23">
       <c r="A723" s="3">
         <v>721</v>
       </c>
       <c r="B723" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C723" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="D723" s="3" t="s">
         <v>1448</v>
       </c>
       <c r="E723" s="3">
         <v>1218.77</v>
       </c>
       <c r="F723" s="3">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G723" s="3">
-        <v>1153.17</v>
+        <v>1144.55</v>
       </c>
       <c r="H723" s="4">
         <v>484.4</v>
       </c>
       <c r="I723" s="1"/>
       <c r="J723" s="1"/>
       <c r="K723" s="1"/>
       <c r="L723" s="1"/>
       <c r="M723" s="1"/>
       <c r="N723" s="1"/>
       <c r="O723" s="1"/>
       <c r="P723" s="1"/>
       <c r="Q723" s="1"/>
       <c r="R723" s="1"/>
       <c r="S723" s="1"/>
       <c r="T723" s="1"/>
       <c r="U723" s="1"/>
       <c r="V723" s="1"/>
       <c r="W723" s="1"/>
     </row>
     <row r="724" spans="1:23">
       <c r="A724" s="3">
         <v>722</v>
       </c>
       <c r="B724" s="3" t="s">
@@ -35891,54 +35891,54 @@
       <c r="Q724" s="1"/>
       <c r="R724" s="1"/>
       <c r="S724" s="1"/>
       <c r="T724" s="1"/>
       <c r="U724" s="1"/>
       <c r="V724" s="1"/>
       <c r="W724" s="1"/>
     </row>
     <row r="725" spans="1:23">
       <c r="A725" s="3">
         <v>723</v>
       </c>
       <c r="B725" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C725" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="D725" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="E725" s="3">
         <v>828</v>
       </c>
       <c r="F725" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G725" s="3">
-        <v>753.6</v>
+        <v>751.91</v>
       </c>
       <c r="H725" s="4">
         <v>474.62</v>
       </c>
       <c r="I725" s="1"/>
       <c r="J725" s="1"/>
       <c r="K725" s="1"/>
       <c r="L725" s="1"/>
       <c r="M725" s="1"/>
       <c r="N725" s="1"/>
       <c r="O725" s="1"/>
       <c r="P725" s="1"/>
       <c r="Q725" s="1"/>
       <c r="R725" s="1"/>
       <c r="S725" s="1"/>
       <c r="T725" s="1"/>
       <c r="U725" s="1"/>
       <c r="V725" s="1"/>
       <c r="W725" s="1"/>
     </row>
     <row r="726" spans="1:23">
       <c r="A726" s="3">
         <v>724</v>
       </c>
       <c r="B726" s="3" t="s">
@@ -36014,95 +36014,95 @@
       <c r="Q727" s="1"/>
       <c r="R727" s="1"/>
       <c r="S727" s="1"/>
       <c r="T727" s="1"/>
       <c r="U727" s="1"/>
       <c r="V727" s="1"/>
       <c r="W727" s="1"/>
     </row>
     <row r="728" spans="1:23">
       <c r="A728" s="3">
         <v>726</v>
       </c>
       <c r="B728" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C728" s="10" t="s">
         <v>1457</v>
       </c>
       <c r="D728" s="3" t="s">
         <v>1458</v>
       </c>
       <c r="E728" s="3">
         <v>486.48</v>
       </c>
       <c r="F728" s="3">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G728" s="3">
-        <v>329</v>
+        <v>284.71</v>
       </c>
       <c r="H728" s="4">
         <v>139.71</v>
       </c>
       <c r="I728" s="1"/>
       <c r="J728" s="1"/>
       <c r="K728" s="1"/>
       <c r="L728" s="1"/>
       <c r="M728" s="1"/>
       <c r="N728" s="1"/>
       <c r="O728" s="1"/>
       <c r="P728" s="1"/>
       <c r="Q728" s="1"/>
       <c r="R728" s="1"/>
       <c r="S728" s="1"/>
       <c r="T728" s="1"/>
       <c r="U728" s="1"/>
       <c r="V728" s="1"/>
       <c r="W728" s="1"/>
     </row>
     <row r="729" spans="1:23">
       <c r="A729" s="3">
         <v>727</v>
       </c>
       <c r="B729" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C729" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="D729" s="3" t="s">
         <v>1460</v>
       </c>
       <c r="E729" s="3">
         <v>483.4</v>
       </c>
       <c r="F729" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G729" s="3">
-        <v>345.83</v>
+        <v>288.99</v>
       </c>
       <c r="H729" s="4">
         <v>179.57</v>
       </c>
       <c r="I729" s="1"/>
       <c r="J729" s="1"/>
       <c r="K729" s="1"/>
       <c r="L729" s="1"/>
       <c r="M729" s="1"/>
       <c r="N729" s="1"/>
       <c r="O729" s="1"/>
       <c r="P729" s="1"/>
       <c r="Q729" s="1"/>
       <c r="R729" s="1"/>
       <c r="S729" s="1"/>
       <c r="T729" s="1"/>
       <c r="U729" s="1"/>
       <c r="V729" s="1"/>
       <c r="W729" s="1"/>
     </row>
     <row r="730" spans="1:23">
       <c r="A730" s="3">
         <v>728</v>
       </c>
       <c r="B730" s="3" t="s">
@@ -36219,54 +36219,54 @@
       <c r="Q732" s="1"/>
       <c r="R732" s="1"/>
       <c r="S732" s="1"/>
       <c r="T732" s="1"/>
       <c r="U732" s="1"/>
       <c r="V732" s="1"/>
       <c r="W732" s="1"/>
     </row>
     <row r="733" spans="1:23">
       <c r="A733" s="3">
         <v>731</v>
       </c>
       <c r="B733" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C733" s="10" t="s">
         <v>1467</v>
       </c>
       <c r="D733" s="3" t="s">
         <v>1468</v>
       </c>
       <c r="E733" s="3">
         <v>93.47</v>
       </c>
       <c r="F733" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G733" s="3">
-        <v>93.47</v>
+        <v>75.78</v>
       </c>
       <c r="H733" s="4">
         <v>123.8</v>
       </c>
       <c r="I733" s="1"/>
       <c r="J733" s="1"/>
       <c r="K733" s="1"/>
       <c r="L733" s="1"/>
       <c r="M733" s="1"/>
       <c r="N733" s="1"/>
       <c r="O733" s="1"/>
       <c r="P733" s="1"/>
       <c r="Q733" s="1"/>
       <c r="R733" s="1"/>
       <c r="S733" s="1"/>
       <c r="T733" s="1"/>
       <c r="U733" s="1"/>
       <c r="V733" s="1"/>
       <c r="W733" s="1"/>
     </row>
     <row r="734" spans="1:23">
       <c r="A734" s="3">
         <v>732</v>
       </c>
       <c r="B734" s="3" t="s">
@@ -36342,136 +36342,136 @@
       <c r="Q735" s="1"/>
       <c r="R735" s="1"/>
       <c r="S735" s="1"/>
       <c r="T735" s="1"/>
       <c r="U735" s="1"/>
       <c r="V735" s="1"/>
       <c r="W735" s="1"/>
     </row>
     <row r="736" spans="1:23">
       <c r="A736" s="3">
         <v>734</v>
       </c>
       <c r="B736" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C736" s="10" t="s">
         <v>1473</v>
       </c>
       <c r="D736" s="3" t="s">
         <v>1474</v>
       </c>
       <c r="E736" s="3">
         <v>548.13</v>
       </c>
       <c r="F736" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G736" s="3">
-        <v>400.87</v>
+        <v>383.93</v>
       </c>
       <c r="H736" s="4">
         <v>166.31</v>
       </c>
       <c r="I736" s="1"/>
       <c r="J736" s="1"/>
       <c r="K736" s="1"/>
       <c r="L736" s="1"/>
       <c r="M736" s="1"/>
       <c r="N736" s="1"/>
       <c r="O736" s="1"/>
       <c r="P736" s="1"/>
       <c r="Q736" s="1"/>
       <c r="R736" s="1"/>
       <c r="S736" s="1"/>
       <c r="T736" s="1"/>
       <c r="U736" s="1"/>
       <c r="V736" s="1"/>
       <c r="W736" s="1"/>
     </row>
     <row r="737" spans="1:23">
       <c r="A737" s="3">
         <v>735</v>
       </c>
       <c r="B737" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C737" s="10" t="s">
         <v>1475</v>
       </c>
       <c r="D737" s="3" t="s">
         <v>1476</v>
       </c>
       <c r="E737" s="3">
         <v>744.9</v>
       </c>
       <c r="F737" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G737" s="3">
-        <v>768.86</v>
+        <v>767.06</v>
       </c>
       <c r="H737" s="4">
         <v>516.47</v>
       </c>
       <c r="I737" s="1"/>
       <c r="J737" s="1"/>
       <c r="K737" s="1"/>
       <c r="L737" s="1"/>
       <c r="M737" s="1"/>
       <c r="N737" s="1"/>
       <c r="O737" s="1"/>
       <c r="P737" s="1"/>
       <c r="Q737" s="1"/>
       <c r="R737" s="1"/>
       <c r="S737" s="1"/>
       <c r="T737" s="1"/>
       <c r="U737" s="1"/>
       <c r="V737" s="1"/>
       <c r="W737" s="1"/>
     </row>
     <row r="738" spans="1:23">
       <c r="A738" s="3">
         <v>736</v>
       </c>
       <c r="B738" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C738" s="10" t="s">
         <v>1477</v>
       </c>
       <c r="D738" s="3" t="s">
         <v>1478</v>
       </c>
       <c r="E738" s="3">
         <v>632.8</v>
       </c>
       <c r="F738" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G738" s="3">
-        <v>525.64</v>
+        <v>520.1</v>
       </c>
       <c r="H738" s="4">
         <v>256.68</v>
       </c>
       <c r="I738" s="1"/>
       <c r="J738" s="1"/>
       <c r="K738" s="1"/>
       <c r="L738" s="1"/>
       <c r="M738" s="1"/>
       <c r="N738" s="1"/>
       <c r="O738" s="1"/>
       <c r="P738" s="1"/>
       <c r="Q738" s="1"/>
       <c r="R738" s="1"/>
       <c r="S738" s="1"/>
       <c r="T738" s="1"/>
       <c r="U738" s="1"/>
       <c r="V738" s="1"/>
       <c r="W738" s="1"/>
     </row>
     <row r="739" spans="1:23">
       <c r="A739" s="3">
         <v>737</v>
       </c>
       <c r="B739" s="3" t="s">
@@ -36588,136 +36588,136 @@
       <c r="Q741" s="1"/>
       <c r="R741" s="1"/>
       <c r="S741" s="1"/>
       <c r="T741" s="1"/>
       <c r="U741" s="1"/>
       <c r="V741" s="1"/>
       <c r="W741" s="1"/>
     </row>
     <row r="742" spans="1:23">
       <c r="A742" s="3">
         <v>740</v>
       </c>
       <c r="B742" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C742" s="10" t="s">
         <v>1485</v>
       </c>
       <c r="D742" s="3" t="s">
         <v>1486</v>
       </c>
       <c r="E742" s="3">
         <v>619.79</v>
       </c>
       <c r="F742" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G742" s="3">
-        <v>525.66</v>
+        <v>484.15</v>
       </c>
       <c r="H742" s="4">
         <v>288.88</v>
       </c>
       <c r="I742" s="1"/>
       <c r="J742" s="1"/>
       <c r="K742" s="1"/>
       <c r="L742" s="1"/>
       <c r="M742" s="1"/>
       <c r="N742" s="1"/>
       <c r="O742" s="1"/>
       <c r="P742" s="1"/>
       <c r="Q742" s="1"/>
       <c r="R742" s="1"/>
       <c r="S742" s="1"/>
       <c r="T742" s="1"/>
       <c r="U742" s="1"/>
       <c r="V742" s="1"/>
       <c r="W742" s="1"/>
     </row>
     <row r="743" spans="1:23">
       <c r="A743" s="3">
         <v>741</v>
       </c>
       <c r="B743" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C743" s="10" t="s">
         <v>1487</v>
       </c>
       <c r="D743" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="E743" s="3">
         <v>1030.27</v>
       </c>
       <c r="F743" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G743" s="3">
-        <v>888.39</v>
+        <v>855.6</v>
       </c>
       <c r="H743" s="4">
         <v>202.63</v>
       </c>
       <c r="I743" s="1"/>
       <c r="J743" s="1"/>
       <c r="K743" s="1"/>
       <c r="L743" s="1"/>
       <c r="M743" s="1"/>
       <c r="N743" s="1"/>
       <c r="O743" s="1"/>
       <c r="P743" s="1"/>
       <c r="Q743" s="1"/>
       <c r="R743" s="1"/>
       <c r="S743" s="1"/>
       <c r="T743" s="1"/>
       <c r="U743" s="1"/>
       <c r="V743" s="1"/>
       <c r="W743" s="1"/>
     </row>
     <row r="744" spans="1:23">
       <c r="A744" s="3">
         <v>742</v>
       </c>
       <c r="B744" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C744" s="10" t="s">
         <v>1489</v>
       </c>
       <c r="D744" s="3" t="s">
         <v>1490</v>
       </c>
       <c r="E744" s="3">
         <v>518.82</v>
       </c>
       <c r="F744" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G744" s="3">
-        <v>476.72</v>
+        <v>456.95</v>
       </c>
       <c r="H744" s="4">
         <v>189.1</v>
       </c>
       <c r="I744" s="1"/>
       <c r="J744" s="1"/>
       <c r="K744" s="1"/>
       <c r="L744" s="1"/>
       <c r="M744" s="1"/>
       <c r="N744" s="1"/>
       <c r="O744" s="1"/>
       <c r="P744" s="1"/>
       <c r="Q744" s="1"/>
       <c r="R744" s="1"/>
       <c r="S744" s="1"/>
       <c r="T744" s="1"/>
       <c r="U744" s="1"/>
       <c r="V744" s="1"/>
       <c r="W744" s="1"/>
     </row>
     <row r="745" spans="1:23">
       <c r="A745" s="3">
         <v>743</v>
       </c>
       <c r="B745" s="3" t="s">
@@ -36834,95 +36834,95 @@
       <c r="Q747" s="1"/>
       <c r="R747" s="1"/>
       <c r="S747" s="1"/>
       <c r="T747" s="1"/>
       <c r="U747" s="1"/>
       <c r="V747" s="1"/>
       <c r="W747" s="1"/>
     </row>
     <row r="748" spans="1:23">
       <c r="A748" s="3">
         <v>746</v>
       </c>
       <c r="B748" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C748" s="10" t="s">
         <v>1497</v>
       </c>
       <c r="D748" s="3" t="s">
         <v>1498</v>
       </c>
       <c r="E748" s="3">
         <v>984.92</v>
       </c>
       <c r="F748" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G748" s="3">
-        <v>683.17</v>
+        <v>651.98</v>
       </c>
       <c r="H748" s="4">
         <v>301.35</v>
       </c>
       <c r="I748" s="1"/>
       <c r="J748" s="1"/>
       <c r="K748" s="1"/>
       <c r="L748" s="1"/>
       <c r="M748" s="1"/>
       <c r="N748" s="1"/>
       <c r="O748" s="1"/>
       <c r="P748" s="1"/>
       <c r="Q748" s="1"/>
       <c r="R748" s="1"/>
       <c r="S748" s="1"/>
       <c r="T748" s="1"/>
       <c r="U748" s="1"/>
       <c r="V748" s="1"/>
       <c r="W748" s="1"/>
     </row>
     <row r="749" spans="1:23">
       <c r="A749" s="3">
         <v>747</v>
       </c>
       <c r="B749" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C749" s="10" t="s">
         <v>1499</v>
       </c>
       <c r="D749" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="E749" s="3">
         <v>359.72</v>
       </c>
       <c r="F749" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G749" s="3">
-        <v>333.3</v>
+        <v>316.95</v>
       </c>
       <c r="H749" s="4">
         <v>78.79</v>
       </c>
       <c r="I749" s="1"/>
       <c r="J749" s="1"/>
       <c r="K749" s="1"/>
       <c r="L749" s="1"/>
       <c r="M749" s="1"/>
       <c r="N749" s="1"/>
       <c r="O749" s="1"/>
       <c r="P749" s="1"/>
       <c r="Q749" s="1"/>
       <c r="R749" s="1"/>
       <c r="S749" s="1"/>
       <c r="T749" s="1"/>
       <c r="U749" s="1"/>
       <c r="V749" s="1"/>
       <c r="W749" s="1"/>
     </row>
     <row r="750" spans="1:23">
       <c r="A750" s="3">
         <v>748</v>
       </c>
       <c r="B750" s="3" t="s">
@@ -36957,95 +36957,95 @@
       <c r="Q750" s="1"/>
       <c r="R750" s="1"/>
       <c r="S750" s="1"/>
       <c r="T750" s="1"/>
       <c r="U750" s="1"/>
       <c r="V750" s="1"/>
       <c r="W750" s="1"/>
     </row>
     <row r="751" spans="1:23">
       <c r="A751" s="3">
         <v>749</v>
       </c>
       <c r="B751" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C751" s="10" t="s">
         <v>1503</v>
       </c>
       <c r="D751" s="3" t="s">
         <v>1504</v>
       </c>
       <c r="E751" s="3">
         <v>995.53</v>
       </c>
       <c r="F751" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G751" s="3">
-        <v>691.65</v>
+        <v>673.19</v>
       </c>
       <c r="H751" s="4">
         <v>347.82</v>
       </c>
       <c r="I751" s="1"/>
       <c r="J751" s="1"/>
       <c r="K751" s="1"/>
       <c r="L751" s="1"/>
       <c r="M751" s="1"/>
       <c r="N751" s="1"/>
       <c r="O751" s="1"/>
       <c r="P751" s="1"/>
       <c r="Q751" s="1"/>
       <c r="R751" s="1"/>
       <c r="S751" s="1"/>
       <c r="T751" s="1"/>
       <c r="U751" s="1"/>
       <c r="V751" s="1"/>
       <c r="W751" s="1"/>
     </row>
     <row r="752" spans="1:23">
       <c r="A752" s="3">
         <v>750</v>
       </c>
       <c r="B752" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C752" s="10" t="s">
         <v>1505</v>
       </c>
       <c r="D752" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="E752" s="3">
         <v>903</v>
       </c>
       <c r="F752" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G752" s="3">
-        <v>588.69</v>
+        <v>559.69</v>
       </c>
       <c r="H752" s="4">
         <v>312.23</v>
       </c>
       <c r="I752" s="1"/>
       <c r="J752" s="1"/>
       <c r="K752" s="1"/>
       <c r="L752" s="1"/>
       <c r="M752" s="1"/>
       <c r="N752" s="1"/>
       <c r="O752" s="1"/>
       <c r="P752" s="1"/>
       <c r="Q752" s="1"/>
       <c r="R752" s="1"/>
       <c r="S752" s="1"/>
       <c r="T752" s="1"/>
       <c r="U752" s="1"/>
       <c r="V752" s="1"/>
       <c r="W752" s="1"/>
     </row>
     <row r="753" spans="1:23">
       <c r="A753" s="3">
         <v>751</v>
       </c>
       <c r="B753" s="3" t="s">
@@ -37121,54 +37121,54 @@
       <c r="Q754" s="1"/>
       <c r="R754" s="1"/>
       <c r="S754" s="1"/>
       <c r="T754" s="1"/>
       <c r="U754" s="1"/>
       <c r="V754" s="1"/>
       <c r="W754" s="1"/>
     </row>
     <row r="755" spans="1:23">
       <c r="A755" s="3">
         <v>753</v>
       </c>
       <c r="B755" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C755" s="10" t="s">
         <v>1511</v>
       </c>
       <c r="D755" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="E755" s="3">
         <v>1606.67</v>
       </c>
       <c r="F755" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G755" s="3">
-        <v>1594.94</v>
+        <v>1591.86</v>
       </c>
       <c r="H755" s="4">
         <v>1063.88</v>
       </c>
       <c r="I755" s="1"/>
       <c r="J755" s="1"/>
       <c r="K755" s="1"/>
       <c r="L755" s="1"/>
       <c r="M755" s="1"/>
       <c r="N755" s="1"/>
       <c r="O755" s="1"/>
       <c r="P755" s="1"/>
       <c r="Q755" s="1"/>
       <c r="R755" s="1"/>
       <c r="S755" s="1"/>
       <c r="T755" s="1"/>
       <c r="U755" s="1"/>
       <c r="V755" s="1"/>
       <c r="W755" s="1"/>
     </row>
     <row r="756" spans="1:23">
       <c r="A756" s="3">
         <v>754</v>
       </c>
       <c r="B756" s="3" t="s">
@@ -37203,54 +37203,54 @@
       <c r="Q756" s="1"/>
       <c r="R756" s="1"/>
       <c r="S756" s="1"/>
       <c r="T756" s="1"/>
       <c r="U756" s="1"/>
       <c r="V756" s="1"/>
       <c r="W756" s="1"/>
     </row>
     <row r="757" spans="1:23">
       <c r="A757" s="3">
         <v>755</v>
       </c>
       <c r="B757" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C757" s="10" t="s">
         <v>1515</v>
       </c>
       <c r="D757" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="E757" s="3">
         <v>996.17</v>
       </c>
       <c r="F757" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G757" s="3">
-        <v>656.79</v>
+        <v>657.37</v>
       </c>
       <c r="H757" s="4">
         <v>458.46</v>
       </c>
       <c r="I757" s="1"/>
       <c r="J757" s="1"/>
       <c r="K757" s="1"/>
       <c r="L757" s="1"/>
       <c r="M757" s="1"/>
       <c r="N757" s="1"/>
       <c r="O757" s="1"/>
       <c r="P757" s="1"/>
       <c r="Q757" s="1"/>
       <c r="R757" s="1"/>
       <c r="S757" s="1"/>
       <c r="T757" s="1"/>
       <c r="U757" s="1"/>
       <c r="V757" s="1"/>
       <c r="W757" s="1"/>
     </row>
     <row r="758" spans="1:23">
       <c r="A758" s="3">
         <v>756</v>
       </c>
       <c r="B758" s="3" t="s">
@@ -37285,177 +37285,177 @@
       <c r="Q758" s="1"/>
       <c r="R758" s="1"/>
       <c r="S758" s="1"/>
       <c r="T758" s="1"/>
       <c r="U758" s="1"/>
       <c r="V758" s="1"/>
       <c r="W758" s="1"/>
     </row>
     <row r="759" spans="1:23">
       <c r="A759" s="3">
         <v>757</v>
       </c>
       <c r="B759" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C759" s="10" t="s">
         <v>1519</v>
       </c>
       <c r="D759" s="3" t="s">
         <v>1520</v>
       </c>
       <c r="E759" s="3">
         <v>790.68</v>
       </c>
       <c r="F759" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G759" s="3">
-        <v>607.33</v>
+        <v>606.13</v>
       </c>
       <c r="H759" s="4">
         <v>325.63</v>
       </c>
       <c r="I759" s="1"/>
       <c r="J759" s="1"/>
       <c r="K759" s="1"/>
       <c r="L759" s="1"/>
       <c r="M759" s="1"/>
       <c r="N759" s="1"/>
       <c r="O759" s="1"/>
       <c r="P759" s="1"/>
       <c r="Q759" s="1"/>
       <c r="R759" s="1"/>
       <c r="S759" s="1"/>
       <c r="T759" s="1"/>
       <c r="U759" s="1"/>
       <c r="V759" s="1"/>
       <c r="W759" s="1"/>
     </row>
     <row r="760" spans="1:23">
       <c r="A760" s="3">
         <v>758</v>
       </c>
       <c r="B760" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C760" s="10" t="s">
         <v>1521</v>
       </c>
       <c r="D760" s="3" t="s">
         <v>1522</v>
       </c>
       <c r="E760" s="3">
         <v>670.02</v>
       </c>
       <c r="F760" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G760" s="3">
-        <v>607.29</v>
+        <v>606.8</v>
       </c>
       <c r="H760" s="4">
         <v>215.53</v>
       </c>
       <c r="I760" s="1"/>
       <c r="J760" s="1"/>
       <c r="K760" s="1"/>
       <c r="L760" s="1"/>
       <c r="M760" s="1"/>
       <c r="N760" s="1"/>
       <c r="O760" s="1"/>
       <c r="P760" s="1"/>
       <c r="Q760" s="1"/>
       <c r="R760" s="1"/>
       <c r="S760" s="1"/>
       <c r="T760" s="1"/>
       <c r="U760" s="1"/>
       <c r="V760" s="1"/>
       <c r="W760" s="1"/>
     </row>
     <row r="761" spans="1:23">
       <c r="A761" s="3">
         <v>759</v>
       </c>
       <c r="B761" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C761" s="10" t="s">
         <v>1523</v>
       </c>
       <c r="D761" s="3" t="s">
         <v>1524</v>
       </c>
       <c r="E761" s="3">
         <v>798.36</v>
       </c>
       <c r="F761" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G761" s="3">
-        <v>735.36</v>
+        <v>606.2</v>
       </c>
       <c r="H761" s="4">
         <v>436.41</v>
       </c>
       <c r="I761" s="1"/>
       <c r="J761" s="1"/>
       <c r="K761" s="1"/>
       <c r="L761" s="1"/>
       <c r="M761" s="1"/>
       <c r="N761" s="1"/>
       <c r="O761" s="1"/>
       <c r="P761" s="1"/>
       <c r="Q761" s="1"/>
       <c r="R761" s="1"/>
       <c r="S761" s="1"/>
       <c r="T761" s="1"/>
       <c r="U761" s="1"/>
       <c r="V761" s="1"/>
       <c r="W761" s="1"/>
     </row>
     <row r="762" spans="1:23">
       <c r="A762" s="3">
         <v>760</v>
       </c>
       <c r="B762" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C762" s="10" t="s">
         <v>1525</v>
       </c>
       <c r="D762" s="3" t="s">
         <v>1526</v>
       </c>
       <c r="E762" s="3">
         <v>587.37</v>
       </c>
       <c r="F762" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G762" s="3">
-        <v>526.46</v>
+        <v>516.75</v>
       </c>
       <c r="H762" s="4">
         <v>226.72</v>
       </c>
       <c r="I762" s="1"/>
       <c r="J762" s="1"/>
       <c r="K762" s="1"/>
       <c r="L762" s="1"/>
       <c r="M762" s="1"/>
       <c r="N762" s="1"/>
       <c r="O762" s="1"/>
       <c r="P762" s="1"/>
       <c r="Q762" s="1"/>
       <c r="R762" s="1"/>
       <c r="S762" s="1"/>
       <c r="T762" s="1"/>
       <c r="U762" s="1"/>
       <c r="V762" s="1"/>
       <c r="W762" s="1"/>
     </row>
     <row r="763" spans="1:23">
       <c r="A763" s="3">
         <v>761</v>
       </c>
       <c r="B763" s="3" t="s">
@@ -37490,54 +37490,54 @@
       <c r="Q763" s="1"/>
       <c r="R763" s="1"/>
       <c r="S763" s="1"/>
       <c r="T763" s="1"/>
       <c r="U763" s="1"/>
       <c r="V763" s="1"/>
       <c r="W763" s="1"/>
     </row>
     <row r="764" spans="1:23">
       <c r="A764" s="3">
         <v>762</v>
       </c>
       <c r="B764" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C764" s="10" t="s">
         <v>1529</v>
       </c>
       <c r="D764" s="3" t="s">
         <v>1530</v>
       </c>
       <c r="E764" s="3">
         <v>998.34</v>
       </c>
       <c r="F764" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G764" s="3">
-        <v>876.2</v>
+        <v>843.13</v>
       </c>
       <c r="H764" s="4">
         <v>658.2</v>
       </c>
       <c r="I764" s="1"/>
       <c r="J764" s="1"/>
       <c r="K764" s="1"/>
       <c r="L764" s="1"/>
       <c r="M764" s="1"/>
       <c r="N764" s="1"/>
       <c r="O764" s="1"/>
       <c r="P764" s="1"/>
       <c r="Q764" s="1"/>
       <c r="R764" s="1"/>
       <c r="S764" s="1"/>
       <c r="T764" s="1"/>
       <c r="U764" s="1"/>
       <c r="V764" s="1"/>
       <c r="W764" s="1"/>
     </row>
     <row r="765" spans="1:23">
       <c r="A765" s="3">
         <v>763</v>
       </c>
       <c r="B765" s="3" t="s">
@@ -37572,54 +37572,54 @@
       <c r="Q765" s="1"/>
       <c r="R765" s="1"/>
       <c r="S765" s="1"/>
       <c r="T765" s="1"/>
       <c r="U765" s="1"/>
       <c r="V765" s="1"/>
       <c r="W765" s="1"/>
     </row>
     <row r="766" spans="1:23">
       <c r="A766" s="3">
         <v>764</v>
       </c>
       <c r="B766" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C766" s="10" t="s">
         <v>1533</v>
       </c>
       <c r="D766" s="3" t="s">
         <v>1534</v>
       </c>
       <c r="E766" s="3">
         <v>1168.66</v>
       </c>
       <c r="F766" s="3">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G766" s="3">
-        <v>1125.08</v>
+        <v>1084.44</v>
       </c>
       <c r="H766" s="4">
         <v>287.65</v>
       </c>
       <c r="I766" s="1"/>
       <c r="J766" s="1"/>
       <c r="K766" s="1"/>
       <c r="L766" s="1"/>
       <c r="M766" s="1"/>
       <c r="N766" s="1"/>
       <c r="O766" s="1"/>
       <c r="P766" s="1"/>
       <c r="Q766" s="1"/>
       <c r="R766" s="1"/>
       <c r="S766" s="1"/>
       <c r="T766" s="1"/>
       <c r="U766" s="1"/>
       <c r="V766" s="1"/>
       <c r="W766" s="1"/>
     </row>
     <row r="767" spans="1:23">
       <c r="A767" s="3">
         <v>765</v>
       </c>
       <c r="B767" s="3" t="s">
@@ -37654,54 +37654,54 @@
       <c r="Q767" s="1"/>
       <c r="R767" s="1"/>
       <c r="S767" s="1"/>
       <c r="T767" s="1"/>
       <c r="U767" s="1"/>
       <c r="V767" s="1"/>
       <c r="W767" s="1"/>
     </row>
     <row r="768" spans="1:23">
       <c r="A768" s="3">
         <v>766</v>
       </c>
       <c r="B768" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C768" s="10" t="s">
         <v>1537</v>
       </c>
       <c r="D768" s="3" t="s">
         <v>1538</v>
       </c>
       <c r="E768" s="3">
         <v>138.66</v>
       </c>
       <c r="F768" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G768" s="3">
-        <v>98.78</v>
+        <v>68.77</v>
       </c>
       <c r="H768" s="4">
         <v>66.73</v>
       </c>
       <c r="I768" s="1"/>
       <c r="J768" s="1"/>
       <c r="K768" s="1"/>
       <c r="L768" s="1"/>
       <c r="M768" s="1"/>
       <c r="N768" s="1"/>
       <c r="O768" s="1"/>
       <c r="P768" s="1"/>
       <c r="Q768" s="1"/>
       <c r="R768" s="1"/>
       <c r="S768" s="1"/>
       <c r="T768" s="1"/>
       <c r="U768" s="1"/>
       <c r="V768" s="1"/>
       <c r="W768" s="1"/>
     </row>
     <row r="769" spans="1:23">
       <c r="A769" s="3">
         <v>767</v>
       </c>
       <c r="B769" s="3" t="s">
@@ -37736,95 +37736,95 @@
       <c r="Q769" s="1"/>
       <c r="R769" s="1"/>
       <c r="S769" s="1"/>
       <c r="T769" s="1"/>
       <c r="U769" s="1"/>
       <c r="V769" s="1"/>
       <c r="W769" s="1"/>
     </row>
     <row r="770" spans="1:23">
       <c r="A770" s="3">
         <v>768</v>
       </c>
       <c r="B770" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C770" s="10" t="s">
         <v>1541</v>
       </c>
       <c r="D770" s="3" t="s">
         <v>1542</v>
       </c>
       <c r="E770" s="3">
         <v>844.2</v>
       </c>
       <c r="F770" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G770" s="3">
-        <v>752.2</v>
+        <v>741.08</v>
       </c>
       <c r="H770" s="4">
         <v>93.55</v>
       </c>
       <c r="I770" s="1"/>
       <c r="J770" s="1"/>
       <c r="K770" s="1"/>
       <c r="L770" s="1"/>
       <c r="M770" s="1"/>
       <c r="N770" s="1"/>
       <c r="O770" s="1"/>
       <c r="P770" s="1"/>
       <c r="Q770" s="1"/>
       <c r="R770" s="1"/>
       <c r="S770" s="1"/>
       <c r="T770" s="1"/>
       <c r="U770" s="1"/>
       <c r="V770" s="1"/>
       <c r="W770" s="1"/>
     </row>
     <row r="771" spans="1:23">
       <c r="A771" s="3">
         <v>769</v>
       </c>
       <c r="B771" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C771" s="10" t="s">
         <v>1543</v>
       </c>
       <c r="D771" s="3" t="s">
         <v>1544</v>
       </c>
       <c r="E771" s="3">
         <v>939.62</v>
       </c>
       <c r="F771" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G771" s="3">
-        <v>598.91</v>
+        <v>569.82</v>
       </c>
       <c r="H771" s="4">
         <v>95.38</v>
       </c>
       <c r="I771" s="1"/>
       <c r="J771" s="1"/>
       <c r="K771" s="1"/>
       <c r="L771" s="1"/>
       <c r="M771" s="1"/>
       <c r="N771" s="1"/>
       <c r="O771" s="1"/>
       <c r="P771" s="1"/>
       <c r="Q771" s="1"/>
       <c r="R771" s="1"/>
       <c r="S771" s="1"/>
       <c r="T771" s="1"/>
       <c r="U771" s="1"/>
       <c r="V771" s="1"/>
       <c r="W771" s="1"/>
     </row>
     <row r="772" spans="1:23">
       <c r="A772" s="3">
         <v>770</v>
       </c>
       <c r="B772" s="3" t="s">
@@ -38187,95 +38187,95 @@
       <c r="Q780" s="1"/>
       <c r="R780" s="1"/>
       <c r="S780" s="1"/>
       <c r="T780" s="1"/>
       <c r="U780" s="1"/>
       <c r="V780" s="1"/>
       <c r="W780" s="1"/>
     </row>
     <row r="781" spans="1:23">
       <c r="A781" s="3">
         <v>779</v>
       </c>
       <c r="B781" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C781" s="10" t="s">
         <v>1563</v>
       </c>
       <c r="D781" s="3" t="s">
         <v>1564</v>
       </c>
       <c r="E781" s="3">
         <v>895.39</v>
       </c>
       <c r="F781" s="3">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G781" s="3">
-        <v>872.33</v>
+        <v>885.75</v>
       </c>
       <c r="H781" s="4">
         <v>352.86</v>
       </c>
       <c r="I781" s="1"/>
       <c r="J781" s="1"/>
       <c r="K781" s="1"/>
       <c r="L781" s="1"/>
       <c r="M781" s="1"/>
       <c r="N781" s="1"/>
       <c r="O781" s="1"/>
       <c r="P781" s="1"/>
       <c r="Q781" s="1"/>
       <c r="R781" s="1"/>
       <c r="S781" s="1"/>
       <c r="T781" s="1"/>
       <c r="U781" s="1"/>
       <c r="V781" s="1"/>
       <c r="W781" s="1"/>
     </row>
     <row r="782" spans="1:23">
       <c r="A782" s="3">
         <v>780</v>
       </c>
       <c r="B782" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C782" s="10" t="s">
         <v>1565</v>
       </c>
       <c r="D782" s="3" t="s">
         <v>1566</v>
       </c>
       <c r="E782" s="3">
         <v>1691.01</v>
       </c>
       <c r="F782" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G782" s="3">
-        <v>1334.84</v>
+        <v>1311.84</v>
       </c>
       <c r="H782" s="4">
         <v>844.02</v>
       </c>
       <c r="I782" s="1"/>
       <c r="J782" s="1"/>
       <c r="K782" s="1"/>
       <c r="L782" s="1"/>
       <c r="M782" s="1"/>
       <c r="N782" s="1"/>
       <c r="O782" s="1"/>
       <c r="P782" s="1"/>
       <c r="Q782" s="1"/>
       <c r="R782" s="1"/>
       <c r="S782" s="1"/>
       <c r="T782" s="1"/>
       <c r="U782" s="1"/>
       <c r="V782" s="1"/>
       <c r="W782" s="1"/>
     </row>
     <row r="783" spans="1:23">
       <c r="A783" s="3">
         <v>781</v>
       </c>
       <c r="B783" s="3" t="s">
@@ -38310,136 +38310,136 @@
       <c r="Q783" s="1"/>
       <c r="R783" s="1"/>
       <c r="S783" s="1"/>
       <c r="T783" s="1"/>
       <c r="U783" s="1"/>
       <c r="V783" s="1"/>
       <c r="W783" s="1"/>
     </row>
     <row r="784" spans="1:23">
       <c r="A784" s="3">
         <v>782</v>
       </c>
       <c r="B784" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C784" s="10" t="s">
         <v>1569</v>
       </c>
       <c r="D784" s="3" t="s">
         <v>1570</v>
       </c>
       <c r="E784" s="3">
         <v>666.01</v>
       </c>
       <c r="F784" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G784" s="3">
-        <v>625.26</v>
+        <v>616.79</v>
       </c>
       <c r="H784" s="4">
         <v>312.87</v>
       </c>
       <c r="I784" s="1"/>
       <c r="J784" s="1"/>
       <c r="K784" s="1"/>
       <c r="L784" s="1"/>
       <c r="M784" s="1"/>
       <c r="N784" s="1"/>
       <c r="O784" s="1"/>
       <c r="P784" s="1"/>
       <c r="Q784" s="1"/>
       <c r="R784" s="1"/>
       <c r="S784" s="1"/>
       <c r="T784" s="1"/>
       <c r="U784" s="1"/>
       <c r="V784" s="1"/>
       <c r="W784" s="1"/>
     </row>
     <row r="785" spans="1:23">
       <c r="A785" s="3">
         <v>783</v>
       </c>
       <c r="B785" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C785" s="10" t="s">
         <v>1571</v>
       </c>
       <c r="D785" s="3" t="s">
         <v>1572</v>
       </c>
       <c r="E785" s="3">
         <v>482.09</v>
       </c>
       <c r="F785" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G785" s="3">
-        <v>409.43</v>
+        <v>401.13</v>
       </c>
       <c r="H785" s="4">
         <v>33.33</v>
       </c>
       <c r="I785" s="1"/>
       <c r="J785" s="1"/>
       <c r="K785" s="1"/>
       <c r="L785" s="1"/>
       <c r="M785" s="1"/>
       <c r="N785" s="1"/>
       <c r="O785" s="1"/>
       <c r="P785" s="1"/>
       <c r="Q785" s="1"/>
       <c r="R785" s="1"/>
       <c r="S785" s="1"/>
       <c r="T785" s="1"/>
       <c r="U785" s="1"/>
       <c r="V785" s="1"/>
       <c r="W785" s="1"/>
     </row>
     <row r="786" spans="1:23">
       <c r="A786" s="3">
         <v>784</v>
       </c>
       <c r="B786" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C786" s="10" t="s">
         <v>1573</v>
       </c>
       <c r="D786" s="3" t="s">
         <v>1574</v>
       </c>
       <c r="E786" s="3">
         <v>540.74</v>
       </c>
       <c r="F786" s="3">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="G786" s="3">
-        <v>357.72</v>
+        <v>331.05</v>
       </c>
       <c r="H786" s="4">
         <v>133.95</v>
       </c>
       <c r="I786" s="1"/>
       <c r="J786" s="1"/>
       <c r="K786" s="1"/>
       <c r="L786" s="1"/>
       <c r="M786" s="1"/>
       <c r="N786" s="1"/>
       <c r="O786" s="1"/>
       <c r="P786" s="1"/>
       <c r="Q786" s="1"/>
       <c r="R786" s="1"/>
       <c r="S786" s="1"/>
       <c r="T786" s="1"/>
       <c r="U786" s="1"/>
       <c r="V786" s="1"/>
       <c r="W786" s="1"/>
     </row>
     <row r="787" spans="1:23">
       <c r="A787" s="3">
         <v>785</v>
       </c>
       <c r="B787" s="3" t="s">
@@ -38474,95 +38474,95 @@
       <c r="Q787" s="1"/>
       <c r="R787" s="1"/>
       <c r="S787" s="1"/>
       <c r="T787" s="1"/>
       <c r="U787" s="1"/>
       <c r="V787" s="1"/>
       <c r="W787" s="1"/>
     </row>
     <row r="788" spans="1:23">
       <c r="A788" s="3">
         <v>786</v>
       </c>
       <c r="B788" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C788" s="10" t="s">
         <v>1577</v>
       </c>
       <c r="D788" s="3" t="s">
         <v>1578</v>
       </c>
       <c r="E788" s="3">
         <v>754.5</v>
       </c>
       <c r="F788" s="3">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G788" s="3">
-        <v>691.84</v>
+        <v>680.33</v>
       </c>
       <c r="H788" s="4">
         <v>292.85</v>
       </c>
       <c r="I788" s="1"/>
       <c r="J788" s="1"/>
       <c r="K788" s="1"/>
       <c r="L788" s="1"/>
       <c r="M788" s="1"/>
       <c r="N788" s="1"/>
       <c r="O788" s="1"/>
       <c r="P788" s="1"/>
       <c r="Q788" s="1"/>
       <c r="R788" s="1"/>
       <c r="S788" s="1"/>
       <c r="T788" s="1"/>
       <c r="U788" s="1"/>
       <c r="V788" s="1"/>
       <c r="W788" s="1"/>
     </row>
     <row r="789" spans="1:23">
       <c r="A789" s="3">
         <v>787</v>
       </c>
       <c r="B789" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C789" s="10" t="s">
         <v>1579</v>
       </c>
       <c r="D789" s="3" t="s">
         <v>1580</v>
       </c>
       <c r="E789" s="3">
         <v>655.37</v>
       </c>
       <c r="F789" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G789" s="3">
-        <v>434.54</v>
+        <v>397.85</v>
       </c>
       <c r="H789" s="4">
         <v>259.73</v>
       </c>
       <c r="I789" s="1"/>
       <c r="J789" s="1"/>
       <c r="K789" s="1"/>
       <c r="L789" s="1"/>
       <c r="M789" s="1"/>
       <c r="N789" s="1"/>
       <c r="O789" s="1"/>
       <c r="P789" s="1"/>
       <c r="Q789" s="1"/>
       <c r="R789" s="1"/>
       <c r="S789" s="1"/>
       <c r="T789" s="1"/>
       <c r="U789" s="1"/>
       <c r="V789" s="1"/>
       <c r="W789" s="1"/>
     </row>
     <row r="790" spans="1:23">
       <c r="A790" s="3">
         <v>788</v>
       </c>
       <c r="B790" s="3" t="s">
@@ -38597,54 +38597,54 @@
       <c r="Q790" s="1"/>
       <c r="R790" s="1"/>
       <c r="S790" s="1"/>
       <c r="T790" s="1"/>
       <c r="U790" s="1"/>
       <c r="V790" s="1"/>
       <c r="W790" s="1"/>
     </row>
     <row r="791" spans="1:23">
       <c r="A791" s="3">
         <v>789</v>
       </c>
       <c r="B791" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C791" s="10" t="s">
         <v>1583</v>
       </c>
       <c r="D791" s="3" t="s">
         <v>1584</v>
       </c>
       <c r="E791" s="3">
         <v>157.27</v>
       </c>
       <c r="F791" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G791" s="3">
-        <v>155.07</v>
+        <v>52.84</v>
       </c>
       <c r="H791" s="4">
         <v>132.9</v>
       </c>
       <c r="I791" s="1"/>
       <c r="J791" s="1"/>
       <c r="K791" s="1"/>
       <c r="L791" s="1"/>
       <c r="M791" s="1"/>
       <c r="N791" s="1"/>
       <c r="O791" s="1"/>
       <c r="P791" s="1"/>
       <c r="Q791" s="1"/>
       <c r="R791" s="1"/>
       <c r="S791" s="1"/>
       <c r="T791" s="1"/>
       <c r="U791" s="1"/>
       <c r="V791" s="1"/>
       <c r="W791" s="1"/>
     </row>
     <row r="792" spans="1:23">
       <c r="A792" s="3">
         <v>790</v>
       </c>
       <c r="B792" s="3" t="s">
@@ -38679,54 +38679,54 @@
       <c r="Q792" s="1"/>
       <c r="R792" s="1"/>
       <c r="S792" s="1"/>
       <c r="T792" s="1"/>
       <c r="U792" s="1"/>
       <c r="V792" s="1"/>
       <c r="W792" s="1"/>
     </row>
     <row r="793" spans="1:23">
       <c r="A793" s="3">
         <v>791</v>
       </c>
       <c r="B793" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C793" s="10" t="s">
         <v>1587</v>
       </c>
       <c r="D793" s="3" t="s">
         <v>1588</v>
       </c>
       <c r="E793" s="3">
         <v>1508.19</v>
       </c>
       <c r="F793" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G793" s="3">
-        <v>879.78</v>
+        <v>849.24</v>
       </c>
       <c r="H793" s="4">
         <v>300.75</v>
       </c>
       <c r="I793" s="1"/>
       <c r="J793" s="1"/>
       <c r="K793" s="1"/>
       <c r="L793" s="1"/>
       <c r="M793" s="1"/>
       <c r="N793" s="1"/>
       <c r="O793" s="1"/>
       <c r="P793" s="1"/>
       <c r="Q793" s="1"/>
       <c r="R793" s="1"/>
       <c r="S793" s="1"/>
       <c r="T793" s="1"/>
       <c r="U793" s="1"/>
       <c r="V793" s="1"/>
       <c r="W793" s="1"/>
     </row>
     <row r="794" spans="1:23">
       <c r="A794" s="3">
         <v>792</v>
       </c>
       <c r="B794" s="3" t="s">
@@ -38925,54 +38925,54 @@
       <c r="Q798" s="1"/>
       <c r="R798" s="1"/>
       <c r="S798" s="1"/>
       <c r="T798" s="1"/>
       <c r="U798" s="1"/>
       <c r="V798" s="1"/>
       <c r="W798" s="1"/>
     </row>
     <row r="799" spans="1:23">
       <c r="A799" s="3">
         <v>797</v>
       </c>
       <c r="B799" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C799" s="10" t="s">
         <v>1599</v>
       </c>
       <c r="D799" s="3" t="s">
         <v>1600</v>
       </c>
       <c r="E799" s="3">
         <v>2104.47</v>
       </c>
       <c r="F799" s="3">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G799" s="3">
-        <v>327.73</v>
+        <v>308.59</v>
       </c>
       <c r="H799" s="4">
         <v>5.51</v>
       </c>
       <c r="I799" s="1"/>
       <c r="J799" s="1"/>
       <c r="K799" s="1"/>
       <c r="L799" s="1"/>
       <c r="M799" s="1"/>
       <c r="N799" s="1"/>
       <c r="O799" s="1"/>
       <c r="P799" s="1"/>
       <c r="Q799" s="1"/>
       <c r="R799" s="1"/>
       <c r="S799" s="1"/>
       <c r="T799" s="1"/>
       <c r="U799" s="1"/>
       <c r="V799" s="1"/>
       <c r="W799" s="1"/>
     </row>
     <row r="800" spans="1:23">
       <c r="A800" s="3">
         <v>798</v>
       </c>
       <c r="B800" s="3" t="s">
@@ -39048,177 +39048,177 @@
       <c r="Q801" s="1"/>
       <c r="R801" s="1"/>
       <c r="S801" s="1"/>
       <c r="T801" s="1"/>
       <c r="U801" s="1"/>
       <c r="V801" s="1"/>
       <c r="W801" s="1"/>
     </row>
     <row r="802" spans="1:23">
       <c r="A802" s="3">
         <v>800</v>
       </c>
       <c r="B802" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C802" s="10" t="s">
         <v>1605</v>
       </c>
       <c r="D802" s="3" t="s">
         <v>1606</v>
       </c>
       <c r="E802" s="3">
         <v>1622.84</v>
       </c>
       <c r="F802" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G802" s="3">
-        <v>1425.39</v>
+        <v>1423.95</v>
       </c>
       <c r="H802" s="4">
         <v>159.66</v>
       </c>
       <c r="I802" s="1"/>
       <c r="J802" s="1"/>
       <c r="K802" s="1"/>
       <c r="L802" s="1"/>
       <c r="M802" s="1"/>
       <c r="N802" s="1"/>
       <c r="O802" s="1"/>
       <c r="P802" s="1"/>
       <c r="Q802" s="1"/>
       <c r="R802" s="1"/>
       <c r="S802" s="1"/>
       <c r="T802" s="1"/>
       <c r="U802" s="1"/>
       <c r="V802" s="1"/>
       <c r="W802" s="1"/>
     </row>
     <row r="803" spans="1:23">
       <c r="A803" s="3">
         <v>801</v>
       </c>
       <c r="B803" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C803" s="10" t="s">
         <v>1607</v>
       </c>
       <c r="D803" s="3" t="s">
         <v>1608</v>
       </c>
       <c r="E803" s="3">
         <v>143.17</v>
       </c>
       <c r="F803" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G803" s="3">
-        <v>141.27</v>
+        <v>138.77</v>
       </c>
       <c r="H803" s="4">
         <v>110.54</v>
       </c>
       <c r="I803" s="1"/>
       <c r="J803" s="1"/>
       <c r="K803" s="1"/>
       <c r="L803" s="1"/>
       <c r="M803" s="1"/>
       <c r="N803" s="1"/>
       <c r="O803" s="1"/>
       <c r="P803" s="1"/>
       <c r="Q803" s="1"/>
       <c r="R803" s="1"/>
       <c r="S803" s="1"/>
       <c r="T803" s="1"/>
       <c r="U803" s="1"/>
       <c r="V803" s="1"/>
       <c r="W803" s="1"/>
     </row>
     <row r="804" spans="1:23">
       <c r="A804" s="3">
         <v>802</v>
       </c>
       <c r="B804" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C804" s="10" t="s">
         <v>1609</v>
       </c>
       <c r="D804" s="3" t="s">
         <v>1610</v>
       </c>
       <c r="E804" s="3">
         <v>643.29</v>
       </c>
       <c r="F804" s="3">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G804" s="3">
-        <v>428.08</v>
+        <v>380.99</v>
       </c>
       <c r="H804" s="4">
         <v>76.44</v>
       </c>
       <c r="I804" s="1"/>
       <c r="J804" s="1"/>
       <c r="K804" s="1"/>
       <c r="L804" s="1"/>
       <c r="M804" s="1"/>
       <c r="N804" s="1"/>
       <c r="O804" s="1"/>
       <c r="P804" s="1"/>
       <c r="Q804" s="1"/>
       <c r="R804" s="1"/>
       <c r="S804" s="1"/>
       <c r="T804" s="1"/>
       <c r="U804" s="1"/>
       <c r="V804" s="1"/>
       <c r="W804" s="1"/>
     </row>
     <row r="805" spans="1:23">
       <c r="A805" s="3">
         <v>803</v>
       </c>
       <c r="B805" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C805" s="10" t="s">
         <v>1611</v>
       </c>
       <c r="D805" s="3" t="s">
         <v>1612</v>
       </c>
       <c r="E805" s="3">
         <v>763.97</v>
       </c>
       <c r="F805" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G805" s="3">
-        <v>404.65</v>
+        <v>320.5</v>
       </c>
       <c r="H805" s="4">
         <v>308.52</v>
       </c>
       <c r="I805" s="1"/>
       <c r="J805" s="1"/>
       <c r="K805" s="1"/>
       <c r="L805" s="1"/>
       <c r="M805" s="1"/>
       <c r="N805" s="1"/>
       <c r="O805" s="1"/>
       <c r="P805" s="1"/>
       <c r="Q805" s="1"/>
       <c r="R805" s="1"/>
       <c r="S805" s="1"/>
       <c r="T805" s="1"/>
       <c r="U805" s="1"/>
       <c r="V805" s="1"/>
       <c r="W805" s="1"/>
     </row>
     <row r="806" spans="1:23">
       <c r="A806" s="3">
         <v>804</v>
       </c>
       <c r="B806" s="3" t="s">
@@ -39335,95 +39335,95 @@
       <c r="Q808" s="1"/>
       <c r="R808" s="1"/>
       <c r="S808" s="1"/>
       <c r="T808" s="1"/>
       <c r="U808" s="1"/>
       <c r="V808" s="1"/>
       <c r="W808" s="1"/>
     </row>
     <row r="809" spans="1:23">
       <c r="A809" s="3">
         <v>807</v>
       </c>
       <c r="B809" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C809" s="10" t="s">
         <v>1619</v>
       </c>
       <c r="D809" s="3" t="s">
         <v>1620</v>
       </c>
       <c r="E809" s="3">
         <v>1184.22</v>
       </c>
       <c r="F809" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G809" s="3">
-        <v>1111.16</v>
+        <v>1103.72</v>
       </c>
       <c r="H809" s="4">
         <v>176.16</v>
       </c>
       <c r="I809" s="1"/>
       <c r="J809" s="1"/>
       <c r="K809" s="1"/>
       <c r="L809" s="1"/>
       <c r="M809" s="1"/>
       <c r="N809" s="1"/>
       <c r="O809" s="1"/>
       <c r="P809" s="1"/>
       <c r="Q809" s="1"/>
       <c r="R809" s="1"/>
       <c r="S809" s="1"/>
       <c r="T809" s="1"/>
       <c r="U809" s="1"/>
       <c r="V809" s="1"/>
       <c r="W809" s="1"/>
     </row>
     <row r="810" spans="1:23">
       <c r="A810" s="3">
         <v>808</v>
       </c>
       <c r="B810" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C810" s="10" t="s">
         <v>1621</v>
       </c>
       <c r="D810" s="3" t="s">
         <v>1622</v>
       </c>
       <c r="E810" s="3">
         <v>2440.32</v>
       </c>
       <c r="F810" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G810" s="3">
-        <v>1735.75</v>
+        <v>1720.41</v>
       </c>
       <c r="H810" s="4">
         <v>718.52</v>
       </c>
       <c r="I810" s="1"/>
       <c r="J810" s="1"/>
       <c r="K810" s="1"/>
       <c r="L810" s="1"/>
       <c r="M810" s="1"/>
       <c r="N810" s="1"/>
       <c r="O810" s="1"/>
       <c r="P810" s="1"/>
       <c r="Q810" s="1"/>
       <c r="R810" s="1"/>
       <c r="S810" s="1"/>
       <c r="T810" s="1"/>
       <c r="U810" s="1"/>
       <c r="V810" s="1"/>
       <c r="W810" s="1"/>
     </row>
     <row r="811" spans="1:23">
       <c r="A811" s="3">
         <v>809</v>
       </c>
       <c r="B811" s="3" t="s">
@@ -39748,51 +39748,51 @@
       <c r="T818" s="1"/>
       <c r="U818" s="1"/>
       <c r="V818" s="1"/>
       <c r="W818" s="1"/>
     </row>
     <row r="819" spans="1:23">
       <c r="A819" s="3">
         <v>817</v>
       </c>
       <c r="B819" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C819" s="10" t="s">
         <v>1639</v>
       </c>
       <c r="D819" s="3" t="s">
         <v>1640</v>
       </c>
       <c r="E819" s="3">
         <v>99.25</v>
       </c>
       <c r="F819" s="3">
         <v>3</v>
       </c>
       <c r="G819" s="3">
-        <v>19.16</v>
+        <v>21.53</v>
       </c>
       <c r="H819" s="4">
         <v>166.1</v>
       </c>
       <c r="I819" s="1"/>
       <c r="J819" s="1"/>
       <c r="K819" s="1"/>
       <c r="L819" s="1"/>
       <c r="M819" s="1"/>
       <c r="N819" s="1"/>
       <c r="O819" s="1"/>
       <c r="P819" s="1"/>
       <c r="Q819" s="1"/>
       <c r="R819" s="1"/>
       <c r="S819" s="1"/>
       <c r="T819" s="1"/>
       <c r="U819" s="1"/>
       <c r="V819" s="1"/>
       <c r="W819" s="1"/>
     </row>
     <row r="820" spans="1:23">
       <c r="A820" s="3">
         <v>818</v>
       </c>
       <c r="B820" s="3" t="s">
@@ -40073,95 +40073,95 @@
       <c r="Q826" s="1"/>
       <c r="R826" s="1"/>
       <c r="S826" s="1"/>
       <c r="T826" s="1"/>
       <c r="U826" s="1"/>
       <c r="V826" s="1"/>
       <c r="W826" s="1"/>
     </row>
     <row r="827" spans="1:23">
       <c r="A827" s="3">
         <v>825</v>
       </c>
       <c r="B827" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C827" s="10" t="s">
         <v>1655</v>
       </c>
       <c r="D827" s="3" t="s">
         <v>1656</v>
       </c>
       <c r="E827" s="3">
         <v>204.05</v>
       </c>
       <c r="F827" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G827" s="3">
-        <v>176.49</v>
+        <v>135.52</v>
       </c>
       <c r="H827" s="4">
         <v>156.42</v>
       </c>
       <c r="I827" s="1"/>
       <c r="J827" s="1"/>
       <c r="K827" s="1"/>
       <c r="L827" s="1"/>
       <c r="M827" s="1"/>
       <c r="N827" s="1"/>
       <c r="O827" s="1"/>
       <c r="P827" s="1"/>
       <c r="Q827" s="1"/>
       <c r="R827" s="1"/>
       <c r="S827" s="1"/>
       <c r="T827" s="1"/>
       <c r="U827" s="1"/>
       <c r="V827" s="1"/>
       <c r="W827" s="1"/>
     </row>
     <row r="828" spans="1:23">
       <c r="A828" s="3">
         <v>826</v>
       </c>
       <c r="B828" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C828" s="10" t="s">
         <v>1657</v>
       </c>
       <c r="D828" s="3" t="s">
         <v>1658</v>
       </c>
       <c r="E828" s="3">
         <v>116.34</v>
       </c>
       <c r="F828" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G828" s="3">
-        <v>200.6</v>
+        <v>104.58</v>
       </c>
       <c r="H828" s="4">
         <v>14.11</v>
       </c>
       <c r="I828" s="1"/>
       <c r="J828" s="1"/>
       <c r="K828" s="1"/>
       <c r="L828" s="1"/>
       <c r="M828" s="1"/>
       <c r="N828" s="1"/>
       <c r="O828" s="1"/>
       <c r="P828" s="1"/>
       <c r="Q828" s="1"/>
       <c r="R828" s="1"/>
       <c r="S828" s="1"/>
       <c r="T828" s="1"/>
       <c r="U828" s="1"/>
       <c r="V828" s="1"/>
       <c r="W828" s="1"/>
     </row>
     <row r="829" spans="1:23">
       <c r="A829" s="3">
         <v>827</v>
       </c>
       <c r="B829" s="3" t="s">
@@ -40278,54 +40278,54 @@
       <c r="Q831" s="1"/>
       <c r="R831" s="1"/>
       <c r="S831" s="1"/>
       <c r="T831" s="1"/>
       <c r="U831" s="1"/>
       <c r="V831" s="1"/>
       <c r="W831" s="1"/>
     </row>
     <row r="832" spans="1:23">
       <c r="A832" s="3">
         <v>830</v>
       </c>
       <c r="B832" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C832" s="10" t="s">
         <v>1665</v>
       </c>
       <c r="D832" s="3" t="s">
         <v>1666</v>
       </c>
       <c r="E832" s="3">
         <v>261.42</v>
       </c>
       <c r="F832" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G832" s="3">
-        <v>188.98</v>
+        <v>181.86</v>
       </c>
       <c r="H832" s="4">
         <v>68.04</v>
       </c>
       <c r="I832" s="1"/>
       <c r="J832" s="1"/>
       <c r="K832" s="1"/>
       <c r="L832" s="1"/>
       <c r="M832" s="1"/>
       <c r="N832" s="1"/>
       <c r="O832" s="1"/>
       <c r="P832" s="1"/>
       <c r="Q832" s="1"/>
       <c r="R832" s="1"/>
       <c r="S832" s="1"/>
       <c r="T832" s="1"/>
       <c r="U832" s="1"/>
       <c r="V832" s="1"/>
       <c r="W832" s="1"/>
     </row>
     <row r="833" spans="1:23">
       <c r="A833" s="3">
         <v>831</v>
       </c>
       <c r="B833" s="3" t="s">
@@ -40565,54 +40565,54 @@
       <c r="Q838" s="1"/>
       <c r="R838" s="1"/>
       <c r="S838" s="1"/>
       <c r="T838" s="1"/>
       <c r="U838" s="1"/>
       <c r="V838" s="1"/>
       <c r="W838" s="1"/>
     </row>
     <row r="839" spans="1:23">
       <c r="A839" s="3">
         <v>837</v>
       </c>
       <c r="B839" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C839" s="10" t="s">
         <v>1679</v>
       </c>
       <c r="D839" s="3" t="s">
         <v>1680</v>
       </c>
       <c r="E839" s="3">
         <v>479.9</v>
       </c>
       <c r="F839" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G839" s="3">
-        <v>311.27</v>
+        <v>306.67</v>
       </c>
       <c r="H839" s="4">
         <v>176.64</v>
       </c>
       <c r="I839" s="1"/>
       <c r="J839" s="1"/>
       <c r="K839" s="1"/>
       <c r="L839" s="1"/>
       <c r="M839" s="1"/>
       <c r="N839" s="1"/>
       <c r="O839" s="1"/>
       <c r="P839" s="1"/>
       <c r="Q839" s="1"/>
       <c r="R839" s="1"/>
       <c r="S839" s="1"/>
       <c r="T839" s="1"/>
       <c r="U839" s="1"/>
       <c r="V839" s="1"/>
       <c r="W839" s="1"/>
     </row>
     <row r="840" spans="1:23">
       <c r="A840" s="3">
         <v>838</v>
       </c>
       <c r="B840" s="3" t="s">
@@ -40647,95 +40647,95 @@
       <c r="Q840" s="1"/>
       <c r="R840" s="1"/>
       <c r="S840" s="1"/>
       <c r="T840" s="1"/>
       <c r="U840" s="1"/>
       <c r="V840" s="1"/>
       <c r="W840" s="1"/>
     </row>
     <row r="841" spans="1:23">
       <c r="A841" s="3">
         <v>839</v>
       </c>
       <c r="B841" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C841" s="10" t="s">
         <v>1683</v>
       </c>
       <c r="D841" s="3" t="s">
         <v>1684</v>
       </c>
       <c r="E841" s="3">
         <v>585.72</v>
       </c>
       <c r="F841" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G841" s="3">
-        <v>536.14</v>
+        <v>502.05</v>
       </c>
       <c r="H841" s="4">
         <v>350.54</v>
       </c>
       <c r="I841" s="1"/>
       <c r="J841" s="1"/>
       <c r="K841" s="1"/>
       <c r="L841" s="1"/>
       <c r="M841" s="1"/>
       <c r="N841" s="1"/>
       <c r="O841" s="1"/>
       <c r="P841" s="1"/>
       <c r="Q841" s="1"/>
       <c r="R841" s="1"/>
       <c r="S841" s="1"/>
       <c r="T841" s="1"/>
       <c r="U841" s="1"/>
       <c r="V841" s="1"/>
       <c r="W841" s="1"/>
     </row>
     <row r="842" spans="1:23">
       <c r="A842" s="3">
         <v>840</v>
       </c>
       <c r="B842" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C842" s="10" t="s">
         <v>1685</v>
       </c>
       <c r="D842" s="3" t="s">
         <v>1686</v>
       </c>
       <c r="E842" s="3">
         <v>686.61</v>
       </c>
       <c r="F842" s="3">
         <v>7</v>
       </c>
       <c r="G842" s="3">
-        <v>506.22</v>
+        <v>496.87</v>
       </c>
       <c r="H842" s="4">
         <v>26.65</v>
       </c>
       <c r="I842" s="1"/>
       <c r="J842" s="1"/>
       <c r="K842" s="1"/>
       <c r="L842" s="1"/>
       <c r="M842" s="1"/>
       <c r="N842" s="1"/>
       <c r="O842" s="1"/>
       <c r="P842" s="1"/>
       <c r="Q842" s="1"/>
       <c r="R842" s="1"/>
       <c r="S842" s="1"/>
       <c r="T842" s="1"/>
       <c r="U842" s="1"/>
       <c r="V842" s="1"/>
       <c r="W842" s="1"/>
     </row>
     <row r="843" spans="1:23">
       <c r="A843" s="3">
         <v>841</v>
       </c>
       <c r="B843" s="3" t="s">
@@ -40852,95 +40852,95 @@
       <c r="Q845" s="1"/>
       <c r="R845" s="1"/>
       <c r="S845" s="1"/>
       <c r="T845" s="1"/>
       <c r="U845" s="1"/>
       <c r="V845" s="1"/>
       <c r="W845" s="1"/>
     </row>
     <row r="846" spans="1:23">
       <c r="A846" s="3">
         <v>844</v>
       </c>
       <c r="B846" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C846" s="10" t="s">
         <v>1693</v>
       </c>
       <c r="D846" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="E846" s="3">
         <v>530.84</v>
       </c>
       <c r="F846" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G846" s="3">
-        <v>396.94</v>
+        <v>367.75</v>
       </c>
       <c r="H846" s="4">
         <v>213.63</v>
       </c>
       <c r="I846" s="1"/>
       <c r="J846" s="1"/>
       <c r="K846" s="1"/>
       <c r="L846" s="1"/>
       <c r="M846" s="1"/>
       <c r="N846" s="1"/>
       <c r="O846" s="1"/>
       <c r="P846" s="1"/>
       <c r="Q846" s="1"/>
       <c r="R846" s="1"/>
       <c r="S846" s="1"/>
       <c r="T846" s="1"/>
       <c r="U846" s="1"/>
       <c r="V846" s="1"/>
       <c r="W846" s="1"/>
     </row>
     <row r="847" spans="1:23">
       <c r="A847" s="3">
         <v>845</v>
       </c>
       <c r="B847" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C847" s="10" t="s">
         <v>1695</v>
       </c>
       <c r="D847" s="3" t="s">
         <v>1696</v>
       </c>
       <c r="E847" s="3">
         <v>413.58</v>
       </c>
       <c r="F847" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G847" s="3">
-        <v>344.36</v>
+        <v>128.95</v>
       </c>
       <c r="H847" s="4">
         <v>130.41</v>
       </c>
       <c r="I847" s="1"/>
       <c r="J847" s="1"/>
       <c r="K847" s="1"/>
       <c r="L847" s="1"/>
       <c r="M847" s="1"/>
       <c r="N847" s="1"/>
       <c r="O847" s="1"/>
       <c r="P847" s="1"/>
       <c r="Q847" s="1"/>
       <c r="R847" s="1"/>
       <c r="S847" s="1"/>
       <c r="T847" s="1"/>
       <c r="U847" s="1"/>
       <c r="V847" s="1"/>
       <c r="W847" s="1"/>
     </row>
     <row r="848" spans="1:23">
       <c r="A848" s="3">
         <v>846</v>
       </c>
       <c r="B848" s="3" t="s">
@@ -40975,95 +40975,95 @@
       <c r="Q848" s="1"/>
       <c r="R848" s="1"/>
       <c r="S848" s="1"/>
       <c r="T848" s="1"/>
       <c r="U848" s="1"/>
       <c r="V848" s="1"/>
       <c r="W848" s="1"/>
     </row>
     <row r="849" spans="1:23">
       <c r="A849" s="3">
         <v>847</v>
       </c>
       <c r="B849" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C849" s="10" t="s">
         <v>1699</v>
       </c>
       <c r="D849" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="E849" s="3">
         <v>886.26</v>
       </c>
       <c r="F849" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G849" s="3">
-        <v>856.8</v>
+        <v>794.08</v>
       </c>
       <c r="H849" s="4">
         <v>419.05</v>
       </c>
       <c r="I849" s="1"/>
       <c r="J849" s="1"/>
       <c r="K849" s="1"/>
       <c r="L849" s="1"/>
       <c r="M849" s="1"/>
       <c r="N849" s="1"/>
       <c r="O849" s="1"/>
       <c r="P849" s="1"/>
       <c r="Q849" s="1"/>
       <c r="R849" s="1"/>
       <c r="S849" s="1"/>
       <c r="T849" s="1"/>
       <c r="U849" s="1"/>
       <c r="V849" s="1"/>
       <c r="W849" s="1"/>
     </row>
     <row r="850" spans="1:23">
       <c r="A850" s="3">
         <v>848</v>
       </c>
       <c r="B850" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C850" s="10" t="s">
         <v>1701</v>
       </c>
       <c r="D850" s="3" t="s">
         <v>1702</v>
       </c>
       <c r="E850" s="3">
         <v>797.02</v>
       </c>
       <c r="F850" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G850" s="3">
-        <v>712.28</v>
+        <v>709.72</v>
       </c>
       <c r="H850" s="4">
         <v>507.9</v>
       </c>
       <c r="I850" s="1"/>
       <c r="J850" s="1"/>
       <c r="K850" s="1"/>
       <c r="L850" s="1"/>
       <c r="M850" s="1"/>
       <c r="N850" s="1"/>
       <c r="O850" s="1"/>
       <c r="P850" s="1"/>
       <c r="Q850" s="1"/>
       <c r="R850" s="1"/>
       <c r="S850" s="1"/>
       <c r="T850" s="1"/>
       <c r="U850" s="1"/>
       <c r="V850" s="1"/>
       <c r="W850" s="1"/>
     </row>
     <row r="851" spans="1:23">
       <c r="A851" s="3">
         <v>849</v>
       </c>
       <c r="B851" s="3" t="s">
@@ -41139,54 +41139,54 @@
       <c r="Q852" s="1"/>
       <c r="R852" s="1"/>
       <c r="S852" s="1"/>
       <c r="T852" s="1"/>
       <c r="U852" s="1"/>
       <c r="V852" s="1"/>
       <c r="W852" s="1"/>
     </row>
     <row r="853" spans="1:23">
       <c r="A853" s="3">
         <v>851</v>
       </c>
       <c r="B853" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C853" s="10" t="s">
         <v>1707</v>
       </c>
       <c r="D853" s="3" t="s">
         <v>1708</v>
       </c>
       <c r="E853" s="3">
         <v>1208.65</v>
       </c>
       <c r="F853" s="3">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G853" s="3">
-        <v>1022.26</v>
+        <v>880.81</v>
       </c>
       <c r="H853" s="4">
         <v>812.32</v>
       </c>
       <c r="I853" s="1"/>
       <c r="J853" s="1"/>
       <c r="K853" s="1"/>
       <c r="L853" s="1"/>
       <c r="M853" s="1"/>
       <c r="N853" s="1"/>
       <c r="O853" s="1"/>
       <c r="P853" s="1"/>
       <c r="Q853" s="1"/>
       <c r="R853" s="1"/>
       <c r="S853" s="1"/>
       <c r="T853" s="1"/>
       <c r="U853" s="1"/>
       <c r="V853" s="1"/>
       <c r="W853" s="1"/>
     </row>
     <row r="854" spans="1:23">
       <c r="A854" s="3">
         <v>852</v>
       </c>
       <c r="B854" s="3" t="s">
@@ -41303,136 +41303,136 @@
       <c r="Q856" s="1"/>
       <c r="R856" s="1"/>
       <c r="S856" s="1"/>
       <c r="T856" s="1"/>
       <c r="U856" s="1"/>
       <c r="V856" s="1"/>
       <c r="W856" s="1"/>
     </row>
     <row r="857" spans="1:23">
       <c r="A857" s="3">
         <v>855</v>
       </c>
       <c r="B857" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C857" s="10" t="s">
         <v>1715</v>
       </c>
       <c r="D857" s="3" t="s">
         <v>1716</v>
       </c>
       <c r="E857" s="3">
         <v>167.2</v>
       </c>
       <c r="F857" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G857" s="3">
-        <v>165.07</v>
+        <v>164.81</v>
       </c>
       <c r="H857" s="4">
         <v>147.73</v>
       </c>
       <c r="I857" s="1"/>
       <c r="J857" s="1"/>
       <c r="K857" s="1"/>
       <c r="L857" s="1"/>
       <c r="M857" s="1"/>
       <c r="N857" s="1"/>
       <c r="O857" s="1"/>
       <c r="P857" s="1"/>
       <c r="Q857" s="1"/>
       <c r="R857" s="1"/>
       <c r="S857" s="1"/>
       <c r="T857" s="1"/>
       <c r="U857" s="1"/>
       <c r="V857" s="1"/>
       <c r="W857" s="1"/>
     </row>
     <row r="858" spans="1:23">
       <c r="A858" s="3">
         <v>856</v>
       </c>
       <c r="B858" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C858" s="10" t="s">
         <v>1717</v>
       </c>
       <c r="D858" s="3" t="s">
         <v>1718</v>
       </c>
       <c r="E858" s="3">
         <v>807.06</v>
       </c>
       <c r="F858" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G858" s="3">
-        <v>548</v>
+        <v>541.72</v>
       </c>
       <c r="H858" s="4">
         <v>292.47</v>
       </c>
       <c r="I858" s="1"/>
       <c r="J858" s="1"/>
       <c r="K858" s="1"/>
       <c r="L858" s="1"/>
       <c r="M858" s="1"/>
       <c r="N858" s="1"/>
       <c r="O858" s="1"/>
       <c r="P858" s="1"/>
       <c r="Q858" s="1"/>
       <c r="R858" s="1"/>
       <c r="S858" s="1"/>
       <c r="T858" s="1"/>
       <c r="U858" s="1"/>
       <c r="V858" s="1"/>
       <c r="W858" s="1"/>
     </row>
     <row r="859" spans="1:23">
       <c r="A859" s="3">
         <v>857</v>
       </c>
       <c r="B859" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C859" s="10" t="s">
         <v>1719</v>
       </c>
       <c r="D859" s="3" t="s">
         <v>1720</v>
       </c>
       <c r="E859" s="3">
         <v>455.02</v>
       </c>
       <c r="F859" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G859" s="3">
-        <v>304.99</v>
+        <v>298.26</v>
       </c>
       <c r="H859" s="4">
         <v>198.98</v>
       </c>
       <c r="I859" s="1"/>
       <c r="J859" s="1"/>
       <c r="K859" s="1"/>
       <c r="L859" s="1"/>
       <c r="M859" s="1"/>
       <c r="N859" s="1"/>
       <c r="O859" s="1"/>
       <c r="P859" s="1"/>
       <c r="Q859" s="1"/>
       <c r="R859" s="1"/>
       <c r="S859" s="1"/>
       <c r="T859" s="1"/>
       <c r="U859" s="1"/>
       <c r="V859" s="1"/>
       <c r="W859" s="1"/>
     </row>
     <row r="860" spans="1:23">
       <c r="A860" s="3">
         <v>858</v>
       </c>
       <c r="B860" s="3" t="s">
@@ -41467,54 +41467,54 @@
       <c r="Q860" s="1"/>
       <c r="R860" s="1"/>
       <c r="S860" s="1"/>
       <c r="T860" s="1"/>
       <c r="U860" s="1"/>
       <c r="V860" s="1"/>
       <c r="W860" s="1"/>
     </row>
     <row r="861" spans="1:23">
       <c r="A861" s="3">
         <v>859</v>
       </c>
       <c r="B861" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C861" s="10" t="s">
         <v>1723</v>
       </c>
       <c r="D861" s="3" t="s">
         <v>1724</v>
       </c>
       <c r="E861" s="3">
         <v>999.01</v>
       </c>
       <c r="F861" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G861" s="3">
-        <v>598.38</v>
+        <v>575.73</v>
       </c>
       <c r="H861" s="4">
         <v>75.58</v>
       </c>
       <c r="I861" s="1"/>
       <c r="J861" s="1"/>
       <c r="K861" s="1"/>
       <c r="L861" s="1"/>
       <c r="M861" s="1"/>
       <c r="N861" s="1"/>
       <c r="O861" s="1"/>
       <c r="P861" s="1"/>
       <c r="Q861" s="1"/>
       <c r="R861" s="1"/>
       <c r="S861" s="1"/>
       <c r="T861" s="1"/>
       <c r="U861" s="1"/>
       <c r="V861" s="1"/>
       <c r="W861" s="1"/>
     </row>
     <row r="862" spans="1:23">
       <c r="A862" s="3">
         <v>860</v>
       </c>
       <c r="B862" s="3" t="s">
@@ -41631,54 +41631,54 @@
       <c r="Q864" s="1"/>
       <c r="R864" s="1"/>
       <c r="S864" s="1"/>
       <c r="T864" s="1"/>
       <c r="U864" s="1"/>
       <c r="V864" s="1"/>
       <c r="W864" s="1"/>
     </row>
     <row r="865" spans="1:23">
       <c r="A865" s="3">
         <v>863</v>
       </c>
       <c r="B865" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C865" s="10" t="s">
         <v>1731</v>
       </c>
       <c r="D865" s="3" t="s">
         <v>1732</v>
       </c>
       <c r="E865" s="3">
         <v>3361.02</v>
       </c>
       <c r="F865" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G865" s="3">
-        <v>2734.78</v>
+        <v>2669.69</v>
       </c>
       <c r="H865" s="4">
         <v>1930.03</v>
       </c>
       <c r="I865" s="1"/>
       <c r="J865" s="1"/>
       <c r="K865" s="1"/>
       <c r="L865" s="1"/>
       <c r="M865" s="1"/>
       <c r="N865" s="1"/>
       <c r="O865" s="1"/>
       <c r="P865" s="1"/>
       <c r="Q865" s="1"/>
       <c r="R865" s="1"/>
       <c r="S865" s="1"/>
       <c r="T865" s="1"/>
       <c r="U865" s="1"/>
       <c r="V865" s="1"/>
       <c r="W865" s="1"/>
     </row>
     <row r="866" spans="1:23">
       <c r="A866" s="3">
         <v>864</v>
       </c>
       <c r="B866" s="3" t="s">
@@ -41713,95 +41713,95 @@
       <c r="Q866" s="1"/>
       <c r="R866" s="1"/>
       <c r="S866" s="1"/>
       <c r="T866" s="1"/>
       <c r="U866" s="1"/>
       <c r="V866" s="1"/>
       <c r="W866" s="1"/>
     </row>
     <row r="867" spans="1:23">
       <c r="A867" s="3">
         <v>865</v>
       </c>
       <c r="B867" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C867" s="10" t="s">
         <v>1735</v>
       </c>
       <c r="D867" s="3" t="s">
         <v>1736</v>
       </c>
       <c r="E867" s="3">
         <v>920.07</v>
       </c>
       <c r="F867" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G867" s="3">
-        <v>601.2</v>
+        <v>572.83</v>
       </c>
       <c r="H867" s="4">
         <v>86.29</v>
       </c>
       <c r="I867" s="1"/>
       <c r="J867" s="1"/>
       <c r="K867" s="1"/>
       <c r="L867" s="1"/>
       <c r="M867" s="1"/>
       <c r="N867" s="1"/>
       <c r="O867" s="1"/>
       <c r="P867" s="1"/>
       <c r="Q867" s="1"/>
       <c r="R867" s="1"/>
       <c r="S867" s="1"/>
       <c r="T867" s="1"/>
       <c r="U867" s="1"/>
       <c r="V867" s="1"/>
       <c r="W867" s="1"/>
     </row>
     <row r="868" spans="1:23">
       <c r="A868" s="3">
         <v>866</v>
       </c>
       <c r="B868" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C868" s="10" t="s">
         <v>1737</v>
       </c>
       <c r="D868" s="3" t="s">
         <v>1738</v>
       </c>
       <c r="E868" s="3">
         <v>3144.76</v>
       </c>
       <c r="F868" s="3">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="G868" s="3">
-        <v>3103.45</v>
+        <v>3091.09</v>
       </c>
       <c r="H868" s="4">
         <v>1230.57</v>
       </c>
       <c r="I868" s="1"/>
       <c r="J868" s="1"/>
       <c r="K868" s="1"/>
       <c r="L868" s="1"/>
       <c r="M868" s="1"/>
       <c r="N868" s="1"/>
       <c r="O868" s="1"/>
       <c r="P868" s="1"/>
       <c r="Q868" s="1"/>
       <c r="R868" s="1"/>
       <c r="S868" s="1"/>
       <c r="T868" s="1"/>
       <c r="U868" s="1"/>
       <c r="V868" s="1"/>
       <c r="W868" s="1"/>
     </row>
     <row r="869" spans="1:23">
       <c r="A869" s="3">
         <v>867</v>
       </c>
       <c r="B869" s="3" t="s">
@@ -41836,54 +41836,54 @@
       <c r="Q869" s="1"/>
       <c r="R869" s="1"/>
       <c r="S869" s="1"/>
       <c r="T869" s="1"/>
       <c r="U869" s="1"/>
       <c r="V869" s="1"/>
       <c r="W869" s="1"/>
     </row>
     <row r="870" spans="1:23">
       <c r="A870" s="3">
         <v>868</v>
       </c>
       <c r="B870" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C870" s="10" t="s">
         <v>1741</v>
       </c>
       <c r="D870" s="3" t="s">
         <v>1742</v>
       </c>
       <c r="E870" s="3">
         <v>693.14</v>
       </c>
       <c r="F870" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G870" s="3">
-        <v>446</v>
+        <v>443.6</v>
       </c>
       <c r="H870" s="4">
         <v>177.06</v>
       </c>
       <c r="I870" s="1"/>
       <c r="J870" s="1"/>
       <c r="K870" s="1"/>
       <c r="L870" s="1"/>
       <c r="M870" s="1"/>
       <c r="N870" s="1"/>
       <c r="O870" s="1"/>
       <c r="P870" s="1"/>
       <c r="Q870" s="1"/>
       <c r="R870" s="1"/>
       <c r="S870" s="1"/>
       <c r="T870" s="1"/>
       <c r="U870" s="1"/>
       <c r="V870" s="1"/>
       <c r="W870" s="1"/>
     </row>
     <row r="871" spans="1:23">
       <c r="A871" s="3">
         <v>869</v>
       </c>
       <c r="B871" s="3" t="s">
@@ -41918,54 +41918,54 @@
       <c r="Q871" s="1"/>
       <c r="R871" s="1"/>
       <c r="S871" s="1"/>
       <c r="T871" s="1"/>
       <c r="U871" s="1"/>
       <c r="V871" s="1"/>
       <c r="W871" s="1"/>
     </row>
     <row r="872" spans="1:23">
       <c r="A872" s="3">
         <v>870</v>
       </c>
       <c r="B872" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C872" s="10" t="s">
         <v>1745</v>
       </c>
       <c r="D872" s="3" t="s">
         <v>1746</v>
       </c>
       <c r="E872" s="3">
         <v>999.23</v>
       </c>
       <c r="F872" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G872" s="3">
-        <v>698.61</v>
+        <v>696.14</v>
       </c>
       <c r="H872" s="4">
         <v>257.04</v>
       </c>
       <c r="I872" s="1"/>
       <c r="J872" s="1"/>
       <c r="K872" s="1"/>
       <c r="L872" s="1"/>
       <c r="M872" s="1"/>
       <c r="N872" s="1"/>
       <c r="O872" s="1"/>
       <c r="P872" s="1"/>
       <c r="Q872" s="1"/>
       <c r="R872" s="1"/>
       <c r="S872" s="1"/>
       <c r="T872" s="1"/>
       <c r="U872" s="1"/>
       <c r="V872" s="1"/>
       <c r="W872" s="1"/>
     </row>
     <row r="873" spans="1:23">
       <c r="A873" s="3">
         <v>871</v>
       </c>
       <c r="B873" s="3" t="s">
@@ -42000,95 +42000,95 @@
       <c r="Q873" s="1"/>
       <c r="R873" s="1"/>
       <c r="S873" s="1"/>
       <c r="T873" s="1"/>
       <c r="U873" s="1"/>
       <c r="V873" s="1"/>
       <c r="W873" s="1"/>
     </row>
     <row r="874" spans="1:23">
       <c r="A874" s="3">
         <v>872</v>
       </c>
       <c r="B874" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C874" s="10" t="s">
         <v>1749</v>
       </c>
       <c r="D874" s="3" t="s">
         <v>1750</v>
       </c>
       <c r="E874" s="3">
         <v>1217.03</v>
       </c>
       <c r="F874" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G874" s="3">
-        <v>871.94</v>
+        <v>850.06</v>
       </c>
       <c r="H874" s="4">
         <v>87.9</v>
       </c>
       <c r="I874" s="1"/>
       <c r="J874" s="1"/>
       <c r="K874" s="1"/>
       <c r="L874" s="1"/>
       <c r="M874" s="1"/>
       <c r="N874" s="1"/>
       <c r="O874" s="1"/>
       <c r="P874" s="1"/>
       <c r="Q874" s="1"/>
       <c r="R874" s="1"/>
       <c r="S874" s="1"/>
       <c r="T874" s="1"/>
       <c r="U874" s="1"/>
       <c r="V874" s="1"/>
       <c r="W874" s="1"/>
     </row>
     <row r="875" spans="1:23">
       <c r="A875" s="3">
         <v>873</v>
       </c>
       <c r="B875" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C875" s="10" t="s">
         <v>1751</v>
       </c>
       <c r="D875" s="3" t="s">
         <v>1752</v>
       </c>
       <c r="E875" s="3">
         <v>3281.96</v>
       </c>
       <c r="F875" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G875" s="3">
-        <v>3240.12</v>
+        <v>3126</v>
       </c>
       <c r="H875" s="4">
         <v>1196.14</v>
       </c>
       <c r="I875" s="1"/>
       <c r="J875" s="1"/>
       <c r="K875" s="1"/>
       <c r="L875" s="1"/>
       <c r="M875" s="1"/>
       <c r="N875" s="1"/>
       <c r="O875" s="1"/>
       <c r="P875" s="1"/>
       <c r="Q875" s="1"/>
       <c r="R875" s="1"/>
       <c r="S875" s="1"/>
       <c r="T875" s="1"/>
       <c r="U875" s="1"/>
       <c r="V875" s="1"/>
       <c r="W875" s="1"/>
     </row>
     <row r="876" spans="1:23">
       <c r="A876" s="3">
         <v>874</v>
       </c>
       <c r="B876" s="3" t="s">
@@ -42164,177 +42164,177 @@
       <c r="Q877" s="1"/>
       <c r="R877" s="1"/>
       <c r="S877" s="1"/>
       <c r="T877" s="1"/>
       <c r="U877" s="1"/>
       <c r="V877" s="1"/>
       <c r="W877" s="1"/>
     </row>
     <row r="878" spans="1:23">
       <c r="A878" s="3">
         <v>876</v>
       </c>
       <c r="B878" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C878" s="10" t="s">
         <v>1757</v>
       </c>
       <c r="D878" s="3" t="s">
         <v>1758</v>
       </c>
       <c r="E878" s="3">
         <v>999.02</v>
       </c>
       <c r="F878" s="3">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="G878" s="3">
-        <v>767.32</v>
+        <v>730.86</v>
       </c>
       <c r="H878" s="4">
         <v>469.65</v>
       </c>
       <c r="I878" s="1"/>
       <c r="J878" s="1"/>
       <c r="K878" s="1"/>
       <c r="L878" s="1"/>
       <c r="M878" s="1"/>
       <c r="N878" s="1"/>
       <c r="O878" s="1"/>
       <c r="P878" s="1"/>
       <c r="Q878" s="1"/>
       <c r="R878" s="1"/>
       <c r="S878" s="1"/>
       <c r="T878" s="1"/>
       <c r="U878" s="1"/>
       <c r="V878" s="1"/>
       <c r="W878" s="1"/>
     </row>
     <row r="879" spans="1:23">
       <c r="A879" s="3">
         <v>877</v>
       </c>
       <c r="B879" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C879" s="10" t="s">
         <v>1759</v>
       </c>
       <c r="D879" s="3" t="s">
         <v>1760</v>
       </c>
       <c r="E879" s="3">
         <v>997.42</v>
       </c>
       <c r="F879" s="3">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G879" s="3">
-        <v>1014.55</v>
+        <v>1012.12</v>
       </c>
       <c r="H879" s="4">
         <v>540.1</v>
       </c>
       <c r="I879" s="1"/>
       <c r="J879" s="1"/>
       <c r="K879" s="1"/>
       <c r="L879" s="1"/>
       <c r="M879" s="1"/>
       <c r="N879" s="1"/>
       <c r="O879" s="1"/>
       <c r="P879" s="1"/>
       <c r="Q879" s="1"/>
       <c r="R879" s="1"/>
       <c r="S879" s="1"/>
       <c r="T879" s="1"/>
       <c r="U879" s="1"/>
       <c r="V879" s="1"/>
       <c r="W879" s="1"/>
     </row>
     <row r="880" spans="1:23">
       <c r="A880" s="3">
         <v>878</v>
       </c>
       <c r="B880" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C880" s="10" t="s">
         <v>1761</v>
       </c>
       <c r="D880" s="3" t="s">
         <v>1762</v>
       </c>
       <c r="E880" s="3">
         <v>1030</v>
       </c>
       <c r="F880" s="3">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G880" s="3">
-        <v>632.72</v>
+        <v>633.82</v>
       </c>
       <c r="H880" s="4">
-        <v>170.87</v>
+        <v>172.3</v>
       </c>
       <c r="I880" s="1"/>
       <c r="J880" s="1"/>
       <c r="K880" s="1"/>
       <c r="L880" s="1"/>
       <c r="M880" s="1"/>
       <c r="N880" s="1"/>
       <c r="O880" s="1"/>
       <c r="P880" s="1"/>
       <c r="Q880" s="1"/>
       <c r="R880" s="1"/>
       <c r="S880" s="1"/>
       <c r="T880" s="1"/>
       <c r="U880" s="1"/>
       <c r="V880" s="1"/>
       <c r="W880" s="1"/>
     </row>
     <row r="881" spans="1:23">
       <c r="A881" s="3">
         <v>879</v>
       </c>
       <c r="B881" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C881" s="10" t="s">
         <v>1763</v>
       </c>
       <c r="D881" s="3" t="s">
         <v>1764</v>
       </c>
       <c r="E881" s="3">
         <v>1223.98</v>
       </c>
       <c r="F881" s="3">
         <v>22</v>
       </c>
       <c r="G881" s="3">
-        <v>1168.28</v>
+        <v>1179.83</v>
       </c>
       <c r="H881" s="4">
         <v>478.17</v>
       </c>
       <c r="I881" s="1"/>
       <c r="J881" s="1"/>
       <c r="K881" s="1"/>
       <c r="L881" s="1"/>
       <c r="M881" s="1"/>
       <c r="N881" s="1"/>
       <c r="O881" s="1"/>
       <c r="P881" s="1"/>
       <c r="Q881" s="1"/>
       <c r="R881" s="1"/>
       <c r="S881" s="1"/>
       <c r="T881" s="1"/>
       <c r="U881" s="1"/>
       <c r="V881" s="1"/>
       <c r="W881" s="1"/>
     </row>
     <row r="882" spans="1:23">
       <c r="A882" s="3">
         <v>880</v>
       </c>
       <c r="B882" s="3" t="s">
@@ -42372,51 +42372,51 @@
       <c r="T882" s="1"/>
       <c r="U882" s="1"/>
       <c r="V882" s="1"/>
       <c r="W882" s="1"/>
     </row>
     <row r="883" spans="1:23">
       <c r="A883" s="3">
         <v>881</v>
       </c>
       <c r="B883" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C883" s="10" t="s">
         <v>1767</v>
       </c>
       <c r="D883" s="3" t="s">
         <v>1768</v>
       </c>
       <c r="E883" s="3">
         <v>89.53</v>
       </c>
       <c r="F883" s="3">
         <v>10</v>
       </c>
       <c r="G883" s="3">
-        <v>71.04</v>
+        <v>72.15</v>
       </c>
       <c r="H883" s="4">
         <v>55.06</v>
       </c>
       <c r="I883" s="1"/>
       <c r="J883" s="1"/>
       <c r="K883" s="1"/>
       <c r="L883" s="1"/>
       <c r="M883" s="1"/>
       <c r="N883" s="1"/>
       <c r="O883" s="1"/>
       <c r="P883" s="1"/>
       <c r="Q883" s="1"/>
       <c r="R883" s="1"/>
       <c r="S883" s="1"/>
       <c r="T883" s="1"/>
       <c r="U883" s="1"/>
       <c r="V883" s="1"/>
       <c r="W883" s="1"/>
     </row>
     <row r="884" spans="1:23">
       <c r="A884" s="3">
         <v>882</v>
       </c>
       <c r="B884" s="3" t="s">
@@ -42492,54 +42492,54 @@
       <c r="Q885" s="1"/>
       <c r="R885" s="1"/>
       <c r="S885" s="1"/>
       <c r="T885" s="1"/>
       <c r="U885" s="1"/>
       <c r="V885" s="1"/>
       <c r="W885" s="1"/>
     </row>
     <row r="886" spans="1:23">
       <c r="A886" s="3">
         <v>884</v>
       </c>
       <c r="B886" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C886" s="10" t="s">
         <v>1773</v>
       </c>
       <c r="D886" s="3" t="s">
         <v>1774</v>
       </c>
       <c r="E886" s="3">
         <v>918.99</v>
       </c>
       <c r="F886" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G886" s="3">
-        <v>639.11</v>
+        <v>625.68</v>
       </c>
       <c r="H886" s="4">
         <v>369.97</v>
       </c>
       <c r="I886" s="1"/>
       <c r="J886" s="1"/>
       <c r="K886" s="1"/>
       <c r="L886" s="1"/>
       <c r="M886" s="1"/>
       <c r="N886" s="1"/>
       <c r="O886" s="1"/>
       <c r="P886" s="1"/>
       <c r="Q886" s="1"/>
       <c r="R886" s="1"/>
       <c r="S886" s="1"/>
       <c r="T886" s="1"/>
       <c r="U886" s="1"/>
       <c r="V886" s="1"/>
       <c r="W886" s="1"/>
     </row>
     <row r="887" spans="1:23">
       <c r="A887" s="3">
         <v>885</v>
       </c>
       <c r="B887" s="3" t="s">
@@ -42574,177 +42574,177 @@
       <c r="Q887" s="1"/>
       <c r="R887" s="1"/>
       <c r="S887" s="1"/>
       <c r="T887" s="1"/>
       <c r="U887" s="1"/>
       <c r="V887" s="1"/>
       <c r="W887" s="1"/>
     </row>
     <row r="888" spans="1:23">
       <c r="A888" s="3">
         <v>886</v>
       </c>
       <c r="B888" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C888" s="10" t="s">
         <v>1777</v>
       </c>
       <c r="D888" s="3" t="s">
         <v>1778</v>
       </c>
       <c r="E888" s="3">
         <v>324.17</v>
       </c>
       <c r="F888" s="3">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G888" s="3">
-        <v>353.58</v>
+        <v>355.99</v>
       </c>
       <c r="H888" s="4">
         <v>211.31</v>
       </c>
       <c r="I888" s="1"/>
       <c r="J888" s="1"/>
       <c r="K888" s="1"/>
       <c r="L888" s="1"/>
       <c r="M888" s="1"/>
       <c r="N888" s="1"/>
       <c r="O888" s="1"/>
       <c r="P888" s="1"/>
       <c r="Q888" s="1"/>
       <c r="R888" s="1"/>
       <c r="S888" s="1"/>
       <c r="T888" s="1"/>
       <c r="U888" s="1"/>
       <c r="V888" s="1"/>
       <c r="W888" s="1"/>
     </row>
     <row r="889" spans="1:23">
       <c r="A889" s="3">
         <v>887</v>
       </c>
       <c r="B889" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C889" s="10" t="s">
         <v>1779</v>
       </c>
       <c r="D889" s="3" t="s">
         <v>1780</v>
       </c>
       <c r="E889" s="3">
         <v>497.11</v>
       </c>
       <c r="F889" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G889" s="3">
-        <v>443.32</v>
+        <v>429.69</v>
       </c>
       <c r="H889" s="4">
         <v>213.87</v>
       </c>
       <c r="I889" s="1"/>
       <c r="J889" s="1"/>
       <c r="K889" s="1"/>
       <c r="L889" s="1"/>
       <c r="M889" s="1"/>
       <c r="N889" s="1"/>
       <c r="O889" s="1"/>
       <c r="P889" s="1"/>
       <c r="Q889" s="1"/>
       <c r="R889" s="1"/>
       <c r="S889" s="1"/>
       <c r="T889" s="1"/>
       <c r="U889" s="1"/>
       <c r="V889" s="1"/>
       <c r="W889" s="1"/>
     </row>
     <row r="890" spans="1:23">
       <c r="A890" s="3">
         <v>888</v>
       </c>
       <c r="B890" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C890" s="10" t="s">
         <v>1781</v>
       </c>
       <c r="D890" s="3" t="s">
         <v>1782</v>
       </c>
       <c r="E890" s="3">
         <v>418.82</v>
       </c>
       <c r="F890" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G890" s="3">
-        <v>273.08</v>
+        <v>249.84</v>
       </c>
       <c r="H890" s="4">
         <v>156.72</v>
       </c>
       <c r="I890" s="1"/>
       <c r="J890" s="1"/>
       <c r="K890" s="1"/>
       <c r="L890" s="1"/>
       <c r="M890" s="1"/>
       <c r="N890" s="1"/>
       <c r="O890" s="1"/>
       <c r="P890" s="1"/>
       <c r="Q890" s="1"/>
       <c r="R890" s="1"/>
       <c r="S890" s="1"/>
       <c r="T890" s="1"/>
       <c r="U890" s="1"/>
       <c r="V890" s="1"/>
       <c r="W890" s="1"/>
     </row>
     <row r="891" spans="1:23">
       <c r="A891" s="3">
         <v>889</v>
       </c>
       <c r="B891" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C891" s="10" t="s">
         <v>1783</v>
       </c>
       <c r="D891" s="3" t="s">
         <v>1784</v>
       </c>
       <c r="E891" s="3">
         <v>989.64</v>
       </c>
       <c r="F891" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G891" s="3">
-        <v>692.45</v>
+        <v>697.39</v>
       </c>
       <c r="H891" s="4">
         <v>310.85</v>
       </c>
       <c r="I891" s="1"/>
       <c r="J891" s="1"/>
       <c r="K891" s="1"/>
       <c r="L891" s="1"/>
       <c r="M891" s="1"/>
       <c r="N891" s="1"/>
       <c r="O891" s="1"/>
       <c r="P891" s="1"/>
       <c r="Q891" s="1"/>
       <c r="R891" s="1"/>
       <c r="S891" s="1"/>
       <c r="T891" s="1"/>
       <c r="U891" s="1"/>
       <c r="V891" s="1"/>
       <c r="W891" s="1"/>
     </row>
     <row r="892" spans="1:23">
       <c r="A892" s="3">
         <v>890</v>
       </c>
       <c r="B892" s="3" t="s">
@@ -42779,54 +42779,54 @@
       <c r="Q892" s="1"/>
       <c r="R892" s="1"/>
       <c r="S892" s="1"/>
       <c r="T892" s="1"/>
       <c r="U892" s="1"/>
       <c r="V892" s="1"/>
       <c r="W892" s="1"/>
     </row>
     <row r="893" spans="1:23">
       <c r="A893" s="3">
         <v>891</v>
       </c>
       <c r="B893" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C893" s="10" t="s">
         <v>1787</v>
       </c>
       <c r="D893" s="3" t="s">
         <v>1788</v>
       </c>
       <c r="E893" s="3">
         <v>874.24</v>
       </c>
       <c r="F893" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G893" s="3">
-        <v>592.37</v>
+        <v>556.31</v>
       </c>
       <c r="H893" s="4">
         <v>107.97</v>
       </c>
       <c r="I893" s="1"/>
       <c r="J893" s="1"/>
       <c r="K893" s="1"/>
       <c r="L893" s="1"/>
       <c r="M893" s="1"/>
       <c r="N893" s="1"/>
       <c r="O893" s="1"/>
       <c r="P893" s="1"/>
       <c r="Q893" s="1"/>
       <c r="R893" s="1"/>
       <c r="S893" s="1"/>
       <c r="T893" s="1"/>
       <c r="U893" s="1"/>
       <c r="V893" s="1"/>
       <c r="W893" s="1"/>
     </row>
     <row r="894" spans="1:23">
       <c r="A894" s="3">
         <v>892</v>
       </c>
       <c r="B894" s="3" t="s">
@@ -43025,136 +43025,136 @@
       <c r="Q898" s="1"/>
       <c r="R898" s="1"/>
       <c r="S898" s="1"/>
       <c r="T898" s="1"/>
       <c r="U898" s="1"/>
       <c r="V898" s="1"/>
       <c r="W898" s="1"/>
     </row>
     <row r="899" spans="1:23">
       <c r="A899" s="3">
         <v>897</v>
       </c>
       <c r="B899" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C899" s="10" t="s">
         <v>1799</v>
       </c>
       <c r="D899" s="3" t="s">
         <v>1800</v>
       </c>
       <c r="E899" s="3">
         <v>730.89</v>
       </c>
       <c r="F899" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G899" s="3">
-        <v>705.37</v>
+        <v>702.58</v>
       </c>
       <c r="H899" s="4">
         <v>311.06</v>
       </c>
       <c r="I899" s="1"/>
       <c r="J899" s="1"/>
       <c r="K899" s="1"/>
       <c r="L899" s="1"/>
       <c r="M899" s="1"/>
       <c r="N899" s="1"/>
       <c r="O899" s="1"/>
       <c r="P899" s="1"/>
       <c r="Q899" s="1"/>
       <c r="R899" s="1"/>
       <c r="S899" s="1"/>
       <c r="T899" s="1"/>
       <c r="U899" s="1"/>
       <c r="V899" s="1"/>
       <c r="W899" s="1"/>
     </row>
     <row r="900" spans="1:23">
       <c r="A900" s="3">
         <v>898</v>
       </c>
       <c r="B900" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C900" s="10" t="s">
         <v>1801</v>
       </c>
       <c r="D900" s="3" t="s">
         <v>1802</v>
       </c>
       <c r="E900" s="3">
         <v>2707.92</v>
       </c>
       <c r="F900" s="3">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="G900" s="3">
-        <v>2636.62</v>
+        <v>2454.73</v>
       </c>
       <c r="H900" s="4">
         <v>1252.5</v>
       </c>
       <c r="I900" s="1"/>
       <c r="J900" s="1"/>
       <c r="K900" s="1"/>
       <c r="L900" s="1"/>
       <c r="M900" s="1"/>
       <c r="N900" s="1"/>
       <c r="O900" s="1"/>
       <c r="P900" s="1"/>
       <c r="Q900" s="1"/>
       <c r="R900" s="1"/>
       <c r="S900" s="1"/>
       <c r="T900" s="1"/>
       <c r="U900" s="1"/>
       <c r="V900" s="1"/>
       <c r="W900" s="1"/>
     </row>
     <row r="901" spans="1:23">
       <c r="A901" s="3">
         <v>899</v>
       </c>
       <c r="B901" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C901" s="10" t="s">
         <v>1803</v>
       </c>
       <c r="D901" s="3" t="s">
         <v>1804</v>
       </c>
       <c r="E901" s="3">
         <v>217.56</v>
       </c>
       <c r="F901" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G901" s="3">
-        <v>197.92</v>
+        <v>180.95</v>
       </c>
       <c r="H901" s="4">
         <v>60.44</v>
       </c>
       <c r="I901" s="1"/>
       <c r="J901" s="1"/>
       <c r="K901" s="1"/>
       <c r="L901" s="1"/>
       <c r="M901" s="1"/>
       <c r="N901" s="1"/>
       <c r="O901" s="1"/>
       <c r="P901" s="1"/>
       <c r="Q901" s="1"/>
       <c r="R901" s="1"/>
       <c r="S901" s="1"/>
       <c r="T901" s="1"/>
       <c r="U901" s="1"/>
       <c r="V901" s="1"/>
       <c r="W901" s="1"/>
     </row>
     <row r="902" spans="1:23">
       <c r="A902" s="3">
         <v>900</v>
       </c>
       <c r="B902" s="3" t="s">
@@ -43230,54 +43230,54 @@
       <c r="Q903" s="1"/>
       <c r="R903" s="1"/>
       <c r="S903" s="1"/>
       <c r="T903" s="1"/>
       <c r="U903" s="1"/>
       <c r="V903" s="1"/>
       <c r="W903" s="1"/>
     </row>
     <row r="904" spans="1:23">
       <c r="A904" s="3">
         <v>902</v>
       </c>
       <c r="B904" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C904" s="10" t="s">
         <v>1809</v>
       </c>
       <c r="D904" s="3" t="s">
         <v>1810</v>
       </c>
       <c r="E904" s="3">
         <v>2324.6</v>
       </c>
       <c r="F904" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G904" s="3">
-        <v>2314.95</v>
+        <v>2291.94</v>
       </c>
       <c r="H904" s="4">
         <v>1092.44</v>
       </c>
       <c r="I904" s="1"/>
       <c r="J904" s="1"/>
       <c r="K904" s="1"/>
       <c r="L904" s="1"/>
       <c r="M904" s="1"/>
       <c r="N904" s="1"/>
       <c r="O904" s="1"/>
       <c r="P904" s="1"/>
       <c r="Q904" s="1"/>
       <c r="R904" s="1"/>
       <c r="S904" s="1"/>
       <c r="T904" s="1"/>
       <c r="U904" s="1"/>
       <c r="V904" s="1"/>
       <c r="W904" s="1"/>
     </row>
     <row r="905" spans="1:23">
       <c r="A905" s="3">
         <v>903</v>
       </c>
       <c r="B905" s="3" t="s">
@@ -43312,54 +43312,54 @@
       <c r="Q905" s="1"/>
       <c r="R905" s="1"/>
       <c r="S905" s="1"/>
       <c r="T905" s="1"/>
       <c r="U905" s="1"/>
       <c r="V905" s="1"/>
       <c r="W905" s="1"/>
     </row>
     <row r="906" spans="1:23">
       <c r="A906" s="3">
         <v>904</v>
       </c>
       <c r="B906" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C906" s="10" t="s">
         <v>1813</v>
       </c>
       <c r="D906" s="3" t="s">
         <v>1814</v>
       </c>
       <c r="E906" s="3">
         <v>2073.34</v>
       </c>
       <c r="F906" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G906" s="3">
-        <v>1819.1</v>
+        <v>1745.11</v>
       </c>
       <c r="H906" s="4">
         <v>608.84</v>
       </c>
       <c r="I906" s="1"/>
       <c r="J906" s="1"/>
       <c r="K906" s="1"/>
       <c r="L906" s="1"/>
       <c r="M906" s="1"/>
       <c r="N906" s="1"/>
       <c r="O906" s="1"/>
       <c r="P906" s="1"/>
       <c r="Q906" s="1"/>
       <c r="R906" s="1"/>
       <c r="S906" s="1"/>
       <c r="T906" s="1"/>
       <c r="U906" s="1"/>
       <c r="V906" s="1"/>
       <c r="W906" s="1"/>
     </row>
     <row r="907" spans="1:23">
       <c r="A907" s="3">
         <v>905</v>
       </c>
       <c r="B907" s="3" t="s">
@@ -43394,136 +43394,136 @@
       <c r="Q907" s="1"/>
       <c r="R907" s="1"/>
       <c r="S907" s="1"/>
       <c r="T907" s="1"/>
       <c r="U907" s="1"/>
       <c r="V907" s="1"/>
       <c r="W907" s="1"/>
     </row>
     <row r="908" spans="1:23">
       <c r="A908" s="3">
         <v>906</v>
       </c>
       <c r="B908" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C908" s="10" t="s">
         <v>1817</v>
       </c>
       <c r="D908" s="3" t="s">
         <v>1818</v>
       </c>
       <c r="E908" s="3">
         <v>698.19</v>
       </c>
       <c r="F908" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G908" s="3">
-        <v>431.82</v>
+        <v>430.6</v>
       </c>
       <c r="H908" s="4">
         <v>83.31</v>
       </c>
       <c r="I908" s="1"/>
       <c r="J908" s="1"/>
       <c r="K908" s="1"/>
       <c r="L908" s="1"/>
       <c r="M908" s="1"/>
       <c r="N908" s="1"/>
       <c r="O908" s="1"/>
       <c r="P908" s="1"/>
       <c r="Q908" s="1"/>
       <c r="R908" s="1"/>
       <c r="S908" s="1"/>
       <c r="T908" s="1"/>
       <c r="U908" s="1"/>
       <c r="V908" s="1"/>
       <c r="W908" s="1"/>
     </row>
     <row r="909" spans="1:23">
       <c r="A909" s="3">
         <v>907</v>
       </c>
       <c r="B909" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C909" s="10" t="s">
         <v>1819</v>
       </c>
       <c r="D909" s="3" t="s">
         <v>1820</v>
       </c>
       <c r="E909" s="3">
         <v>147.9</v>
       </c>
       <c r="F909" s="3">
         <v>5</v>
       </c>
       <c r="G909" s="3">
-        <v>131.51</v>
+        <v>131.17</v>
       </c>
       <c r="H909" s="4">
         <v>90.65</v>
       </c>
       <c r="I909" s="1"/>
       <c r="J909" s="1"/>
       <c r="K909" s="1"/>
       <c r="L909" s="1"/>
       <c r="M909" s="1"/>
       <c r="N909" s="1"/>
       <c r="O909" s="1"/>
       <c r="P909" s="1"/>
       <c r="Q909" s="1"/>
       <c r="R909" s="1"/>
       <c r="S909" s="1"/>
       <c r="T909" s="1"/>
       <c r="U909" s="1"/>
       <c r="V909" s="1"/>
       <c r="W909" s="1"/>
     </row>
     <row r="910" spans="1:23">
       <c r="A910" s="3">
         <v>908</v>
       </c>
       <c r="B910" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C910" s="10" t="s">
         <v>1821</v>
       </c>
       <c r="D910" s="3" t="s">
         <v>1822</v>
       </c>
       <c r="E910" s="3">
         <v>1289.96</v>
       </c>
       <c r="F910" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G910" s="3">
-        <v>1066.77</v>
+        <v>1061.14</v>
       </c>
       <c r="H910" s="4">
         <v>445.36</v>
       </c>
       <c r="I910" s="1"/>
       <c r="J910" s="1"/>
       <c r="K910" s="1"/>
       <c r="L910" s="1"/>
       <c r="M910" s="1"/>
       <c r="N910" s="1"/>
       <c r="O910" s="1"/>
       <c r="P910" s="1"/>
       <c r="Q910" s="1"/>
       <c r="R910" s="1"/>
       <c r="S910" s="1"/>
       <c r="T910" s="1"/>
       <c r="U910" s="1"/>
       <c r="V910" s="1"/>
       <c r="W910" s="1"/>
     </row>
     <row r="911" spans="1:23">
       <c r="A911" s="3">
         <v>909</v>
       </c>
       <c r="B911" s="3" t="s">
@@ -43599,54 +43599,54 @@
       <c r="Q912" s="1"/>
       <c r="R912" s="1"/>
       <c r="S912" s="1"/>
       <c r="T912" s="1"/>
       <c r="U912" s="1"/>
       <c r="V912" s="1"/>
       <c r="W912" s="1"/>
     </row>
     <row r="913" spans="1:23">
       <c r="A913" s="3">
         <v>911</v>
       </c>
       <c r="B913" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C913" s="10" t="s">
         <v>1827</v>
       </c>
       <c r="D913" s="3" t="s">
         <v>1828</v>
       </c>
       <c r="E913" s="3">
         <v>1280.39</v>
       </c>
       <c r="F913" s="3">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G913" s="3">
-        <v>1097.25</v>
+        <v>1071.83</v>
       </c>
       <c r="H913" s="4">
         <v>541.02</v>
       </c>
       <c r="I913" s="1"/>
       <c r="J913" s="1"/>
       <c r="K913" s="1"/>
       <c r="L913" s="1"/>
       <c r="M913" s="1"/>
       <c r="N913" s="1"/>
       <c r="O913" s="1"/>
       <c r="P913" s="1"/>
       <c r="Q913" s="1"/>
       <c r="R913" s="1"/>
       <c r="S913" s="1"/>
       <c r="T913" s="1"/>
       <c r="U913" s="1"/>
       <c r="V913" s="1"/>
       <c r="W913" s="1"/>
     </row>
     <row r="914" spans="1:23">
       <c r="A914" s="3">
         <v>912</v>
       </c>
       <c r="B914" s="3" t="s">
@@ -43681,54 +43681,54 @@
       <c r="Q914" s="1"/>
       <c r="R914" s="1"/>
       <c r="S914" s="1"/>
       <c r="T914" s="1"/>
       <c r="U914" s="1"/>
       <c r="V914" s="1"/>
       <c r="W914" s="1"/>
     </row>
     <row r="915" spans="1:23">
       <c r="A915" s="3">
         <v>913</v>
       </c>
       <c r="B915" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C915" s="10" t="s">
         <v>1831</v>
       </c>
       <c r="D915" s="3" t="s">
         <v>1832</v>
       </c>
       <c r="E915" s="3">
         <v>844.87</v>
       </c>
       <c r="F915" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G915" s="3">
-        <v>627.85</v>
+        <v>626.66</v>
       </c>
       <c r="H915" s="4">
         <v>426.85</v>
       </c>
       <c r="I915" s="1"/>
       <c r="J915" s="1"/>
       <c r="K915" s="1"/>
       <c r="L915" s="1"/>
       <c r="M915" s="1"/>
       <c r="N915" s="1"/>
       <c r="O915" s="1"/>
       <c r="P915" s="1"/>
       <c r="Q915" s="1"/>
       <c r="R915" s="1"/>
       <c r="S915" s="1"/>
       <c r="T915" s="1"/>
       <c r="U915" s="1"/>
       <c r="V915" s="1"/>
       <c r="W915" s="1"/>
     </row>
     <row r="916" spans="1:23">
       <c r="A916" s="3">
         <v>914</v>
       </c>
       <c r="B916" s="3" t="s">
@@ -43766,133 +43766,133 @@
       <c r="T916" s="1"/>
       <c r="U916" s="1"/>
       <c r="V916" s="1"/>
       <c r="W916" s="1"/>
     </row>
     <row r="917" spans="1:23">
       <c r="A917" s="3">
         <v>915</v>
       </c>
       <c r="B917" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C917" s="10" t="s">
         <v>1835</v>
       </c>
       <c r="D917" s="3" t="s">
         <v>1836</v>
       </c>
       <c r="E917" s="3">
         <v>993.75</v>
       </c>
       <c r="F917" s="3">
         <v>12</v>
       </c>
       <c r="G917" s="3">
-        <v>809.06</v>
+        <v>809.29</v>
       </c>
       <c r="H917" s="4">
         <v>694.35</v>
       </c>
       <c r="I917" s="1"/>
       <c r="J917" s="1"/>
       <c r="K917" s="1"/>
       <c r="L917" s="1"/>
       <c r="M917" s="1"/>
       <c r="N917" s="1"/>
       <c r="O917" s="1"/>
       <c r="P917" s="1"/>
       <c r="Q917" s="1"/>
       <c r="R917" s="1"/>
       <c r="S917" s="1"/>
       <c r="T917" s="1"/>
       <c r="U917" s="1"/>
       <c r="V917" s="1"/>
       <c r="W917" s="1"/>
     </row>
     <row r="918" spans="1:23">
       <c r="A918" s="3">
         <v>916</v>
       </c>
       <c r="B918" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C918" s="10" t="s">
         <v>1837</v>
       </c>
       <c r="D918" s="3" t="s">
         <v>1838</v>
       </c>
       <c r="E918" s="3">
         <v>638.47</v>
       </c>
       <c r="F918" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G918" s="3">
-        <v>512.53</v>
+        <v>500.29</v>
       </c>
       <c r="H918" s="4">
         <v>366.93</v>
       </c>
       <c r="I918" s="1"/>
       <c r="J918" s="1"/>
       <c r="K918" s="1"/>
       <c r="L918" s="1"/>
       <c r="M918" s="1"/>
       <c r="N918" s="1"/>
       <c r="O918" s="1"/>
       <c r="P918" s="1"/>
       <c r="Q918" s="1"/>
       <c r="R918" s="1"/>
       <c r="S918" s="1"/>
       <c r="T918" s="1"/>
       <c r="U918" s="1"/>
       <c r="V918" s="1"/>
       <c r="W918" s="1"/>
     </row>
     <row r="919" spans="1:23">
       <c r="A919" s="3">
         <v>917</v>
       </c>
       <c r="B919" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C919" s="10" t="s">
         <v>1839</v>
       </c>
       <c r="D919" s="3" t="s">
         <v>1840</v>
       </c>
       <c r="E919" s="3">
         <v>4858.69</v>
       </c>
       <c r="F919" s="3">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G919" s="3">
-        <v>4580.84</v>
+        <v>4505.41</v>
       </c>
       <c r="H919" s="4">
         <v>1795.96</v>
       </c>
       <c r="I919" s="1"/>
       <c r="J919" s="1"/>
       <c r="K919" s="1"/>
       <c r="L919" s="1"/>
       <c r="M919" s="1"/>
       <c r="N919" s="1"/>
       <c r="O919" s="1"/>
       <c r="P919" s="1"/>
       <c r="Q919" s="1"/>
       <c r="R919" s="1"/>
       <c r="S919" s="1"/>
       <c r="T919" s="1"/>
       <c r="U919" s="1"/>
       <c r="V919" s="1"/>
       <c r="W919" s="1"/>
     </row>
     <row r="920" spans="1:23">
       <c r="A920" s="3">
         <v>918</v>
       </c>
       <c r="B920" s="3" t="s">
@@ -43927,177 +43927,177 @@
       <c r="Q920" s="1"/>
       <c r="R920" s="1"/>
       <c r="S920" s="1"/>
       <c r="T920" s="1"/>
       <c r="U920" s="1"/>
       <c r="V920" s="1"/>
       <c r="W920" s="1"/>
     </row>
     <row r="921" spans="1:23">
       <c r="A921" s="3">
         <v>919</v>
       </c>
       <c r="B921" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C921" s="10" t="s">
         <v>1843</v>
       </c>
       <c r="D921" s="3" t="s">
         <v>1844</v>
       </c>
       <c r="E921" s="3">
         <v>1145.1</v>
       </c>
       <c r="F921" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G921" s="3">
-        <v>816.95</v>
+        <v>815.15</v>
       </c>
       <c r="H921" s="4">
         <v>398.33</v>
       </c>
       <c r="I921" s="1"/>
       <c r="J921" s="1"/>
       <c r="K921" s="1"/>
       <c r="L921" s="1"/>
       <c r="M921" s="1"/>
       <c r="N921" s="1"/>
       <c r="O921" s="1"/>
       <c r="P921" s="1"/>
       <c r="Q921" s="1"/>
       <c r="R921" s="1"/>
       <c r="S921" s="1"/>
       <c r="T921" s="1"/>
       <c r="U921" s="1"/>
       <c r="V921" s="1"/>
       <c r="W921" s="1"/>
     </row>
     <row r="922" spans="1:23">
       <c r="A922" s="3">
         <v>920</v>
       </c>
       <c r="B922" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C922" s="10" t="s">
         <v>1845</v>
       </c>
       <c r="D922" s="3" t="s">
         <v>1846</v>
       </c>
       <c r="E922" s="3">
         <v>1103.18</v>
       </c>
       <c r="F922" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G922" s="3">
-        <v>945.04</v>
+        <v>930.73</v>
       </c>
       <c r="H922" s="4">
         <v>431.87</v>
       </c>
       <c r="I922" s="1"/>
       <c r="J922" s="1"/>
       <c r="K922" s="1"/>
       <c r="L922" s="1"/>
       <c r="M922" s="1"/>
       <c r="N922" s="1"/>
       <c r="O922" s="1"/>
       <c r="P922" s="1"/>
       <c r="Q922" s="1"/>
       <c r="R922" s="1"/>
       <c r="S922" s="1"/>
       <c r="T922" s="1"/>
       <c r="U922" s="1"/>
       <c r="V922" s="1"/>
       <c r="W922" s="1"/>
     </row>
     <row r="923" spans="1:23">
       <c r="A923" s="3">
         <v>921</v>
       </c>
       <c r="B923" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C923" s="10" t="s">
         <v>1847</v>
       </c>
       <c r="D923" s="3" t="s">
         <v>1848</v>
       </c>
       <c r="E923" s="3">
         <v>1079.94</v>
       </c>
       <c r="F923" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G923" s="3">
-        <v>811.44</v>
+        <v>795.56</v>
       </c>
       <c r="H923" s="4">
         <v>347.06</v>
       </c>
       <c r="I923" s="1"/>
       <c r="J923" s="1"/>
       <c r="K923" s="1"/>
       <c r="L923" s="1"/>
       <c r="M923" s="1"/>
       <c r="N923" s="1"/>
       <c r="O923" s="1"/>
       <c r="P923" s="1"/>
       <c r="Q923" s="1"/>
       <c r="R923" s="1"/>
       <c r="S923" s="1"/>
       <c r="T923" s="1"/>
       <c r="U923" s="1"/>
       <c r="V923" s="1"/>
       <c r="W923" s="1"/>
     </row>
     <row r="924" spans="1:23">
       <c r="A924" s="3">
         <v>922</v>
       </c>
       <c r="B924" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C924" s="10" t="s">
         <v>1849</v>
       </c>
       <c r="D924" s="3" t="s">
         <v>1850</v>
       </c>
       <c r="E924" s="3">
         <v>996.63</v>
       </c>
       <c r="F924" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G924" s="3">
-        <v>787.68</v>
+        <v>788.6</v>
       </c>
       <c r="H924" s="4">
         <v>359.77</v>
       </c>
       <c r="I924" s="1"/>
       <c r="J924" s="1"/>
       <c r="K924" s="1"/>
       <c r="L924" s="1"/>
       <c r="M924" s="1"/>
       <c r="N924" s="1"/>
       <c r="O924" s="1"/>
       <c r="P924" s="1"/>
       <c r="Q924" s="1"/>
       <c r="R924" s="1"/>
       <c r="S924" s="1"/>
       <c r="T924" s="1"/>
       <c r="U924" s="1"/>
       <c r="V924" s="1"/>
       <c r="W924" s="1"/>
     </row>
     <row r="925" spans="1:23">
       <c r="A925" s="3">
         <v>923</v>
       </c>
       <c r="B925" s="3" t="s">
@@ -44132,95 +44132,95 @@
       <c r="Q925" s="1"/>
       <c r="R925" s="1"/>
       <c r="S925" s="1"/>
       <c r="T925" s="1"/>
       <c r="U925" s="1"/>
       <c r="V925" s="1"/>
       <c r="W925" s="1"/>
     </row>
     <row r="926" spans="1:23">
       <c r="A926" s="3">
         <v>924</v>
       </c>
       <c r="B926" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C926" s="10" t="s">
         <v>1853</v>
       </c>
       <c r="D926" s="3" t="s">
         <v>1854</v>
       </c>
       <c r="E926" s="3">
         <v>0</v>
       </c>
       <c r="F926" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G926" s="3">
-        <v>48.22</v>
+        <v>39.08</v>
       </c>
       <c r="H926" s="4">
         <v>38.91</v>
       </c>
       <c r="I926" s="1"/>
       <c r="J926" s="1"/>
       <c r="K926" s="1"/>
       <c r="L926" s="1"/>
       <c r="M926" s="1"/>
       <c r="N926" s="1"/>
       <c r="O926" s="1"/>
       <c r="P926" s="1"/>
       <c r="Q926" s="1"/>
       <c r="R926" s="1"/>
       <c r="S926" s="1"/>
       <c r="T926" s="1"/>
       <c r="U926" s="1"/>
       <c r="V926" s="1"/>
       <c r="W926" s="1"/>
     </row>
     <row r="927" spans="1:23">
       <c r="A927" s="3">
         <v>925</v>
       </c>
       <c r="B927" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C927" s="10" t="s">
         <v>1855</v>
       </c>
       <c r="D927" s="3" t="s">
         <v>1856</v>
       </c>
       <c r="E927" s="3">
         <v>0</v>
       </c>
       <c r="F927" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G927" s="3">
-        <v>6.34</v>
+        <v>22.41</v>
       </c>
       <c r="H927" s="4">
         <v>0</v>
       </c>
       <c r="I927" s="1"/>
       <c r="J927" s="1"/>
       <c r="K927" s="1"/>
       <c r="L927" s="1"/>
       <c r="M927" s="1"/>
       <c r="N927" s="1"/>
       <c r="O927" s="1"/>
       <c r="P927" s="1"/>
       <c r="Q927" s="1"/>
       <c r="R927" s="1"/>
       <c r="S927" s="1"/>
       <c r="T927" s="1"/>
       <c r="U927" s="1"/>
       <c r="V927" s="1"/>
       <c r="W927" s="1"/>
     </row>
     <row r="928" spans="1:23">
       <c r="A928" s="3">
         <v>926</v>
       </c>
       <c r="B928" s="3" t="s">
@@ -44296,54 +44296,54 @@
       <c r="Q929" s="1"/>
       <c r="R929" s="1"/>
       <c r="S929" s="1"/>
       <c r="T929" s="1"/>
       <c r="U929" s="1"/>
       <c r="V929" s="1"/>
       <c r="W929" s="1"/>
     </row>
     <row r="930" spans="1:23">
       <c r="A930" s="3">
         <v>928</v>
       </c>
       <c r="B930" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C930" s="10" t="s">
         <v>1861</v>
       </c>
       <c r="D930" s="3" t="s">
         <v>1862</v>
       </c>
       <c r="E930" s="3">
         <v>0</v>
       </c>
       <c r="F930" s="3">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="G930" s="3">
-        <v>167.88</v>
+        <v>157.63</v>
       </c>
       <c r="H930" s="4">
         <v>7.34</v>
       </c>
       <c r="I930" s="1"/>
       <c r="J930" s="1"/>
       <c r="K930" s="1"/>
       <c r="L930" s="1"/>
       <c r="M930" s="1"/>
       <c r="N930" s="1"/>
       <c r="O930" s="1"/>
       <c r="P930" s="1"/>
       <c r="Q930" s="1"/>
       <c r="R930" s="1"/>
       <c r="S930" s="1"/>
       <c r="T930" s="1"/>
       <c r="U930" s="1"/>
       <c r="V930" s="1"/>
       <c r="W930" s="1"/>
     </row>
     <row r="931" spans="1:23">
       <c r="A931" s="3">
         <v>929</v>
       </c>
       <c r="B931" s="3" t="s">
@@ -44622,54 +44622,54 @@
       <c r="Q937" s="1"/>
       <c r="R937" s="1"/>
       <c r="S937" s="1"/>
       <c r="T937" s="1"/>
       <c r="U937" s="1"/>
       <c r="V937" s="1"/>
       <c r="W937" s="1"/>
     </row>
     <row r="938" spans="1:23">
       <c r="A938" s="3">
         <v>936</v>
       </c>
       <c r="B938" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C938" s="10" t="s">
         <v>1876</v>
       </c>
       <c r="D938" s="3" t="s">
         <v>1877</v>
       </c>
       <c r="E938" s="3">
         <v>0</v>
       </c>
       <c r="F938" s="3">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="G938" s="3">
-        <v>121.28</v>
+        <v>101.43</v>
       </c>
       <c r="H938" s="4">
         <v>1.6</v>
       </c>
       <c r="I938" s="1"/>
       <c r="J938" s="1"/>
       <c r="K938" s="1"/>
       <c r="L938" s="1"/>
       <c r="M938" s="1"/>
       <c r="N938" s="1"/>
       <c r="O938" s="1"/>
       <c r="P938" s="1"/>
       <c r="Q938" s="1"/>
       <c r="R938" s="1"/>
       <c r="S938" s="1"/>
       <c r="T938" s="1"/>
       <c r="U938" s="1"/>
       <c r="V938" s="1"/>
       <c r="W938" s="1"/>
     </row>
     <row r="939" spans="1:23">
       <c r="A939" s="3">
         <v>937</v>
       </c>
       <c r="B939" s="3" t="s">
@@ -44948,54 +44948,54 @@
       <c r="Q945" s="1"/>
       <c r="R945" s="1"/>
       <c r="S945" s="1"/>
       <c r="T945" s="1"/>
       <c r="U945" s="1"/>
       <c r="V945" s="1"/>
       <c r="W945" s="1"/>
     </row>
     <row r="946" spans="1:23">
       <c r="A946" s="3">
         <v>944</v>
       </c>
       <c r="B946" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C946" s="10" t="s">
         <v>1891</v>
       </c>
       <c r="D946" s="3" t="s">
         <v>1892</v>
       </c>
       <c r="E946" s="3">
         <v>0</v>
       </c>
       <c r="F946" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G946" s="3">
-        <v>66.93</v>
+        <v>64</v>
       </c>
       <c r="H946" s="4">
         <v>30</v>
       </c>
       <c r="I946" s="1"/>
       <c r="J946" s="1"/>
       <c r="K946" s="1"/>
       <c r="L946" s="1"/>
       <c r="M946" s="1"/>
       <c r="N946" s="1"/>
       <c r="O946" s="1"/>
       <c r="P946" s="1"/>
       <c r="Q946" s="1"/>
       <c r="R946" s="1"/>
       <c r="S946" s="1"/>
       <c r="T946" s="1"/>
       <c r="U946" s="1"/>
       <c r="V946" s="1"/>
       <c r="W946" s="1"/>
     </row>
     <row r="947" spans="1:23">
       <c r="A947" s="3">
         <v>945</v>
       </c>
       <c r="B947" s="3" t="s">
@@ -45071,54 +45071,54 @@
       <c r="Q948" s="1"/>
       <c r="R948" s="1"/>
       <c r="S948" s="1"/>
       <c r="T948" s="1"/>
       <c r="U948" s="1"/>
       <c r="V948" s="1"/>
       <c r="W948" s="1"/>
     </row>
     <row r="949" spans="1:23">
       <c r="A949" s="3">
         <v>947</v>
       </c>
       <c r="B949" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C949" s="10" t="s">
         <v>1897</v>
       </c>
       <c r="D949" s="3" t="s">
         <v>1898</v>
       </c>
       <c r="E949" s="3">
         <v>0</v>
       </c>
       <c r="F949" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G949" s="3">
-        <v>42.22</v>
+        <v>0</v>
       </c>
       <c r="H949" s="4">
         <v>0</v>
       </c>
       <c r="I949" s="1"/>
       <c r="J949" s="1"/>
       <c r="K949" s="1"/>
       <c r="L949" s="1"/>
       <c r="M949" s="1"/>
       <c r="N949" s="1"/>
       <c r="O949" s="1"/>
       <c r="P949" s="1"/>
       <c r="Q949" s="1"/>
       <c r="R949" s="1"/>
       <c r="S949" s="1"/>
       <c r="T949" s="1"/>
       <c r="U949" s="1"/>
       <c r="V949" s="1"/>
       <c r="W949" s="1"/>
     </row>
     <row r="950" spans="1:23">
       <c r="A950" s="3">
         <v>948</v>
       </c>
       <c r="B950" s="3" t="s">
@@ -45276,95 +45276,95 @@
       <c r="Q953" s="1"/>
       <c r="R953" s="1"/>
       <c r="S953" s="1"/>
       <c r="T953" s="1"/>
       <c r="U953" s="1"/>
       <c r="V953" s="1"/>
       <c r="W953" s="1"/>
     </row>
     <row r="954" spans="1:23">
       <c r="A954" s="3">
         <v>952</v>
       </c>
       <c r="B954" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C954" s="10" t="s">
         <v>1907</v>
       </c>
       <c r="D954" s="3" t="s">
         <v>1908</v>
       </c>
       <c r="E954" s="3">
         <v>0</v>
       </c>
       <c r="F954" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G954" s="3">
-        <v>34.31</v>
+        <v>32.68</v>
       </c>
       <c r="H954" s="4">
         <v>27.31</v>
       </c>
       <c r="I954" s="1"/>
       <c r="J954" s="1"/>
       <c r="K954" s="1"/>
       <c r="L954" s="1"/>
       <c r="M954" s="1"/>
       <c r="N954" s="1"/>
       <c r="O954" s="1"/>
       <c r="P954" s="1"/>
       <c r="Q954" s="1"/>
       <c r="R954" s="1"/>
       <c r="S954" s="1"/>
       <c r="T954" s="1"/>
       <c r="U954" s="1"/>
       <c r="V954" s="1"/>
       <c r="W954" s="1"/>
     </row>
     <row r="955" spans="1:23">
       <c r="A955" s="3">
         <v>953</v>
       </c>
       <c r="B955" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C955" s="10" t="s">
         <v>1909</v>
       </c>
       <c r="D955" s="3" t="s">
         <v>1910</v>
       </c>
       <c r="E955" s="3">
         <v>0</v>
       </c>
       <c r="F955" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G955" s="3">
-        <v>35.41</v>
+        <v>27.85</v>
       </c>
       <c r="H955" s="4">
         <v>35.41</v>
       </c>
       <c r="I955" s="1"/>
       <c r="J955" s="1"/>
       <c r="K955" s="1"/>
       <c r="L955" s="1"/>
       <c r="M955" s="1"/>
       <c r="N955" s="1"/>
       <c r="O955" s="1"/>
       <c r="P955" s="1"/>
       <c r="Q955" s="1"/>
       <c r="R955" s="1"/>
       <c r="S955" s="1"/>
       <c r="T955" s="1"/>
       <c r="U955" s="1"/>
       <c r="V955" s="1"/>
       <c r="W955" s="1"/>
     </row>
     <row r="956" spans="1:23">
       <c r="A956" s="3">
         <v>954</v>
       </c>
       <c r="B956" s="3" t="s">
@@ -45522,92 +45522,92 @@
       <c r="Q959" s="1"/>
       <c r="R959" s="1"/>
       <c r="S959" s="1"/>
       <c r="T959" s="1"/>
       <c r="U959" s="1"/>
       <c r="V959" s="1"/>
       <c r="W959" s="1"/>
     </row>
     <row r="960" spans="1:23">
       <c r="A960" s="3">
         <v>958</v>
       </c>
       <c r="B960" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C960" s="10" t="s">
         <v>1920</v>
       </c>
       <c r="D960" s="3" t="s">
         <v>1921</v>
       </c>
       <c r="E960" s="3">
         <v>0</v>
       </c>
       <c r="F960" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G960" s="3">
-        <v>49.51</v>
+        <v>0</v>
       </c>
       <c r="H960" s="4">
         <v>0</v>
       </c>
       <c r="I960" s="1"/>
       <c r="J960" s="1"/>
       <c r="K960" s="1"/>
       <c r="L960" s="1"/>
       <c r="M960" s="1"/>
       <c r="N960" s="1"/>
       <c r="O960" s="1"/>
       <c r="P960" s="1"/>
       <c r="Q960" s="1"/>
       <c r="R960" s="1"/>
       <c r="S960" s="1"/>
       <c r="T960" s="1"/>
       <c r="U960" s="1"/>
       <c r="V960" s="1"/>
       <c r="W960" s="1"/>
     </row>
     <row r="961" spans="1:23">
       <c r="A961" s="7" t="s">
         <v>1922</v>
       </c>
       <c r="B961" s="7"/>
       <c r="C961" s="11"/>
       <c r="D961" s="7"/>
       <c r="E961" s="7">
         <v>630216.34</v>
       </c>
       <c r="F961" s="7">
         <v>0</v>
       </c>
       <c r="G961" s="7">
-        <v>533769.77</v>
+        <v>523573.59</v>
       </c>
       <c r="H961" s="8">
-        <v>269090.53</v>
+        <v>269091.96</v>
       </c>
       <c r="I961" s="1"/>
       <c r="J961" s="1"/>
       <c r="K961" s="1"/>
       <c r="L961" s="1"/>
       <c r="M961" s="1"/>
       <c r="N961" s="1"/>
       <c r="O961" s="1"/>
       <c r="P961" s="1"/>
       <c r="Q961" s="1"/>
       <c r="R961" s="1"/>
       <c r="S961" s="1"/>
       <c r="T961" s="1"/>
       <c r="U961" s="1"/>
       <c r="V961" s="1"/>
       <c r="W961" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A961:D961"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>