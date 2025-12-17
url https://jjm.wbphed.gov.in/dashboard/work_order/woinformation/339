--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -7930,95 +7930,95 @@
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E36" s="3">
         <v>43.06</v>
       </c>
       <c r="F36" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G36" s="3">
-        <v>43.38</v>
+        <v>43.15</v>
       </c>
       <c r="H36" s="4">
         <v>31.94</v>
       </c>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>78</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E37" s="3">
         <v>40.44</v>
       </c>
       <c r="F37" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G37" s="3">
-        <v>38.36</v>
+        <v>37.43</v>
       </c>
       <c r="H37" s="4">
         <v>0.93</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
@@ -8217,54 +8217,54 @@
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>90</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E43" s="3">
         <v>35.71</v>
       </c>
       <c r="F43" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G43" s="3">
-        <v>35.47</v>
+        <v>34.87</v>
       </c>
       <c r="H43" s="4">
         <v>15.91</v>
       </c>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
@@ -8668,54 +8668,54 @@
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>112</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E54" s="3">
         <v>43.25</v>
       </c>
       <c r="F54" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G54" s="3">
-        <v>40.15</v>
+        <v>40.03</v>
       </c>
       <c r="H54" s="4">
         <v>0</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
@@ -8832,54 +8832,54 @@
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>120</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E58" s="3">
         <v>32.83</v>
       </c>
       <c r="F58" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G58" s="3">
-        <v>33.55</v>
+        <v>33.43</v>
       </c>
       <c r="H58" s="4">
         <v>47.37</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
@@ -9327,51 +9327,51 @@
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>144</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="E70" s="3">
         <v>532.09</v>
       </c>
       <c r="F70" s="3">
         <v>13</v>
       </c>
       <c r="G70" s="3">
-        <v>515.53</v>
+        <v>515.25</v>
       </c>
       <c r="H70" s="4">
         <v>445.61</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
@@ -9611,95 +9611,95 @@
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>158</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="E77" s="3">
         <v>39.88</v>
       </c>
       <c r="F77" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G77" s="3">
-        <v>38.85</v>
+        <v>38.1</v>
       </c>
       <c r="H77" s="4">
         <v>20.66</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>160</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="E78" s="3">
         <v>38.91</v>
       </c>
       <c r="F78" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G78" s="3">
-        <v>38.65</v>
+        <v>38.09</v>
       </c>
       <c r="H78" s="4">
         <v>19.51</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
@@ -9734,54 +9734,54 @@
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>164</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="E80" s="3">
         <v>674.44</v>
       </c>
       <c r="F80" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G80" s="3">
-        <v>575.36</v>
+        <v>571.9</v>
       </c>
       <c r="H80" s="4">
         <v>281.6</v>
       </c>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
@@ -9898,54 +9898,54 @@
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>172</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="E84" s="3">
         <v>38.91</v>
       </c>
       <c r="F84" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G84" s="3">
-        <v>38.74</v>
+        <v>37.74</v>
       </c>
       <c r="H84" s="4">
         <v>15.93</v>
       </c>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
@@ -9980,95 +9980,95 @@
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>176</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="E86" s="3">
         <v>603.03</v>
       </c>
       <c r="F86" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G86" s="3">
-        <v>107.06</v>
+        <v>69.31</v>
       </c>
       <c r="H86" s="4">
         <v>252.74</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>178</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E87" s="3">
         <v>39.29</v>
       </c>
       <c r="F87" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G87" s="3">
-        <v>40.8</v>
+        <v>38.76</v>
       </c>
       <c r="H87" s="4">
         <v>25.84</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
@@ -10147,256 +10147,256 @@
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>184</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="E90" s="3">
         <v>447.46</v>
       </c>
       <c r="F90" s="3">
         <v>10</v>
       </c>
       <c r="G90" s="3">
-        <v>251.3</v>
+        <v>252.14</v>
       </c>
       <c r="H90" s="4">
         <v>64.69</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>186</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="E91" s="3">
         <v>696.82</v>
       </c>
       <c r="F91" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G91" s="3">
-        <v>483.18</v>
+        <v>475.98</v>
       </c>
       <c r="H91" s="4">
         <v>248.92</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>188</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="E92" s="3">
         <v>925.26</v>
       </c>
       <c r="F92" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G92" s="3">
-        <v>757.41</v>
+        <v>748</v>
       </c>
       <c r="H92" s="4">
         <v>306.02</v>
       </c>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>190</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="E93" s="3">
         <v>1534.45</v>
       </c>
       <c r="F93" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G93" s="3">
-        <v>1212.86</v>
+        <v>1203.01</v>
       </c>
       <c r="H93" s="4">
         <v>314.68</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>192</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="E94" s="3">
         <v>1199.48</v>
       </c>
       <c r="F94" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G94" s="3">
-        <v>1045.75</v>
+        <v>1044.99</v>
       </c>
       <c r="H94" s="4">
         <v>645.02</v>
       </c>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E95" s="3">
         <v>764.18</v>
       </c>
       <c r="F95" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G95" s="3">
-        <v>716.17</v>
+        <v>707.28</v>
       </c>
       <c r="H95" s="4">
         <v>239.4</v>
       </c>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
@@ -10472,95 +10472,95 @@
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>200</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="E98" s="3">
         <v>1021.84</v>
       </c>
       <c r="F98" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G98" s="3">
-        <v>906.76</v>
+        <v>897.14</v>
       </c>
       <c r="H98" s="4">
         <v>409.39</v>
       </c>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>203</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="E99" s="3">
         <v>0</v>
       </c>
       <c r="F99" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G99" s="3">
-        <v>92.36</v>
+        <v>88</v>
       </c>
       <c r="H99" s="4">
         <v>83.64</v>
       </c>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
@@ -10595,259 +10595,259 @@
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>207</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E101" s="3">
         <v>127.61</v>
       </c>
       <c r="F101" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G101" s="3">
-        <v>93.4</v>
+        <v>61.21</v>
       </c>
       <c r="H101" s="4">
         <v>46.9</v>
       </c>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>209</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="E102" s="3">
         <v>964.45</v>
       </c>
       <c r="F102" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G102" s="3">
-        <v>789.86</v>
+        <v>777.81</v>
       </c>
       <c r="H102" s="4">
         <v>224.26</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>211</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="E103" s="3">
         <v>486.42</v>
       </c>
       <c r="F103" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G103" s="3">
-        <v>369.41</v>
+        <v>368.18</v>
       </c>
       <c r="H103" s="4">
         <v>209.19</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E104" s="3">
         <v>439.33</v>
       </c>
       <c r="F104" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G104" s="3">
-        <v>320.79</v>
+        <v>302.59</v>
       </c>
       <c r="H104" s="4">
         <v>81.05</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>215</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E105" s="3">
         <v>348.2</v>
       </c>
       <c r="F105" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G105" s="3">
-        <v>263.39</v>
+        <v>256.81</v>
       </c>
       <c r="H105" s="4">
         <v>30.86</v>
       </c>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>217</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="E106" s="3">
         <v>361.86</v>
       </c>
       <c r="F106" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G106" s="3">
-        <v>299.43</v>
+        <v>294.87</v>
       </c>
       <c r="H106" s="4">
         <v>141.02</v>
       </c>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
@@ -10964,54 +10964,54 @@
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E110" s="3">
         <v>681.6</v>
       </c>
       <c r="F110" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G110" s="3">
-        <v>569.31</v>
+        <v>459.19</v>
       </c>
       <c r="H110" s="4">
         <v>118.98</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
@@ -11046,95 +11046,95 @@
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>229</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="E112" s="3">
         <v>759.85</v>
       </c>
       <c r="F112" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G112" s="3">
-        <v>369.33</v>
+        <v>368.59</v>
       </c>
       <c r="H112" s="4">
         <v>76.36</v>
       </c>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>231</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E113" s="3">
         <v>995.79</v>
       </c>
       <c r="F113" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G113" s="3">
-        <v>916.23</v>
+        <v>776.67</v>
       </c>
       <c r="H113" s="4">
         <v>663.03</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
@@ -11169,300 +11169,300 @@
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>235</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="E115" s="3">
         <v>311.6</v>
       </c>
       <c r="F115" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G115" s="3">
-        <v>267.31</v>
+        <v>263.13</v>
       </c>
       <c r="H115" s="4">
         <v>75.37</v>
       </c>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E116" s="3">
         <v>357.24</v>
       </c>
       <c r="F116" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G116" s="3">
-        <v>334.6</v>
+        <v>296.87</v>
       </c>
       <c r="H116" s="4">
         <v>68.98</v>
       </c>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>239</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E117" s="3">
         <v>341.82</v>
       </c>
       <c r="F117" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G117" s="3">
-        <v>266.43</v>
+        <v>258.22</v>
       </c>
       <c r="H117" s="4">
         <v>100.03</v>
       </c>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>241</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="E118" s="3">
         <v>464.58</v>
       </c>
       <c r="F118" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G118" s="3">
-        <v>338.59</v>
+        <v>336.11</v>
       </c>
       <c r="H118" s="4">
         <v>73.65</v>
       </c>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E119" s="3">
         <v>929.93</v>
       </c>
       <c r="F119" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G119" s="3">
-        <v>267.73</v>
+        <v>266.83</v>
       </c>
       <c r="H119" s="4">
         <v>17.21</v>
       </c>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>245</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="E120" s="3">
         <v>2538.24</v>
       </c>
       <c r="F120" s="3">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G120" s="3">
-        <v>1859.43</v>
+        <v>1817.95</v>
       </c>
       <c r="H120" s="4">
         <v>777.98</v>
       </c>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>247</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E121" s="3">
         <v>1280.02</v>
       </c>
       <c r="F121" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G121" s="3">
-        <v>266.71</v>
+        <v>355.51</v>
       </c>
       <c r="H121" s="4">
         <v>359.85</v>
       </c>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
@@ -11579,54 +11579,54 @@
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>255</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E125" s="3">
         <v>882.95</v>
       </c>
       <c r="F125" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G125" s="3">
-        <v>773.76</v>
+        <v>766.86</v>
       </c>
       <c r="H125" s="4">
         <v>300.85</v>
       </c>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
@@ -11661,54 +11661,54 @@
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E127" s="3">
         <v>42.08</v>
       </c>
       <c r="F127" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G127" s="3">
-        <v>41.73</v>
+        <v>40.98</v>
       </c>
       <c r="H127" s="4">
         <v>19.07</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
@@ -11907,54 +11907,54 @@
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="E133" s="3">
         <v>417.13</v>
       </c>
       <c r="F133" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G133" s="3">
-        <v>346.82</v>
+        <v>345.89</v>
       </c>
       <c r="H133" s="4">
         <v>173.67</v>
       </c>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
@@ -12359,51 +12359,51 @@
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>292</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>293</v>
       </c>
       <c r="E144" s="3">
         <v>100</v>
       </c>
       <c r="F144" s="3">
         <v>54</v>
       </c>
       <c r="G144" s="3">
-        <v>134.71</v>
+        <v>135.11</v>
       </c>
       <c r="H144" s="4">
         <v>137.26</v>
       </c>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
@@ -12892,51 +12892,51 @@
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>318</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>319</v>
       </c>
       <c r="E157" s="3">
         <v>187.99</v>
       </c>
       <c r="F157" s="3">
         <v>2</v>
       </c>
       <c r="G157" s="3">
-        <v>156.05</v>
+        <v>165.6</v>
       </c>
       <c r="H157" s="4">
         <v>172.89</v>
       </c>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
@@ -12974,51 +12974,51 @@
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>322</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>323</v>
       </c>
       <c r="E159" s="3">
         <v>254.63</v>
       </c>
       <c r="F159" s="3">
         <v>22</v>
       </c>
       <c r="G159" s="3">
-        <v>347.65</v>
+        <v>359.45</v>
       </c>
       <c r="H159" s="4">
         <v>229.86</v>
       </c>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
@@ -13422,54 +13422,54 @@
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C170" s="10" t="s">
         <v>344</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>345</v>
       </c>
       <c r="E170" s="3">
         <v>2502.19</v>
       </c>
       <c r="F170" s="3">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G170" s="3">
-        <v>2633.07</v>
+        <v>2408.87</v>
       </c>
       <c r="H170" s="4">
         <v>1513.41</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
@@ -13545,54 +13545,54 @@
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>350</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>351</v>
       </c>
       <c r="E173" s="3">
         <v>42.08</v>
       </c>
       <c r="F173" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G173" s="3">
-        <v>41.87</v>
+        <v>40.97</v>
       </c>
       <c r="H173" s="4">
         <v>19.07</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
@@ -13873,54 +13873,54 @@
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>367</v>
       </c>
       <c r="E181" s="3">
         <v>33.37</v>
       </c>
       <c r="F181" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G181" s="3">
-        <v>31.91</v>
+        <v>31</v>
       </c>
       <c r="H181" s="4">
         <v>16.12</v>
       </c>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
@@ -14160,54 +14160,54 @@
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C188" s="10" t="s">
         <v>380</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>381</v>
       </c>
       <c r="E188" s="3">
         <v>31.49</v>
       </c>
       <c r="F188" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G188" s="3">
-        <v>30.26</v>
+        <v>29.51</v>
       </c>
       <c r="H188" s="4">
         <v>0.37</v>
       </c>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
@@ -14406,54 +14406,54 @@
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C194" s="10" t="s">
         <v>392</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>393</v>
       </c>
       <c r="E194" s="3">
         <v>513.85</v>
       </c>
       <c r="F194" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G194" s="3">
-        <v>490.03</v>
+        <v>356.78</v>
       </c>
       <c r="H194" s="4">
         <v>0</v>
       </c>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
@@ -14734,95 +14734,95 @@
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C202" s="10" t="s">
         <v>408</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>409</v>
       </c>
       <c r="E202" s="3">
         <v>39.88</v>
       </c>
       <c r="F202" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G202" s="3">
-        <v>39.16</v>
+        <v>38.1</v>
       </c>
       <c r="H202" s="4">
         <v>20.66</v>
       </c>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>410</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>411</v>
       </c>
       <c r="E203" s="3">
         <v>39.88</v>
       </c>
       <c r="F203" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G203" s="3">
-        <v>39.3</v>
+        <v>38.1</v>
       </c>
       <c r="H203" s="4">
         <v>20.66</v>
       </c>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
@@ -14898,95 +14898,95 @@
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C206" s="10" t="s">
         <v>416</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>417</v>
       </c>
       <c r="E206" s="3">
         <v>924.1</v>
       </c>
       <c r="F206" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G206" s="3">
-        <v>711.04</v>
+        <v>764.2</v>
       </c>
       <c r="H206" s="4">
         <v>473.07</v>
       </c>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C207" s="10" t="s">
         <v>418</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>419</v>
       </c>
       <c r="E207" s="3">
         <v>38.91</v>
       </c>
       <c r="F207" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G207" s="3">
-        <v>38.83</v>
+        <v>38.03</v>
       </c>
       <c r="H207" s="4">
         <v>20.01</v>
       </c>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
@@ -15226,95 +15226,95 @@
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E214" s="3">
         <v>648.32</v>
       </c>
       <c r="F214" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G214" s="3">
-        <v>546.07</v>
+        <v>444.27</v>
       </c>
       <c r="H214" s="4">
         <v>216.58</v>
       </c>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C215" s="10" t="s">
         <v>434</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>435</v>
       </c>
       <c r="E215" s="3">
         <v>450.15</v>
       </c>
       <c r="F215" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G215" s="3">
-        <v>279.56</v>
+        <v>281.12</v>
       </c>
       <c r="H215" s="4">
         <v>130.71</v>
       </c>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
@@ -15349,54 +15349,54 @@
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>438</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E217" s="3">
         <v>991.65</v>
       </c>
       <c r="F217" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G217" s="3">
-        <v>732.67</v>
+        <v>718.63</v>
       </c>
       <c r="H217" s="4">
         <v>243.93</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
@@ -15472,218 +15472,218 @@
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>444</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>445</v>
       </c>
       <c r="E220" s="3">
         <v>1142.89</v>
       </c>
       <c r="F220" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G220" s="3">
-        <v>977.81</v>
+        <v>977.05</v>
       </c>
       <c r="H220" s="4">
         <v>420.03</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>446</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>447</v>
       </c>
       <c r="E221" s="3">
         <v>383.62</v>
       </c>
       <c r="F221" s="3">
         <v>8</v>
       </c>
       <c r="G221" s="3">
-        <v>257.2</v>
+        <v>259.73</v>
       </c>
       <c r="H221" s="4">
         <v>125.03</v>
       </c>
       <c r="I221" s="1"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>448</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>449</v>
       </c>
       <c r="E222" s="3">
         <v>447.32</v>
       </c>
       <c r="F222" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G222" s="3">
-        <v>372.92</v>
+        <v>342.86</v>
       </c>
       <c r="H222" s="4">
         <v>205.09</v>
       </c>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>450</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>451</v>
       </c>
       <c r="E223" s="3">
         <v>183.46</v>
       </c>
       <c r="F223" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G223" s="3">
-        <v>169.91</v>
+        <v>167.69</v>
       </c>
       <c r="H223" s="4">
         <v>118.89</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>452</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>453</v>
       </c>
       <c r="E224" s="3">
         <v>478.49</v>
       </c>
       <c r="F224" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G224" s="3">
-        <v>373.98</v>
+        <v>365.52</v>
       </c>
       <c r="H224" s="4">
         <v>216.32</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
@@ -15759,136 +15759,136 @@
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>458</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>459</v>
       </c>
       <c r="E227" s="3">
         <v>505.78</v>
       </c>
       <c r="F227" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G227" s="3">
-        <v>78.19</v>
+        <v>74.52</v>
       </c>
       <c r="H227" s="4">
         <v>40.18</v>
       </c>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="10" t="s">
         <v>460</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>461</v>
       </c>
       <c r="E228" s="3">
         <v>500.19</v>
       </c>
       <c r="F228" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G228" s="3">
-        <v>314.43</v>
+        <v>216</v>
       </c>
       <c r="H228" s="4">
         <v>101.81</v>
       </c>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>462</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>463</v>
       </c>
       <c r="E229" s="3">
         <v>455.28</v>
       </c>
       <c r="F229" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G229" s="3">
-        <v>203.76</v>
+        <v>202.6</v>
       </c>
       <c r="H229" s="4">
         <v>49.69</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
@@ -15923,54 +15923,54 @@
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C231" s="10" t="s">
         <v>466</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>467</v>
       </c>
       <c r="E231" s="3">
         <v>999.07</v>
       </c>
       <c r="F231" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G231" s="3">
-        <v>811.71</v>
+        <v>734.14</v>
       </c>
       <c r="H231" s="4">
         <v>494.79</v>
       </c>
       <c r="I231" s="1"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
@@ -16005,54 +16005,54 @@
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>470</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>471</v>
       </c>
       <c r="E233" s="3">
         <v>228.16</v>
       </c>
       <c r="F233" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G233" s="3">
-        <v>192.44</v>
+        <v>186.84</v>
       </c>
       <c r="H233" s="4">
         <v>66.12</v>
       </c>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
@@ -16128,136 +16128,136 @@
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C236" s="10" t="s">
         <v>476</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>477</v>
       </c>
       <c r="E236" s="3">
         <v>624.98</v>
       </c>
       <c r="F236" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G236" s="3">
-        <v>353.13</v>
+        <v>352.23</v>
       </c>
       <c r="H236" s="4">
         <v>91.8</v>
       </c>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E237" s="3">
         <v>1541.49</v>
       </c>
       <c r="F237" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G237" s="3">
-        <v>1393.36</v>
+        <v>1370.95</v>
       </c>
       <c r="H237" s="4">
         <v>597.13</v>
       </c>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="10" t="s">
         <v>480</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>481</v>
       </c>
       <c r="E238" s="3">
         <v>390.83</v>
       </c>
       <c r="F238" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G238" s="3">
-        <v>368.92</v>
+        <v>368.16</v>
       </c>
       <c r="H238" s="4">
         <v>98.13</v>
       </c>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
@@ -16292,218 +16292,218 @@
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C240" s="10" t="s">
         <v>484</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>485</v>
       </c>
       <c r="E240" s="3">
         <v>285.68</v>
       </c>
       <c r="F240" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G240" s="3">
-        <v>138.44</v>
+        <v>5.71</v>
       </c>
       <c r="H240" s="4">
         <v>24.64</v>
       </c>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C241" s="10" t="s">
         <v>486</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>487</v>
       </c>
       <c r="E241" s="3">
         <v>244.22</v>
       </c>
       <c r="F241" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G241" s="3">
-        <v>198.17</v>
+        <v>172.03</v>
       </c>
       <c r="H241" s="4">
         <v>110.52</v>
       </c>
       <c r="I241" s="1"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1"/>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="10" t="s">
         <v>488</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E242" s="3">
         <v>752.47</v>
       </c>
       <c r="F242" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G242" s="3">
-        <v>334.42</v>
+        <v>331.27</v>
       </c>
       <c r="H242" s="4">
         <v>120.82</v>
       </c>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="10" t="s">
         <v>490</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>491</v>
       </c>
       <c r="E243" s="3">
         <v>592.88</v>
       </c>
       <c r="F243" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G243" s="3">
-        <v>308.43</v>
+        <v>216.78</v>
       </c>
       <c r="H243" s="4">
         <v>147.73</v>
       </c>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="10" t="s">
         <v>492</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>493</v>
       </c>
       <c r="E244" s="3">
         <v>309.8</v>
       </c>
       <c r="F244" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G244" s="3">
-        <v>238.73</v>
+        <v>201.4</v>
       </c>
       <c r="H244" s="4">
         <v>104.76</v>
       </c>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
@@ -16538,54 +16538,54 @@
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>496</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>497</v>
       </c>
       <c r="E246" s="3">
         <v>790.33</v>
       </c>
       <c r="F246" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G246" s="3">
-        <v>327.94</v>
+        <v>324.01</v>
       </c>
       <c r="H246" s="4">
         <v>135.04</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
@@ -16661,54 +16661,54 @@
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="10" t="s">
         <v>502</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E249" s="3">
         <v>1392.19</v>
       </c>
       <c r="F249" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G249" s="3">
-        <v>1122.12</v>
+        <v>1120.16</v>
       </c>
       <c r="H249" s="4">
         <v>309.82</v>
       </c>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
@@ -16825,54 +16825,54 @@
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C253" s="10" t="s">
         <v>510</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>511</v>
       </c>
       <c r="E253" s="3">
         <v>1215.26</v>
       </c>
       <c r="F253" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G253" s="3">
-        <v>962.55</v>
+        <v>897.6</v>
       </c>
       <c r="H253" s="4">
         <v>397.9</v>
       </c>
       <c r="I253" s="1"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
@@ -17112,95 +17112,95 @@
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>524</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>525</v>
       </c>
       <c r="E260" s="3">
         <v>37.89</v>
       </c>
       <c r="F260" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G260" s="3">
-        <v>38.62</v>
+        <v>37.72</v>
       </c>
       <c r="H260" s="4">
         <v>52.23</v>
       </c>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C261" s="10" t="s">
         <v>526</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E261" s="3">
         <v>94.9</v>
       </c>
       <c r="F261" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G261" s="3">
-        <v>101.32</v>
+        <v>100.37</v>
       </c>
       <c r="H261" s="4">
         <v>178.43</v>
       </c>
       <c r="I261" s="1"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
@@ -17358,54 +17358,54 @@
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C266" s="10" t="s">
         <v>536</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>537</v>
       </c>
       <c r="E266" s="3">
         <v>85.04</v>
       </c>
       <c r="F266" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G266" s="3">
-        <v>90.46</v>
+        <v>89.49</v>
       </c>
       <c r="H266" s="4">
         <v>152.51</v>
       </c>
       <c r="I266" s="1"/>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
@@ -17563,54 +17563,54 @@
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C271" s="10" t="s">
         <v>546</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>547</v>
       </c>
       <c r="E271" s="3">
         <v>95.32</v>
       </c>
       <c r="F271" s="3">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G271" s="3">
-        <v>158.39</v>
+        <v>148.56</v>
       </c>
       <c r="H271" s="4">
         <v>165.36</v>
       </c>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
@@ -17727,54 +17727,54 @@
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="10" t="s">
         <v>554</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E275" s="3">
         <v>78.52</v>
       </c>
       <c r="F275" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G275" s="3">
-        <v>150.55</v>
+        <v>153.08</v>
       </c>
       <c r="H275" s="4">
         <v>76.23</v>
       </c>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
@@ -18465,54 +18465,54 @@
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="10" t="s">
         <v>590</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>591</v>
       </c>
       <c r="E293" s="3">
         <v>1980.57</v>
       </c>
       <c r="F293" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G293" s="3">
-        <v>1711.42</v>
+        <v>1678.28</v>
       </c>
       <c r="H293" s="4">
         <v>1145.74</v>
       </c>
       <c r="I293" s="1"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
@@ -18588,54 +18588,54 @@
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>596</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>597</v>
       </c>
       <c r="E296" s="3">
         <v>37.43</v>
       </c>
       <c r="F296" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G296" s="3">
-        <v>37.4</v>
+        <v>37.16</v>
       </c>
       <c r="H296" s="4">
         <v>26.93</v>
       </c>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
@@ -18875,54 +18875,54 @@
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="10" t="s">
         <v>610</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>611</v>
       </c>
       <c r="E303" s="3">
         <v>32.3</v>
       </c>
       <c r="F303" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G303" s="3">
-        <v>32.74</v>
+        <v>32.29</v>
       </c>
       <c r="H303" s="4">
         <v>23.92</v>
       </c>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
@@ -19121,54 +19121,54 @@
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="10" t="s">
         <v>622</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>623</v>
       </c>
       <c r="E309" s="3">
         <v>34.46</v>
       </c>
       <c r="F309" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G309" s="3">
-        <v>34.23</v>
+        <v>33.48</v>
       </c>
       <c r="H309" s="4">
         <v>16.54</v>
       </c>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
@@ -19244,54 +19244,54 @@
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C312" s="10" t="s">
         <v>628</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>629</v>
       </c>
       <c r="E312" s="3">
         <v>41.84</v>
       </c>
       <c r="F312" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G312" s="3">
-        <v>38.84</v>
+        <v>38.72</v>
       </c>
       <c r="H312" s="4">
         <v>46.12</v>
       </c>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1"/>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
@@ -19449,54 +19449,54 @@
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C317" s="10" t="s">
         <v>638</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>639</v>
       </c>
       <c r="E317" s="3">
         <v>417.62</v>
       </c>
       <c r="F317" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G317" s="3">
-        <v>326.24</v>
+        <v>322.01</v>
       </c>
       <c r="H317" s="4">
         <v>122.26</v>
       </c>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
@@ -19531,54 +19531,54 @@
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>642</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>643</v>
       </c>
       <c r="E319" s="3">
         <v>38.91</v>
       </c>
       <c r="F319" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G319" s="3">
-        <v>38.58</v>
+        <v>37.99</v>
       </c>
       <c r="H319" s="4">
         <v>19.59</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
@@ -19654,54 +19654,54 @@
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="10" t="s">
         <v>648</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>649</v>
       </c>
       <c r="E322" s="3">
         <v>39.88</v>
       </c>
       <c r="F322" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G322" s="3">
-        <v>39.44</v>
+        <v>37.04</v>
       </c>
       <c r="H322" s="4">
         <v>0.13</v>
       </c>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
@@ -20023,54 +20023,54 @@
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="10" t="s">
         <v>666</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>667</v>
       </c>
       <c r="E331" s="3">
         <v>37.89</v>
       </c>
       <c r="F331" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G331" s="3">
-        <v>37.59</v>
+        <v>37.47</v>
       </c>
       <c r="H331" s="4">
         <v>23.92</v>
       </c>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
@@ -20105,177 +20105,177 @@
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="10" t="s">
         <v>670</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>671</v>
       </c>
       <c r="E333" s="3">
         <v>395.06</v>
       </c>
       <c r="F333" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G333" s="3">
-        <v>335.17</v>
+        <v>328.84</v>
       </c>
       <c r="H333" s="4">
         <v>90.47</v>
       </c>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>672</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>673</v>
       </c>
       <c r="E334" s="3">
         <v>950.14</v>
       </c>
       <c r="F334" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G334" s="3">
-        <v>656.1</v>
+        <v>643.44</v>
       </c>
       <c r="H334" s="4">
         <v>221.51</v>
       </c>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>674</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>675</v>
       </c>
       <c r="E335" s="3">
         <v>1153.54</v>
       </c>
       <c r="F335" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G335" s="3">
-        <v>975.15</v>
+        <v>974.25</v>
       </c>
       <c r="H335" s="4">
         <v>380.45</v>
       </c>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="10" t="s">
         <v>676</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>677</v>
       </c>
       <c r="E336" s="3">
         <v>1424.34</v>
       </c>
       <c r="F336" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G336" s="3">
-        <v>1261.75</v>
+        <v>1233.73</v>
       </c>
       <c r="H336" s="4">
         <v>440.74</v>
       </c>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
@@ -20351,54 +20351,54 @@
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>682</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>683</v>
       </c>
       <c r="E339" s="3">
         <v>1591.82</v>
       </c>
       <c r="F339" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G339" s="3">
-        <v>1107.4</v>
+        <v>1076.38</v>
       </c>
       <c r="H339" s="4">
         <v>318.01</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
@@ -20433,136 +20433,136 @@
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>686</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>687</v>
       </c>
       <c r="E341" s="3">
         <v>478.54</v>
       </c>
       <c r="F341" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G341" s="3">
-        <v>367.49</v>
+        <v>363.69</v>
       </c>
       <c r="H341" s="4">
         <v>117.99</v>
       </c>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>688</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>689</v>
       </c>
       <c r="E342" s="3">
         <v>659.22</v>
       </c>
       <c r="F342" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G342" s="3">
-        <v>552.81</v>
+        <v>463.05</v>
       </c>
       <c r="H342" s="4">
         <v>358</v>
       </c>
       <c r="I342" s="1"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="10" t="s">
         <v>690</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>691</v>
       </c>
       <c r="E343" s="3">
         <v>999.97</v>
       </c>
       <c r="F343" s="3">
         <v>10</v>
       </c>
       <c r="G343" s="3">
-        <v>818.19</v>
+        <v>819.03</v>
       </c>
       <c r="H343" s="4">
         <v>172.41</v>
       </c>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
@@ -20597,136 +20597,136 @@
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="10" t="s">
         <v>694</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>695</v>
       </c>
       <c r="E345" s="3">
         <v>231.27</v>
       </c>
       <c r="F345" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G345" s="3">
-        <v>213.45</v>
+        <v>211.7</v>
       </c>
       <c r="H345" s="4">
         <v>97.42</v>
       </c>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="10" t="s">
         <v>696</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>697</v>
       </c>
       <c r="E346" s="3">
         <v>320.23</v>
       </c>
       <c r="F346" s="3">
         <v>8</v>
       </c>
       <c r="G346" s="3">
-        <v>301.9</v>
+        <v>315.03</v>
       </c>
       <c r="H346" s="4">
         <v>129.2</v>
       </c>
       <c r="I346" s="1"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="10" t="s">
         <v>698</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E347" s="3">
         <v>177.09</v>
       </c>
       <c r="F347" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G347" s="3">
-        <v>123.1</v>
+        <v>4.52</v>
       </c>
       <c r="H347" s="4">
         <v>106.12</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
@@ -20802,136 +20802,136 @@
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="10" t="s">
         <v>704</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>705</v>
       </c>
       <c r="E350" s="3">
         <v>898.01</v>
       </c>
       <c r="F350" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G350" s="3">
-        <v>745.51</v>
+        <v>728.9</v>
       </c>
       <c r="H350" s="4">
         <v>436.96</v>
       </c>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="10" t="s">
         <v>706</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>707</v>
       </c>
       <c r="E351" s="3">
         <v>766.66</v>
       </c>
       <c r="F351" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G351" s="3">
-        <v>463.12</v>
+        <v>457.14</v>
       </c>
       <c r="H351" s="4">
         <v>185.58</v>
       </c>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="10" t="s">
         <v>708</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>709</v>
       </c>
       <c r="E352" s="3">
         <v>563.85</v>
       </c>
       <c r="F352" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G352" s="3">
-        <v>526.29</v>
+        <v>521.1</v>
       </c>
       <c r="H352" s="4">
         <v>257.92</v>
       </c>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
@@ -20966,300 +20966,300 @@
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="10" t="s">
         <v>712</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>713</v>
       </c>
       <c r="E354" s="3">
         <v>357.67</v>
       </c>
       <c r="F354" s="3">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G354" s="3">
-        <v>334.77</v>
+        <v>284.61</v>
       </c>
       <c r="H354" s="4">
         <v>182.15</v>
       </c>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="10" t="s">
         <v>714</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>715</v>
       </c>
       <c r="E355" s="3">
         <v>262.47</v>
       </c>
       <c r="F355" s="3">
         <v>6</v>
       </c>
       <c r="G355" s="3">
-        <v>202.93</v>
+        <v>207.12</v>
       </c>
       <c r="H355" s="4">
         <v>131.65</v>
       </c>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="10" t="s">
         <v>716</v>
       </c>
       <c r="D356" s="3" t="s">
         <v>717</v>
       </c>
       <c r="E356" s="3">
         <v>632.28</v>
       </c>
       <c r="F356" s="3">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="G356" s="3">
-        <v>381.63</v>
+        <v>309.37</v>
       </c>
       <c r="H356" s="4">
         <v>89.35</v>
       </c>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="10" t="s">
         <v>718</v>
       </c>
       <c r="D357" s="3" t="s">
         <v>719</v>
       </c>
       <c r="E357" s="3">
         <v>985.52</v>
       </c>
       <c r="F357" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G357" s="3">
-        <v>677.08</v>
+        <v>636.7</v>
       </c>
       <c r="H357" s="4">
         <v>248.73</v>
       </c>
       <c r="I357" s="1"/>
       <c r="J357" s="1"/>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C358" s="10" t="s">
         <v>720</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>721</v>
       </c>
       <c r="E358" s="3">
         <v>178.2</v>
       </c>
       <c r="F358" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G358" s="3">
-        <v>174.7</v>
+        <v>101.27</v>
       </c>
       <c r="H358" s="4">
         <v>104.52</v>
       </c>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="10" t="s">
         <v>722</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>723</v>
       </c>
       <c r="E359" s="3">
         <v>1649.04</v>
       </c>
       <c r="F359" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G359" s="3">
-        <v>1370.78</v>
+        <v>1367.27</v>
       </c>
       <c r="H359" s="4">
         <v>393.63</v>
       </c>
       <c r="I359" s="1"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C360" s="10" t="s">
         <v>724</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>725</v>
       </c>
       <c r="E360" s="3">
         <v>1085.31</v>
       </c>
       <c r="F360" s="3">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G360" s="3">
-        <v>873.06</v>
+        <v>853.8</v>
       </c>
       <c r="H360" s="4">
         <v>288.84</v>
       </c>
       <c r="I360" s="1"/>
       <c r="J360" s="1"/>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1"/>
       <c r="O360" s="1"/>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
@@ -21417,54 +21417,54 @@
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="10" t="s">
         <v>734</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E365" s="3">
         <v>770.48</v>
       </c>
       <c r="F365" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G365" s="3">
-        <v>421.36</v>
+        <v>415.69</v>
       </c>
       <c r="H365" s="4">
         <v>11.02</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
@@ -21540,54 +21540,54 @@
       <c r="Q367" s="1"/>
       <c r="R367" s="1"/>
       <c r="S367" s="1"/>
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="10" t="s">
         <v>740</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>741</v>
       </c>
       <c r="E368" s="3">
         <v>1529</v>
       </c>
       <c r="F368" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G368" s="3">
-        <v>1424.14</v>
+        <v>1412.37</v>
       </c>
       <c r="H368" s="4">
         <v>478.66</v>
       </c>
       <c r="I368" s="1"/>
       <c r="J368" s="1"/>
       <c r="K368" s="1"/>
       <c r="L368" s="1"/>
       <c r="M368" s="1"/>
       <c r="N368" s="1"/>
       <c r="O368" s="1"/>
       <c r="P368" s="1"/>
       <c r="Q368" s="1"/>
       <c r="R368" s="1"/>
       <c r="S368" s="1"/>
       <c r="T368" s="1"/>
       <c r="U368" s="1"/>
       <c r="V368" s="1"/>
       <c r="W368" s="1"/>
     </row>
     <row r="369" spans="1:23">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
@@ -21786,136 +21786,136 @@
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>752</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E374" s="3">
         <v>1334.45</v>
       </c>
       <c r="F374" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G374" s="3">
-        <v>959.39</v>
+        <v>948.33</v>
       </c>
       <c r="H374" s="4">
         <v>91.99</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C375" s="10" t="s">
         <v>754</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>755</v>
       </c>
       <c r="E375" s="3">
         <v>1443.13</v>
       </c>
       <c r="F375" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G375" s="3">
-        <v>1217.1</v>
+        <v>1188.71</v>
       </c>
       <c r="H375" s="4">
         <v>16.3</v>
       </c>
       <c r="I375" s="1"/>
       <c r="J375" s="1"/>
       <c r="K375" s="1"/>
       <c r="L375" s="1"/>
       <c r="M375" s="1"/>
       <c r="N375" s="1"/>
       <c r="O375" s="1"/>
       <c r="P375" s="1"/>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="10" t="s">
         <v>756</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>757</v>
       </c>
       <c r="E376" s="3">
         <v>2747.96</v>
       </c>
       <c r="F376" s="3">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G376" s="3">
-        <v>2124.45</v>
+        <v>1812.92</v>
       </c>
       <c r="H376" s="4">
         <v>627.16</v>
       </c>
       <c r="I376" s="1"/>
       <c r="J376" s="1"/>
       <c r="K376" s="1"/>
       <c r="L376" s="1"/>
       <c r="M376" s="1"/>
       <c r="N376" s="1"/>
       <c r="O376" s="1"/>
       <c r="P376" s="1"/>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
@@ -22401,54 +22401,54 @@
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="10" t="s">
         <v>782</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>783</v>
       </c>
       <c r="E389" s="3">
         <v>299.8</v>
       </c>
       <c r="F389" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G389" s="3">
-        <v>211.09</v>
+        <v>179.09</v>
       </c>
       <c r="H389" s="4">
         <v>202.51</v>
       </c>
       <c r="I389" s="1"/>
       <c r="J389" s="1"/>
       <c r="K389" s="1"/>
       <c r="L389" s="1"/>
       <c r="M389" s="1"/>
       <c r="N389" s="1"/>
       <c r="O389" s="1"/>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
@@ -22524,54 +22524,54 @@
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="10" t="s">
         <v>788</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>789</v>
       </c>
       <c r="E392" s="3">
         <v>74.39</v>
       </c>
       <c r="F392" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G392" s="3">
-        <v>94.12</v>
+        <v>92.68</v>
       </c>
       <c r="H392" s="4">
         <v>72.23</v>
       </c>
       <c r="I392" s="1"/>
       <c r="J392" s="1"/>
       <c r="K392" s="1"/>
       <c r="L392" s="1"/>
       <c r="M392" s="1"/>
       <c r="N392" s="1"/>
       <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
@@ -22893,54 +22893,54 @@
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="10" t="s">
         <v>806</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>807</v>
       </c>
       <c r="E401" s="3">
         <v>42.28</v>
       </c>
       <c r="F401" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G401" s="3">
-        <v>42.68</v>
+        <v>42.66</v>
       </c>
       <c r="H401" s="4">
         <v>32.96</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
@@ -23098,54 +23098,54 @@
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="10" t="s">
         <v>816</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>817</v>
       </c>
       <c r="E406" s="3">
         <v>40.91</v>
       </c>
       <c r="F406" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G406" s="3">
-        <v>40.79</v>
+        <v>39.89</v>
       </c>
       <c r="H406" s="4">
         <v>37.07</v>
       </c>
       <c r="I406" s="1"/>
       <c r="J406" s="1"/>
       <c r="K406" s="1"/>
       <c r="L406" s="1"/>
       <c r="M406" s="1"/>
       <c r="N406" s="1"/>
       <c r="O406" s="1"/>
       <c r="P406" s="1"/>
       <c r="Q406" s="1"/>
       <c r="R406" s="1"/>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
@@ -23180,54 +23180,54 @@
       <c r="Q407" s="1"/>
       <c r="R407" s="1"/>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="10" t="s">
         <v>820</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>821</v>
       </c>
       <c r="E408" s="3">
         <v>41.37</v>
       </c>
       <c r="F408" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G408" s="3">
-        <v>40.43</v>
+        <v>40.31</v>
       </c>
       <c r="H408" s="4">
         <v>20.13</v>
       </c>
       <c r="I408" s="1"/>
       <c r="J408" s="1"/>
       <c r="K408" s="1"/>
       <c r="L408" s="1"/>
       <c r="M408" s="1"/>
       <c r="N408" s="1"/>
       <c r="O408" s="1"/>
       <c r="P408" s="1"/>
       <c r="Q408" s="1"/>
       <c r="R408" s="1"/>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
@@ -23549,54 +23549,54 @@
       <c r="Q416" s="1"/>
       <c r="R416" s="1"/>
       <c r="S416" s="1"/>
       <c r="T416" s="1"/>
       <c r="U416" s="1"/>
       <c r="V416" s="1"/>
       <c r="W416" s="1"/>
     </row>
     <row r="417" spans="1:23">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C417" s="10" t="s">
         <v>838</v>
       </c>
       <c r="D417" s="3" t="s">
         <v>839</v>
       </c>
       <c r="E417" s="3">
         <v>41.14</v>
       </c>
       <c r="F417" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G417" s="3">
-        <v>41.41</v>
+        <v>40.73</v>
       </c>
       <c r="H417" s="4">
         <v>27.01</v>
       </c>
       <c r="I417" s="1"/>
       <c r="J417" s="1"/>
       <c r="K417" s="1"/>
       <c r="L417" s="1"/>
       <c r="M417" s="1"/>
       <c r="N417" s="1"/>
       <c r="O417" s="1"/>
       <c r="P417" s="1"/>
       <c r="Q417" s="1"/>
       <c r="R417" s="1"/>
       <c r="S417" s="1"/>
       <c r="T417" s="1"/>
       <c r="U417" s="1"/>
       <c r="V417" s="1"/>
       <c r="W417" s="1"/>
     </row>
     <row r="418" spans="1:23">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
@@ -24000,54 +24000,54 @@
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C428" s="10" t="s">
         <v>860</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>861</v>
       </c>
       <c r="E428" s="3">
         <v>822.71</v>
       </c>
       <c r="F428" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G428" s="3">
-        <v>688.09</v>
+        <v>687.34</v>
       </c>
       <c r="H428" s="4">
         <v>388.94</v>
       </c>
       <c r="I428" s="1"/>
       <c r="J428" s="1"/>
       <c r="K428" s="1"/>
       <c r="L428" s="1"/>
       <c r="M428" s="1"/>
       <c r="N428" s="1"/>
       <c r="O428" s="1"/>
       <c r="P428" s="1"/>
       <c r="Q428" s="1"/>
       <c r="R428" s="1"/>
       <c r="S428" s="1"/>
       <c r="T428" s="1"/>
       <c r="U428" s="1"/>
       <c r="V428" s="1"/>
       <c r="W428" s="1"/>
     </row>
     <row r="429" spans="1:23">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
@@ -24328,95 +24328,95 @@
       <c r="Q435" s="1"/>
       <c r="R435" s="1"/>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C436" s="10" t="s">
         <v>876</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>877</v>
       </c>
       <c r="E436" s="3">
         <v>39.29</v>
       </c>
       <c r="F436" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G436" s="3">
-        <v>37.38</v>
+        <v>36.48</v>
       </c>
       <c r="H436" s="4">
         <v>0.12</v>
       </c>
       <c r="I436" s="1"/>
       <c r="J436" s="1"/>
       <c r="K436" s="1"/>
       <c r="L436" s="1"/>
       <c r="M436" s="1"/>
       <c r="N436" s="1"/>
       <c r="O436" s="1"/>
       <c r="P436" s="1"/>
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C437" s="10" t="s">
         <v>878</v>
       </c>
       <c r="D437" s="3" t="s">
         <v>879</v>
       </c>
       <c r="E437" s="3">
         <v>39.88</v>
       </c>
       <c r="F437" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G437" s="3">
-        <v>39.31</v>
+        <v>38.1</v>
       </c>
       <c r="H437" s="4">
         <v>10.66</v>
       </c>
       <c r="I437" s="1"/>
       <c r="J437" s="1"/>
       <c r="K437" s="1"/>
       <c r="L437" s="1"/>
       <c r="M437" s="1"/>
       <c r="N437" s="1"/>
       <c r="O437" s="1"/>
       <c r="P437" s="1"/>
       <c r="Q437" s="1"/>
       <c r="R437" s="1"/>
       <c r="S437" s="1"/>
       <c r="T437" s="1"/>
       <c r="U437" s="1"/>
       <c r="V437" s="1"/>
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
@@ -24574,54 +24574,54 @@
       <c r="Q441" s="1"/>
       <c r="R441" s="1"/>
       <c r="S441" s="1"/>
       <c r="T441" s="1"/>
       <c r="U441" s="1"/>
       <c r="V441" s="1"/>
       <c r="W441" s="1"/>
     </row>
     <row r="442" spans="1:23">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="10" t="s">
         <v>888</v>
       </c>
       <c r="D442" s="3" t="s">
         <v>889</v>
       </c>
       <c r="E442" s="3">
         <v>39.05</v>
       </c>
       <c r="F442" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G442" s="3">
-        <v>38.17</v>
+        <v>38.05</v>
       </c>
       <c r="H442" s="4">
         <v>19.07</v>
       </c>
       <c r="I442" s="1"/>
       <c r="J442" s="1"/>
       <c r="K442" s="1"/>
       <c r="L442" s="1"/>
       <c r="M442" s="1"/>
       <c r="N442" s="1"/>
       <c r="O442" s="1"/>
       <c r="P442" s="1"/>
       <c r="Q442" s="1"/>
       <c r="R442" s="1"/>
       <c r="S442" s="1"/>
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
@@ -24861,54 +24861,54 @@
       <c r="Q448" s="1"/>
       <c r="R448" s="1"/>
       <c r="S448" s="1"/>
       <c r="T448" s="1"/>
       <c r="U448" s="1"/>
       <c r="V448" s="1"/>
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C449" s="10" t="s">
         <v>902</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>903</v>
       </c>
       <c r="E449" s="3">
         <v>913.15</v>
       </c>
       <c r="F449" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G449" s="3">
-        <v>135.43</v>
+        <v>125.59</v>
       </c>
       <c r="H449" s="4">
         <v>258.41</v>
       </c>
       <c r="I449" s="1"/>
       <c r="J449" s="1"/>
       <c r="K449" s="1"/>
       <c r="L449" s="1"/>
       <c r="M449" s="1"/>
       <c r="N449" s="1"/>
       <c r="O449" s="1"/>
       <c r="P449" s="1"/>
       <c r="Q449" s="1"/>
       <c r="R449" s="1"/>
       <c r="S449" s="1"/>
       <c r="T449" s="1"/>
       <c r="U449" s="1"/>
       <c r="V449" s="1"/>
       <c r="W449" s="1"/>
     </row>
     <row r="450" spans="1:23">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
@@ -25025,95 +25025,95 @@
       <c r="Q452" s="1"/>
       <c r="R452" s="1"/>
       <c r="S452" s="1"/>
       <c r="T452" s="1"/>
       <c r="U452" s="1"/>
       <c r="V452" s="1"/>
       <c r="W452" s="1"/>
     </row>
     <row r="453" spans="1:23">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C453" s="10" t="s">
         <v>910</v>
       </c>
       <c r="D453" s="3" t="s">
         <v>911</v>
       </c>
       <c r="E453" s="3">
         <v>656.7</v>
       </c>
       <c r="F453" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G453" s="3">
-        <v>467.37</v>
+        <v>428.51</v>
       </c>
       <c r="H453" s="4">
         <v>180.51</v>
       </c>
       <c r="I453" s="1"/>
       <c r="J453" s="1"/>
       <c r="K453" s="1"/>
       <c r="L453" s="1"/>
       <c r="M453" s="1"/>
       <c r="N453" s="1"/>
       <c r="O453" s="1"/>
       <c r="P453" s="1"/>
       <c r="Q453" s="1"/>
       <c r="R453" s="1"/>
       <c r="S453" s="1"/>
       <c r="T453" s="1"/>
       <c r="U453" s="1"/>
       <c r="V453" s="1"/>
       <c r="W453" s="1"/>
     </row>
     <row r="454" spans="1:23">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C454" s="10" t="s">
         <v>912</v>
       </c>
       <c r="D454" s="3" t="s">
         <v>913</v>
       </c>
       <c r="E454" s="3">
         <v>594.62</v>
       </c>
       <c r="F454" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G454" s="3">
-        <v>453.28</v>
+        <v>447.96</v>
       </c>
       <c r="H454" s="4">
         <v>154.05</v>
       </c>
       <c r="I454" s="1"/>
       <c r="J454" s="1"/>
       <c r="K454" s="1"/>
       <c r="L454" s="1"/>
       <c r="M454" s="1"/>
       <c r="N454" s="1"/>
       <c r="O454" s="1"/>
       <c r="P454" s="1"/>
       <c r="Q454" s="1"/>
       <c r="R454" s="1"/>
       <c r="S454" s="1"/>
       <c r="T454" s="1"/>
       <c r="U454" s="1"/>
       <c r="V454" s="1"/>
       <c r="W454" s="1"/>
     </row>
     <row r="455" spans="1:23">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
@@ -25189,95 +25189,95 @@
       <c r="Q456" s="1"/>
       <c r="R456" s="1"/>
       <c r="S456" s="1"/>
       <c r="T456" s="1"/>
       <c r="U456" s="1"/>
       <c r="V456" s="1"/>
       <c r="W456" s="1"/>
     </row>
     <row r="457" spans="1:23">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C457" s="10" t="s">
         <v>918</v>
       </c>
       <c r="D457" s="3" t="s">
         <v>919</v>
       </c>
       <c r="E457" s="3">
         <v>908</v>
       </c>
       <c r="F457" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G457" s="3">
-        <v>654.08</v>
+        <v>649.86</v>
       </c>
       <c r="H457" s="4">
         <v>277.79</v>
       </c>
       <c r="I457" s="1"/>
       <c r="J457" s="1"/>
       <c r="K457" s="1"/>
       <c r="L457" s="1"/>
       <c r="M457" s="1"/>
       <c r="N457" s="1"/>
       <c r="O457" s="1"/>
       <c r="P457" s="1"/>
       <c r="Q457" s="1"/>
       <c r="R457" s="1"/>
       <c r="S457" s="1"/>
       <c r="T457" s="1"/>
       <c r="U457" s="1"/>
       <c r="V457" s="1"/>
       <c r="W457" s="1"/>
     </row>
     <row r="458" spans="1:23">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C458" s="10" t="s">
         <v>920</v>
       </c>
       <c r="D458" s="3" t="s">
         <v>921</v>
       </c>
       <c r="E458" s="3">
         <v>0</v>
       </c>
       <c r="F458" s="3">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G458" s="3">
-        <v>707.42</v>
+        <v>693.85</v>
       </c>
       <c r="H458" s="4">
         <v>499.14</v>
       </c>
       <c r="I458" s="1"/>
       <c r="J458" s="1"/>
       <c r="K458" s="1"/>
       <c r="L458" s="1"/>
       <c r="M458" s="1"/>
       <c r="N458" s="1"/>
       <c r="O458" s="1"/>
       <c r="P458" s="1"/>
       <c r="Q458" s="1"/>
       <c r="R458" s="1"/>
       <c r="S458" s="1"/>
       <c r="T458" s="1"/>
       <c r="U458" s="1"/>
       <c r="V458" s="1"/>
       <c r="W458" s="1"/>
     </row>
     <row r="459" spans="1:23">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
@@ -25356,256 +25356,256 @@
       <c r="T460" s="1"/>
       <c r="U460" s="1"/>
       <c r="V460" s="1"/>
       <c r="W460" s="1"/>
     </row>
     <row r="461" spans="1:23">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C461" s="10" t="s">
         <v>926</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>927</v>
       </c>
       <c r="E461" s="3">
         <v>0</v>
       </c>
       <c r="F461" s="3">
         <v>3</v>
       </c>
       <c r="G461" s="3">
-        <v>87.66</v>
+        <v>106.84</v>
       </c>
       <c r="H461" s="4">
         <v>69.56</v>
       </c>
       <c r="I461" s="1"/>
       <c r="J461" s="1"/>
       <c r="K461" s="1"/>
       <c r="L461" s="1"/>
       <c r="M461" s="1"/>
       <c r="N461" s="1"/>
       <c r="O461" s="1"/>
       <c r="P461" s="1"/>
       <c r="Q461" s="1"/>
       <c r="R461" s="1"/>
       <c r="S461" s="1"/>
       <c r="T461" s="1"/>
       <c r="U461" s="1"/>
       <c r="V461" s="1"/>
       <c r="W461" s="1"/>
     </row>
     <row r="462" spans="1:23">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C462" s="10" t="s">
         <v>928</v>
       </c>
       <c r="D462" s="3" t="s">
         <v>929</v>
       </c>
       <c r="E462" s="3">
         <v>738.82</v>
       </c>
       <c r="F462" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G462" s="3">
-        <v>518.19</v>
+        <v>515.49</v>
       </c>
       <c r="H462" s="4">
         <v>227.02</v>
       </c>
       <c r="I462" s="1"/>
       <c r="J462" s="1"/>
       <c r="K462" s="1"/>
       <c r="L462" s="1"/>
       <c r="M462" s="1"/>
       <c r="N462" s="1"/>
       <c r="O462" s="1"/>
       <c r="P462" s="1"/>
       <c r="Q462" s="1"/>
       <c r="R462" s="1"/>
       <c r="S462" s="1"/>
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C463" s="10" t="s">
         <v>930</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>931</v>
       </c>
       <c r="E463" s="3">
         <v>433.81</v>
       </c>
       <c r="F463" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G463" s="3">
-        <v>158.64</v>
+        <v>157.75</v>
       </c>
       <c r="H463" s="4">
         <v>38.63</v>
       </c>
       <c r="I463" s="1"/>
       <c r="J463" s="1"/>
       <c r="K463" s="1"/>
       <c r="L463" s="1"/>
       <c r="M463" s="1"/>
       <c r="N463" s="1"/>
       <c r="O463" s="1"/>
       <c r="P463" s="1"/>
       <c r="Q463" s="1"/>
       <c r="R463" s="1"/>
       <c r="S463" s="1"/>
       <c r="T463" s="1"/>
       <c r="U463" s="1"/>
       <c r="V463" s="1"/>
       <c r="W463" s="1"/>
     </row>
     <row r="464" spans="1:23">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C464" s="10" t="s">
         <v>932</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>933</v>
       </c>
       <c r="E464" s="3">
         <v>273.28</v>
       </c>
       <c r="F464" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G464" s="3">
-        <v>260.75</v>
+        <v>227.03</v>
       </c>
       <c r="H464" s="4">
         <v>86.99</v>
       </c>
       <c r="I464" s="1"/>
       <c r="J464" s="1"/>
       <c r="K464" s="1"/>
       <c r="L464" s="1"/>
       <c r="M464" s="1"/>
       <c r="N464" s="1"/>
       <c r="O464" s="1"/>
       <c r="P464" s="1"/>
       <c r="Q464" s="1"/>
       <c r="R464" s="1"/>
       <c r="S464" s="1"/>
       <c r="T464" s="1"/>
       <c r="U464" s="1"/>
       <c r="V464" s="1"/>
       <c r="W464" s="1"/>
     </row>
     <row r="465" spans="1:23">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C465" s="10" t="s">
         <v>934</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>935</v>
       </c>
       <c r="E465" s="3">
         <v>880.89</v>
       </c>
       <c r="F465" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G465" s="3">
-        <v>704.95</v>
+        <v>695.21</v>
       </c>
       <c r="H465" s="4">
         <v>220.46</v>
       </c>
       <c r="I465" s="1"/>
       <c r="J465" s="1"/>
       <c r="K465" s="1"/>
       <c r="L465" s="1"/>
       <c r="M465" s="1"/>
       <c r="N465" s="1"/>
       <c r="O465" s="1"/>
       <c r="P465" s="1"/>
       <c r="Q465" s="1"/>
       <c r="R465" s="1"/>
       <c r="S465" s="1"/>
       <c r="T465" s="1"/>
       <c r="U465" s="1"/>
       <c r="V465" s="1"/>
       <c r="W465" s="1"/>
     </row>
     <row r="466" spans="1:23">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C466" s="10" t="s">
         <v>936</v>
       </c>
       <c r="D466" s="3" t="s">
         <v>937</v>
       </c>
       <c r="E466" s="3">
         <v>235.52</v>
       </c>
       <c r="F466" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G466" s="3">
-        <v>197.37</v>
+        <v>195.14</v>
       </c>
       <c r="H466" s="4">
         <v>77.43</v>
       </c>
       <c r="I466" s="1"/>
       <c r="J466" s="1"/>
       <c r="K466" s="1"/>
       <c r="L466" s="1"/>
       <c r="M466" s="1"/>
       <c r="N466" s="1"/>
       <c r="O466" s="1"/>
       <c r="P466" s="1"/>
       <c r="Q466" s="1"/>
       <c r="R466" s="1"/>
       <c r="S466" s="1"/>
       <c r="T466" s="1"/>
       <c r="U466" s="1"/>
       <c r="V466" s="1"/>
       <c r="W466" s="1"/>
     </row>
     <row r="467" spans="1:23">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
@@ -25640,259 +25640,259 @@
       <c r="Q467" s="1"/>
       <c r="R467" s="1"/>
       <c r="S467" s="1"/>
       <c r="T467" s="1"/>
       <c r="U467" s="1"/>
       <c r="V467" s="1"/>
       <c r="W467" s="1"/>
     </row>
     <row r="468" spans="1:23">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C468" s="10" t="s">
         <v>940</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>941</v>
       </c>
       <c r="E468" s="3">
         <v>267.76</v>
       </c>
       <c r="F468" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G468" s="3">
-        <v>259.79</v>
+        <v>258.29</v>
       </c>
       <c r="H468" s="4">
         <v>90.06</v>
       </c>
       <c r="I468" s="1"/>
       <c r="J468" s="1"/>
       <c r="K468" s="1"/>
       <c r="L468" s="1"/>
       <c r="M468" s="1"/>
       <c r="N468" s="1"/>
       <c r="O468" s="1"/>
       <c r="P468" s="1"/>
       <c r="Q468" s="1"/>
       <c r="R468" s="1"/>
       <c r="S468" s="1"/>
       <c r="T468" s="1"/>
       <c r="U468" s="1"/>
       <c r="V468" s="1"/>
       <c r="W468" s="1"/>
     </row>
     <row r="469" spans="1:23">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C469" s="10" t="s">
         <v>942</v>
       </c>
       <c r="D469" s="3" t="s">
         <v>943</v>
       </c>
       <c r="E469" s="3">
         <v>438.88</v>
       </c>
       <c r="F469" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G469" s="3">
-        <v>355.55</v>
+        <v>341.96</v>
       </c>
       <c r="H469" s="4">
         <v>139.87</v>
       </c>
       <c r="I469" s="1"/>
       <c r="J469" s="1"/>
       <c r="K469" s="1"/>
       <c r="L469" s="1"/>
       <c r="M469" s="1"/>
       <c r="N469" s="1"/>
       <c r="O469" s="1"/>
       <c r="P469" s="1"/>
       <c r="Q469" s="1"/>
       <c r="R469" s="1"/>
       <c r="S469" s="1"/>
       <c r="T469" s="1"/>
       <c r="U469" s="1"/>
       <c r="V469" s="1"/>
       <c r="W469" s="1"/>
     </row>
     <row r="470" spans="1:23">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C470" s="10" t="s">
         <v>944</v>
       </c>
       <c r="D470" s="3" t="s">
         <v>945</v>
       </c>
       <c r="E470" s="3">
         <v>490.58</v>
       </c>
       <c r="F470" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G470" s="3">
-        <v>370.93</v>
+        <v>362.41</v>
       </c>
       <c r="H470" s="4">
         <v>92.17</v>
       </c>
       <c r="I470" s="1"/>
       <c r="J470" s="1"/>
       <c r="K470" s="1"/>
       <c r="L470" s="1"/>
       <c r="M470" s="1"/>
       <c r="N470" s="1"/>
       <c r="O470" s="1"/>
       <c r="P470" s="1"/>
       <c r="Q470" s="1"/>
       <c r="R470" s="1"/>
       <c r="S470" s="1"/>
       <c r="T470" s="1"/>
       <c r="U470" s="1"/>
       <c r="V470" s="1"/>
       <c r="W470" s="1"/>
     </row>
     <row r="471" spans="1:23">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C471" s="10" t="s">
         <v>946</v>
       </c>
       <c r="D471" s="3" t="s">
         <v>947</v>
       </c>
       <c r="E471" s="3">
         <v>976.27</v>
       </c>
       <c r="F471" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G471" s="3">
-        <v>715.14</v>
+        <v>709.4</v>
       </c>
       <c r="H471" s="4">
         <v>189.41</v>
       </c>
       <c r="I471" s="1"/>
       <c r="J471" s="1"/>
       <c r="K471" s="1"/>
       <c r="L471" s="1"/>
       <c r="M471" s="1"/>
       <c r="N471" s="1"/>
       <c r="O471" s="1"/>
       <c r="P471" s="1"/>
       <c r="Q471" s="1"/>
       <c r="R471" s="1"/>
       <c r="S471" s="1"/>
       <c r="T471" s="1"/>
       <c r="U471" s="1"/>
       <c r="V471" s="1"/>
       <c r="W471" s="1"/>
     </row>
     <row r="472" spans="1:23">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C472" s="10" t="s">
         <v>948</v>
       </c>
       <c r="D472" s="3" t="s">
         <v>949</v>
       </c>
       <c r="E472" s="3">
         <v>861.68</v>
       </c>
       <c r="F472" s="3">
         <v>9</v>
       </c>
       <c r="G472" s="3">
-        <v>339.59</v>
+        <v>452.55</v>
       </c>
       <c r="H472" s="4">
         <v>146.61</v>
       </c>
       <c r="I472" s="1"/>
       <c r="J472" s="1"/>
       <c r="K472" s="1"/>
       <c r="L472" s="1"/>
       <c r="M472" s="1"/>
       <c r="N472" s="1"/>
       <c r="O472" s="1"/>
       <c r="P472" s="1"/>
       <c r="Q472" s="1"/>
       <c r="R472" s="1"/>
       <c r="S472" s="1"/>
       <c r="T472" s="1"/>
       <c r="U472" s="1"/>
       <c r="V472" s="1"/>
       <c r="W472" s="1"/>
     </row>
     <row r="473" spans="1:23">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C473" s="10" t="s">
         <v>950</v>
       </c>
       <c r="D473" s="3" t="s">
         <v>951</v>
       </c>
       <c r="E473" s="3">
         <v>386.52</v>
       </c>
       <c r="F473" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G473" s="3">
-        <v>321.89</v>
+        <v>292.67</v>
       </c>
       <c r="H473" s="4">
         <v>44.6</v>
       </c>
       <c r="I473" s="1"/>
       <c r="J473" s="1"/>
       <c r="K473" s="1"/>
       <c r="L473" s="1"/>
       <c r="M473" s="1"/>
       <c r="N473" s="1"/>
       <c r="O473" s="1"/>
       <c r="P473" s="1"/>
       <c r="Q473" s="1"/>
       <c r="R473" s="1"/>
       <c r="S473" s="1"/>
       <c r="T473" s="1"/>
       <c r="U473" s="1"/>
       <c r="V473" s="1"/>
       <c r="W473" s="1"/>
     </row>
     <row r="474" spans="1:23">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
@@ -26132,54 +26132,54 @@
       <c r="Q479" s="1"/>
       <c r="R479" s="1"/>
       <c r="S479" s="1"/>
       <c r="T479" s="1"/>
       <c r="U479" s="1"/>
       <c r="V479" s="1"/>
       <c r="W479" s="1"/>
     </row>
     <row r="480" spans="1:23">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C480" s="10" t="s">
         <v>964</v>
       </c>
       <c r="D480" s="3" t="s">
         <v>965</v>
       </c>
       <c r="E480" s="3">
         <v>33.64</v>
       </c>
       <c r="F480" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G480" s="3">
-        <v>33.89</v>
+        <v>33.65</v>
       </c>
       <c r="H480" s="4">
         <v>27.05</v>
       </c>
       <c r="I480" s="1"/>
       <c r="J480" s="1"/>
       <c r="K480" s="1"/>
       <c r="L480" s="1"/>
       <c r="M480" s="1"/>
       <c r="N480" s="1"/>
       <c r="O480" s="1"/>
       <c r="P480" s="1"/>
       <c r="Q480" s="1"/>
       <c r="R480" s="1"/>
       <c r="S480" s="1"/>
       <c r="T480" s="1"/>
       <c r="U480" s="1"/>
       <c r="V480" s="1"/>
       <c r="W480" s="1"/>
     </row>
     <row r="481" spans="1:23">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
@@ -26419,136 +26419,136 @@
       <c r="Q486" s="1"/>
       <c r="R486" s="1"/>
       <c r="S486" s="1"/>
       <c r="T486" s="1"/>
       <c r="U486" s="1"/>
       <c r="V486" s="1"/>
       <c r="W486" s="1"/>
     </row>
     <row r="487" spans="1:23">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="10" t="s">
         <v>978</v>
       </c>
       <c r="D487" s="3" t="s">
         <v>979</v>
       </c>
       <c r="E487" s="3">
         <v>38.91</v>
       </c>
       <c r="F487" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G487" s="3">
-        <v>38.83</v>
+        <v>37.72</v>
       </c>
       <c r="H487" s="4">
         <v>15.91</v>
       </c>
       <c r="I487" s="1"/>
       <c r="J487" s="1"/>
       <c r="K487" s="1"/>
       <c r="L487" s="1"/>
       <c r="M487" s="1"/>
       <c r="N487" s="1"/>
       <c r="O487" s="1"/>
       <c r="P487" s="1"/>
       <c r="Q487" s="1"/>
       <c r="R487" s="1"/>
       <c r="S487" s="1"/>
       <c r="T487" s="1"/>
       <c r="U487" s="1"/>
       <c r="V487" s="1"/>
       <c r="W487" s="1"/>
     </row>
     <row r="488" spans="1:23">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C488" s="10" t="s">
         <v>980</v>
       </c>
       <c r="D488" s="3" t="s">
         <v>981</v>
       </c>
       <c r="E488" s="3">
         <v>38.91</v>
       </c>
       <c r="F488" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G488" s="3">
-        <v>38.57</v>
+        <v>36.01</v>
       </c>
       <c r="H488" s="4">
         <v>0</v>
       </c>
       <c r="I488" s="1"/>
       <c r="J488" s="1"/>
       <c r="K488" s="1"/>
       <c r="L488" s="1"/>
       <c r="M488" s="1"/>
       <c r="N488" s="1"/>
       <c r="O488" s="1"/>
       <c r="P488" s="1"/>
       <c r="Q488" s="1"/>
       <c r="R488" s="1"/>
       <c r="S488" s="1"/>
       <c r="T488" s="1"/>
       <c r="U488" s="1"/>
       <c r="V488" s="1"/>
       <c r="W488" s="1"/>
     </row>
     <row r="489" spans="1:23">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C489" s="10" t="s">
         <v>982</v>
       </c>
       <c r="D489" s="3" t="s">
         <v>983</v>
       </c>
       <c r="E489" s="3">
         <v>1113.09</v>
       </c>
       <c r="F489" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G489" s="3">
-        <v>786.07</v>
+        <v>778.62</v>
       </c>
       <c r="H489" s="4">
         <v>168.55</v>
       </c>
       <c r="I489" s="1"/>
       <c r="J489" s="1"/>
       <c r="K489" s="1"/>
       <c r="L489" s="1"/>
       <c r="M489" s="1"/>
       <c r="N489" s="1"/>
       <c r="O489" s="1"/>
       <c r="P489" s="1"/>
       <c r="Q489" s="1"/>
       <c r="R489" s="1"/>
       <c r="S489" s="1"/>
       <c r="T489" s="1"/>
       <c r="U489" s="1"/>
       <c r="V489" s="1"/>
       <c r="W489" s="1"/>
     </row>
     <row r="490" spans="1:23">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
@@ -26663,54 +26663,54 @@
       <c r="Q492" s="1"/>
       <c r="R492" s="1"/>
       <c r="S492" s="1"/>
       <c r="T492" s="1"/>
       <c r="U492" s="1"/>
       <c r="V492" s="1"/>
       <c r="W492" s="1"/>
     </row>
     <row r="493" spans="1:23">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C493" s="10" t="s">
         <v>989</v>
       </c>
       <c r="D493" s="3" t="s">
         <v>990</v>
       </c>
       <c r="E493" s="3">
         <v>79.75</v>
       </c>
       <c r="F493" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G493" s="3">
-        <v>72.37</v>
+        <v>71.66</v>
       </c>
       <c r="H493" s="4">
         <v>77.05</v>
       </c>
       <c r="I493" s="1"/>
       <c r="J493" s="1"/>
       <c r="K493" s="1"/>
       <c r="L493" s="1"/>
       <c r="M493" s="1"/>
       <c r="N493" s="1"/>
       <c r="O493" s="1"/>
       <c r="P493" s="1"/>
       <c r="Q493" s="1"/>
       <c r="R493" s="1"/>
       <c r="S493" s="1"/>
       <c r="T493" s="1"/>
       <c r="U493" s="1"/>
       <c r="V493" s="1"/>
       <c r="W493" s="1"/>
     </row>
     <row r="494" spans="1:23">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
@@ -27360,54 +27360,54 @@
       <c r="Q509" s="1"/>
       <c r="R509" s="1"/>
       <c r="S509" s="1"/>
       <c r="T509" s="1"/>
       <c r="U509" s="1"/>
       <c r="V509" s="1"/>
       <c r="W509" s="1"/>
     </row>
     <row r="510" spans="1:23">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C510" s="10" t="s">
         <v>1023</v>
       </c>
       <c r="D510" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="E510" s="3">
         <v>247.99</v>
       </c>
       <c r="F510" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G510" s="3">
-        <v>140.24</v>
+        <v>18.78</v>
       </c>
       <c r="H510" s="4">
         <v>108.25</v>
       </c>
       <c r="I510" s="1"/>
       <c r="J510" s="1"/>
       <c r="K510" s="1"/>
       <c r="L510" s="1"/>
       <c r="M510" s="1"/>
       <c r="N510" s="1"/>
       <c r="O510" s="1"/>
       <c r="P510" s="1"/>
       <c r="Q510" s="1"/>
       <c r="R510" s="1"/>
       <c r="S510" s="1"/>
       <c r="T510" s="1"/>
       <c r="U510" s="1"/>
       <c r="V510" s="1"/>
       <c r="W510" s="1"/>
     </row>
     <row r="511" spans="1:23">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
@@ -27688,54 +27688,54 @@
       <c r="Q517" s="1"/>
       <c r="R517" s="1"/>
       <c r="S517" s="1"/>
       <c r="T517" s="1"/>
       <c r="U517" s="1"/>
       <c r="V517" s="1"/>
       <c r="W517" s="1"/>
     </row>
     <row r="518" spans="1:23">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="10" t="s">
         <v>1039</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="E518" s="3">
         <v>198.8</v>
       </c>
       <c r="F518" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G518" s="3">
-        <v>86.56</v>
+        <v>191.57</v>
       </c>
       <c r="H518" s="4">
         <v>37.92</v>
       </c>
       <c r="I518" s="1"/>
       <c r="J518" s="1"/>
       <c r="K518" s="1"/>
       <c r="L518" s="1"/>
       <c r="M518" s="1"/>
       <c r="N518" s="1"/>
       <c r="O518" s="1"/>
       <c r="P518" s="1"/>
       <c r="Q518" s="1"/>
       <c r="R518" s="1"/>
       <c r="S518" s="1"/>
       <c r="T518" s="1"/>
       <c r="U518" s="1"/>
       <c r="V518" s="1"/>
       <c r="W518" s="1"/>
     </row>
     <row r="519" spans="1:23">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
@@ -28139,54 +28139,54 @@
       <c r="Q528" s="1"/>
       <c r="R528" s="1"/>
       <c r="S528" s="1"/>
       <c r="T528" s="1"/>
       <c r="U528" s="1"/>
       <c r="V528" s="1"/>
       <c r="W528" s="1"/>
     </row>
     <row r="529" spans="1:23">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C529" s="10" t="s">
         <v>1061</v>
       </c>
       <c r="D529" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="E529" s="3">
         <v>35.96</v>
       </c>
       <c r="F529" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G529" s="3">
-        <v>35.92</v>
+        <v>35.68</v>
       </c>
       <c r="H529" s="4">
         <v>26.93</v>
       </c>
       <c r="I529" s="1"/>
       <c r="J529" s="1"/>
       <c r="K529" s="1"/>
       <c r="L529" s="1"/>
       <c r="M529" s="1"/>
       <c r="N529" s="1"/>
       <c r="O529" s="1"/>
       <c r="P529" s="1"/>
       <c r="Q529" s="1"/>
       <c r="R529" s="1"/>
       <c r="S529" s="1"/>
       <c r="T529" s="1"/>
       <c r="U529" s="1"/>
       <c r="V529" s="1"/>
       <c r="W529" s="1"/>
     </row>
     <row r="530" spans="1:23">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
@@ -29082,54 +29082,54 @@
       <c r="Q551" s="1"/>
       <c r="R551" s="1"/>
       <c r="S551" s="1"/>
       <c r="T551" s="1"/>
       <c r="U551" s="1"/>
       <c r="V551" s="1"/>
       <c r="W551" s="1"/>
     </row>
     <row r="552" spans="1:23">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C552" s="10" t="s">
         <v>1107</v>
       </c>
       <c r="D552" s="3" t="s">
         <v>1108</v>
       </c>
       <c r="E552" s="3">
         <v>41.37</v>
       </c>
       <c r="F552" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G552" s="3">
-        <v>40.61</v>
+        <v>39.85</v>
       </c>
       <c r="H552" s="4">
         <v>13.4</v>
       </c>
       <c r="I552" s="1"/>
       <c r="J552" s="1"/>
       <c r="K552" s="1"/>
       <c r="L552" s="1"/>
       <c r="M552" s="1"/>
       <c r="N552" s="1"/>
       <c r="O552" s="1"/>
       <c r="P552" s="1"/>
       <c r="Q552" s="1"/>
       <c r="R552" s="1"/>
       <c r="S552" s="1"/>
       <c r="T552" s="1"/>
       <c r="U552" s="1"/>
       <c r="V552" s="1"/>
       <c r="W552" s="1"/>
     </row>
     <row r="553" spans="1:23">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
@@ -29533,54 +29533,54 @@
       <c r="Q562" s="1"/>
       <c r="R562" s="1"/>
       <c r="S562" s="1"/>
       <c r="T562" s="1"/>
       <c r="U562" s="1"/>
       <c r="V562" s="1"/>
       <c r="W562" s="1"/>
     </row>
     <row r="563" spans="1:23">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C563" s="10" t="s">
         <v>1129</v>
       </c>
       <c r="D563" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="E563" s="3">
         <v>691.64</v>
       </c>
       <c r="F563" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G563" s="3">
-        <v>532.37</v>
+        <v>531.46</v>
       </c>
       <c r="H563" s="4">
         <v>89.35</v>
       </c>
       <c r="I563" s="1"/>
       <c r="J563" s="1"/>
       <c r="K563" s="1"/>
       <c r="L563" s="1"/>
       <c r="M563" s="1"/>
       <c r="N563" s="1"/>
       <c r="O563" s="1"/>
       <c r="P563" s="1"/>
       <c r="Q563" s="1"/>
       <c r="R563" s="1"/>
       <c r="S563" s="1"/>
       <c r="T563" s="1"/>
       <c r="U563" s="1"/>
       <c r="V563" s="1"/>
       <c r="W563" s="1"/>
     </row>
     <row r="564" spans="1:23">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
@@ -29697,54 +29697,54 @@
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
       <c r="S566" s="1"/>
       <c r="T566" s="1"/>
       <c r="U566" s="1"/>
       <c r="V566" s="1"/>
       <c r="W566" s="1"/>
     </row>
     <row r="567" spans="1:23">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C567" s="10" t="s">
         <v>1137</v>
       </c>
       <c r="D567" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="E567" s="3">
         <v>1043.82</v>
       </c>
       <c r="F567" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G567" s="3">
-        <v>1116.11</v>
+        <v>1114.43</v>
       </c>
       <c r="H567" s="4">
         <v>731.96</v>
       </c>
       <c r="I567" s="1"/>
       <c r="J567" s="1"/>
       <c r="K567" s="1"/>
       <c r="L567" s="1"/>
       <c r="M567" s="1"/>
       <c r="N567" s="1"/>
       <c r="O567" s="1"/>
       <c r="P567" s="1"/>
       <c r="Q567" s="1"/>
       <c r="R567" s="1"/>
       <c r="S567" s="1"/>
       <c r="T567" s="1"/>
       <c r="U567" s="1"/>
       <c r="V567" s="1"/>
       <c r="W567" s="1"/>
     </row>
     <row r="568" spans="1:23">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
@@ -29779,54 +29779,54 @@
       <c r="Q568" s="1"/>
       <c r="R568" s="1"/>
       <c r="S568" s="1"/>
       <c r="T568" s="1"/>
       <c r="U568" s="1"/>
       <c r="V568" s="1"/>
       <c r="W568" s="1"/>
     </row>
     <row r="569" spans="1:23">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="10" t="s">
         <v>1141</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="E569" s="3">
         <v>39.88</v>
       </c>
       <c r="F569" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G569" s="3">
-        <v>39.45</v>
+        <v>37.04</v>
       </c>
       <c r="H569" s="4">
         <v>0.13</v>
       </c>
       <c r="I569" s="1"/>
       <c r="J569" s="1"/>
       <c r="K569" s="1"/>
       <c r="L569" s="1"/>
       <c r="M569" s="1"/>
       <c r="N569" s="1"/>
       <c r="O569" s="1"/>
       <c r="P569" s="1"/>
       <c r="Q569" s="1"/>
       <c r="R569" s="1"/>
       <c r="S569" s="1"/>
       <c r="T569" s="1"/>
       <c r="U569" s="1"/>
       <c r="V569" s="1"/>
       <c r="W569" s="1"/>
     </row>
     <row r="570" spans="1:23">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
@@ -30271,54 +30271,54 @@
       <c r="Q580" s="1"/>
       <c r="R580" s="1"/>
       <c r="S580" s="1"/>
       <c r="T580" s="1"/>
       <c r="U580" s="1"/>
       <c r="V580" s="1"/>
       <c r="W580" s="1"/>
     </row>
     <row r="581" spans="1:23">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C581" s="10" t="s">
         <v>1165</v>
       </c>
       <c r="D581" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="E581" s="3">
         <v>89</v>
       </c>
       <c r="F581" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G581" s="3">
-        <v>36.4</v>
+        <v>35.5</v>
       </c>
       <c r="H581" s="4">
         <v>18.93</v>
       </c>
       <c r="I581" s="1"/>
       <c r="J581" s="1"/>
       <c r="K581" s="1"/>
       <c r="L581" s="1"/>
       <c r="M581" s="1"/>
       <c r="N581" s="1"/>
       <c r="O581" s="1"/>
       <c r="P581" s="1"/>
       <c r="Q581" s="1"/>
       <c r="R581" s="1"/>
       <c r="S581" s="1"/>
       <c r="T581" s="1"/>
       <c r="U581" s="1"/>
       <c r="V581" s="1"/>
       <c r="W581" s="1"/>
     </row>
     <row r="582" spans="1:23">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
@@ -30353,54 +30353,54 @@
       <c r="Q582" s="1"/>
       <c r="R582" s="1"/>
       <c r="S582" s="1"/>
       <c r="T582" s="1"/>
       <c r="U582" s="1"/>
       <c r="V582" s="1"/>
       <c r="W582" s="1"/>
     </row>
     <row r="583" spans="1:23">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C583" s="10" t="s">
         <v>1169</v>
       </c>
       <c r="D583" s="3" t="s">
         <v>1170</v>
       </c>
       <c r="E583" s="3">
         <v>978.71</v>
       </c>
       <c r="F583" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G583" s="3">
-        <v>846.33</v>
+        <v>832.15</v>
       </c>
       <c r="H583" s="4">
         <v>169.13</v>
       </c>
       <c r="I583" s="1"/>
       <c r="J583" s="1"/>
       <c r="K583" s="1"/>
       <c r="L583" s="1"/>
       <c r="M583" s="1"/>
       <c r="N583" s="1"/>
       <c r="O583" s="1"/>
       <c r="P583" s="1"/>
       <c r="Q583" s="1"/>
       <c r="R583" s="1"/>
       <c r="S583" s="1"/>
       <c r="T583" s="1"/>
       <c r="U583" s="1"/>
       <c r="V583" s="1"/>
       <c r="W583" s="1"/>
     </row>
     <row r="584" spans="1:23">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
@@ -30435,95 +30435,95 @@
       <c r="Q584" s="1"/>
       <c r="R584" s="1"/>
       <c r="S584" s="1"/>
       <c r="T584" s="1"/>
       <c r="U584" s="1"/>
       <c r="V584" s="1"/>
       <c r="W584" s="1"/>
     </row>
     <row r="585" spans="1:23">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C585" s="10" t="s">
         <v>1173</v>
       </c>
       <c r="D585" s="3" t="s">
         <v>1174</v>
       </c>
       <c r="E585" s="3">
         <v>1157.88</v>
       </c>
       <c r="F585" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G585" s="3">
-        <v>981.28</v>
+        <v>945.2</v>
       </c>
       <c r="H585" s="4">
         <v>471.71</v>
       </c>
       <c r="I585" s="1"/>
       <c r="J585" s="1"/>
       <c r="K585" s="1"/>
       <c r="L585" s="1"/>
       <c r="M585" s="1"/>
       <c r="N585" s="1"/>
       <c r="O585" s="1"/>
       <c r="P585" s="1"/>
       <c r="Q585" s="1"/>
       <c r="R585" s="1"/>
       <c r="S585" s="1"/>
       <c r="T585" s="1"/>
       <c r="U585" s="1"/>
       <c r="V585" s="1"/>
       <c r="W585" s="1"/>
     </row>
     <row r="586" spans="1:23">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C586" s="10" t="s">
         <v>1175</v>
       </c>
       <c r="D586" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="E586" s="3">
         <v>1442.11</v>
       </c>
       <c r="F586" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G586" s="3">
-        <v>1192.49</v>
+        <v>1183.01</v>
       </c>
       <c r="H586" s="4">
         <v>438.66</v>
       </c>
       <c r="I586" s="1"/>
       <c r="J586" s="1"/>
       <c r="K586" s="1"/>
       <c r="L586" s="1"/>
       <c r="M586" s="1"/>
       <c r="N586" s="1"/>
       <c r="O586" s="1"/>
       <c r="P586" s="1"/>
       <c r="Q586" s="1"/>
       <c r="R586" s="1"/>
       <c r="S586" s="1"/>
       <c r="T586" s="1"/>
       <c r="U586" s="1"/>
       <c r="V586" s="1"/>
       <c r="W586" s="1"/>
     </row>
     <row r="587" spans="1:23">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
@@ -30599,54 +30599,54 @@
       <c r="Q588" s="1"/>
       <c r="R588" s="1"/>
       <c r="S588" s="1"/>
       <c r="T588" s="1"/>
       <c r="U588" s="1"/>
       <c r="V588" s="1"/>
       <c r="W588" s="1"/>
     </row>
     <row r="589" spans="1:23">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C589" s="10" t="s">
         <v>1181</v>
       </c>
       <c r="D589" s="3" t="s">
         <v>1182</v>
       </c>
       <c r="E589" s="3">
         <v>456.92</v>
       </c>
       <c r="F589" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G589" s="3">
-        <v>416.59</v>
+        <v>408</v>
       </c>
       <c r="H589" s="4">
         <v>157.76</v>
       </c>
       <c r="I589" s="1"/>
       <c r="J589" s="1"/>
       <c r="K589" s="1"/>
       <c r="L589" s="1"/>
       <c r="M589" s="1"/>
       <c r="N589" s="1"/>
       <c r="O589" s="1"/>
       <c r="P589" s="1"/>
       <c r="Q589" s="1"/>
       <c r="R589" s="1"/>
       <c r="S589" s="1"/>
       <c r="T589" s="1"/>
       <c r="U589" s="1"/>
       <c r="V589" s="1"/>
       <c r="W589" s="1"/>
     </row>
     <row r="590" spans="1:23">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
@@ -30681,95 +30681,95 @@
       <c r="Q590" s="1"/>
       <c r="R590" s="1"/>
       <c r="S590" s="1"/>
       <c r="T590" s="1"/>
       <c r="U590" s="1"/>
       <c r="V590" s="1"/>
       <c r="W590" s="1"/>
     </row>
     <row r="591" spans="1:23">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C591" s="10" t="s">
         <v>1185</v>
       </c>
       <c r="D591" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="E591" s="3">
         <v>607.96</v>
       </c>
       <c r="F591" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G591" s="3">
-        <v>254.13</v>
+        <v>243.98</v>
       </c>
       <c r="H591" s="4">
         <v>43.28</v>
       </c>
       <c r="I591" s="1"/>
       <c r="J591" s="1"/>
       <c r="K591" s="1"/>
       <c r="L591" s="1"/>
       <c r="M591" s="1"/>
       <c r="N591" s="1"/>
       <c r="O591" s="1"/>
       <c r="P591" s="1"/>
       <c r="Q591" s="1"/>
       <c r="R591" s="1"/>
       <c r="S591" s="1"/>
       <c r="T591" s="1"/>
       <c r="U591" s="1"/>
       <c r="V591" s="1"/>
       <c r="W591" s="1"/>
     </row>
     <row r="592" spans="1:23">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C592" s="10" t="s">
         <v>1187</v>
       </c>
       <c r="D592" s="3" t="s">
         <v>1188</v>
       </c>
       <c r="E592" s="3">
         <v>466.25</v>
       </c>
       <c r="F592" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G592" s="3">
-        <v>291.19</v>
+        <v>264.86</v>
       </c>
       <c r="H592" s="4">
         <v>89.32</v>
       </c>
       <c r="I592" s="1"/>
       <c r="J592" s="1"/>
       <c r="K592" s="1"/>
       <c r="L592" s="1"/>
       <c r="M592" s="1"/>
       <c r="N592" s="1"/>
       <c r="O592" s="1"/>
       <c r="P592" s="1"/>
       <c r="Q592" s="1"/>
       <c r="R592" s="1"/>
       <c r="S592" s="1"/>
       <c r="T592" s="1"/>
       <c r="U592" s="1"/>
       <c r="V592" s="1"/>
       <c r="W592" s="1"/>
     </row>
     <row r="593" spans="1:23">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
@@ -30804,95 +30804,95 @@
       <c r="Q593" s="1"/>
       <c r="R593" s="1"/>
       <c r="S593" s="1"/>
       <c r="T593" s="1"/>
       <c r="U593" s="1"/>
       <c r="V593" s="1"/>
       <c r="W593" s="1"/>
     </row>
     <row r="594" spans="1:23">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C594" s="10" t="s">
         <v>1191</v>
       </c>
       <c r="D594" s="3" t="s">
         <v>1192</v>
       </c>
       <c r="E594" s="3">
         <v>632.16</v>
       </c>
       <c r="F594" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G594" s="3">
-        <v>459.76</v>
+        <v>437.67</v>
       </c>
       <c r="H594" s="4">
         <v>280.83</v>
       </c>
       <c r="I594" s="1"/>
       <c r="J594" s="1"/>
       <c r="K594" s="1"/>
       <c r="L594" s="1"/>
       <c r="M594" s="1"/>
       <c r="N594" s="1"/>
       <c r="O594" s="1"/>
       <c r="P594" s="1"/>
       <c r="Q594" s="1"/>
       <c r="R594" s="1"/>
       <c r="S594" s="1"/>
       <c r="T594" s="1"/>
       <c r="U594" s="1"/>
       <c r="V594" s="1"/>
       <c r="W594" s="1"/>
     </row>
     <row r="595" spans="1:23">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C595" s="10" t="s">
         <v>1193</v>
       </c>
       <c r="D595" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="E595" s="3">
         <v>945.93</v>
       </c>
       <c r="F595" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G595" s="3">
-        <v>249.04</v>
+        <v>245.34</v>
       </c>
       <c r="H595" s="4">
         <v>316.28</v>
       </c>
       <c r="I595" s="1"/>
       <c r="J595" s="1"/>
       <c r="K595" s="1"/>
       <c r="L595" s="1"/>
       <c r="M595" s="1"/>
       <c r="N595" s="1"/>
       <c r="O595" s="1"/>
       <c r="P595" s="1"/>
       <c r="Q595" s="1"/>
       <c r="R595" s="1"/>
       <c r="S595" s="1"/>
       <c r="T595" s="1"/>
       <c r="U595" s="1"/>
       <c r="V595" s="1"/>
       <c r="W595" s="1"/>
     </row>
     <row r="596" spans="1:23">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
@@ -30968,218 +30968,218 @@
       <c r="Q597" s="1"/>
       <c r="R597" s="1"/>
       <c r="S597" s="1"/>
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
     </row>
     <row r="598" spans="1:23">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C598" s="10" t="s">
         <v>1199</v>
       </c>
       <c r="D598" s="3" t="s">
         <v>1200</v>
       </c>
       <c r="E598" s="3">
         <v>297.35</v>
       </c>
       <c r="F598" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G598" s="3">
-        <v>236.79</v>
+        <v>220.57</v>
       </c>
       <c r="H598" s="4">
         <v>117.18</v>
       </c>
       <c r="I598" s="1"/>
       <c r="J598" s="1"/>
       <c r="K598" s="1"/>
       <c r="L598" s="1"/>
       <c r="M598" s="1"/>
       <c r="N598" s="1"/>
       <c r="O598" s="1"/>
       <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1"/>
       <c r="S598" s="1"/>
       <c r="T598" s="1"/>
       <c r="U598" s="1"/>
       <c r="V598" s="1"/>
       <c r="W598" s="1"/>
     </row>
     <row r="599" spans="1:23">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C599" s="10" t="s">
         <v>1201</v>
       </c>
       <c r="D599" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="E599" s="3">
         <v>639.01</v>
       </c>
       <c r="F599" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G599" s="3">
-        <v>540.17</v>
+        <v>538.55</v>
       </c>
       <c r="H599" s="4">
         <v>178.79</v>
       </c>
       <c r="I599" s="1"/>
       <c r="J599" s="1"/>
       <c r="K599" s="1"/>
       <c r="L599" s="1"/>
       <c r="M599" s="1"/>
       <c r="N599" s="1"/>
       <c r="O599" s="1"/>
       <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1"/>
       <c r="S599" s="1"/>
       <c r="T599" s="1"/>
       <c r="U599" s="1"/>
       <c r="V599" s="1"/>
       <c r="W599" s="1"/>
     </row>
     <row r="600" spans="1:23">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C600" s="10" t="s">
         <v>1203</v>
       </c>
       <c r="D600" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="E600" s="3">
         <v>586.37</v>
       </c>
       <c r="F600" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G600" s="3">
-        <v>350.39</v>
+        <v>347.86</v>
       </c>
       <c r="H600" s="4">
         <v>226.92</v>
       </c>
       <c r="I600" s="1"/>
       <c r="J600" s="1"/>
       <c r="K600" s="1"/>
       <c r="L600" s="1"/>
       <c r="M600" s="1"/>
       <c r="N600" s="1"/>
       <c r="O600" s="1"/>
       <c r="P600" s="1"/>
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
     </row>
     <row r="601" spans="1:23">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C601" s="10" t="s">
         <v>1205</v>
       </c>
       <c r="D601" s="3" t="s">
         <v>1206</v>
       </c>
       <c r="E601" s="3">
         <v>220.71</v>
       </c>
       <c r="F601" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G601" s="3">
-        <v>111.27</v>
+        <v>107.06</v>
       </c>
       <c r="H601" s="4">
         <v>33.85</v>
       </c>
       <c r="I601" s="1"/>
       <c r="J601" s="1"/>
       <c r="K601" s="1"/>
       <c r="L601" s="1"/>
       <c r="M601" s="1"/>
       <c r="N601" s="1"/>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
     </row>
     <row r="602" spans="1:23">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C602" s="10" t="s">
         <v>1207</v>
       </c>
       <c r="D602" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="E602" s="3">
         <v>367.1</v>
       </c>
       <c r="F602" s="3">
         <v>8</v>
       </c>
       <c r="G602" s="3">
-        <v>238.83</v>
+        <v>255.1</v>
       </c>
       <c r="H602" s="4">
         <v>108.14</v>
       </c>
       <c r="I602" s="1"/>
       <c r="J602" s="1"/>
       <c r="K602" s="1"/>
       <c r="L602" s="1"/>
       <c r="M602" s="1"/>
       <c r="N602" s="1"/>
       <c r="O602" s="1"/>
       <c r="P602" s="1"/>
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
     </row>
     <row r="603" spans="1:23">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
@@ -31214,54 +31214,54 @@
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C604" s="10" t="s">
         <v>1211</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>1212</v>
       </c>
       <c r="E604" s="3">
         <v>262.44</v>
       </c>
       <c r="F604" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G604" s="3">
-        <v>184.04</v>
+        <v>171.73</v>
       </c>
       <c r="H604" s="4">
         <v>101.03</v>
       </c>
       <c r="I604" s="1"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
@@ -31296,54 +31296,54 @@
       <c r="Q605" s="1"/>
       <c r="R605" s="1"/>
       <c r="S605" s="1"/>
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="10" t="s">
         <v>1215</v>
       </c>
       <c r="D606" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="E606" s="3">
         <v>631.55</v>
       </c>
       <c r="F606" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G606" s="3">
-        <v>492.93</v>
+        <v>420.12</v>
       </c>
       <c r="H606" s="4">
         <v>231.45</v>
       </c>
       <c r="I606" s="1"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
@@ -31460,95 +31460,95 @@
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C610" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D610" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E610" s="3">
         <v>152.16</v>
       </c>
       <c r="F610" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G610" s="3">
-        <v>150.46</v>
+        <v>141.14</v>
       </c>
       <c r="H610" s="4">
         <v>50.16</v>
       </c>
       <c r="I610" s="1"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C611" s="10" t="s">
         <v>1225</v>
       </c>
       <c r="D611" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="E611" s="3">
         <v>497.65</v>
       </c>
       <c r="F611" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G611" s="3">
-        <v>440.08</v>
+        <v>432.27</v>
       </c>
       <c r="H611" s="4">
         <v>245.93</v>
       </c>
       <c r="I611" s="1"/>
       <c r="J611" s="1"/>
       <c r="K611" s="1"/>
       <c r="L611" s="1"/>
       <c r="M611" s="1"/>
       <c r="N611" s="1"/>
       <c r="O611" s="1"/>
       <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1"/>
       <c r="S611" s="1"/>
       <c r="T611" s="1"/>
       <c r="U611" s="1"/>
       <c r="V611" s="1"/>
       <c r="W611" s="1"/>
     </row>
     <row r="612" spans="1:23">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
@@ -31583,95 +31583,95 @@
       <c r="Q612" s="1"/>
       <c r="R612" s="1"/>
       <c r="S612" s="1"/>
       <c r="T612" s="1"/>
       <c r="U612" s="1"/>
       <c r="V612" s="1"/>
       <c r="W612" s="1"/>
     </row>
     <row r="613" spans="1:23">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C613" s="10" t="s">
         <v>1229</v>
       </c>
       <c r="D613" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="E613" s="3">
         <v>869.82</v>
       </c>
       <c r="F613" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G613" s="3">
-        <v>524.95</v>
+        <v>518.55</v>
       </c>
       <c r="H613" s="4">
         <v>45.23</v>
       </c>
       <c r="I613" s="1"/>
       <c r="J613" s="1"/>
       <c r="K613" s="1"/>
       <c r="L613" s="1"/>
       <c r="M613" s="1"/>
       <c r="N613" s="1"/>
       <c r="O613" s="1"/>
       <c r="P613" s="1"/>
       <c r="Q613" s="1"/>
       <c r="R613" s="1"/>
       <c r="S613" s="1"/>
       <c r="T613" s="1"/>
       <c r="U613" s="1"/>
       <c r="V613" s="1"/>
       <c r="W613" s="1"/>
     </row>
     <row r="614" spans="1:23">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C614" s="10" t="s">
         <v>1231</v>
       </c>
       <c r="D614" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="E614" s="3">
         <v>327.8</v>
       </c>
       <c r="F614" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G614" s="3">
-        <v>322.04</v>
+        <v>274.61</v>
       </c>
       <c r="H614" s="4">
         <v>184.95</v>
       </c>
       <c r="I614" s="1"/>
       <c r="J614" s="1"/>
       <c r="K614" s="1"/>
       <c r="L614" s="1"/>
       <c r="M614" s="1"/>
       <c r="N614" s="1"/>
       <c r="O614" s="1"/>
       <c r="P614" s="1"/>
       <c r="Q614" s="1"/>
       <c r="R614" s="1"/>
       <c r="S614" s="1"/>
       <c r="T614" s="1"/>
       <c r="U614" s="1"/>
       <c r="V614" s="1"/>
       <c r="W614" s="1"/>
     </row>
     <row r="615" spans="1:23">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
@@ -31788,54 +31788,54 @@
       <c r="Q617" s="1"/>
       <c r="R617" s="1"/>
       <c r="S617" s="1"/>
       <c r="T617" s="1"/>
       <c r="U617" s="1"/>
       <c r="V617" s="1"/>
       <c r="W617" s="1"/>
     </row>
     <row r="618" spans="1:23">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="10" t="s">
         <v>1239</v>
       </c>
       <c r="D618" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="E618" s="3">
         <v>248.23</v>
       </c>
       <c r="F618" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G618" s="3">
-        <v>82.94</v>
+        <v>55.76</v>
       </c>
       <c r="H618" s="4">
         <v>27.32</v>
       </c>
       <c r="I618" s="1"/>
       <c r="J618" s="1"/>
       <c r="K618" s="1"/>
       <c r="L618" s="1"/>
       <c r="M618" s="1"/>
       <c r="N618" s="1"/>
       <c r="O618" s="1"/>
       <c r="P618" s="1"/>
       <c r="Q618" s="1"/>
       <c r="R618" s="1"/>
       <c r="S618" s="1"/>
       <c r="T618" s="1"/>
       <c r="U618" s="1"/>
       <c r="V618" s="1"/>
       <c r="W618" s="1"/>
     </row>
     <row r="619" spans="1:23">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
@@ -31952,95 +31952,95 @@
       <c r="Q621" s="1"/>
       <c r="R621" s="1"/>
       <c r="S621" s="1"/>
       <c r="T621" s="1"/>
       <c r="U621" s="1"/>
       <c r="V621" s="1"/>
       <c r="W621" s="1"/>
     </row>
     <row r="622" spans="1:23">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C622" s="10" t="s">
         <v>1247</v>
       </c>
       <c r="D622" s="3" t="s">
         <v>1248</v>
       </c>
       <c r="E622" s="3">
         <v>1324.42</v>
       </c>
       <c r="F622" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G622" s="3">
-        <v>1154.23</v>
+        <v>1147.93</v>
       </c>
       <c r="H622" s="4">
         <v>442.83</v>
       </c>
       <c r="I622" s="1"/>
       <c r="J622" s="1"/>
       <c r="K622" s="1"/>
       <c r="L622" s="1"/>
       <c r="M622" s="1"/>
       <c r="N622" s="1"/>
       <c r="O622" s="1"/>
       <c r="P622" s="1"/>
       <c r="Q622" s="1"/>
       <c r="R622" s="1"/>
       <c r="S622" s="1"/>
       <c r="T622" s="1"/>
       <c r="U622" s="1"/>
       <c r="V622" s="1"/>
       <c r="W622" s="1"/>
     </row>
     <row r="623" spans="1:23">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C623" s="10" t="s">
         <v>1249</v>
       </c>
       <c r="D623" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="E623" s="3">
         <v>38.13</v>
       </c>
       <c r="F623" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G623" s="3">
-        <v>39.33</v>
+        <v>37.68</v>
       </c>
       <c r="H623" s="4">
         <v>25.45</v>
       </c>
       <c r="I623" s="1"/>
       <c r="J623" s="1"/>
       <c r="K623" s="1"/>
       <c r="L623" s="1"/>
       <c r="M623" s="1"/>
       <c r="N623" s="1"/>
       <c r="O623" s="1"/>
       <c r="P623" s="1"/>
       <c r="Q623" s="1"/>
       <c r="R623" s="1"/>
       <c r="S623" s="1"/>
       <c r="T623" s="1"/>
       <c r="U623" s="1"/>
       <c r="V623" s="1"/>
       <c r="W623" s="1"/>
     </row>
     <row r="624" spans="1:23">
       <c r="A624" s="3">
         <v>622</v>
       </c>
       <c r="B624" s="3" t="s">
@@ -32198,95 +32198,95 @@
       <c r="Q627" s="1"/>
       <c r="R627" s="1"/>
       <c r="S627" s="1"/>
       <c r="T627" s="1"/>
       <c r="U627" s="1"/>
       <c r="V627" s="1"/>
       <c r="W627" s="1"/>
     </row>
     <row r="628" spans="1:23">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C628" s="10" t="s">
         <v>1259</v>
       </c>
       <c r="D628" s="3" t="s">
         <v>1260</v>
       </c>
       <c r="E628" s="3">
         <v>1452.39</v>
       </c>
       <c r="F628" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G628" s="3">
-        <v>1211.09</v>
+        <v>1352.37</v>
       </c>
       <c r="H628" s="4">
         <v>599.18</v>
       </c>
       <c r="I628" s="1"/>
       <c r="J628" s="1"/>
       <c r="K628" s="1"/>
       <c r="L628" s="1"/>
       <c r="M628" s="1"/>
       <c r="N628" s="1"/>
       <c r="O628" s="1"/>
       <c r="P628" s="1"/>
       <c r="Q628" s="1"/>
       <c r="R628" s="1"/>
       <c r="S628" s="1"/>
       <c r="T628" s="1"/>
       <c r="U628" s="1"/>
       <c r="V628" s="1"/>
       <c r="W628" s="1"/>
     </row>
     <row r="629" spans="1:23">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C629" s="10" t="s">
         <v>1261</v>
       </c>
       <c r="D629" s="3" t="s">
         <v>1262</v>
       </c>
       <c r="E629" s="3">
         <v>488.77</v>
       </c>
       <c r="F629" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G629" s="3">
-        <v>239.46</v>
+        <v>231.33</v>
       </c>
       <c r="H629" s="4">
         <v>109.45</v>
       </c>
       <c r="I629" s="1"/>
       <c r="J629" s="1"/>
       <c r="K629" s="1"/>
       <c r="L629" s="1"/>
       <c r="M629" s="1"/>
       <c r="N629" s="1"/>
       <c r="O629" s="1"/>
       <c r="P629" s="1"/>
       <c r="Q629" s="1"/>
       <c r="R629" s="1"/>
       <c r="S629" s="1"/>
       <c r="T629" s="1"/>
       <c r="U629" s="1"/>
       <c r="V629" s="1"/>
       <c r="W629" s="1"/>
     </row>
     <row r="630" spans="1:23">
       <c r="A630" s="3">
         <v>628</v>
       </c>
       <c r="B630" s="3" t="s">
@@ -32362,54 +32362,54 @@
       <c r="Q631" s="1"/>
       <c r="R631" s="1"/>
       <c r="S631" s="1"/>
       <c r="T631" s="1"/>
       <c r="U631" s="1"/>
       <c r="V631" s="1"/>
       <c r="W631" s="1"/>
     </row>
     <row r="632" spans="1:23">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C632" s="10" t="s">
         <v>1267</v>
       </c>
       <c r="D632" s="3" t="s">
         <v>1268</v>
       </c>
       <c r="E632" s="3">
         <v>89.89</v>
       </c>
       <c r="F632" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G632" s="3">
-        <v>18.92</v>
+        <v>17.97</v>
       </c>
       <c r="H632" s="4">
         <v>166.03</v>
       </c>
       <c r="I632" s="1"/>
       <c r="J632" s="1"/>
       <c r="K632" s="1"/>
       <c r="L632" s="1"/>
       <c r="M632" s="1"/>
       <c r="N632" s="1"/>
       <c r="O632" s="1"/>
       <c r="P632" s="1"/>
       <c r="Q632" s="1"/>
       <c r="R632" s="1"/>
       <c r="S632" s="1"/>
       <c r="T632" s="1"/>
       <c r="U632" s="1"/>
       <c r="V632" s="1"/>
       <c r="W632" s="1"/>
     </row>
     <row r="633" spans="1:23">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
@@ -32772,54 +32772,54 @@
       <c r="Q641" s="1"/>
       <c r="R641" s="1"/>
       <c r="S641" s="1"/>
       <c r="T641" s="1"/>
       <c r="U641" s="1"/>
       <c r="V641" s="1"/>
       <c r="W641" s="1"/>
     </row>
     <row r="642" spans="1:23">
       <c r="A642" s="3">
         <v>640</v>
       </c>
       <c r="B642" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C642" s="10" t="s">
         <v>1287</v>
       </c>
       <c r="D642" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="E642" s="3">
         <v>61.29</v>
       </c>
       <c r="F642" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G642" s="3">
-        <v>55.99</v>
+        <v>46.15</v>
       </c>
       <c r="H642" s="4">
         <v>92.92</v>
       </c>
       <c r="I642" s="1"/>
       <c r="J642" s="1"/>
       <c r="K642" s="1"/>
       <c r="L642" s="1"/>
       <c r="M642" s="1"/>
       <c r="N642" s="1"/>
       <c r="O642" s="1"/>
       <c r="P642" s="1"/>
       <c r="Q642" s="1"/>
       <c r="R642" s="1"/>
       <c r="S642" s="1"/>
       <c r="T642" s="1"/>
       <c r="U642" s="1"/>
       <c r="V642" s="1"/>
       <c r="W642" s="1"/>
     </row>
     <row r="643" spans="1:23">
       <c r="A643" s="3">
         <v>641</v>
       </c>
       <c r="B643" s="3" t="s">
@@ -32857,51 +32857,51 @@
       <c r="T643" s="1"/>
       <c r="U643" s="1"/>
       <c r="V643" s="1"/>
       <c r="W643" s="1"/>
     </row>
     <row r="644" spans="1:23">
       <c r="A644" s="3">
         <v>642</v>
       </c>
       <c r="B644" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C644" s="10" t="s">
         <v>1291</v>
       </c>
       <c r="D644" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="E644" s="3">
         <v>169.28</v>
       </c>
       <c r="F644" s="3">
         <v>17</v>
       </c>
       <c r="G644" s="3">
-        <v>158.18</v>
+        <v>169.79</v>
       </c>
       <c r="H644" s="4">
         <v>127.84</v>
       </c>
       <c r="I644" s="1"/>
       <c r="J644" s="1"/>
       <c r="K644" s="1"/>
       <c r="L644" s="1"/>
       <c r="M644" s="1"/>
       <c r="N644" s="1"/>
       <c r="O644" s="1"/>
       <c r="P644" s="1"/>
       <c r="Q644" s="1"/>
       <c r="R644" s="1"/>
       <c r="S644" s="1"/>
       <c r="T644" s="1"/>
       <c r="U644" s="1"/>
       <c r="V644" s="1"/>
       <c r="W644" s="1"/>
     </row>
     <row r="645" spans="1:23">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
@@ -33223,54 +33223,54 @@
       <c r="Q652" s="1"/>
       <c r="R652" s="1"/>
       <c r="S652" s="1"/>
       <c r="T652" s="1"/>
       <c r="U652" s="1"/>
       <c r="V652" s="1"/>
       <c r="W652" s="1"/>
     </row>
     <row r="653" spans="1:23">
       <c r="A653" s="3">
         <v>651</v>
       </c>
       <c r="B653" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C653" s="10" t="s">
         <v>1309</v>
       </c>
       <c r="D653" s="3" t="s">
         <v>1310</v>
       </c>
       <c r="E653" s="3">
         <v>510.5</v>
       </c>
       <c r="F653" s="3">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G653" s="3">
-        <v>499.13</v>
+        <v>491.39</v>
       </c>
       <c r="H653" s="4">
         <v>448.48</v>
       </c>
       <c r="I653" s="1"/>
       <c r="J653" s="1"/>
       <c r="K653" s="1"/>
       <c r="L653" s="1"/>
       <c r="M653" s="1"/>
       <c r="N653" s="1"/>
       <c r="O653" s="1"/>
       <c r="P653" s="1"/>
       <c r="Q653" s="1"/>
       <c r="R653" s="1"/>
       <c r="S653" s="1"/>
       <c r="T653" s="1"/>
       <c r="U653" s="1"/>
       <c r="V653" s="1"/>
       <c r="W653" s="1"/>
     </row>
     <row r="654" spans="1:23">
       <c r="A654" s="3">
         <v>652</v>
       </c>
       <c r="B654" s="3" t="s">
@@ -33879,54 +33879,54 @@
       <c r="Q668" s="1"/>
       <c r="R668" s="1"/>
       <c r="S668" s="1"/>
       <c r="T668" s="1"/>
       <c r="U668" s="1"/>
       <c r="V668" s="1"/>
       <c r="W668" s="1"/>
     </row>
     <row r="669" spans="1:23">
       <c r="A669" s="3">
         <v>667</v>
       </c>
       <c r="B669" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C669" s="10" t="s">
         <v>1341</v>
       </c>
       <c r="D669" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="E669" s="3">
         <v>43.45</v>
       </c>
       <c r="F669" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G669" s="3">
-        <v>43.73</v>
+        <v>43.61</v>
       </c>
       <c r="H669" s="4">
         <v>33.7</v>
       </c>
       <c r="I669" s="1"/>
       <c r="J669" s="1"/>
       <c r="K669" s="1"/>
       <c r="L669" s="1"/>
       <c r="M669" s="1"/>
       <c r="N669" s="1"/>
       <c r="O669" s="1"/>
       <c r="P669" s="1"/>
       <c r="Q669" s="1"/>
       <c r="R669" s="1"/>
       <c r="S669" s="1"/>
       <c r="T669" s="1"/>
       <c r="U669" s="1"/>
       <c r="V669" s="1"/>
       <c r="W669" s="1"/>
     </row>
     <row r="670" spans="1:23">
       <c r="A670" s="3">
         <v>668</v>
       </c>
       <c r="B670" s="3" t="s">
@@ -34002,54 +34002,54 @@
       <c r="Q671" s="1"/>
       <c r="R671" s="1"/>
       <c r="S671" s="1"/>
       <c r="T671" s="1"/>
       <c r="U671" s="1"/>
       <c r="V671" s="1"/>
       <c r="W671" s="1"/>
     </row>
     <row r="672" spans="1:23">
       <c r="A672" s="3">
         <v>670</v>
       </c>
       <c r="B672" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C672" s="10" t="s">
         <v>1347</v>
       </c>
       <c r="D672" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="E672" s="3">
         <v>42.28</v>
       </c>
       <c r="F672" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G672" s="3">
-        <v>39.71</v>
+        <v>39.48</v>
       </c>
       <c r="H672" s="4">
         <v>29.47</v>
       </c>
       <c r="I672" s="1"/>
       <c r="J672" s="1"/>
       <c r="K672" s="1"/>
       <c r="L672" s="1"/>
       <c r="M672" s="1"/>
       <c r="N672" s="1"/>
       <c r="O672" s="1"/>
       <c r="P672" s="1"/>
       <c r="Q672" s="1"/>
       <c r="R672" s="1"/>
       <c r="S672" s="1"/>
       <c r="T672" s="1"/>
       <c r="U672" s="1"/>
       <c r="V672" s="1"/>
       <c r="W672" s="1"/>
     </row>
     <row r="673" spans="1:23">
       <c r="A673" s="3">
         <v>671</v>
       </c>
       <c r="B673" s="3" t="s">
@@ -34986,95 +34986,95 @@
       <c r="Q695" s="1"/>
       <c r="R695" s="1"/>
       <c r="S695" s="1"/>
       <c r="T695" s="1"/>
       <c r="U695" s="1"/>
       <c r="V695" s="1"/>
       <c r="W695" s="1"/>
     </row>
     <row r="696" spans="1:23">
       <c r="A696" s="3">
         <v>694</v>
       </c>
       <c r="B696" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C696" s="10" t="s">
         <v>1395</v>
       </c>
       <c r="D696" s="3" t="s">
         <v>1396</v>
       </c>
       <c r="E696" s="3">
         <v>664.39</v>
       </c>
       <c r="F696" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G696" s="3">
-        <v>681.33</v>
+        <v>661.49</v>
       </c>
       <c r="H696" s="4">
         <v>300.52</v>
       </c>
       <c r="I696" s="1"/>
       <c r="J696" s="1"/>
       <c r="K696" s="1"/>
       <c r="L696" s="1"/>
       <c r="M696" s="1"/>
       <c r="N696" s="1"/>
       <c r="O696" s="1"/>
       <c r="P696" s="1"/>
       <c r="Q696" s="1"/>
       <c r="R696" s="1"/>
       <c r="S696" s="1"/>
       <c r="T696" s="1"/>
       <c r="U696" s="1"/>
       <c r="V696" s="1"/>
       <c r="W696" s="1"/>
     </row>
     <row r="697" spans="1:23">
       <c r="A697" s="3">
         <v>695</v>
       </c>
       <c r="B697" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C697" s="10" t="s">
         <v>1397</v>
       </c>
       <c r="D697" s="3" t="s">
         <v>1398</v>
       </c>
       <c r="E697" s="3">
         <v>38.91</v>
       </c>
       <c r="F697" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G697" s="3">
-        <v>38.52</v>
+        <v>38.2</v>
       </c>
       <c r="H697" s="4">
         <v>22.01</v>
       </c>
       <c r="I697" s="1"/>
       <c r="J697" s="1"/>
       <c r="K697" s="1"/>
       <c r="L697" s="1"/>
       <c r="M697" s="1"/>
       <c r="N697" s="1"/>
       <c r="O697" s="1"/>
       <c r="P697" s="1"/>
       <c r="Q697" s="1"/>
       <c r="R697" s="1"/>
       <c r="S697" s="1"/>
       <c r="T697" s="1"/>
       <c r="U697" s="1"/>
       <c r="V697" s="1"/>
       <c r="W697" s="1"/>
     </row>
     <row r="698" spans="1:23">
       <c r="A698" s="3">
         <v>696</v>
       </c>
       <c r="B698" s="3" t="s">
@@ -35273,341 +35273,341 @@
       <c r="Q702" s="1"/>
       <c r="R702" s="1"/>
       <c r="S702" s="1"/>
       <c r="T702" s="1"/>
       <c r="U702" s="1"/>
       <c r="V702" s="1"/>
       <c r="W702" s="1"/>
     </row>
     <row r="703" spans="1:23">
       <c r="A703" s="3">
         <v>701</v>
       </c>
       <c r="B703" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C703" s="10" t="s">
         <v>1409</v>
       </c>
       <c r="D703" s="3" t="s">
         <v>1410</v>
       </c>
       <c r="E703" s="3">
         <v>551.14</v>
       </c>
       <c r="F703" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G703" s="3">
-        <v>511.62</v>
+        <v>501.73</v>
       </c>
       <c r="H703" s="4">
         <v>157.19</v>
       </c>
       <c r="I703" s="1"/>
       <c r="J703" s="1"/>
       <c r="K703" s="1"/>
       <c r="L703" s="1"/>
       <c r="M703" s="1"/>
       <c r="N703" s="1"/>
       <c r="O703" s="1"/>
       <c r="P703" s="1"/>
       <c r="Q703" s="1"/>
       <c r="R703" s="1"/>
       <c r="S703" s="1"/>
       <c r="T703" s="1"/>
       <c r="U703" s="1"/>
       <c r="V703" s="1"/>
       <c r="W703" s="1"/>
     </row>
     <row r="704" spans="1:23">
       <c r="A704" s="3">
         <v>702</v>
       </c>
       <c r="B704" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C704" s="10" t="s">
         <v>1411</v>
       </c>
       <c r="D704" s="3" t="s">
         <v>1412</v>
       </c>
       <c r="E704" s="3">
         <v>1163.2</v>
       </c>
       <c r="F704" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G704" s="3">
-        <v>885.75</v>
+        <v>875.28</v>
       </c>
       <c r="H704" s="4">
         <v>332.89</v>
       </c>
       <c r="I704" s="1"/>
       <c r="J704" s="1"/>
       <c r="K704" s="1"/>
       <c r="L704" s="1"/>
       <c r="M704" s="1"/>
       <c r="N704" s="1"/>
       <c r="O704" s="1"/>
       <c r="P704" s="1"/>
       <c r="Q704" s="1"/>
       <c r="R704" s="1"/>
       <c r="S704" s="1"/>
       <c r="T704" s="1"/>
       <c r="U704" s="1"/>
       <c r="V704" s="1"/>
       <c r="W704" s="1"/>
     </row>
     <row r="705" spans="1:23">
       <c r="A705" s="3">
         <v>703</v>
       </c>
       <c r="B705" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C705" s="10" t="s">
         <v>1413</v>
       </c>
       <c r="D705" s="3" t="s">
         <v>1414</v>
       </c>
       <c r="E705" s="3">
         <v>0</v>
       </c>
       <c r="F705" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G705" s="3">
-        <v>15.83</v>
+        <v>0.23</v>
       </c>
       <c r="H705" s="4">
         <v>11.71</v>
       </c>
       <c r="I705" s="1"/>
       <c r="J705" s="1"/>
       <c r="K705" s="1"/>
       <c r="L705" s="1"/>
       <c r="M705" s="1"/>
       <c r="N705" s="1"/>
       <c r="O705" s="1"/>
       <c r="P705" s="1"/>
       <c r="Q705" s="1"/>
       <c r="R705" s="1"/>
       <c r="S705" s="1"/>
       <c r="T705" s="1"/>
       <c r="U705" s="1"/>
       <c r="V705" s="1"/>
       <c r="W705" s="1"/>
     </row>
     <row r="706" spans="1:23">
       <c r="A706" s="3">
         <v>704</v>
       </c>
       <c r="B706" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C706" s="10" t="s">
         <v>1415</v>
       </c>
       <c r="D706" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="E706" s="3">
         <v>0</v>
       </c>
       <c r="F706" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G706" s="3">
-        <v>5.03</v>
+        <v>4.74</v>
       </c>
       <c r="H706" s="4">
         <v>4.64</v>
       </c>
       <c r="I706" s="1"/>
       <c r="J706" s="1"/>
       <c r="K706" s="1"/>
       <c r="L706" s="1"/>
       <c r="M706" s="1"/>
       <c r="N706" s="1"/>
       <c r="O706" s="1"/>
       <c r="P706" s="1"/>
       <c r="Q706" s="1"/>
       <c r="R706" s="1"/>
       <c r="S706" s="1"/>
       <c r="T706" s="1"/>
       <c r="U706" s="1"/>
       <c r="V706" s="1"/>
       <c r="W706" s="1"/>
     </row>
     <row r="707" spans="1:23">
       <c r="A707" s="3">
         <v>705</v>
       </c>
       <c r="B707" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C707" s="10" t="s">
         <v>1417</v>
       </c>
       <c r="D707" s="3" t="s">
         <v>1418</v>
       </c>
       <c r="E707" s="3">
         <v>1022.54</v>
       </c>
       <c r="F707" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G707" s="3">
-        <v>867.87</v>
+        <v>842.36</v>
       </c>
       <c r="H707" s="4">
         <v>140.83</v>
       </c>
       <c r="I707" s="1"/>
       <c r="J707" s="1"/>
       <c r="K707" s="1"/>
       <c r="L707" s="1"/>
       <c r="M707" s="1"/>
       <c r="N707" s="1"/>
       <c r="O707" s="1"/>
       <c r="P707" s="1"/>
       <c r="Q707" s="1"/>
       <c r="R707" s="1"/>
       <c r="S707" s="1"/>
       <c r="T707" s="1"/>
       <c r="U707" s="1"/>
       <c r="V707" s="1"/>
       <c r="W707" s="1"/>
     </row>
     <row r="708" spans="1:23">
       <c r="A708" s="3">
         <v>706</v>
       </c>
       <c r="B708" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C708" s="10" t="s">
         <v>1419</v>
       </c>
       <c r="D708" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="E708" s="3">
         <v>963.17</v>
       </c>
       <c r="F708" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G708" s="3">
-        <v>786</v>
+        <v>775.19</v>
       </c>
       <c r="H708" s="4">
         <v>157.89</v>
       </c>
       <c r="I708" s="1"/>
       <c r="J708" s="1"/>
       <c r="K708" s="1"/>
       <c r="L708" s="1"/>
       <c r="M708" s="1"/>
       <c r="N708" s="1"/>
       <c r="O708" s="1"/>
       <c r="P708" s="1"/>
       <c r="Q708" s="1"/>
       <c r="R708" s="1"/>
       <c r="S708" s="1"/>
       <c r="T708" s="1"/>
       <c r="U708" s="1"/>
       <c r="V708" s="1"/>
       <c r="W708" s="1"/>
     </row>
     <row r="709" spans="1:23">
       <c r="A709" s="3">
         <v>707</v>
       </c>
       <c r="B709" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C709" s="10" t="s">
         <v>1421</v>
       </c>
       <c r="D709" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="E709" s="3">
         <v>601.7</v>
       </c>
       <c r="F709" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G709" s="3">
-        <v>405.74</v>
+        <v>398.43</v>
       </c>
       <c r="H709" s="4">
         <v>134.03</v>
       </c>
       <c r="I709" s="1"/>
       <c r="J709" s="1"/>
       <c r="K709" s="1"/>
       <c r="L709" s="1"/>
       <c r="M709" s="1"/>
       <c r="N709" s="1"/>
       <c r="O709" s="1"/>
       <c r="P709" s="1"/>
       <c r="Q709" s="1"/>
       <c r="R709" s="1"/>
       <c r="S709" s="1"/>
       <c r="T709" s="1"/>
       <c r="U709" s="1"/>
       <c r="V709" s="1"/>
       <c r="W709" s="1"/>
     </row>
     <row r="710" spans="1:23">
       <c r="A710" s="3">
         <v>708</v>
       </c>
       <c r="B710" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C710" s="10" t="s">
         <v>1423</v>
       </c>
       <c r="D710" s="3" t="s">
         <v>1424</v>
       </c>
       <c r="E710" s="3">
         <v>694.01</v>
       </c>
       <c r="F710" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G710" s="3">
-        <v>373.94</v>
+        <v>368.72</v>
       </c>
       <c r="H710" s="4">
         <v>181.73</v>
       </c>
       <c r="I710" s="1"/>
       <c r="J710" s="1"/>
       <c r="K710" s="1"/>
       <c r="L710" s="1"/>
       <c r="M710" s="1"/>
       <c r="N710" s="1"/>
       <c r="O710" s="1"/>
       <c r="P710" s="1"/>
       <c r="Q710" s="1"/>
       <c r="R710" s="1"/>
       <c r="S710" s="1"/>
       <c r="T710" s="1"/>
       <c r="U710" s="1"/>
       <c r="V710" s="1"/>
       <c r="W710" s="1"/>
     </row>
     <row r="711" spans="1:23">
       <c r="A711" s="3">
         <v>709</v>
       </c>
       <c r="B711" s="3" t="s">
@@ -35683,95 +35683,95 @@
       <c r="Q712" s="1"/>
       <c r="R712" s="1"/>
       <c r="S712" s="1"/>
       <c r="T712" s="1"/>
       <c r="U712" s="1"/>
       <c r="V712" s="1"/>
       <c r="W712" s="1"/>
     </row>
     <row r="713" spans="1:23">
       <c r="A713" s="3">
         <v>711</v>
       </c>
       <c r="B713" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C713" s="10" t="s">
         <v>1429</v>
       </c>
       <c r="D713" s="3" t="s">
         <v>1430</v>
       </c>
       <c r="E713" s="3">
         <v>598.58</v>
       </c>
       <c r="F713" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G713" s="3">
-        <v>516.72</v>
+        <v>512.16</v>
       </c>
       <c r="H713" s="4">
         <v>81.52</v>
       </c>
       <c r="I713" s="1"/>
       <c r="J713" s="1"/>
       <c r="K713" s="1"/>
       <c r="L713" s="1"/>
       <c r="M713" s="1"/>
       <c r="N713" s="1"/>
       <c r="O713" s="1"/>
       <c r="P713" s="1"/>
       <c r="Q713" s="1"/>
       <c r="R713" s="1"/>
       <c r="S713" s="1"/>
       <c r="T713" s="1"/>
       <c r="U713" s="1"/>
       <c r="V713" s="1"/>
       <c r="W713" s="1"/>
     </row>
     <row r="714" spans="1:23">
       <c r="A714" s="3">
         <v>712</v>
       </c>
       <c r="B714" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C714" s="10" t="s">
         <v>1431</v>
       </c>
       <c r="D714" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="E714" s="3">
         <v>518.29</v>
       </c>
       <c r="F714" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G714" s="3">
-        <v>438.55</v>
+        <v>422.64</v>
       </c>
       <c r="H714" s="4">
         <v>206.87</v>
       </c>
       <c r="I714" s="1"/>
       <c r="J714" s="1"/>
       <c r="K714" s="1"/>
       <c r="L714" s="1"/>
       <c r="M714" s="1"/>
       <c r="N714" s="1"/>
       <c r="O714" s="1"/>
       <c r="P714" s="1"/>
       <c r="Q714" s="1"/>
       <c r="R714" s="1"/>
       <c r="S714" s="1"/>
       <c r="T714" s="1"/>
       <c r="U714" s="1"/>
       <c r="V714" s="1"/>
       <c r="W714" s="1"/>
     </row>
     <row r="715" spans="1:23">
       <c r="A715" s="3">
         <v>713</v>
       </c>
       <c r="B715" s="3" t="s">
@@ -35806,136 +35806,136 @@
       <c r="Q715" s="1"/>
       <c r="R715" s="1"/>
       <c r="S715" s="1"/>
       <c r="T715" s="1"/>
       <c r="U715" s="1"/>
       <c r="V715" s="1"/>
       <c r="W715" s="1"/>
     </row>
     <row r="716" spans="1:23">
       <c r="A716" s="3">
         <v>714</v>
       </c>
       <c r="B716" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C716" s="10" t="s">
         <v>1435</v>
       </c>
       <c r="D716" s="3" t="s">
         <v>1436</v>
       </c>
       <c r="E716" s="3">
         <v>503.31</v>
       </c>
       <c r="F716" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G716" s="3">
-        <v>246.34</v>
+        <v>237.75</v>
       </c>
       <c r="H716" s="4">
         <v>89.55</v>
       </c>
       <c r="I716" s="1"/>
       <c r="J716" s="1"/>
       <c r="K716" s="1"/>
       <c r="L716" s="1"/>
       <c r="M716" s="1"/>
       <c r="N716" s="1"/>
       <c r="O716" s="1"/>
       <c r="P716" s="1"/>
       <c r="Q716" s="1"/>
       <c r="R716" s="1"/>
       <c r="S716" s="1"/>
       <c r="T716" s="1"/>
       <c r="U716" s="1"/>
       <c r="V716" s="1"/>
       <c r="W716" s="1"/>
     </row>
     <row r="717" spans="1:23">
       <c r="A717" s="3">
         <v>715</v>
       </c>
       <c r="B717" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C717" s="10" t="s">
         <v>1437</v>
       </c>
       <c r="D717" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="E717" s="3">
         <v>394.85</v>
       </c>
       <c r="F717" s="3">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="G717" s="3">
-        <v>270.45</v>
+        <v>90.14</v>
       </c>
       <c r="H717" s="4">
         <v>112</v>
       </c>
       <c r="I717" s="1"/>
       <c r="J717" s="1"/>
       <c r="K717" s="1"/>
       <c r="L717" s="1"/>
       <c r="M717" s="1"/>
       <c r="N717" s="1"/>
       <c r="O717" s="1"/>
       <c r="P717" s="1"/>
       <c r="Q717" s="1"/>
       <c r="R717" s="1"/>
       <c r="S717" s="1"/>
       <c r="T717" s="1"/>
       <c r="U717" s="1"/>
       <c r="V717" s="1"/>
       <c r="W717" s="1"/>
     </row>
     <row r="718" spans="1:23">
       <c r="A718" s="3">
         <v>716</v>
       </c>
       <c r="B718" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C718" s="10" t="s">
         <v>1439</v>
       </c>
       <c r="D718" s="3" t="s">
         <v>1440</v>
       </c>
       <c r="E718" s="3">
         <v>408.45</v>
       </c>
       <c r="F718" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G718" s="3">
-        <v>318.91</v>
+        <v>259.33</v>
       </c>
       <c r="H718" s="4">
         <v>178.64</v>
       </c>
       <c r="I718" s="1"/>
       <c r="J718" s="1"/>
       <c r="K718" s="1"/>
       <c r="L718" s="1"/>
       <c r="M718" s="1"/>
       <c r="N718" s="1"/>
       <c r="O718" s="1"/>
       <c r="P718" s="1"/>
       <c r="Q718" s="1"/>
       <c r="R718" s="1"/>
       <c r="S718" s="1"/>
       <c r="T718" s="1"/>
       <c r="U718" s="1"/>
       <c r="V718" s="1"/>
       <c r="W718" s="1"/>
     </row>
     <row r="719" spans="1:23">
       <c r="A719" s="3">
         <v>717</v>
       </c>
       <c r="B719" s="3" t="s">
@@ -36011,95 +36011,95 @@
       <c r="Q720" s="1"/>
       <c r="R720" s="1"/>
       <c r="S720" s="1"/>
       <c r="T720" s="1"/>
       <c r="U720" s="1"/>
       <c r="V720" s="1"/>
       <c r="W720" s="1"/>
     </row>
     <row r="721" spans="1:23">
       <c r="A721" s="3">
         <v>719</v>
       </c>
       <c r="B721" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C721" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="D721" s="3" t="s">
         <v>1446</v>
       </c>
       <c r="E721" s="3">
         <v>379.09</v>
       </c>
       <c r="F721" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G721" s="3">
-        <v>339.17</v>
+        <v>336.69</v>
       </c>
       <c r="H721" s="4">
         <v>153.54</v>
       </c>
       <c r="I721" s="1"/>
       <c r="J721" s="1"/>
       <c r="K721" s="1"/>
       <c r="L721" s="1"/>
       <c r="M721" s="1"/>
       <c r="N721" s="1"/>
       <c r="O721" s="1"/>
       <c r="P721" s="1"/>
       <c r="Q721" s="1"/>
       <c r="R721" s="1"/>
       <c r="S721" s="1"/>
       <c r="T721" s="1"/>
       <c r="U721" s="1"/>
       <c r="V721" s="1"/>
       <c r="W721" s="1"/>
     </row>
     <row r="722" spans="1:23">
       <c r="A722" s="3">
         <v>720</v>
       </c>
       <c r="B722" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C722" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="D722" s="3" t="s">
         <v>1448</v>
       </c>
       <c r="E722" s="3">
         <v>966.49</v>
       </c>
       <c r="F722" s="3">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G722" s="3">
-        <v>894.32</v>
+        <v>867.25</v>
       </c>
       <c r="H722" s="4">
         <v>672.72</v>
       </c>
       <c r="I722" s="1"/>
       <c r="J722" s="1"/>
       <c r="K722" s="1"/>
       <c r="L722" s="1"/>
       <c r="M722" s="1"/>
       <c r="N722" s="1"/>
       <c r="O722" s="1"/>
       <c r="P722" s="1"/>
       <c r="Q722" s="1"/>
       <c r="R722" s="1"/>
       <c r="S722" s="1"/>
       <c r="T722" s="1"/>
       <c r="U722" s="1"/>
       <c r="V722" s="1"/>
       <c r="W722" s="1"/>
     </row>
     <row r="723" spans="1:23">
       <c r="A723" s="3">
         <v>721</v>
       </c>
       <c r="B723" s="3" t="s">
@@ -36175,54 +36175,54 @@
       <c r="Q724" s="1"/>
       <c r="R724" s="1"/>
       <c r="S724" s="1"/>
       <c r="T724" s="1"/>
       <c r="U724" s="1"/>
       <c r="V724" s="1"/>
       <c r="W724" s="1"/>
     </row>
     <row r="725" spans="1:23">
       <c r="A725" s="3">
         <v>723</v>
       </c>
       <c r="B725" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C725" s="10" t="s">
         <v>1453</v>
       </c>
       <c r="D725" s="3" t="s">
         <v>1454</v>
       </c>
       <c r="E725" s="3">
         <v>226.63</v>
       </c>
       <c r="F725" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G725" s="3">
-        <v>200.31</v>
+        <v>187.05</v>
       </c>
       <c r="H725" s="4">
         <v>20.61</v>
       </c>
       <c r="I725" s="1"/>
       <c r="J725" s="1"/>
       <c r="K725" s="1"/>
       <c r="L725" s="1"/>
       <c r="M725" s="1"/>
       <c r="N725" s="1"/>
       <c r="O725" s="1"/>
       <c r="P725" s="1"/>
       <c r="Q725" s="1"/>
       <c r="R725" s="1"/>
       <c r="S725" s="1"/>
       <c r="T725" s="1"/>
       <c r="U725" s="1"/>
       <c r="V725" s="1"/>
       <c r="W725" s="1"/>
     </row>
     <row r="726" spans="1:23">
       <c r="A726" s="3">
         <v>724</v>
       </c>
       <c r="B726" s="3" t="s">
@@ -36257,95 +36257,95 @@
       <c r="Q726" s="1"/>
       <c r="R726" s="1"/>
       <c r="S726" s="1"/>
       <c r="T726" s="1"/>
       <c r="U726" s="1"/>
       <c r="V726" s="1"/>
       <c r="W726" s="1"/>
     </row>
     <row r="727" spans="1:23">
       <c r="A727" s="3">
         <v>725</v>
       </c>
       <c r="B727" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C727" s="10" t="s">
         <v>1457</v>
       </c>
       <c r="D727" s="3" t="s">
         <v>1458</v>
       </c>
       <c r="E727" s="3">
         <v>1305.29</v>
       </c>
       <c r="F727" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G727" s="3">
-        <v>1070.98</v>
+        <v>1038.95</v>
       </c>
       <c r="H727" s="4">
         <v>438.34</v>
       </c>
       <c r="I727" s="1"/>
       <c r="J727" s="1"/>
       <c r="K727" s="1"/>
       <c r="L727" s="1"/>
       <c r="M727" s="1"/>
       <c r="N727" s="1"/>
       <c r="O727" s="1"/>
       <c r="P727" s="1"/>
       <c r="Q727" s="1"/>
       <c r="R727" s="1"/>
       <c r="S727" s="1"/>
       <c r="T727" s="1"/>
       <c r="U727" s="1"/>
       <c r="V727" s="1"/>
       <c r="W727" s="1"/>
     </row>
     <row r="728" spans="1:23">
       <c r="A728" s="3">
         <v>726</v>
       </c>
       <c r="B728" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C728" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="D728" s="3" t="s">
         <v>1460</v>
       </c>
       <c r="E728" s="3">
         <v>551.35</v>
       </c>
       <c r="F728" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G728" s="3">
-        <v>358.63</v>
+        <v>341.13</v>
       </c>
       <c r="H728" s="4">
         <v>215.6</v>
       </c>
       <c r="I728" s="1"/>
       <c r="J728" s="1"/>
       <c r="K728" s="1"/>
       <c r="L728" s="1"/>
       <c r="M728" s="1"/>
       <c r="N728" s="1"/>
       <c r="O728" s="1"/>
       <c r="P728" s="1"/>
       <c r="Q728" s="1"/>
       <c r="R728" s="1"/>
       <c r="S728" s="1"/>
       <c r="T728" s="1"/>
       <c r="U728" s="1"/>
       <c r="V728" s="1"/>
       <c r="W728" s="1"/>
     </row>
     <row r="729" spans="1:23">
       <c r="A729" s="3">
         <v>727</v>
       </c>
       <c r="B729" s="3" t="s">
@@ -36875,51 +36875,51 @@
       <c r="T741" s="1"/>
       <c r="U741" s="1"/>
       <c r="V741" s="1"/>
       <c r="W741" s="1"/>
     </row>
     <row r="742" spans="1:23">
       <c r="A742" s="3">
         <v>740</v>
       </c>
       <c r="B742" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C742" s="10" t="s">
         <v>1487</v>
       </c>
       <c r="D742" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="E742" s="3">
         <v>1126</v>
       </c>
       <c r="F742" s="3">
         <v>10</v>
       </c>
       <c r="G742" s="3">
-        <v>858.92</v>
+        <v>859.77</v>
       </c>
       <c r="H742" s="4">
         <v>52.47</v>
       </c>
       <c r="I742" s="1"/>
       <c r="J742" s="1"/>
       <c r="K742" s="1"/>
       <c r="L742" s="1"/>
       <c r="M742" s="1"/>
       <c r="N742" s="1"/>
       <c r="O742" s="1"/>
       <c r="P742" s="1"/>
       <c r="Q742" s="1"/>
       <c r="R742" s="1"/>
       <c r="S742" s="1"/>
       <c r="T742" s="1"/>
       <c r="U742" s="1"/>
       <c r="V742" s="1"/>
       <c r="W742" s="1"/>
     </row>
     <row r="743" spans="1:23">
       <c r="A743" s="3">
         <v>741</v>
       </c>
       <c r="B743" s="3" t="s">
@@ -37774,54 +37774,54 @@
       <c r="Q763" s="1"/>
       <c r="R763" s="1"/>
       <c r="S763" s="1"/>
       <c r="T763" s="1"/>
       <c r="U763" s="1"/>
       <c r="V763" s="1"/>
       <c r="W763" s="1"/>
     </row>
     <row r="764" spans="1:23">
       <c r="A764" s="3">
         <v>762</v>
       </c>
       <c r="B764" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C764" s="10" t="s">
         <v>1531</v>
       </c>
       <c r="D764" s="3" t="s">
         <v>1532</v>
       </c>
       <c r="E764" s="3">
         <v>92.7</v>
       </c>
       <c r="F764" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G764" s="3">
-        <v>118.89</v>
+        <v>122.3</v>
       </c>
       <c r="H764" s="4">
         <v>64.99</v>
       </c>
       <c r="I764" s="1"/>
       <c r="J764" s="1"/>
       <c r="K764" s="1"/>
       <c r="L764" s="1"/>
       <c r="M764" s="1"/>
       <c r="N764" s="1"/>
       <c r="O764" s="1"/>
       <c r="P764" s="1"/>
       <c r="Q764" s="1"/>
       <c r="R764" s="1"/>
       <c r="S764" s="1"/>
       <c r="T764" s="1"/>
       <c r="U764" s="1"/>
       <c r="V764" s="1"/>
       <c r="W764" s="1"/>
     </row>
     <row r="765" spans="1:23">
       <c r="A765" s="3">
         <v>763</v>
       </c>
       <c r="B765" s="3" t="s">
@@ -38020,136 +38020,136 @@
       <c r="Q769" s="1"/>
       <c r="R769" s="1"/>
       <c r="S769" s="1"/>
       <c r="T769" s="1"/>
       <c r="U769" s="1"/>
       <c r="V769" s="1"/>
       <c r="W769" s="1"/>
     </row>
     <row r="770" spans="1:23">
       <c r="A770" s="3">
         <v>768</v>
       </c>
       <c r="B770" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C770" s="10" t="s">
         <v>1543</v>
       </c>
       <c r="D770" s="3" t="s">
         <v>1544</v>
       </c>
       <c r="E770" s="3">
         <v>83.4</v>
       </c>
       <c r="F770" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G770" s="3">
-        <v>78.3</v>
+        <v>90.22</v>
       </c>
       <c r="H770" s="4">
         <v>80.67</v>
       </c>
       <c r="I770" s="1"/>
       <c r="J770" s="1"/>
       <c r="K770" s="1"/>
       <c r="L770" s="1"/>
       <c r="M770" s="1"/>
       <c r="N770" s="1"/>
       <c r="O770" s="1"/>
       <c r="P770" s="1"/>
       <c r="Q770" s="1"/>
       <c r="R770" s="1"/>
       <c r="S770" s="1"/>
       <c r="T770" s="1"/>
       <c r="U770" s="1"/>
       <c r="V770" s="1"/>
       <c r="W770" s="1"/>
     </row>
     <row r="771" spans="1:23">
       <c r="A771" s="3">
         <v>769</v>
       </c>
       <c r="B771" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C771" s="10" t="s">
         <v>1545</v>
       </c>
       <c r="D771" s="3" t="s">
         <v>1546</v>
       </c>
       <c r="E771" s="3">
         <v>3658.45</v>
       </c>
       <c r="F771" s="3">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G771" s="3">
-        <v>1972.82</v>
+        <v>1929.82</v>
       </c>
       <c r="H771" s="4">
         <v>1259.71</v>
       </c>
       <c r="I771" s="1"/>
       <c r="J771" s="1"/>
       <c r="K771" s="1"/>
       <c r="L771" s="1"/>
       <c r="M771" s="1"/>
       <c r="N771" s="1"/>
       <c r="O771" s="1"/>
       <c r="P771" s="1"/>
       <c r="Q771" s="1"/>
       <c r="R771" s="1"/>
       <c r="S771" s="1"/>
       <c r="T771" s="1"/>
       <c r="U771" s="1"/>
       <c r="V771" s="1"/>
       <c r="W771" s="1"/>
     </row>
     <row r="772" spans="1:23">
       <c r="A772" s="3">
         <v>770</v>
       </c>
       <c r="B772" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C772" s="10" t="s">
         <v>1547</v>
       </c>
       <c r="D772" s="3" t="s">
         <v>1548</v>
       </c>
       <c r="E772" s="3">
         <v>1011.34</v>
       </c>
       <c r="F772" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G772" s="3">
-        <v>870.12</v>
+        <v>864.73</v>
       </c>
       <c r="H772" s="4">
         <v>706.98</v>
       </c>
       <c r="I772" s="1"/>
       <c r="J772" s="1"/>
       <c r="K772" s="1"/>
       <c r="L772" s="1"/>
       <c r="M772" s="1"/>
       <c r="N772" s="1"/>
       <c r="O772" s="1"/>
       <c r="P772" s="1"/>
       <c r="Q772" s="1"/>
       <c r="R772" s="1"/>
       <c r="S772" s="1"/>
       <c r="T772" s="1"/>
       <c r="U772" s="1"/>
       <c r="V772" s="1"/>
       <c r="W772" s="1"/>
     </row>
     <row r="773" spans="1:23">
       <c r="A773" s="3">
         <v>771</v>
       </c>
       <c r="B773" s="3" t="s">
@@ -38553,95 +38553,95 @@
       <c r="Q782" s="1"/>
       <c r="R782" s="1"/>
       <c r="S782" s="1"/>
       <c r="T782" s="1"/>
       <c r="U782" s="1"/>
       <c r="V782" s="1"/>
       <c r="W782" s="1"/>
     </row>
     <row r="783" spans="1:23">
       <c r="A783" s="3">
         <v>781</v>
       </c>
       <c r="B783" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C783" s="10" t="s">
         <v>1569</v>
       </c>
       <c r="D783" s="3" t="s">
         <v>1570</v>
       </c>
       <c r="E783" s="3">
         <v>36.21</v>
       </c>
       <c r="F783" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G783" s="3">
-        <v>36.03</v>
+        <v>35.7</v>
       </c>
       <c r="H783" s="4">
         <v>22.03</v>
       </c>
       <c r="I783" s="1"/>
       <c r="J783" s="1"/>
       <c r="K783" s="1"/>
       <c r="L783" s="1"/>
       <c r="M783" s="1"/>
       <c r="N783" s="1"/>
       <c r="O783" s="1"/>
       <c r="P783" s="1"/>
       <c r="Q783" s="1"/>
       <c r="R783" s="1"/>
       <c r="S783" s="1"/>
       <c r="T783" s="1"/>
       <c r="U783" s="1"/>
       <c r="V783" s="1"/>
       <c r="W783" s="1"/>
     </row>
     <row r="784" spans="1:23">
       <c r="A784" s="3">
         <v>782</v>
       </c>
       <c r="B784" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C784" s="10" t="s">
         <v>1571</v>
       </c>
       <c r="D784" s="3" t="s">
         <v>1572</v>
       </c>
       <c r="E784" s="3">
         <v>36.71</v>
       </c>
       <c r="F784" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G784" s="3">
-        <v>36.27</v>
+        <v>36.15</v>
       </c>
       <c r="H784" s="4">
         <v>21.71</v>
       </c>
       <c r="I784" s="1"/>
       <c r="J784" s="1"/>
       <c r="K784" s="1"/>
       <c r="L784" s="1"/>
       <c r="M784" s="1"/>
       <c r="N784" s="1"/>
       <c r="O784" s="1"/>
       <c r="P784" s="1"/>
       <c r="Q784" s="1"/>
       <c r="R784" s="1"/>
       <c r="S784" s="1"/>
       <c r="T784" s="1"/>
       <c r="U784" s="1"/>
       <c r="V784" s="1"/>
       <c r="W784" s="1"/>
     </row>
     <row r="785" spans="1:23">
       <c r="A785" s="3">
         <v>783</v>
       </c>
       <c r="B785" s="3" t="s">
@@ -39537,95 +39537,95 @@
       <c r="Q806" s="1"/>
       <c r="R806" s="1"/>
       <c r="S806" s="1"/>
       <c r="T806" s="1"/>
       <c r="U806" s="1"/>
       <c r="V806" s="1"/>
       <c r="W806" s="1"/>
     </row>
     <row r="807" spans="1:23">
       <c r="A807" s="3">
         <v>805</v>
       </c>
       <c r="B807" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C807" s="10" t="s">
         <v>1617</v>
       </c>
       <c r="D807" s="3" t="s">
         <v>1618</v>
       </c>
       <c r="E807" s="3">
         <v>656.27</v>
       </c>
       <c r="F807" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G807" s="3">
-        <v>693.21</v>
+        <v>686.8</v>
       </c>
       <c r="H807" s="4">
         <v>264.17</v>
       </c>
       <c r="I807" s="1"/>
       <c r="J807" s="1"/>
       <c r="K807" s="1"/>
       <c r="L807" s="1"/>
       <c r="M807" s="1"/>
       <c r="N807" s="1"/>
       <c r="O807" s="1"/>
       <c r="P807" s="1"/>
       <c r="Q807" s="1"/>
       <c r="R807" s="1"/>
       <c r="S807" s="1"/>
       <c r="T807" s="1"/>
       <c r="U807" s="1"/>
       <c r="V807" s="1"/>
       <c r="W807" s="1"/>
     </row>
     <row r="808" spans="1:23">
       <c r="A808" s="3">
         <v>806</v>
       </c>
       <c r="B808" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C808" s="10" t="s">
         <v>1619</v>
       </c>
       <c r="D808" s="3" t="s">
         <v>1620</v>
       </c>
       <c r="E808" s="3">
         <v>416.45</v>
       </c>
       <c r="F808" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G808" s="3">
-        <v>374.81</v>
+        <v>291.31</v>
       </c>
       <c r="H808" s="4">
         <v>93.04</v>
       </c>
       <c r="I808" s="1"/>
       <c r="J808" s="1"/>
       <c r="K808" s="1"/>
       <c r="L808" s="1"/>
       <c r="M808" s="1"/>
       <c r="N808" s="1"/>
       <c r="O808" s="1"/>
       <c r="P808" s="1"/>
       <c r="Q808" s="1"/>
       <c r="R808" s="1"/>
       <c r="S808" s="1"/>
       <c r="T808" s="1"/>
       <c r="U808" s="1"/>
       <c r="V808" s="1"/>
       <c r="W808" s="1"/>
     </row>
     <row r="809" spans="1:23">
       <c r="A809" s="3">
         <v>807</v>
       </c>
       <c r="B809" s="3" t="s">
@@ -39824,54 +39824,54 @@
       <c r="Q813" s="1"/>
       <c r="R813" s="1"/>
       <c r="S813" s="1"/>
       <c r="T813" s="1"/>
       <c r="U813" s="1"/>
       <c r="V813" s="1"/>
       <c r="W813" s="1"/>
     </row>
     <row r="814" spans="1:23">
       <c r="A814" s="3">
         <v>812</v>
       </c>
       <c r="B814" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C814" s="10" t="s">
         <v>1631</v>
       </c>
       <c r="D814" s="3" t="s">
         <v>1632</v>
       </c>
       <c r="E814" s="3">
         <v>902.58</v>
       </c>
       <c r="F814" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G814" s="3">
-        <v>726.5</v>
+        <v>708.06</v>
       </c>
       <c r="H814" s="4">
         <v>334.86</v>
       </c>
       <c r="I814" s="1"/>
       <c r="J814" s="1"/>
       <c r="K814" s="1"/>
       <c r="L814" s="1"/>
       <c r="M814" s="1"/>
       <c r="N814" s="1"/>
       <c r="O814" s="1"/>
       <c r="P814" s="1"/>
       <c r="Q814" s="1"/>
       <c r="R814" s="1"/>
       <c r="S814" s="1"/>
       <c r="T814" s="1"/>
       <c r="U814" s="1"/>
       <c r="V814" s="1"/>
       <c r="W814" s="1"/>
     </row>
     <row r="815" spans="1:23">
       <c r="A815" s="3">
         <v>813</v>
       </c>
       <c r="B815" s="3" t="s">
@@ -40029,54 +40029,54 @@
       <c r="Q818" s="1"/>
       <c r="R818" s="1"/>
       <c r="S818" s="1"/>
       <c r="T818" s="1"/>
       <c r="U818" s="1"/>
       <c r="V818" s="1"/>
       <c r="W818" s="1"/>
     </row>
     <row r="819" spans="1:23">
       <c r="A819" s="3">
         <v>817</v>
       </c>
       <c r="B819" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C819" s="10" t="s">
         <v>1641</v>
       </c>
       <c r="D819" s="3" t="s">
         <v>1642</v>
       </c>
       <c r="E819" s="3">
         <v>39.88</v>
       </c>
       <c r="F819" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G819" s="3">
-        <v>39.45</v>
+        <v>37.04</v>
       </c>
       <c r="H819" s="4">
         <v>0.13</v>
       </c>
       <c r="I819" s="1"/>
       <c r="J819" s="1"/>
       <c r="K819" s="1"/>
       <c r="L819" s="1"/>
       <c r="M819" s="1"/>
       <c r="N819" s="1"/>
       <c r="O819" s="1"/>
       <c r="P819" s="1"/>
       <c r="Q819" s="1"/>
       <c r="R819" s="1"/>
       <c r="S819" s="1"/>
       <c r="T819" s="1"/>
       <c r="U819" s="1"/>
       <c r="V819" s="1"/>
       <c r="W819" s="1"/>
     </row>
     <row r="820" spans="1:23">
       <c r="A820" s="3">
         <v>818</v>
       </c>
       <c r="B820" s="3" t="s">
@@ -40398,54 +40398,54 @@
       <c r="Q827" s="1"/>
       <c r="R827" s="1"/>
       <c r="S827" s="1"/>
       <c r="T827" s="1"/>
       <c r="U827" s="1"/>
       <c r="V827" s="1"/>
       <c r="W827" s="1"/>
     </row>
     <row r="828" spans="1:23">
       <c r="A828" s="3">
         <v>826</v>
       </c>
       <c r="B828" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C828" s="10" t="s">
         <v>1659</v>
       </c>
       <c r="D828" s="3" t="s">
         <v>1660</v>
       </c>
       <c r="E828" s="3">
         <v>816.64</v>
       </c>
       <c r="F828" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G828" s="3">
-        <v>472.49</v>
+        <v>472.43</v>
       </c>
       <c r="H828" s="4">
         <v>56.36</v>
       </c>
       <c r="I828" s="1"/>
       <c r="J828" s="1"/>
       <c r="K828" s="1"/>
       <c r="L828" s="1"/>
       <c r="M828" s="1"/>
       <c r="N828" s="1"/>
       <c r="O828" s="1"/>
       <c r="P828" s="1"/>
       <c r="Q828" s="1"/>
       <c r="R828" s="1"/>
       <c r="S828" s="1"/>
       <c r="T828" s="1"/>
       <c r="U828" s="1"/>
       <c r="V828" s="1"/>
       <c r="W828" s="1"/>
     </row>
     <row r="829" spans="1:23">
       <c r="A829" s="3">
         <v>827</v>
       </c>
       <c r="B829" s="3" t="s">
@@ -40480,95 +40480,95 @@
       <c r="Q829" s="1"/>
       <c r="R829" s="1"/>
       <c r="S829" s="1"/>
       <c r="T829" s="1"/>
       <c r="U829" s="1"/>
       <c r="V829" s="1"/>
       <c r="W829" s="1"/>
     </row>
     <row r="830" spans="1:23">
       <c r="A830" s="3">
         <v>828</v>
       </c>
       <c r="B830" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C830" s="10" t="s">
         <v>1663</v>
       </c>
       <c r="D830" s="3" t="s">
         <v>1664</v>
       </c>
       <c r="E830" s="3">
         <v>724.55</v>
       </c>
       <c r="F830" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G830" s="3">
-        <v>537.1</v>
+        <v>520.92</v>
       </c>
       <c r="H830" s="4">
         <v>187.34</v>
       </c>
       <c r="I830" s="1"/>
       <c r="J830" s="1"/>
       <c r="K830" s="1"/>
       <c r="L830" s="1"/>
       <c r="M830" s="1"/>
       <c r="N830" s="1"/>
       <c r="O830" s="1"/>
       <c r="P830" s="1"/>
       <c r="Q830" s="1"/>
       <c r="R830" s="1"/>
       <c r="S830" s="1"/>
       <c r="T830" s="1"/>
       <c r="U830" s="1"/>
       <c r="V830" s="1"/>
       <c r="W830" s="1"/>
     </row>
     <row r="831" spans="1:23">
       <c r="A831" s="3">
         <v>829</v>
       </c>
       <c r="B831" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C831" s="10" t="s">
         <v>1665</v>
       </c>
       <c r="D831" s="3" t="s">
         <v>1666</v>
       </c>
       <c r="E831" s="3">
         <v>753.15</v>
       </c>
       <c r="F831" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G831" s="3">
-        <v>522.71</v>
+        <v>518.03</v>
       </c>
       <c r="H831" s="4">
         <v>318.77</v>
       </c>
       <c r="I831" s="1"/>
       <c r="J831" s="1"/>
       <c r="K831" s="1"/>
       <c r="L831" s="1"/>
       <c r="M831" s="1"/>
       <c r="N831" s="1"/>
       <c r="O831" s="1"/>
       <c r="P831" s="1"/>
       <c r="Q831" s="1"/>
       <c r="R831" s="1"/>
       <c r="S831" s="1"/>
       <c r="T831" s="1"/>
       <c r="U831" s="1"/>
       <c r="V831" s="1"/>
       <c r="W831" s="1"/>
     </row>
     <row r="832" spans="1:23">
       <c r="A832" s="3">
         <v>830</v>
       </c>
       <c r="B832" s="3" t="s">
@@ -40603,54 +40603,54 @@
       <c r="Q832" s="1"/>
       <c r="R832" s="1"/>
       <c r="S832" s="1"/>
       <c r="T832" s="1"/>
       <c r="U832" s="1"/>
       <c r="V832" s="1"/>
       <c r="W832" s="1"/>
     </row>
     <row r="833" spans="1:23">
       <c r="A833" s="3">
         <v>831</v>
       </c>
       <c r="B833" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C833" s="10" t="s">
         <v>1669</v>
       </c>
       <c r="D833" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="E833" s="3">
         <v>1043.85</v>
       </c>
       <c r="F833" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G833" s="3">
-        <v>837.23</v>
+        <v>823.37</v>
       </c>
       <c r="H833" s="4">
         <v>211.41</v>
       </c>
       <c r="I833" s="1"/>
       <c r="J833" s="1"/>
       <c r="K833" s="1"/>
       <c r="L833" s="1"/>
       <c r="M833" s="1"/>
       <c r="N833" s="1"/>
       <c r="O833" s="1"/>
       <c r="P833" s="1"/>
       <c r="Q833" s="1"/>
       <c r="R833" s="1"/>
       <c r="S833" s="1"/>
       <c r="T833" s="1"/>
       <c r="U833" s="1"/>
       <c r="V833" s="1"/>
       <c r="W833" s="1"/>
     </row>
     <row r="834" spans="1:23">
       <c r="A834" s="3">
         <v>832</v>
       </c>
       <c r="B834" s="3" t="s">
@@ -40726,177 +40726,177 @@
       <c r="Q835" s="1"/>
       <c r="R835" s="1"/>
       <c r="S835" s="1"/>
       <c r="T835" s="1"/>
       <c r="U835" s="1"/>
       <c r="V835" s="1"/>
       <c r="W835" s="1"/>
     </row>
     <row r="836" spans="1:23">
       <c r="A836" s="3">
         <v>834</v>
       </c>
       <c r="B836" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C836" s="10" t="s">
         <v>1675</v>
       </c>
       <c r="D836" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="E836" s="3">
         <v>282.39</v>
       </c>
       <c r="F836" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G836" s="3">
-        <v>230.01</v>
+        <v>228.23</v>
       </c>
       <c r="H836" s="4">
         <v>96.79</v>
       </c>
       <c r="I836" s="1"/>
       <c r="J836" s="1"/>
       <c r="K836" s="1"/>
       <c r="L836" s="1"/>
       <c r="M836" s="1"/>
       <c r="N836" s="1"/>
       <c r="O836" s="1"/>
       <c r="P836" s="1"/>
       <c r="Q836" s="1"/>
       <c r="R836" s="1"/>
       <c r="S836" s="1"/>
       <c r="T836" s="1"/>
       <c r="U836" s="1"/>
       <c r="V836" s="1"/>
       <c r="W836" s="1"/>
     </row>
     <row r="837" spans="1:23">
       <c r="A837" s="3">
         <v>835</v>
       </c>
       <c r="B837" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C837" s="10" t="s">
         <v>1677</v>
       </c>
       <c r="D837" s="3" t="s">
         <v>1678</v>
       </c>
       <c r="E837" s="3">
         <v>234.93</v>
       </c>
       <c r="F837" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G837" s="3">
-        <v>111.48</v>
+        <v>106.94</v>
       </c>
       <c r="H837" s="4">
         <v>33.05</v>
       </c>
       <c r="I837" s="1"/>
       <c r="J837" s="1"/>
       <c r="K837" s="1"/>
       <c r="L837" s="1"/>
       <c r="M837" s="1"/>
       <c r="N837" s="1"/>
       <c r="O837" s="1"/>
       <c r="P837" s="1"/>
       <c r="Q837" s="1"/>
       <c r="R837" s="1"/>
       <c r="S837" s="1"/>
       <c r="T837" s="1"/>
       <c r="U837" s="1"/>
       <c r="V837" s="1"/>
       <c r="W837" s="1"/>
     </row>
     <row r="838" spans="1:23">
       <c r="A838" s="3">
         <v>836</v>
       </c>
       <c r="B838" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C838" s="10" t="s">
         <v>1679</v>
       </c>
       <c r="D838" s="3" t="s">
         <v>1680</v>
       </c>
       <c r="E838" s="3">
         <v>678.24</v>
       </c>
       <c r="F838" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G838" s="3">
-        <v>523.52</v>
+        <v>520.24</v>
       </c>
       <c r="H838" s="4">
         <v>74.36</v>
       </c>
       <c r="I838" s="1"/>
       <c r="J838" s="1"/>
       <c r="K838" s="1"/>
       <c r="L838" s="1"/>
       <c r="M838" s="1"/>
       <c r="N838" s="1"/>
       <c r="O838" s="1"/>
       <c r="P838" s="1"/>
       <c r="Q838" s="1"/>
       <c r="R838" s="1"/>
       <c r="S838" s="1"/>
       <c r="T838" s="1"/>
       <c r="U838" s="1"/>
       <c r="V838" s="1"/>
       <c r="W838" s="1"/>
     </row>
     <row r="839" spans="1:23">
       <c r="A839" s="3">
         <v>837</v>
       </c>
       <c r="B839" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C839" s="10" t="s">
         <v>1681</v>
       </c>
       <c r="D839" s="3" t="s">
         <v>1682</v>
       </c>
       <c r="E839" s="3">
         <v>640.4</v>
       </c>
       <c r="F839" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G839" s="3">
-        <v>530.39</v>
+        <v>497.71</v>
       </c>
       <c r="H839" s="4">
         <v>197.41</v>
       </c>
       <c r="I839" s="1"/>
       <c r="J839" s="1"/>
       <c r="K839" s="1"/>
       <c r="L839" s="1"/>
       <c r="M839" s="1"/>
       <c r="N839" s="1"/>
       <c r="O839" s="1"/>
       <c r="P839" s="1"/>
       <c r="Q839" s="1"/>
       <c r="R839" s="1"/>
       <c r="S839" s="1"/>
       <c r="T839" s="1"/>
       <c r="U839" s="1"/>
       <c r="V839" s="1"/>
       <c r="W839" s="1"/>
     </row>
     <row r="840" spans="1:23">
       <c r="A840" s="3">
         <v>838</v>
       </c>
       <c r="B840" s="3" t="s">
@@ -40972,95 +40972,95 @@
       <c r="Q841" s="1"/>
       <c r="R841" s="1"/>
       <c r="S841" s="1"/>
       <c r="T841" s="1"/>
       <c r="U841" s="1"/>
       <c r="V841" s="1"/>
       <c r="W841" s="1"/>
     </row>
     <row r="842" spans="1:23">
       <c r="A842" s="3">
         <v>840</v>
       </c>
       <c r="B842" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C842" s="10" t="s">
         <v>1687</v>
       </c>
       <c r="D842" s="3" t="s">
         <v>1688</v>
       </c>
       <c r="E842" s="3">
         <v>314.92</v>
       </c>
       <c r="F842" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G842" s="3">
-        <v>265.57</v>
+        <v>262.21</v>
       </c>
       <c r="H842" s="4">
         <v>107.33</v>
       </c>
       <c r="I842" s="1"/>
       <c r="J842" s="1"/>
       <c r="K842" s="1"/>
       <c r="L842" s="1"/>
       <c r="M842" s="1"/>
       <c r="N842" s="1"/>
       <c r="O842" s="1"/>
       <c r="P842" s="1"/>
       <c r="Q842" s="1"/>
       <c r="R842" s="1"/>
       <c r="S842" s="1"/>
       <c r="T842" s="1"/>
       <c r="U842" s="1"/>
       <c r="V842" s="1"/>
       <c r="W842" s="1"/>
     </row>
     <row r="843" spans="1:23">
       <c r="A843" s="3">
         <v>841</v>
       </c>
       <c r="B843" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C843" s="10" t="s">
         <v>1689</v>
       </c>
       <c r="D843" s="3" t="s">
         <v>1690</v>
       </c>
       <c r="E843" s="3">
         <v>654.57</v>
       </c>
       <c r="F843" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G843" s="3">
-        <v>498.2</v>
+        <v>475.73</v>
       </c>
       <c r="H843" s="4">
         <v>201.62</v>
       </c>
       <c r="I843" s="1"/>
       <c r="J843" s="1"/>
       <c r="K843" s="1"/>
       <c r="L843" s="1"/>
       <c r="M843" s="1"/>
       <c r="N843" s="1"/>
       <c r="O843" s="1"/>
       <c r="P843" s="1"/>
       <c r="Q843" s="1"/>
       <c r="R843" s="1"/>
       <c r="S843" s="1"/>
       <c r="T843" s="1"/>
       <c r="U843" s="1"/>
       <c r="V843" s="1"/>
       <c r="W843" s="1"/>
     </row>
     <row r="844" spans="1:23">
       <c r="A844" s="3">
         <v>842</v>
       </c>
       <c r="B844" s="3" t="s">
@@ -41095,341 +41095,341 @@
       <c r="Q844" s="1"/>
       <c r="R844" s="1"/>
       <c r="S844" s="1"/>
       <c r="T844" s="1"/>
       <c r="U844" s="1"/>
       <c r="V844" s="1"/>
       <c r="W844" s="1"/>
     </row>
     <row r="845" spans="1:23">
       <c r="A845" s="3">
         <v>843</v>
       </c>
       <c r="B845" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C845" s="10" t="s">
         <v>1693</v>
       </c>
       <c r="D845" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="E845" s="3">
         <v>480.48</v>
       </c>
       <c r="F845" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G845" s="3">
-        <v>419.17</v>
+        <v>416.87</v>
       </c>
       <c r="H845" s="4">
         <v>110.48</v>
       </c>
       <c r="I845" s="1"/>
       <c r="J845" s="1"/>
       <c r="K845" s="1"/>
       <c r="L845" s="1"/>
       <c r="M845" s="1"/>
       <c r="N845" s="1"/>
       <c r="O845" s="1"/>
       <c r="P845" s="1"/>
       <c r="Q845" s="1"/>
       <c r="R845" s="1"/>
       <c r="S845" s="1"/>
       <c r="T845" s="1"/>
       <c r="U845" s="1"/>
       <c r="V845" s="1"/>
       <c r="W845" s="1"/>
     </row>
     <row r="846" spans="1:23">
       <c r="A846" s="3">
         <v>844</v>
       </c>
       <c r="B846" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C846" s="10" t="s">
         <v>1695</v>
       </c>
       <c r="D846" s="3" t="s">
         <v>1696</v>
       </c>
       <c r="E846" s="3">
         <v>547.7</v>
       </c>
       <c r="F846" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G846" s="3">
-        <v>469.67</v>
+        <v>459.59</v>
       </c>
       <c r="H846" s="4">
         <v>113.09</v>
       </c>
       <c r="I846" s="1"/>
       <c r="J846" s="1"/>
       <c r="K846" s="1"/>
       <c r="L846" s="1"/>
       <c r="M846" s="1"/>
       <c r="N846" s="1"/>
       <c r="O846" s="1"/>
       <c r="P846" s="1"/>
       <c r="Q846" s="1"/>
       <c r="R846" s="1"/>
       <c r="S846" s="1"/>
       <c r="T846" s="1"/>
       <c r="U846" s="1"/>
       <c r="V846" s="1"/>
       <c r="W846" s="1"/>
     </row>
     <row r="847" spans="1:23">
       <c r="A847" s="3">
         <v>845</v>
       </c>
       <c r="B847" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C847" s="10" t="s">
         <v>1697</v>
       </c>
       <c r="D847" s="3" t="s">
         <v>1698</v>
       </c>
       <c r="E847" s="3">
         <v>499.85</v>
       </c>
       <c r="F847" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G847" s="3">
-        <v>202.79</v>
+        <v>194.32</v>
       </c>
       <c r="H847" s="4">
         <v>94.8</v>
       </c>
       <c r="I847" s="1"/>
       <c r="J847" s="1"/>
       <c r="K847" s="1"/>
       <c r="L847" s="1"/>
       <c r="M847" s="1"/>
       <c r="N847" s="1"/>
       <c r="O847" s="1"/>
       <c r="P847" s="1"/>
       <c r="Q847" s="1"/>
       <c r="R847" s="1"/>
       <c r="S847" s="1"/>
       <c r="T847" s="1"/>
       <c r="U847" s="1"/>
       <c r="V847" s="1"/>
       <c r="W847" s="1"/>
     </row>
     <row r="848" spans="1:23">
       <c r="A848" s="3">
         <v>846</v>
       </c>
       <c r="B848" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C848" s="10" t="s">
         <v>1699</v>
       </c>
       <c r="D848" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="E848" s="3">
         <v>439.27</v>
       </c>
       <c r="F848" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G848" s="3">
-        <v>365.93</v>
+        <v>365.18</v>
       </c>
       <c r="H848" s="4">
         <v>187.24</v>
       </c>
       <c r="I848" s="1"/>
       <c r="J848" s="1"/>
       <c r="K848" s="1"/>
       <c r="L848" s="1"/>
       <c r="M848" s="1"/>
       <c r="N848" s="1"/>
       <c r="O848" s="1"/>
       <c r="P848" s="1"/>
       <c r="Q848" s="1"/>
       <c r="R848" s="1"/>
       <c r="S848" s="1"/>
       <c r="T848" s="1"/>
       <c r="U848" s="1"/>
       <c r="V848" s="1"/>
       <c r="W848" s="1"/>
     </row>
     <row r="849" spans="1:23">
       <c r="A849" s="3">
         <v>847</v>
       </c>
       <c r="B849" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C849" s="10" t="s">
         <v>1701</v>
       </c>
       <c r="D849" s="3" t="s">
         <v>1702</v>
       </c>
       <c r="E849" s="3">
         <v>250.9</v>
       </c>
       <c r="F849" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G849" s="3">
-        <v>95.42</v>
+        <v>94.06</v>
       </c>
       <c r="H849" s="4">
         <v>12.16</v>
       </c>
       <c r="I849" s="1"/>
       <c r="J849" s="1"/>
       <c r="K849" s="1"/>
       <c r="L849" s="1"/>
       <c r="M849" s="1"/>
       <c r="N849" s="1"/>
       <c r="O849" s="1"/>
       <c r="P849" s="1"/>
       <c r="Q849" s="1"/>
       <c r="R849" s="1"/>
       <c r="S849" s="1"/>
       <c r="T849" s="1"/>
       <c r="U849" s="1"/>
       <c r="V849" s="1"/>
       <c r="W849" s="1"/>
     </row>
     <row r="850" spans="1:23">
       <c r="A850" s="3">
         <v>848</v>
       </c>
       <c r="B850" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C850" s="10" t="s">
         <v>1703</v>
       </c>
       <c r="D850" s="3" t="s">
         <v>1704</v>
       </c>
       <c r="E850" s="3">
         <v>339.34</v>
       </c>
       <c r="F850" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G850" s="3">
-        <v>269.84</v>
+        <v>264</v>
       </c>
       <c r="H850" s="4">
         <v>114.35</v>
       </c>
       <c r="I850" s="1"/>
       <c r="J850" s="1"/>
       <c r="K850" s="1"/>
       <c r="L850" s="1"/>
       <c r="M850" s="1"/>
       <c r="N850" s="1"/>
       <c r="O850" s="1"/>
       <c r="P850" s="1"/>
       <c r="Q850" s="1"/>
       <c r="R850" s="1"/>
       <c r="S850" s="1"/>
       <c r="T850" s="1"/>
       <c r="U850" s="1"/>
       <c r="V850" s="1"/>
       <c r="W850" s="1"/>
     </row>
     <row r="851" spans="1:23">
       <c r="A851" s="3">
         <v>849</v>
       </c>
       <c r="B851" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C851" s="10" t="s">
         <v>1705</v>
       </c>
       <c r="D851" s="3" t="s">
         <v>1706</v>
       </c>
       <c r="E851" s="3">
         <v>459.25</v>
       </c>
       <c r="F851" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G851" s="3">
-        <v>150.35</v>
+        <v>83.71</v>
       </c>
       <c r="H851" s="4">
         <v>106.05</v>
       </c>
       <c r="I851" s="1"/>
       <c r="J851" s="1"/>
       <c r="K851" s="1"/>
       <c r="L851" s="1"/>
       <c r="M851" s="1"/>
       <c r="N851" s="1"/>
       <c r="O851" s="1"/>
       <c r="P851" s="1"/>
       <c r="Q851" s="1"/>
       <c r="R851" s="1"/>
       <c r="S851" s="1"/>
       <c r="T851" s="1"/>
       <c r="U851" s="1"/>
       <c r="V851" s="1"/>
       <c r="W851" s="1"/>
     </row>
     <row r="852" spans="1:23">
       <c r="A852" s="3">
         <v>850</v>
       </c>
       <c r="B852" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C852" s="10" t="s">
         <v>1707</v>
       </c>
       <c r="D852" s="3" t="s">
         <v>1708</v>
       </c>
       <c r="E852" s="3">
         <v>733.57</v>
       </c>
       <c r="F852" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G852" s="3">
-        <v>706.6</v>
+        <v>706.82</v>
       </c>
       <c r="H852" s="4">
         <v>257.73</v>
       </c>
       <c r="I852" s="1"/>
       <c r="J852" s="1"/>
       <c r="K852" s="1"/>
       <c r="L852" s="1"/>
       <c r="M852" s="1"/>
       <c r="N852" s="1"/>
       <c r="O852" s="1"/>
       <c r="P852" s="1"/>
       <c r="Q852" s="1"/>
       <c r="R852" s="1"/>
       <c r="S852" s="1"/>
       <c r="T852" s="1"/>
       <c r="U852" s="1"/>
       <c r="V852" s="1"/>
       <c r="W852" s="1"/>
     </row>
     <row r="853" spans="1:23">
       <c r="A853" s="3">
         <v>851</v>
       </c>
       <c r="B853" s="3" t="s">
@@ -41464,259 +41464,259 @@
       <c r="Q853" s="1"/>
       <c r="R853" s="1"/>
       <c r="S853" s="1"/>
       <c r="T853" s="1"/>
       <c r="U853" s="1"/>
       <c r="V853" s="1"/>
       <c r="W853" s="1"/>
     </row>
     <row r="854" spans="1:23">
       <c r="A854" s="3">
         <v>852</v>
       </c>
       <c r="B854" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C854" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="D854" s="3" t="s">
         <v>1712</v>
       </c>
       <c r="E854" s="3">
         <v>236.43</v>
       </c>
       <c r="F854" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G854" s="3">
-        <v>197.21</v>
+        <v>196.46</v>
       </c>
       <c r="H854" s="4">
         <v>101.29</v>
       </c>
       <c r="I854" s="1"/>
       <c r="J854" s="1"/>
       <c r="K854" s="1"/>
       <c r="L854" s="1"/>
       <c r="M854" s="1"/>
       <c r="N854" s="1"/>
       <c r="O854" s="1"/>
       <c r="P854" s="1"/>
       <c r="Q854" s="1"/>
       <c r="R854" s="1"/>
       <c r="S854" s="1"/>
       <c r="T854" s="1"/>
       <c r="U854" s="1"/>
       <c r="V854" s="1"/>
       <c r="W854" s="1"/>
     </row>
     <row r="855" spans="1:23">
       <c r="A855" s="3">
         <v>853</v>
       </c>
       <c r="B855" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C855" s="10" t="s">
         <v>1713</v>
       </c>
       <c r="D855" s="3" t="s">
         <v>1714</v>
       </c>
       <c r="E855" s="3">
         <v>392.78</v>
       </c>
       <c r="F855" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G855" s="3">
-        <v>336.89</v>
+        <v>315.26</v>
       </c>
       <c r="H855" s="4">
         <v>105.98</v>
       </c>
       <c r="I855" s="1"/>
       <c r="J855" s="1"/>
       <c r="K855" s="1"/>
       <c r="L855" s="1"/>
       <c r="M855" s="1"/>
       <c r="N855" s="1"/>
       <c r="O855" s="1"/>
       <c r="P855" s="1"/>
       <c r="Q855" s="1"/>
       <c r="R855" s="1"/>
       <c r="S855" s="1"/>
       <c r="T855" s="1"/>
       <c r="U855" s="1"/>
       <c r="V855" s="1"/>
       <c r="W855" s="1"/>
     </row>
     <row r="856" spans="1:23">
       <c r="A856" s="3">
         <v>854</v>
       </c>
       <c r="B856" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C856" s="10" t="s">
         <v>1715</v>
       </c>
       <c r="D856" s="3" t="s">
         <v>1716</v>
       </c>
       <c r="E856" s="3">
         <v>423.84</v>
       </c>
       <c r="F856" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G856" s="3">
-        <v>367.58</v>
+        <v>372.28</v>
       </c>
       <c r="H856" s="4">
         <v>166.09</v>
       </c>
       <c r="I856" s="1"/>
       <c r="J856" s="1"/>
       <c r="K856" s="1"/>
       <c r="L856" s="1"/>
       <c r="M856" s="1"/>
       <c r="N856" s="1"/>
       <c r="O856" s="1"/>
       <c r="P856" s="1"/>
       <c r="Q856" s="1"/>
       <c r="R856" s="1"/>
       <c r="S856" s="1"/>
       <c r="T856" s="1"/>
       <c r="U856" s="1"/>
       <c r="V856" s="1"/>
       <c r="W856" s="1"/>
     </row>
     <row r="857" spans="1:23">
       <c r="A857" s="3">
         <v>855</v>
       </c>
       <c r="B857" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C857" s="10" t="s">
         <v>1717</v>
       </c>
       <c r="D857" s="3" t="s">
         <v>1718</v>
       </c>
       <c r="E857" s="3">
         <v>688.26</v>
       </c>
       <c r="F857" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G857" s="3">
-        <v>370.75</v>
+        <v>530.49</v>
       </c>
       <c r="H857" s="4">
         <v>192.17</v>
       </c>
       <c r="I857" s="1"/>
       <c r="J857" s="1"/>
       <c r="K857" s="1"/>
       <c r="L857" s="1"/>
       <c r="M857" s="1"/>
       <c r="N857" s="1"/>
       <c r="O857" s="1"/>
       <c r="P857" s="1"/>
       <c r="Q857" s="1"/>
       <c r="R857" s="1"/>
       <c r="S857" s="1"/>
       <c r="T857" s="1"/>
       <c r="U857" s="1"/>
       <c r="V857" s="1"/>
       <c r="W857" s="1"/>
     </row>
     <row r="858" spans="1:23">
       <c r="A858" s="3">
         <v>856</v>
       </c>
       <c r="B858" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C858" s="10" t="s">
         <v>1719</v>
       </c>
       <c r="D858" s="3" t="s">
         <v>1720</v>
       </c>
       <c r="E858" s="3">
         <v>165.71</v>
       </c>
       <c r="F858" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G858" s="3">
-        <v>148.66</v>
+        <v>147.75</v>
       </c>
       <c r="H858" s="4">
         <v>83.91</v>
       </c>
       <c r="I858" s="1"/>
       <c r="J858" s="1"/>
       <c r="K858" s="1"/>
       <c r="L858" s="1"/>
       <c r="M858" s="1"/>
       <c r="N858" s="1"/>
       <c r="O858" s="1"/>
       <c r="P858" s="1"/>
       <c r="Q858" s="1"/>
       <c r="R858" s="1"/>
       <c r="S858" s="1"/>
       <c r="T858" s="1"/>
       <c r="U858" s="1"/>
       <c r="V858" s="1"/>
       <c r="W858" s="1"/>
     </row>
     <row r="859" spans="1:23">
       <c r="A859" s="3">
         <v>857</v>
       </c>
       <c r="B859" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C859" s="10" t="s">
         <v>1721</v>
       </c>
       <c r="D859" s="3" t="s">
         <v>1722</v>
       </c>
       <c r="E859" s="3">
         <v>473.96</v>
       </c>
       <c r="F859" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G859" s="3">
-        <v>317.67</v>
+        <v>315.97</v>
       </c>
       <c r="H859" s="4">
         <v>174.4</v>
       </c>
       <c r="I859" s="1"/>
       <c r="J859" s="1"/>
       <c r="K859" s="1"/>
       <c r="L859" s="1"/>
       <c r="M859" s="1"/>
       <c r="N859" s="1"/>
       <c r="O859" s="1"/>
       <c r="P859" s="1"/>
       <c r="Q859" s="1"/>
       <c r="R859" s="1"/>
       <c r="S859" s="1"/>
       <c r="T859" s="1"/>
       <c r="U859" s="1"/>
       <c r="V859" s="1"/>
       <c r="W859" s="1"/>
     </row>
     <row r="860" spans="1:23">
       <c r="A860" s="3">
         <v>858</v>
       </c>
       <c r="B860" s="3" t="s">
@@ -41792,136 +41792,136 @@
       <c r="Q861" s="1"/>
       <c r="R861" s="1"/>
       <c r="S861" s="1"/>
       <c r="T861" s="1"/>
       <c r="U861" s="1"/>
       <c r="V861" s="1"/>
       <c r="W861" s="1"/>
     </row>
     <row r="862" spans="1:23">
       <c r="A862" s="3">
         <v>860</v>
       </c>
       <c r="B862" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C862" s="10" t="s">
         <v>1727</v>
       </c>
       <c r="D862" s="3" t="s">
         <v>1728</v>
       </c>
       <c r="E862" s="3">
         <v>389.87</v>
       </c>
       <c r="F862" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G862" s="3">
-        <v>373.76</v>
+        <v>371.8</v>
       </c>
       <c r="H862" s="4">
         <v>148.91</v>
       </c>
       <c r="I862" s="1"/>
       <c r="J862" s="1"/>
       <c r="K862" s="1"/>
       <c r="L862" s="1"/>
       <c r="M862" s="1"/>
       <c r="N862" s="1"/>
       <c r="O862" s="1"/>
       <c r="P862" s="1"/>
       <c r="Q862" s="1"/>
       <c r="R862" s="1"/>
       <c r="S862" s="1"/>
       <c r="T862" s="1"/>
       <c r="U862" s="1"/>
       <c r="V862" s="1"/>
       <c r="W862" s="1"/>
     </row>
     <row r="863" spans="1:23">
       <c r="A863" s="3">
         <v>861</v>
       </c>
       <c r="B863" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C863" s="10" t="s">
         <v>1729</v>
       </c>
       <c r="D863" s="3" t="s">
         <v>1730</v>
       </c>
       <c r="E863" s="3">
         <v>436.2</v>
       </c>
       <c r="F863" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G863" s="3">
-        <v>64.58</v>
+        <v>61.28</v>
       </c>
       <c r="H863" s="4">
         <v>36.46</v>
       </c>
       <c r="I863" s="1"/>
       <c r="J863" s="1"/>
       <c r="K863" s="1"/>
       <c r="L863" s="1"/>
       <c r="M863" s="1"/>
       <c r="N863" s="1"/>
       <c r="O863" s="1"/>
       <c r="P863" s="1"/>
       <c r="Q863" s="1"/>
       <c r="R863" s="1"/>
       <c r="S863" s="1"/>
       <c r="T863" s="1"/>
       <c r="U863" s="1"/>
       <c r="V863" s="1"/>
       <c r="W863" s="1"/>
     </row>
     <row r="864" spans="1:23">
       <c r="A864" s="3">
         <v>862</v>
       </c>
       <c r="B864" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C864" s="10" t="s">
         <v>1731</v>
       </c>
       <c r="D864" s="3" t="s">
         <v>1732</v>
       </c>
       <c r="E864" s="3">
         <v>489.22</v>
       </c>
       <c r="F864" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G864" s="3">
-        <v>156.72</v>
+        <v>151.97</v>
       </c>
       <c r="H864" s="4">
         <v>69.2</v>
       </c>
       <c r="I864" s="1"/>
       <c r="J864" s="1"/>
       <c r="K864" s="1"/>
       <c r="L864" s="1"/>
       <c r="M864" s="1"/>
       <c r="N864" s="1"/>
       <c r="O864" s="1"/>
       <c r="P864" s="1"/>
       <c r="Q864" s="1"/>
       <c r="R864" s="1"/>
       <c r="S864" s="1"/>
       <c r="T864" s="1"/>
       <c r="U864" s="1"/>
       <c r="V864" s="1"/>
       <c r="W864" s="1"/>
     </row>
     <row r="865" spans="1:23">
       <c r="A865" s="3">
         <v>863</v>
       </c>
       <c r="B865" s="3" t="s">
@@ -41956,136 +41956,136 @@
       <c r="Q865" s="1"/>
       <c r="R865" s="1"/>
       <c r="S865" s="1"/>
       <c r="T865" s="1"/>
       <c r="U865" s="1"/>
       <c r="V865" s="1"/>
       <c r="W865" s="1"/>
     </row>
     <row r="866" spans="1:23">
       <c r="A866" s="3">
         <v>864</v>
       </c>
       <c r="B866" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C866" s="10" t="s">
         <v>1735</v>
       </c>
       <c r="D866" s="3" t="s">
         <v>1736</v>
       </c>
       <c r="E866" s="3">
         <v>799.62</v>
       </c>
       <c r="F866" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G866" s="3">
-        <v>439.38</v>
+        <v>433.84</v>
       </c>
       <c r="H866" s="4">
         <v>97.33</v>
       </c>
       <c r="I866" s="1"/>
       <c r="J866" s="1"/>
       <c r="K866" s="1"/>
       <c r="L866" s="1"/>
       <c r="M866" s="1"/>
       <c r="N866" s="1"/>
       <c r="O866" s="1"/>
       <c r="P866" s="1"/>
       <c r="Q866" s="1"/>
       <c r="R866" s="1"/>
       <c r="S866" s="1"/>
       <c r="T866" s="1"/>
       <c r="U866" s="1"/>
       <c r="V866" s="1"/>
       <c r="W866" s="1"/>
     </row>
     <row r="867" spans="1:23">
       <c r="A867" s="3">
         <v>865</v>
       </c>
       <c r="B867" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C867" s="10" t="s">
         <v>1737</v>
       </c>
       <c r="D867" s="3" t="s">
         <v>1738</v>
       </c>
       <c r="E867" s="3">
         <v>464</v>
       </c>
       <c r="F867" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G867" s="3">
-        <v>293.69</v>
+        <v>291.53</v>
       </c>
       <c r="H867" s="4">
         <v>2.47</v>
       </c>
       <c r="I867" s="1"/>
       <c r="J867" s="1"/>
       <c r="K867" s="1"/>
       <c r="L867" s="1"/>
       <c r="M867" s="1"/>
       <c r="N867" s="1"/>
       <c r="O867" s="1"/>
       <c r="P867" s="1"/>
       <c r="Q867" s="1"/>
       <c r="R867" s="1"/>
       <c r="S867" s="1"/>
       <c r="T867" s="1"/>
       <c r="U867" s="1"/>
       <c r="V867" s="1"/>
       <c r="W867" s="1"/>
     </row>
     <row r="868" spans="1:23">
       <c r="A868" s="3">
         <v>866</v>
       </c>
       <c r="B868" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C868" s="10" t="s">
         <v>1739</v>
       </c>
       <c r="D868" s="3" t="s">
         <v>1740</v>
       </c>
       <c r="E868" s="3">
         <v>882.2</v>
       </c>
       <c r="F868" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G868" s="3">
-        <v>414.14</v>
+        <v>401.55</v>
       </c>
       <c r="H868" s="4">
         <v>122.41</v>
       </c>
       <c r="I868" s="1"/>
       <c r="J868" s="1"/>
       <c r="K868" s="1"/>
       <c r="L868" s="1"/>
       <c r="M868" s="1"/>
       <c r="N868" s="1"/>
       <c r="O868" s="1"/>
       <c r="P868" s="1"/>
       <c r="Q868" s="1"/>
       <c r="R868" s="1"/>
       <c r="S868" s="1"/>
       <c r="T868" s="1"/>
       <c r="U868" s="1"/>
       <c r="V868" s="1"/>
       <c r="W868" s="1"/>
     </row>
     <row r="869" spans="1:23">
       <c r="A869" s="3">
         <v>867</v>
       </c>
       <c r="B869" s="3" t="s">
@@ -43473,95 +43473,95 @@
       <c r="Q902" s="1"/>
       <c r="R902" s="1"/>
       <c r="S902" s="1"/>
       <c r="T902" s="1"/>
       <c r="U902" s="1"/>
       <c r="V902" s="1"/>
       <c r="W902" s="1"/>
     </row>
     <row r="903" spans="1:23">
       <c r="A903" s="3">
         <v>901</v>
       </c>
       <c r="B903" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C903" s="10" t="s">
         <v>1808</v>
       </c>
       <c r="D903" s="3" t="s">
         <v>1809</v>
       </c>
       <c r="E903" s="3">
         <v>672.25</v>
       </c>
       <c r="F903" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G903" s="3">
-        <v>543.03</v>
+        <v>500.04</v>
       </c>
       <c r="H903" s="4">
         <v>433.41</v>
       </c>
       <c r="I903" s="1"/>
       <c r="J903" s="1"/>
       <c r="K903" s="1"/>
       <c r="L903" s="1"/>
       <c r="M903" s="1"/>
       <c r="N903" s="1"/>
       <c r="O903" s="1"/>
       <c r="P903" s="1"/>
       <c r="Q903" s="1"/>
       <c r="R903" s="1"/>
       <c r="S903" s="1"/>
       <c r="T903" s="1"/>
       <c r="U903" s="1"/>
       <c r="V903" s="1"/>
       <c r="W903" s="1"/>
     </row>
     <row r="904" spans="1:23">
       <c r="A904" s="3">
         <v>902</v>
       </c>
       <c r="B904" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C904" s="10" t="s">
         <v>1810</v>
       </c>
       <c r="D904" s="3" t="s">
         <v>1811</v>
       </c>
       <c r="E904" s="3">
         <v>1004.54</v>
       </c>
       <c r="F904" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G904" s="3">
-        <v>986.55</v>
+        <v>984.97</v>
       </c>
       <c r="H904" s="4">
         <v>458.61</v>
       </c>
       <c r="I904" s="1"/>
       <c r="J904" s="1"/>
       <c r="K904" s="1"/>
       <c r="L904" s="1"/>
       <c r="M904" s="1"/>
       <c r="N904" s="1"/>
       <c r="O904" s="1"/>
       <c r="P904" s="1"/>
       <c r="Q904" s="1"/>
       <c r="R904" s="1"/>
       <c r="S904" s="1"/>
       <c r="T904" s="1"/>
       <c r="U904" s="1"/>
       <c r="V904" s="1"/>
       <c r="W904" s="1"/>
     </row>
     <row r="905" spans="1:23">
       <c r="A905" s="3">
         <v>903</v>
       </c>
       <c r="B905" s="3" t="s">
@@ -43596,95 +43596,95 @@
       <c r="Q905" s="1"/>
       <c r="R905" s="1"/>
       <c r="S905" s="1"/>
       <c r="T905" s="1"/>
       <c r="U905" s="1"/>
       <c r="V905" s="1"/>
       <c r="W905" s="1"/>
     </row>
     <row r="906" spans="1:23">
       <c r="A906" s="3">
         <v>904</v>
       </c>
       <c r="B906" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C906" s="10" t="s">
         <v>1814</v>
       </c>
       <c r="D906" s="3" t="s">
         <v>1815</v>
       </c>
       <c r="E906" s="3">
         <v>43.84</v>
       </c>
       <c r="F906" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G906" s="3">
-        <v>43.11</v>
+        <v>43.09</v>
       </c>
       <c r="H906" s="4">
         <v>23.94</v>
       </c>
       <c r="I906" s="1"/>
       <c r="J906" s="1"/>
       <c r="K906" s="1"/>
       <c r="L906" s="1"/>
       <c r="M906" s="1"/>
       <c r="N906" s="1"/>
       <c r="O906" s="1"/>
       <c r="P906" s="1"/>
       <c r="Q906" s="1"/>
       <c r="R906" s="1"/>
       <c r="S906" s="1"/>
       <c r="T906" s="1"/>
       <c r="U906" s="1"/>
       <c r="V906" s="1"/>
       <c r="W906" s="1"/>
     </row>
     <row r="907" spans="1:23">
       <c r="A907" s="3">
         <v>905</v>
       </c>
       <c r="B907" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C907" s="10" t="s">
         <v>1816</v>
       </c>
       <c r="D907" s="3" t="s">
         <v>1817</v>
       </c>
       <c r="E907" s="3">
         <v>43.65</v>
       </c>
       <c r="F907" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G907" s="3">
-        <v>44.09</v>
+        <v>43.86</v>
       </c>
       <c r="H907" s="4">
         <v>37.47</v>
       </c>
       <c r="I907" s="1"/>
       <c r="J907" s="1"/>
       <c r="K907" s="1"/>
       <c r="L907" s="1"/>
       <c r="M907" s="1"/>
       <c r="N907" s="1"/>
       <c r="O907" s="1"/>
       <c r="P907" s="1"/>
       <c r="Q907" s="1"/>
       <c r="R907" s="1"/>
       <c r="S907" s="1"/>
       <c r="T907" s="1"/>
       <c r="U907" s="1"/>
       <c r="V907" s="1"/>
       <c r="W907" s="1"/>
     </row>
     <row r="908" spans="1:23">
       <c r="A908" s="3">
         <v>906</v>
       </c>
       <c r="B908" s="3" t="s">
@@ -43760,54 +43760,54 @@
       <c r="Q909" s="1"/>
       <c r="R909" s="1"/>
       <c r="S909" s="1"/>
       <c r="T909" s="1"/>
       <c r="U909" s="1"/>
       <c r="V909" s="1"/>
       <c r="W909" s="1"/>
     </row>
     <row r="910" spans="1:23">
       <c r="A910" s="3">
         <v>908</v>
       </c>
       <c r="B910" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C910" s="10" t="s">
         <v>1822</v>
       </c>
       <c r="D910" s="3" t="s">
         <v>1823</v>
       </c>
       <c r="E910" s="3">
         <v>41.6</v>
       </c>
       <c r="F910" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G910" s="3">
-        <v>40.74</v>
+        <v>39.84</v>
       </c>
       <c r="H910" s="4">
         <v>13.27</v>
       </c>
       <c r="I910" s="1"/>
       <c r="J910" s="1"/>
       <c r="K910" s="1"/>
       <c r="L910" s="1"/>
       <c r="M910" s="1"/>
       <c r="N910" s="1"/>
       <c r="O910" s="1"/>
       <c r="P910" s="1"/>
       <c r="Q910" s="1"/>
       <c r="R910" s="1"/>
       <c r="S910" s="1"/>
       <c r="T910" s="1"/>
       <c r="U910" s="1"/>
       <c r="V910" s="1"/>
       <c r="W910" s="1"/>
     </row>
     <row r="911" spans="1:23">
       <c r="A911" s="3">
         <v>909</v>
       </c>
       <c r="B911" s="3" t="s">
@@ -43924,54 +43924,54 @@
       <c r="Q913" s="1"/>
       <c r="R913" s="1"/>
       <c r="S913" s="1"/>
       <c r="T913" s="1"/>
       <c r="U913" s="1"/>
       <c r="V913" s="1"/>
       <c r="W913" s="1"/>
     </row>
     <row r="914" spans="1:23">
       <c r="A914" s="3">
         <v>912</v>
       </c>
       <c r="B914" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C914" s="10" t="s">
         <v>1830</v>
       </c>
       <c r="D914" s="3" t="s">
         <v>1831</v>
       </c>
       <c r="E914" s="3">
         <v>41.69</v>
       </c>
       <c r="F914" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G914" s="3">
-        <v>41.37</v>
+        <v>40.61</v>
       </c>
       <c r="H914" s="4">
         <v>19.07</v>
       </c>
       <c r="I914" s="1"/>
       <c r="J914" s="1"/>
       <c r="K914" s="1"/>
       <c r="L914" s="1"/>
       <c r="M914" s="1"/>
       <c r="N914" s="1"/>
       <c r="O914" s="1"/>
       <c r="P914" s="1"/>
       <c r="Q914" s="1"/>
       <c r="R914" s="1"/>
       <c r="S914" s="1"/>
       <c r="T914" s="1"/>
       <c r="U914" s="1"/>
       <c r="V914" s="1"/>
       <c r="W914" s="1"/>
     </row>
     <row r="915" spans="1:23">
       <c r="A915" s="3">
         <v>913</v>
       </c>
       <c r="B915" s="3" t="s">
@@ -44170,54 +44170,54 @@
       <c r="Q919" s="1"/>
       <c r="R919" s="1"/>
       <c r="S919" s="1"/>
       <c r="T919" s="1"/>
       <c r="U919" s="1"/>
       <c r="V919" s="1"/>
       <c r="W919" s="1"/>
     </row>
     <row r="920" spans="1:23">
       <c r="A920" s="3">
         <v>918</v>
       </c>
       <c r="B920" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C920" s="10" t="s">
         <v>1842</v>
       </c>
       <c r="D920" s="3" t="s">
         <v>1843</v>
       </c>
       <c r="E920" s="3">
         <v>37.21</v>
       </c>
       <c r="F920" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G920" s="3">
-        <v>37.37</v>
+        <v>36.51</v>
       </c>
       <c r="H920" s="4">
         <v>28.4</v>
       </c>
       <c r="I920" s="1"/>
       <c r="J920" s="1"/>
       <c r="K920" s="1"/>
       <c r="L920" s="1"/>
       <c r="M920" s="1"/>
       <c r="N920" s="1"/>
       <c r="O920" s="1"/>
       <c r="P920" s="1"/>
       <c r="Q920" s="1"/>
       <c r="R920" s="1"/>
       <c r="S920" s="1"/>
       <c r="T920" s="1"/>
       <c r="U920" s="1"/>
       <c r="V920" s="1"/>
       <c r="W920" s="1"/>
     </row>
     <row r="921" spans="1:23">
       <c r="A921" s="3">
         <v>919</v>
       </c>
       <c r="B921" s="3" t="s">
@@ -44334,54 +44334,54 @@
       <c r="Q923" s="1"/>
       <c r="R923" s="1"/>
       <c r="S923" s="1"/>
       <c r="T923" s="1"/>
       <c r="U923" s="1"/>
       <c r="V923" s="1"/>
       <c r="W923" s="1"/>
     </row>
     <row r="924" spans="1:23">
       <c r="A924" s="3">
         <v>922</v>
       </c>
       <c r="B924" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C924" s="10" t="s">
         <v>1850</v>
       </c>
       <c r="D924" s="3" t="s">
         <v>1851</v>
       </c>
       <c r="E924" s="3">
         <v>39.69</v>
       </c>
       <c r="F924" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G924" s="3">
-        <v>39.26</v>
+        <v>38.36</v>
       </c>
       <c r="H924" s="4">
         <v>24.88</v>
       </c>
       <c r="I924" s="1"/>
       <c r="J924" s="1"/>
       <c r="K924" s="1"/>
       <c r="L924" s="1"/>
       <c r="M924" s="1"/>
       <c r="N924" s="1"/>
       <c r="O924" s="1"/>
       <c r="P924" s="1"/>
       <c r="Q924" s="1"/>
       <c r="R924" s="1"/>
       <c r="S924" s="1"/>
       <c r="T924" s="1"/>
       <c r="U924" s="1"/>
       <c r="V924" s="1"/>
       <c r="W924" s="1"/>
     </row>
     <row r="925" spans="1:23">
       <c r="A925" s="3">
         <v>923</v>
       </c>
       <c r="B925" s="3" t="s">
@@ -44539,95 +44539,95 @@
       <c r="Q928" s="1"/>
       <c r="R928" s="1"/>
       <c r="S928" s="1"/>
       <c r="T928" s="1"/>
       <c r="U928" s="1"/>
       <c r="V928" s="1"/>
       <c r="W928" s="1"/>
     </row>
     <row r="929" spans="1:23">
       <c r="A929" s="3">
         <v>927</v>
       </c>
       <c r="B929" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C929" s="10" t="s">
         <v>1860</v>
       </c>
       <c r="D929" s="3" t="s">
         <v>1861</v>
       </c>
       <c r="E929" s="3">
         <v>590.96</v>
       </c>
       <c r="F929" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G929" s="3">
-        <v>434.45</v>
+        <v>434.39</v>
       </c>
       <c r="H929" s="4">
         <v>247.96</v>
       </c>
       <c r="I929" s="1"/>
       <c r="J929" s="1"/>
       <c r="K929" s="1"/>
       <c r="L929" s="1"/>
       <c r="M929" s="1"/>
       <c r="N929" s="1"/>
       <c r="O929" s="1"/>
       <c r="P929" s="1"/>
       <c r="Q929" s="1"/>
       <c r="R929" s="1"/>
       <c r="S929" s="1"/>
       <c r="T929" s="1"/>
       <c r="U929" s="1"/>
       <c r="V929" s="1"/>
       <c r="W929" s="1"/>
     </row>
     <row r="930" spans="1:23">
       <c r="A930" s="3">
         <v>928</v>
       </c>
       <c r="B930" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C930" s="10" t="s">
         <v>1862</v>
       </c>
       <c r="D930" s="3" t="s">
         <v>1863</v>
       </c>
       <c r="E930" s="3">
         <v>0</v>
       </c>
       <c r="F930" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G930" s="3">
-        <v>280.57</v>
+        <v>268.09</v>
       </c>
       <c r="H930" s="4">
         <v>225.72</v>
       </c>
       <c r="I930" s="1"/>
       <c r="J930" s="1"/>
       <c r="K930" s="1"/>
       <c r="L930" s="1"/>
       <c r="M930" s="1"/>
       <c r="N930" s="1"/>
       <c r="O930" s="1"/>
       <c r="P930" s="1"/>
       <c r="Q930" s="1"/>
       <c r="R930" s="1"/>
       <c r="S930" s="1"/>
       <c r="T930" s="1"/>
       <c r="U930" s="1"/>
       <c r="V930" s="1"/>
       <c r="W930" s="1"/>
     </row>
     <row r="931" spans="1:23">
       <c r="A931" s="3">
         <v>929</v>
       </c>
       <c r="B931" s="3" t="s">
@@ -44826,177 +44826,177 @@
       <c r="Q935" s="1"/>
       <c r="R935" s="1"/>
       <c r="S935" s="1"/>
       <c r="T935" s="1"/>
       <c r="U935" s="1"/>
       <c r="V935" s="1"/>
       <c r="W935" s="1"/>
     </row>
     <row r="936" spans="1:23">
       <c r="A936" s="3">
         <v>934</v>
       </c>
       <c r="B936" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C936" s="10" t="s">
         <v>1873</v>
       </c>
       <c r="D936" s="3" t="s">
         <v>1874</v>
       </c>
       <c r="E936" s="3">
         <v>946.83</v>
       </c>
       <c r="F936" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G936" s="3">
-        <v>902.92</v>
+        <v>888.51</v>
       </c>
       <c r="H936" s="4">
         <v>747.83</v>
       </c>
       <c r="I936" s="1"/>
       <c r="J936" s="1"/>
       <c r="K936" s="1"/>
       <c r="L936" s="1"/>
       <c r="M936" s="1"/>
       <c r="N936" s="1"/>
       <c r="O936" s="1"/>
       <c r="P936" s="1"/>
       <c r="Q936" s="1"/>
       <c r="R936" s="1"/>
       <c r="S936" s="1"/>
       <c r="T936" s="1"/>
       <c r="U936" s="1"/>
       <c r="V936" s="1"/>
       <c r="W936" s="1"/>
     </row>
     <row r="937" spans="1:23">
       <c r="A937" s="3">
         <v>935</v>
       </c>
       <c r="B937" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C937" s="10" t="s">
         <v>1875</v>
       </c>
       <c r="D937" s="3" t="s">
         <v>1876</v>
       </c>
       <c r="E937" s="3">
         <v>825.44</v>
       </c>
       <c r="F937" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G937" s="3">
-        <v>739.47</v>
+        <v>728.74</v>
       </c>
       <c r="H937" s="4">
         <v>321.57</v>
       </c>
       <c r="I937" s="1"/>
       <c r="J937" s="1"/>
       <c r="K937" s="1"/>
       <c r="L937" s="1"/>
       <c r="M937" s="1"/>
       <c r="N937" s="1"/>
       <c r="O937" s="1"/>
       <c r="P937" s="1"/>
       <c r="Q937" s="1"/>
       <c r="R937" s="1"/>
       <c r="S937" s="1"/>
       <c r="T937" s="1"/>
       <c r="U937" s="1"/>
       <c r="V937" s="1"/>
       <c r="W937" s="1"/>
     </row>
     <row r="938" spans="1:23">
       <c r="A938" s="3">
         <v>936</v>
       </c>
       <c r="B938" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C938" s="10" t="s">
         <v>1877</v>
       </c>
       <c r="D938" s="3" t="s">
         <v>1878</v>
       </c>
       <c r="E938" s="3">
         <v>39.88</v>
       </c>
       <c r="F938" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G938" s="3">
-        <v>39.45</v>
+        <v>37.04</v>
       </c>
       <c r="H938" s="4">
         <v>0.13</v>
       </c>
       <c r="I938" s="1"/>
       <c r="J938" s="1"/>
       <c r="K938" s="1"/>
       <c r="L938" s="1"/>
       <c r="M938" s="1"/>
       <c r="N938" s="1"/>
       <c r="O938" s="1"/>
       <c r="P938" s="1"/>
       <c r="Q938" s="1"/>
       <c r="R938" s="1"/>
       <c r="S938" s="1"/>
       <c r="T938" s="1"/>
       <c r="U938" s="1"/>
       <c r="V938" s="1"/>
       <c r="W938" s="1"/>
     </row>
     <row r="939" spans="1:23">
       <c r="A939" s="3">
         <v>937</v>
       </c>
       <c r="B939" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C939" s="10" t="s">
         <v>1879</v>
       </c>
       <c r="D939" s="3" t="s">
         <v>1880</v>
       </c>
       <c r="E939" s="3">
         <v>39.88</v>
       </c>
       <c r="F939" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G939" s="3">
-        <v>39.31</v>
+        <v>38.1</v>
       </c>
       <c r="H939" s="4">
         <v>10.66</v>
       </c>
       <c r="I939" s="1"/>
       <c r="J939" s="1"/>
       <c r="K939" s="1"/>
       <c r="L939" s="1"/>
       <c r="M939" s="1"/>
       <c r="N939" s="1"/>
       <c r="O939" s="1"/>
       <c r="P939" s="1"/>
       <c r="Q939" s="1"/>
       <c r="R939" s="1"/>
       <c r="S939" s="1"/>
       <c r="T939" s="1"/>
       <c r="U939" s="1"/>
       <c r="V939" s="1"/>
       <c r="W939" s="1"/>
     </row>
     <row r="940" spans="1:23">
       <c r="A940" s="3">
         <v>938</v>
       </c>
       <c r="B940" s="3" t="s">
@@ -45318,259 +45318,259 @@
       <c r="Q947" s="1"/>
       <c r="R947" s="1"/>
       <c r="S947" s="1"/>
       <c r="T947" s="1"/>
       <c r="U947" s="1"/>
       <c r="V947" s="1"/>
       <c r="W947" s="1"/>
     </row>
     <row r="948" spans="1:23">
       <c r="A948" s="3">
         <v>946</v>
       </c>
       <c r="B948" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C948" s="10" t="s">
         <v>1897</v>
       </c>
       <c r="D948" s="3" t="s">
         <v>1898</v>
       </c>
       <c r="E948" s="3">
         <v>362.07</v>
       </c>
       <c r="F948" s="3">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="G948" s="3">
-        <v>218.06</v>
+        <v>202.3</v>
       </c>
       <c r="H948" s="4">
         <v>103.62</v>
       </c>
       <c r="I948" s="1"/>
       <c r="J948" s="1"/>
       <c r="K948" s="1"/>
       <c r="L948" s="1"/>
       <c r="M948" s="1"/>
       <c r="N948" s="1"/>
       <c r="O948" s="1"/>
       <c r="P948" s="1"/>
       <c r="Q948" s="1"/>
       <c r="R948" s="1"/>
       <c r="S948" s="1"/>
       <c r="T948" s="1"/>
       <c r="U948" s="1"/>
       <c r="V948" s="1"/>
       <c r="W948" s="1"/>
     </row>
     <row r="949" spans="1:23">
       <c r="A949" s="3">
         <v>947</v>
       </c>
       <c r="B949" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C949" s="10" t="s">
         <v>1899</v>
       </c>
       <c r="D949" s="3" t="s">
         <v>1900</v>
       </c>
       <c r="E949" s="3">
         <v>454.11</v>
       </c>
       <c r="F949" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G949" s="3">
-        <v>227.97</v>
+        <v>69.36</v>
       </c>
       <c r="H949" s="4">
         <v>143.87</v>
       </c>
       <c r="I949" s="1"/>
       <c r="J949" s="1"/>
       <c r="K949" s="1"/>
       <c r="L949" s="1"/>
       <c r="M949" s="1"/>
       <c r="N949" s="1"/>
       <c r="O949" s="1"/>
       <c r="P949" s="1"/>
       <c r="Q949" s="1"/>
       <c r="R949" s="1"/>
       <c r="S949" s="1"/>
       <c r="T949" s="1"/>
       <c r="U949" s="1"/>
       <c r="V949" s="1"/>
       <c r="W949" s="1"/>
     </row>
     <row r="950" spans="1:23">
       <c r="A950" s="3">
         <v>948</v>
       </c>
       <c r="B950" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C950" s="10" t="s">
         <v>1901</v>
       </c>
       <c r="D950" s="3" t="s">
         <v>1902</v>
       </c>
       <c r="E950" s="3">
         <v>1049.01</v>
       </c>
       <c r="F950" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G950" s="3">
-        <v>822.71</v>
+        <v>813.06</v>
       </c>
       <c r="H950" s="4">
         <v>170.56</v>
       </c>
       <c r="I950" s="1"/>
       <c r="J950" s="1"/>
       <c r="K950" s="1"/>
       <c r="L950" s="1"/>
       <c r="M950" s="1"/>
       <c r="N950" s="1"/>
       <c r="O950" s="1"/>
       <c r="P950" s="1"/>
       <c r="Q950" s="1"/>
       <c r="R950" s="1"/>
       <c r="S950" s="1"/>
       <c r="T950" s="1"/>
       <c r="U950" s="1"/>
       <c r="V950" s="1"/>
       <c r="W950" s="1"/>
     </row>
     <row r="951" spans="1:23">
       <c r="A951" s="3">
         <v>949</v>
       </c>
       <c r="B951" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C951" s="10" t="s">
         <v>1903</v>
       </c>
       <c r="D951" s="3" t="s">
         <v>1904</v>
       </c>
       <c r="E951" s="3">
         <v>633.32</v>
       </c>
       <c r="F951" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G951" s="3">
-        <v>499.82</v>
+        <v>499.22</v>
       </c>
       <c r="H951" s="4">
         <v>162.25</v>
       </c>
       <c r="I951" s="1"/>
       <c r="J951" s="1"/>
       <c r="K951" s="1"/>
       <c r="L951" s="1"/>
       <c r="M951" s="1"/>
       <c r="N951" s="1"/>
       <c r="O951" s="1"/>
       <c r="P951" s="1"/>
       <c r="Q951" s="1"/>
       <c r="R951" s="1"/>
       <c r="S951" s="1"/>
       <c r="T951" s="1"/>
       <c r="U951" s="1"/>
       <c r="V951" s="1"/>
       <c r="W951" s="1"/>
     </row>
     <row r="952" spans="1:23">
       <c r="A952" s="3">
         <v>950</v>
       </c>
       <c r="B952" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C952" s="10" t="s">
         <v>1905</v>
       </c>
       <c r="D952" s="3" t="s">
         <v>1906</v>
       </c>
       <c r="E952" s="3">
         <v>0</v>
       </c>
       <c r="F952" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G952" s="3">
-        <v>5.96</v>
+        <v>5.95</v>
       </c>
       <c r="H952" s="4">
         <v>5.46</v>
       </c>
       <c r="I952" s="1"/>
       <c r="J952" s="1"/>
       <c r="K952" s="1"/>
       <c r="L952" s="1"/>
       <c r="M952" s="1"/>
       <c r="N952" s="1"/>
       <c r="O952" s="1"/>
       <c r="P952" s="1"/>
       <c r="Q952" s="1"/>
       <c r="R952" s="1"/>
       <c r="S952" s="1"/>
       <c r="T952" s="1"/>
       <c r="U952" s="1"/>
       <c r="V952" s="1"/>
       <c r="W952" s="1"/>
     </row>
     <row r="953" spans="1:23">
       <c r="A953" s="3">
         <v>951</v>
       </c>
       <c r="B953" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C953" s="10" t="s">
         <v>1907</v>
       </c>
       <c r="D953" s="3" t="s">
         <v>1908</v>
       </c>
       <c r="E953" s="3">
         <v>509.65</v>
       </c>
       <c r="F953" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G953" s="3">
-        <v>351.29</v>
+        <v>338.81</v>
       </c>
       <c r="H953" s="4">
         <v>115.12</v>
       </c>
       <c r="I953" s="1"/>
       <c r="J953" s="1"/>
       <c r="K953" s="1"/>
       <c r="L953" s="1"/>
       <c r="M953" s="1"/>
       <c r="N953" s="1"/>
       <c r="O953" s="1"/>
       <c r="P953" s="1"/>
       <c r="Q953" s="1"/>
       <c r="R953" s="1"/>
       <c r="S953" s="1"/>
       <c r="T953" s="1"/>
       <c r="U953" s="1"/>
       <c r="V953" s="1"/>
       <c r="W953" s="1"/>
     </row>
     <row r="954" spans="1:23">
       <c r="A954" s="3">
         <v>952</v>
       </c>
       <c r="B954" s="3" t="s">
@@ -45687,54 +45687,54 @@
       <c r="Q956" s="1"/>
       <c r="R956" s="1"/>
       <c r="S956" s="1"/>
       <c r="T956" s="1"/>
       <c r="U956" s="1"/>
       <c r="V956" s="1"/>
       <c r="W956" s="1"/>
     </row>
     <row r="957" spans="1:23">
       <c r="A957" s="3">
         <v>955</v>
       </c>
       <c r="B957" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C957" s="10" t="s">
         <v>1915</v>
       </c>
       <c r="D957" s="3" t="s">
         <v>1916</v>
       </c>
       <c r="E957" s="3">
         <v>1465.27</v>
       </c>
       <c r="F957" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G957" s="3">
-        <v>1181.5</v>
+        <v>1173.04</v>
       </c>
       <c r="H957" s="4">
         <v>351.13</v>
       </c>
       <c r="I957" s="1"/>
       <c r="J957" s="1"/>
       <c r="K957" s="1"/>
       <c r="L957" s="1"/>
       <c r="M957" s="1"/>
       <c r="N957" s="1"/>
       <c r="O957" s="1"/>
       <c r="P957" s="1"/>
       <c r="Q957" s="1"/>
       <c r="R957" s="1"/>
       <c r="S957" s="1"/>
       <c r="T957" s="1"/>
       <c r="U957" s="1"/>
       <c r="V957" s="1"/>
       <c r="W957" s="1"/>
     </row>
     <row r="958" spans="1:23">
       <c r="A958" s="3">
         <v>956</v>
       </c>
       <c r="B958" s="3" t="s">
@@ -45769,54 +45769,54 @@
       <c r="Q958" s="1"/>
       <c r="R958" s="1"/>
       <c r="S958" s="1"/>
       <c r="T958" s="1"/>
       <c r="U958" s="1"/>
       <c r="V958" s="1"/>
       <c r="W958" s="1"/>
     </row>
     <row r="959" spans="1:23">
       <c r="A959" s="3">
         <v>957</v>
       </c>
       <c r="B959" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C959" s="10" t="s">
         <v>1919</v>
       </c>
       <c r="D959" s="3" t="s">
         <v>1920</v>
       </c>
       <c r="E959" s="3">
         <v>749.13</v>
       </c>
       <c r="F959" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G959" s="3">
-        <v>698.06</v>
+        <v>692.71</v>
       </c>
       <c r="H959" s="4">
         <v>222.52</v>
       </c>
       <c r="I959" s="1"/>
       <c r="J959" s="1"/>
       <c r="K959" s="1"/>
       <c r="L959" s="1"/>
       <c r="M959" s="1"/>
       <c r="N959" s="1"/>
       <c r="O959" s="1"/>
       <c r="P959" s="1"/>
       <c r="Q959" s="1"/>
       <c r="R959" s="1"/>
       <c r="S959" s="1"/>
       <c r="T959" s="1"/>
       <c r="U959" s="1"/>
       <c r="V959" s="1"/>
       <c r="W959" s="1"/>
     </row>
     <row r="960" spans="1:23">
       <c r="A960" s="3">
         <v>958</v>
       </c>
       <c r="B960" s="3" t="s">
@@ -45974,136 +45974,136 @@
       <c r="Q963" s="1"/>
       <c r="R963" s="1"/>
       <c r="S963" s="1"/>
       <c r="T963" s="1"/>
       <c r="U963" s="1"/>
       <c r="V963" s="1"/>
       <c r="W963" s="1"/>
     </row>
     <row r="964" spans="1:23">
       <c r="A964" s="3">
         <v>962</v>
       </c>
       <c r="B964" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C964" s="10" t="s">
         <v>1929</v>
       </c>
       <c r="D964" s="3" t="s">
         <v>1930</v>
       </c>
       <c r="E964" s="3">
         <v>116.24</v>
       </c>
       <c r="F964" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G964" s="3">
-        <v>98.93</v>
+        <v>75.16</v>
       </c>
       <c r="H964" s="4">
         <v>83.8</v>
       </c>
       <c r="I964" s="1"/>
       <c r="J964" s="1"/>
       <c r="K964" s="1"/>
       <c r="L964" s="1"/>
       <c r="M964" s="1"/>
       <c r="N964" s="1"/>
       <c r="O964" s="1"/>
       <c r="P964" s="1"/>
       <c r="Q964" s="1"/>
       <c r="R964" s="1"/>
       <c r="S964" s="1"/>
       <c r="T964" s="1"/>
       <c r="U964" s="1"/>
       <c r="V964" s="1"/>
       <c r="W964" s="1"/>
     </row>
     <row r="965" spans="1:23">
       <c r="A965" s="3">
         <v>963</v>
       </c>
       <c r="B965" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C965" s="10" t="s">
         <v>1931</v>
       </c>
       <c r="D965" s="3" t="s">
         <v>1932</v>
       </c>
       <c r="E965" s="3">
         <v>230.53</v>
       </c>
       <c r="F965" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G965" s="3">
-        <v>239.02</v>
+        <v>234.05</v>
       </c>
       <c r="H965" s="4">
         <v>67.69</v>
       </c>
       <c r="I965" s="1"/>
       <c r="J965" s="1"/>
       <c r="K965" s="1"/>
       <c r="L965" s="1"/>
       <c r="M965" s="1"/>
       <c r="N965" s="1"/>
       <c r="O965" s="1"/>
       <c r="P965" s="1"/>
       <c r="Q965" s="1"/>
       <c r="R965" s="1"/>
       <c r="S965" s="1"/>
       <c r="T965" s="1"/>
       <c r="U965" s="1"/>
       <c r="V965" s="1"/>
       <c r="W965" s="1"/>
     </row>
     <row r="966" spans="1:23">
       <c r="A966" s="3">
         <v>964</v>
       </c>
       <c r="B966" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C966" s="10" t="s">
         <v>1933</v>
       </c>
       <c r="D966" s="3" t="s">
         <v>1934</v>
       </c>
       <c r="E966" s="3">
         <v>0</v>
       </c>
       <c r="F966" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G966" s="3">
-        <v>124.58</v>
+        <v>120.97</v>
       </c>
       <c r="H966" s="4">
         <v>41.08</v>
       </c>
       <c r="I966" s="1"/>
       <c r="J966" s="1"/>
       <c r="K966" s="1"/>
       <c r="L966" s="1"/>
       <c r="M966" s="1"/>
       <c r="N966" s="1"/>
       <c r="O966" s="1"/>
       <c r="P966" s="1"/>
       <c r="Q966" s="1"/>
       <c r="R966" s="1"/>
       <c r="S966" s="1"/>
       <c r="T966" s="1"/>
       <c r="U966" s="1"/>
       <c r="V966" s="1"/>
       <c r="W966" s="1"/>
     </row>
     <row r="967" spans="1:23">
       <c r="A967" s="3">
         <v>965</v>
       </c>
       <c r="B967" s="3" t="s">
@@ -46138,341 +46138,341 @@
       <c r="Q967" s="1"/>
       <c r="R967" s="1"/>
       <c r="S967" s="1"/>
       <c r="T967" s="1"/>
       <c r="U967" s="1"/>
       <c r="V967" s="1"/>
       <c r="W967" s="1"/>
     </row>
     <row r="968" spans="1:23">
       <c r="A968" s="3">
         <v>966</v>
       </c>
       <c r="B968" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C968" s="10" t="s">
         <v>1937</v>
       </c>
       <c r="D968" s="3" t="s">
         <v>1938</v>
       </c>
       <c r="E968" s="3">
         <v>571.7</v>
       </c>
       <c r="F968" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G968" s="3">
-        <v>230.76</v>
+        <v>226.93</v>
       </c>
       <c r="H968" s="4">
         <v>77.91</v>
       </c>
       <c r="I968" s="1"/>
       <c r="J968" s="1"/>
       <c r="K968" s="1"/>
       <c r="L968" s="1"/>
       <c r="M968" s="1"/>
       <c r="N968" s="1"/>
       <c r="O968" s="1"/>
       <c r="P968" s="1"/>
       <c r="Q968" s="1"/>
       <c r="R968" s="1"/>
       <c r="S968" s="1"/>
       <c r="T968" s="1"/>
       <c r="U968" s="1"/>
       <c r="V968" s="1"/>
       <c r="W968" s="1"/>
     </row>
     <row r="969" spans="1:23">
       <c r="A969" s="3">
         <v>967</v>
       </c>
       <c r="B969" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C969" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="D969" s="3" t="s">
         <v>1940</v>
       </c>
       <c r="E969" s="3">
         <v>288.97</v>
       </c>
       <c r="F969" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G969" s="3">
-        <v>237.76</v>
+        <v>219.11</v>
       </c>
       <c r="H969" s="4">
         <v>89</v>
       </c>
       <c r="I969" s="1"/>
       <c r="J969" s="1"/>
       <c r="K969" s="1"/>
       <c r="L969" s="1"/>
       <c r="M969" s="1"/>
       <c r="N969" s="1"/>
       <c r="O969" s="1"/>
       <c r="P969" s="1"/>
       <c r="Q969" s="1"/>
       <c r="R969" s="1"/>
       <c r="S969" s="1"/>
       <c r="T969" s="1"/>
       <c r="U969" s="1"/>
       <c r="V969" s="1"/>
       <c r="W969" s="1"/>
     </row>
     <row r="970" spans="1:23">
       <c r="A970" s="3">
         <v>968</v>
       </c>
       <c r="B970" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C970" s="10" t="s">
         <v>1941</v>
       </c>
       <c r="D970" s="3" t="s">
         <v>1942</v>
       </c>
       <c r="E970" s="3">
         <v>185.96</v>
       </c>
       <c r="F970" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G970" s="3">
-        <v>185.33</v>
+        <v>184.57</v>
       </c>
       <c r="H970" s="4">
         <v>34.49</v>
       </c>
       <c r="I970" s="1"/>
       <c r="J970" s="1"/>
       <c r="K970" s="1"/>
       <c r="L970" s="1"/>
       <c r="M970" s="1"/>
       <c r="N970" s="1"/>
       <c r="O970" s="1"/>
       <c r="P970" s="1"/>
       <c r="Q970" s="1"/>
       <c r="R970" s="1"/>
       <c r="S970" s="1"/>
       <c r="T970" s="1"/>
       <c r="U970" s="1"/>
       <c r="V970" s="1"/>
       <c r="W970" s="1"/>
     </row>
     <row r="971" spans="1:23">
       <c r="A971" s="3">
         <v>969</v>
       </c>
       <c r="B971" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C971" s="10" t="s">
         <v>1943</v>
       </c>
       <c r="D971" s="3" t="s">
         <v>1944</v>
       </c>
       <c r="E971" s="3">
         <v>1462.49</v>
       </c>
       <c r="F971" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G971" s="3">
-        <v>1047.68</v>
+        <v>1042.3</v>
       </c>
       <c r="H971" s="4">
         <v>141.42</v>
       </c>
       <c r="I971" s="1"/>
       <c r="J971" s="1"/>
       <c r="K971" s="1"/>
       <c r="L971" s="1"/>
       <c r="M971" s="1"/>
       <c r="N971" s="1"/>
       <c r="O971" s="1"/>
       <c r="P971" s="1"/>
       <c r="Q971" s="1"/>
       <c r="R971" s="1"/>
       <c r="S971" s="1"/>
       <c r="T971" s="1"/>
       <c r="U971" s="1"/>
       <c r="V971" s="1"/>
       <c r="W971" s="1"/>
     </row>
     <row r="972" spans="1:23">
       <c r="A972" s="3">
         <v>970</v>
       </c>
       <c r="B972" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C972" s="10" t="s">
         <v>1945</v>
       </c>
       <c r="D972" s="3" t="s">
         <v>1946</v>
       </c>
       <c r="E972" s="3">
         <v>579.05</v>
       </c>
       <c r="F972" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G972" s="3">
-        <v>489.06</v>
+        <v>486.87</v>
       </c>
       <c r="H972" s="4">
         <v>215.77</v>
       </c>
       <c r="I972" s="1"/>
       <c r="J972" s="1"/>
       <c r="K972" s="1"/>
       <c r="L972" s="1"/>
       <c r="M972" s="1"/>
       <c r="N972" s="1"/>
       <c r="O972" s="1"/>
       <c r="P972" s="1"/>
       <c r="Q972" s="1"/>
       <c r="R972" s="1"/>
       <c r="S972" s="1"/>
       <c r="T972" s="1"/>
       <c r="U972" s="1"/>
       <c r="V972" s="1"/>
       <c r="W972" s="1"/>
     </row>
     <row r="973" spans="1:23">
       <c r="A973" s="3">
         <v>971</v>
       </c>
       <c r="B973" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C973" s="10" t="s">
         <v>1947</v>
       </c>
       <c r="D973" s="3" t="s">
         <v>1948</v>
       </c>
       <c r="E973" s="3">
         <v>443.04</v>
       </c>
       <c r="F973" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G973" s="3">
-        <v>366.07</v>
+        <v>359.68</v>
       </c>
       <c r="H973" s="4">
         <v>151.1</v>
       </c>
       <c r="I973" s="1"/>
       <c r="J973" s="1"/>
       <c r="K973" s="1"/>
       <c r="L973" s="1"/>
       <c r="M973" s="1"/>
       <c r="N973" s="1"/>
       <c r="O973" s="1"/>
       <c r="P973" s="1"/>
       <c r="Q973" s="1"/>
       <c r="R973" s="1"/>
       <c r="S973" s="1"/>
       <c r="T973" s="1"/>
       <c r="U973" s="1"/>
       <c r="V973" s="1"/>
       <c r="W973" s="1"/>
     </row>
     <row r="974" spans="1:23">
       <c r="A974" s="3">
         <v>972</v>
       </c>
       <c r="B974" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C974" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="D974" s="3" t="s">
         <v>1950</v>
       </c>
       <c r="E974" s="3">
         <v>485.66</v>
       </c>
       <c r="F974" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G974" s="3">
-        <v>114.46</v>
+        <v>112.26</v>
       </c>
       <c r="H974" s="4">
         <v>76.64</v>
       </c>
       <c r="I974" s="1"/>
       <c r="J974" s="1"/>
       <c r="K974" s="1"/>
       <c r="L974" s="1"/>
       <c r="M974" s="1"/>
       <c r="N974" s="1"/>
       <c r="O974" s="1"/>
       <c r="P974" s="1"/>
       <c r="Q974" s="1"/>
       <c r="R974" s="1"/>
       <c r="S974" s="1"/>
       <c r="T974" s="1"/>
       <c r="U974" s="1"/>
       <c r="V974" s="1"/>
       <c r="W974" s="1"/>
     </row>
     <row r="975" spans="1:23">
       <c r="A975" s="3">
         <v>973</v>
       </c>
       <c r="B975" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C975" s="10" t="s">
         <v>1951</v>
       </c>
       <c r="D975" s="3" t="s">
         <v>1952</v>
       </c>
       <c r="E975" s="3">
         <v>104.34</v>
       </c>
       <c r="F975" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G975" s="3">
-        <v>97.1</v>
+        <v>53.76</v>
       </c>
       <c r="H975" s="4">
         <v>46.29</v>
       </c>
       <c r="I975" s="1"/>
       <c r="J975" s="1"/>
       <c r="K975" s="1"/>
       <c r="L975" s="1"/>
       <c r="M975" s="1"/>
       <c r="N975" s="1"/>
       <c r="O975" s="1"/>
       <c r="P975" s="1"/>
       <c r="Q975" s="1"/>
       <c r="R975" s="1"/>
       <c r="S975" s="1"/>
       <c r="T975" s="1"/>
       <c r="U975" s="1"/>
       <c r="V975" s="1"/>
       <c r="W975" s="1"/>
     </row>
     <row r="976" spans="1:23">
       <c r="A976" s="3">
         <v>974</v>
       </c>
       <c r="B976" s="3" t="s">
@@ -46507,95 +46507,95 @@
       <c r="Q976" s="1"/>
       <c r="R976" s="1"/>
       <c r="S976" s="1"/>
       <c r="T976" s="1"/>
       <c r="U976" s="1"/>
       <c r="V976" s="1"/>
       <c r="W976" s="1"/>
     </row>
     <row r="977" spans="1:23">
       <c r="A977" s="3">
         <v>975</v>
       </c>
       <c r="B977" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C977" s="10" t="s">
         <v>1955</v>
       </c>
       <c r="D977" s="3" t="s">
         <v>1956</v>
       </c>
       <c r="E977" s="3">
         <v>743.39</v>
       </c>
       <c r="F977" s="3">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G977" s="3">
-        <v>542.27</v>
+        <v>541.37</v>
       </c>
       <c r="H977" s="4">
         <v>254.45</v>
       </c>
       <c r="I977" s="1"/>
       <c r="J977" s="1"/>
       <c r="K977" s="1"/>
       <c r="L977" s="1"/>
       <c r="M977" s="1"/>
       <c r="N977" s="1"/>
       <c r="O977" s="1"/>
       <c r="P977" s="1"/>
       <c r="Q977" s="1"/>
       <c r="R977" s="1"/>
       <c r="S977" s="1"/>
       <c r="T977" s="1"/>
       <c r="U977" s="1"/>
       <c r="V977" s="1"/>
       <c r="W977" s="1"/>
     </row>
     <row r="978" spans="1:23">
       <c r="A978" s="3">
         <v>976</v>
       </c>
       <c r="B978" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C978" s="10" t="s">
         <v>1957</v>
       </c>
       <c r="D978" s="3" t="s">
         <v>1958</v>
       </c>
       <c r="E978" s="3">
         <v>457.56</v>
       </c>
       <c r="F978" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G978" s="3">
-        <v>147.48</v>
+        <v>144.83</v>
       </c>
       <c r="H978" s="4">
         <v>53.87</v>
       </c>
       <c r="I978" s="1"/>
       <c r="J978" s="1"/>
       <c r="K978" s="1"/>
       <c r="L978" s="1"/>
       <c r="M978" s="1"/>
       <c r="N978" s="1"/>
       <c r="O978" s="1"/>
       <c r="P978" s="1"/>
       <c r="Q978" s="1"/>
       <c r="R978" s="1"/>
       <c r="S978" s="1"/>
       <c r="T978" s="1"/>
       <c r="U978" s="1"/>
       <c r="V978" s="1"/>
       <c r="W978" s="1"/>
     </row>
     <row r="979" spans="1:23">
       <c r="A979" s="3">
         <v>977</v>
       </c>
       <c r="B979" s="3" t="s">
@@ -47122,136 +47122,136 @@
       <c r="Q991" s="1"/>
       <c r="R991" s="1"/>
       <c r="S991" s="1"/>
       <c r="T991" s="1"/>
       <c r="U991" s="1"/>
       <c r="V991" s="1"/>
       <c r="W991" s="1"/>
     </row>
     <row r="992" spans="1:23">
       <c r="A992" s="3">
         <v>990</v>
       </c>
       <c r="B992" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C992" s="10" t="s">
         <v>1985</v>
       </c>
       <c r="D992" s="3" t="s">
         <v>1986</v>
       </c>
       <c r="E992" s="3">
         <v>874.28</v>
       </c>
       <c r="F992" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G992" s="3">
-        <v>869.02</v>
+        <v>865.47</v>
       </c>
       <c r="H992" s="4">
         <v>291.57</v>
       </c>
       <c r="I992" s="1"/>
       <c r="J992" s="1"/>
       <c r="K992" s="1"/>
       <c r="L992" s="1"/>
       <c r="M992" s="1"/>
       <c r="N992" s="1"/>
       <c r="O992" s="1"/>
       <c r="P992" s="1"/>
       <c r="Q992" s="1"/>
       <c r="R992" s="1"/>
       <c r="S992" s="1"/>
       <c r="T992" s="1"/>
       <c r="U992" s="1"/>
       <c r="V992" s="1"/>
       <c r="W992" s="1"/>
     </row>
     <row r="993" spans="1:23">
       <c r="A993" s="3">
         <v>991</v>
       </c>
       <c r="B993" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C993" s="10" t="s">
         <v>1987</v>
       </c>
       <c r="D993" s="3" t="s">
         <v>1988</v>
       </c>
       <c r="E993" s="3">
         <v>0</v>
       </c>
       <c r="F993" s="3">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G993" s="3">
-        <v>164.07</v>
+        <v>154.17</v>
       </c>
       <c r="H993" s="4">
         <v>162.95</v>
       </c>
       <c r="I993" s="1"/>
       <c r="J993" s="1"/>
       <c r="K993" s="1"/>
       <c r="L993" s="1"/>
       <c r="M993" s="1"/>
       <c r="N993" s="1"/>
       <c r="O993" s="1"/>
       <c r="P993" s="1"/>
       <c r="Q993" s="1"/>
       <c r="R993" s="1"/>
       <c r="S993" s="1"/>
       <c r="T993" s="1"/>
       <c r="U993" s="1"/>
       <c r="V993" s="1"/>
       <c r="W993" s="1"/>
     </row>
     <row r="994" spans="1:23">
       <c r="A994" s="3">
         <v>992</v>
       </c>
       <c r="B994" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C994" s="10" t="s">
         <v>1989</v>
       </c>
       <c r="D994" s="3" t="s">
         <v>1990</v>
       </c>
       <c r="E994" s="3">
         <v>0</v>
       </c>
       <c r="F994" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G994" s="3">
-        <v>118.16</v>
+        <v>94.73</v>
       </c>
       <c r="H994" s="4">
         <v>75.74</v>
       </c>
       <c r="I994" s="1"/>
       <c r="J994" s="1"/>
       <c r="K994" s="1"/>
       <c r="L994" s="1"/>
       <c r="M994" s="1"/>
       <c r="N994" s="1"/>
       <c r="O994" s="1"/>
       <c r="P994" s="1"/>
       <c r="Q994" s="1"/>
       <c r="R994" s="1"/>
       <c r="S994" s="1"/>
       <c r="T994" s="1"/>
       <c r="U994" s="1"/>
       <c r="V994" s="1"/>
       <c r="W994" s="1"/>
     </row>
     <row r="995" spans="1:23">
       <c r="A995" s="3">
         <v>993</v>
       </c>
       <c r="B995" s="3" t="s">
@@ -47368,54 +47368,54 @@
       <c r="Q997" s="1"/>
       <c r="R997" s="1"/>
       <c r="S997" s="1"/>
       <c r="T997" s="1"/>
       <c r="U997" s="1"/>
       <c r="V997" s="1"/>
       <c r="W997" s="1"/>
     </row>
     <row r="998" spans="1:23">
       <c r="A998" s="3">
         <v>996</v>
       </c>
       <c r="B998" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C998" s="10" t="s">
         <v>1997</v>
       </c>
       <c r="D998" s="3" t="s">
         <v>1998</v>
       </c>
       <c r="E998" s="3">
         <v>0</v>
       </c>
       <c r="F998" s="3">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G998" s="3">
-        <v>117.72</v>
+        <v>113.06</v>
       </c>
       <c r="H998" s="4">
         <v>80.22</v>
       </c>
       <c r="I998" s="1"/>
       <c r="J998" s="1"/>
       <c r="K998" s="1"/>
       <c r="L998" s="1"/>
       <c r="M998" s="1"/>
       <c r="N998" s="1"/>
       <c r="O998" s="1"/>
       <c r="P998" s="1"/>
       <c r="Q998" s="1"/>
       <c r="R998" s="1"/>
       <c r="S998" s="1"/>
       <c r="T998" s="1"/>
       <c r="U998" s="1"/>
       <c r="V998" s="1"/>
       <c r="W998" s="1"/>
     </row>
     <row r="999" spans="1:23">
       <c r="A999" s="3">
         <v>997</v>
       </c>
       <c r="B999" s="3" t="s">
@@ -47532,54 +47532,54 @@
       <c r="Q1001" s="1"/>
       <c r="R1001" s="1"/>
       <c r="S1001" s="1"/>
       <c r="T1001" s="1"/>
       <c r="U1001" s="1"/>
       <c r="V1001" s="1"/>
       <c r="W1001" s="1"/>
     </row>
     <row r="1002" spans="1:23">
       <c r="A1002" s="3">
         <v>1000</v>
       </c>
       <c r="B1002" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C1002" s="10" t="s">
         <v>2005</v>
       </c>
       <c r="D1002" s="3" t="s">
         <v>2006</v>
       </c>
       <c r="E1002" s="3">
         <v>0</v>
       </c>
       <c r="F1002" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G1002" s="3">
-        <v>64.3</v>
+        <v>57.65</v>
       </c>
       <c r="H1002" s="4">
         <v>26.68</v>
       </c>
       <c r="I1002" s="1"/>
       <c r="J1002" s="1"/>
       <c r="K1002" s="1"/>
       <c r="L1002" s="1"/>
       <c r="M1002" s="1"/>
       <c r="N1002" s="1"/>
       <c r="O1002" s="1"/>
       <c r="P1002" s="1"/>
       <c r="Q1002" s="1"/>
       <c r="R1002" s="1"/>
       <c r="S1002" s="1"/>
       <c r="T1002" s="1"/>
       <c r="U1002" s="1"/>
       <c r="V1002" s="1"/>
       <c r="W1002" s="1"/>
     </row>
     <row r="1003" spans="1:23">
       <c r="A1003" s="3">
         <v>1001</v>
       </c>
       <c r="B1003" s="3" t="s">
@@ -47651,95 +47651,95 @@
       <c r="Q1004" s="1"/>
       <c r="R1004" s="1"/>
       <c r="S1004" s="1"/>
       <c r="T1004" s="1"/>
       <c r="U1004" s="1"/>
       <c r="V1004" s="1"/>
       <c r="W1004" s="1"/>
     </row>
     <row r="1005" spans="1:23">
       <c r="A1005" s="3">
         <v>1003</v>
       </c>
       <c r="B1005" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C1005" s="10" t="s">
         <v>1987</v>
       </c>
       <c r="D1005" s="3" t="s">
         <v>2009</v>
       </c>
       <c r="E1005" s="3">
         <v>0</v>
       </c>
       <c r="F1005" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="G1005" s="3">
-        <v>76.92</v>
+        <v>62.53</v>
       </c>
       <c r="H1005" s="4">
         <v>0</v>
       </c>
       <c r="I1005" s="1"/>
       <c r="J1005" s="1"/>
       <c r="K1005" s="1"/>
       <c r="L1005" s="1"/>
       <c r="M1005" s="1"/>
       <c r="N1005" s="1"/>
       <c r="O1005" s="1"/>
       <c r="P1005" s="1"/>
       <c r="Q1005" s="1"/>
       <c r="R1005" s="1"/>
       <c r="S1005" s="1"/>
       <c r="T1005" s="1"/>
       <c r="U1005" s="1"/>
       <c r="V1005" s="1"/>
       <c r="W1005" s="1"/>
     </row>
     <row r="1006" spans="1:23">
       <c r="A1006" s="3">
         <v>1004</v>
       </c>
       <c r="B1006" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C1006" s="10" t="s">
         <v>2010</v>
       </c>
       <c r="D1006" s="3" t="s">
         <v>2011</v>
       </c>
       <c r="E1006" s="3">
         <v>0</v>
       </c>
       <c r="F1006" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G1006" s="3">
-        <v>3.57</v>
+        <v>3.19</v>
       </c>
       <c r="H1006" s="4">
         <v>3.19</v>
       </c>
       <c r="I1006" s="1"/>
       <c r="J1006" s="1"/>
       <c r="K1006" s="1"/>
       <c r="L1006" s="1"/>
       <c r="M1006" s="1"/>
       <c r="N1006" s="1"/>
       <c r="O1006" s="1"/>
       <c r="P1006" s="1"/>
       <c r="Q1006" s="1"/>
       <c r="R1006" s="1"/>
       <c r="S1006" s="1"/>
       <c r="T1006" s="1"/>
       <c r="U1006" s="1"/>
       <c r="V1006" s="1"/>
       <c r="W1006" s="1"/>
     </row>
     <row r="1007" spans="1:23">
       <c r="A1007" s="3">
         <v>1005</v>
       </c>
       <c r="B1007" s="3" t="s">
@@ -47774,130 +47774,130 @@
       <c r="Q1007" s="1"/>
       <c r="R1007" s="1"/>
       <c r="S1007" s="1"/>
       <c r="T1007" s="1"/>
       <c r="U1007" s="1"/>
       <c r="V1007" s="1"/>
       <c r="W1007" s="1"/>
     </row>
     <row r="1008" spans="1:23">
       <c r="A1008" s="3">
         <v>1006</v>
       </c>
       <c r="B1008" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C1008" s="10" t="s">
         <v>2014</v>
       </c>
       <c r="D1008" s="3" t="s">
         <v>2015</v>
       </c>
       <c r="E1008" s="3">
         <v>0</v>
       </c>
       <c r="F1008" s="3">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="G1008" s="3">
-        <v>71.83</v>
+        <v>60.05</v>
       </c>
       <c r="H1008" s="4">
         <v>56.38</v>
       </c>
       <c r="I1008" s="1"/>
       <c r="J1008" s="1"/>
       <c r="K1008" s="1"/>
       <c r="L1008" s="1"/>
       <c r="M1008" s="1"/>
       <c r="N1008" s="1"/>
       <c r="O1008" s="1"/>
       <c r="P1008" s="1"/>
       <c r="Q1008" s="1"/>
       <c r="R1008" s="1"/>
       <c r="S1008" s="1"/>
       <c r="T1008" s="1"/>
       <c r="U1008" s="1"/>
       <c r="V1008" s="1"/>
       <c r="W1008" s="1"/>
     </row>
     <row r="1009" spans="1:23">
       <c r="A1009" s="3">
         <v>1007</v>
       </c>
       <c r="B1009" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C1009" s="10" t="s">
         <v>2016</v>
       </c>
       <c r="D1009" s="3" t="s">
         <v>2017</v>
       </c>
       <c r="E1009" s="3">
         <v>0</v>
       </c>
       <c r="F1009" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G1009" s="3">
-        <v>16.56</v>
+        <v>0</v>
       </c>
       <c r="H1009" s="4">
         <v>16.56</v>
       </c>
       <c r="I1009" s="1"/>
       <c r="J1009" s="1"/>
       <c r="K1009" s="1"/>
       <c r="L1009" s="1"/>
       <c r="M1009" s="1"/>
       <c r="N1009" s="1"/>
       <c r="O1009" s="1"/>
       <c r="P1009" s="1"/>
       <c r="Q1009" s="1"/>
       <c r="R1009" s="1"/>
       <c r="S1009" s="1"/>
       <c r="T1009" s="1"/>
       <c r="U1009" s="1"/>
       <c r="V1009" s="1"/>
       <c r="W1009" s="1"/>
     </row>
     <row r="1010" spans="1:23">
       <c r="A1010" s="7" t="s">
         <v>2018</v>
       </c>
       <c r="B1010" s="7"/>
       <c r="C1010" s="11"/>
       <c r="D1010" s="7"/>
       <c r="E1010" s="7">
         <v>238282.27</v>
       </c>
       <c r="F1010" s="7">
         <v>0</v>
       </c>
       <c r="G1010" s="7">
-        <v>197603.4</v>
+        <v>193635.9</v>
       </c>
       <c r="H1010" s="8">
         <v>105546.91</v>
       </c>
       <c r="I1010" s="1"/>
       <c r="J1010" s="1"/>
       <c r="K1010" s="1"/>
       <c r="L1010" s="1"/>
       <c r="M1010" s="1"/>
       <c r="N1010" s="1"/>
       <c r="O1010" s="1"/>
       <c r="P1010" s="1"/>
       <c r="Q1010" s="1"/>
       <c r="R1010" s="1"/>
       <c r="S1010" s="1"/>
       <c r="T1010" s="1"/>
       <c r="U1010" s="1"/>
       <c r="V1010" s="1"/>
       <c r="W1010" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A1010:D1010"/>