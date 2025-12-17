--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -5602,54 +5602,54 @@
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="3">
         <v>37.52</v>
       </c>
       <c r="F6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
-        <v>69.77</v>
+        <v>67.61</v>
       </c>
       <c r="H6" s="4">
         <v>69.77</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
@@ -6504,54 +6504,54 @@
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E28" s="3">
         <v>409.63</v>
       </c>
       <c r="F28" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G28" s="3">
-        <v>289.42</v>
+        <v>288.66</v>
       </c>
       <c r="H28" s="4">
         <v>210.61</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
@@ -6709,54 +6709,54 @@
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="3">
         <v>418.17</v>
       </c>
       <c r="F33" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G33" s="3">
-        <v>349.11</v>
+        <v>294.75</v>
       </c>
       <c r="H33" s="4">
         <v>278.29</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
@@ -6876,92 +6876,92 @@
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>80</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="E37" s="3">
         <v>327.87</v>
       </c>
       <c r="F37" s="3">
         <v>11</v>
       </c>
       <c r="G37" s="3">
-        <v>166.48</v>
+        <v>165.22</v>
       </c>
       <c r="H37" s="4">
         <v>49.9</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>82</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E38" s="3">
         <v>280.78</v>
       </c>
       <c r="F38" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G38" s="3">
-        <v>273.81</v>
+        <v>264.76</v>
       </c>
       <c r="H38" s="4">
         <v>206.45</v>
       </c>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
@@ -7078,54 +7078,54 @@
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>90</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E42" s="3">
         <v>278.1</v>
       </c>
       <c r="F42" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G42" s="3">
-        <v>270.74</v>
+        <v>247.75</v>
       </c>
       <c r="H42" s="4">
         <v>213.15</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
@@ -7201,218 +7201,218 @@
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>96</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="E45" s="3">
         <v>1410.23</v>
       </c>
       <c r="F45" s="3">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G45" s="3">
-        <v>1092.88</v>
+        <v>1063.59</v>
       </c>
       <c r="H45" s="4">
         <v>426.21</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>98</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="E46" s="3">
         <v>405.95</v>
       </c>
       <c r="F46" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G46" s="3">
-        <v>337.77</v>
+        <v>364.87</v>
       </c>
       <c r="H46" s="4">
         <v>267.03</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="E47" s="3">
         <v>345.18</v>
       </c>
       <c r="F47" s="3">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G47" s="3">
-        <v>307</v>
+        <v>318.63</v>
       </c>
       <c r="H47" s="4">
         <v>108.73</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="E48" s="3">
         <v>680.51</v>
       </c>
       <c r="F48" s="3">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G48" s="3">
-        <v>667.18</v>
+        <v>659.14</v>
       </c>
       <c r="H48" s="4">
         <v>531.79</v>
       </c>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="E49" s="3">
         <v>253.57</v>
       </c>
       <c r="F49" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G49" s="3">
-        <v>243.39</v>
+        <v>225.83</v>
       </c>
       <c r="H49" s="4">
         <v>148.69</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
@@ -7447,54 +7447,54 @@
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>108</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="E51" s="3">
         <v>566.31</v>
       </c>
       <c r="F51" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G51" s="3">
-        <v>556</v>
+        <v>536.75</v>
       </c>
       <c r="H51" s="4">
         <v>390.44</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
@@ -7532,174 +7532,174 @@
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>112</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E53" s="3">
         <v>1670.52</v>
       </c>
       <c r="F53" s="3">
         <v>14</v>
       </c>
       <c r="G53" s="3">
-        <v>1620.16</v>
+        <v>1625.87</v>
       </c>
       <c r="H53" s="4">
         <v>744.94</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>114</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E54" s="3">
         <v>1014.09</v>
       </c>
       <c r="F54" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G54" s="3">
-        <v>875.37</v>
+        <v>878.37</v>
       </c>
       <c r="H54" s="4">
         <v>627.12</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>116</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="E55" s="3">
         <v>1136.09</v>
       </c>
       <c r="F55" s="3">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="G55" s="3">
-        <v>592.91</v>
+        <v>541.23</v>
       </c>
       <c r="H55" s="4">
         <v>526.84</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="E56" s="3">
         <v>709.83</v>
       </c>
       <c r="F56" s="3">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G56" s="3">
-        <v>650.34</v>
+        <v>674.9</v>
       </c>
       <c r="H56" s="4">
         <v>330.67</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
@@ -7980,54 +7980,54 @@
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="E64" s="3">
         <v>2026.7</v>
       </c>
       <c r="F64" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G64" s="3">
-        <v>1881.91</v>
+        <v>1796.79</v>
       </c>
       <c r="H64" s="4">
         <v>167.14</v>
       </c>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
@@ -8270,51 +8270,51 @@
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>149</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>150</v>
       </c>
       <c r="E71" s="3">
         <v>39.73</v>
       </c>
       <c r="F71" s="3">
         <v>3</v>
       </c>
       <c r="G71" s="3">
-        <v>35.66</v>
+        <v>35.67</v>
       </c>
       <c r="H71" s="4">
         <v>0.79</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
@@ -8349,54 +8349,54 @@
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>153</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>154</v>
       </c>
       <c r="E73" s="3">
         <v>404.35</v>
       </c>
       <c r="F73" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G73" s="3">
-        <v>302.23</v>
+        <v>284.79</v>
       </c>
       <c r="H73" s="4">
         <v>36.95</v>
       </c>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
@@ -9538,51 +9538,51 @@
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>211</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>212</v>
       </c>
       <c r="E102" s="3">
         <v>100</v>
       </c>
       <c r="F102" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G102" s="3">
         <v>91.91</v>
       </c>
       <c r="H102" s="4">
         <v>92.84</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
@@ -9825,54 +9825,54 @@
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E109" s="3">
         <v>350.95</v>
       </c>
       <c r="F109" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G109" s="3">
-        <v>347.07</v>
+        <v>307.81</v>
       </c>
       <c r="H109" s="4">
         <v>335.74</v>
       </c>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
@@ -9910,92 +9910,92 @@
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>229</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>230</v>
       </c>
       <c r="E111" s="3">
         <v>145.92</v>
       </c>
       <c r="F111" s="3">
         <v>5</v>
       </c>
       <c r="G111" s="3">
-        <v>75.38</v>
+        <v>82.65</v>
       </c>
       <c r="H111" s="4">
         <v>57.5</v>
       </c>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>231</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E112" s="3">
         <v>202.07</v>
       </c>
       <c r="F112" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G112" s="3">
-        <v>130.08</v>
+        <v>125.33</v>
       </c>
       <c r="H112" s="4">
         <v>142.97</v>
       </c>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
@@ -10194,54 +10194,54 @@
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E118" s="3">
         <v>426.37</v>
       </c>
       <c r="F118" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G118" s="3">
-        <v>422.05</v>
+        <v>400.24</v>
       </c>
       <c r="H118" s="4">
         <v>208.87</v>
       </c>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
@@ -10276,136 +10276,136 @@
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>247</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E120" s="3">
         <v>1064.47</v>
       </c>
       <c r="F120" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G120" s="3">
-        <v>1025.35</v>
+        <v>903.97</v>
       </c>
       <c r="H120" s="4">
         <v>652.49</v>
       </c>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>249</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>250</v>
       </c>
       <c r="E121" s="3">
         <v>1153.2</v>
       </c>
       <c r="F121" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G121" s="3">
-        <v>1056.86</v>
+        <v>1075.81</v>
       </c>
       <c r="H121" s="4">
         <v>668.46</v>
       </c>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>251</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E122" s="3">
         <v>456.86</v>
       </c>
       <c r="F122" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G122" s="3">
-        <v>380.48</v>
+        <v>364.16</v>
       </c>
       <c r="H122" s="4">
         <v>375.03</v>
       </c>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
@@ -10440,95 +10440,95 @@
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>255</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E124" s="3">
         <v>525.41</v>
       </c>
       <c r="F124" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G124" s="3">
-        <v>375.89</v>
+        <v>372</v>
       </c>
       <c r="H124" s="4">
         <v>385.63</v>
       </c>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>257</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>258</v>
       </c>
       <c r="E125" s="3">
         <v>603.97</v>
       </c>
       <c r="F125" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G125" s="3">
-        <v>493.28</v>
+        <v>496.28</v>
       </c>
       <c r="H125" s="4">
         <v>353.92</v>
       </c>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
@@ -10604,136 +10604,136 @@
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>263</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E128" s="3">
         <v>959.66</v>
       </c>
       <c r="F128" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G128" s="3">
-        <v>918.46</v>
+        <v>907.2</v>
       </c>
       <c r="H128" s="4">
         <v>266.04</v>
       </c>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>265</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>266</v>
       </c>
       <c r="E129" s="3">
         <v>1207.79</v>
       </c>
       <c r="F129" s="3">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G129" s="3">
-        <v>826.98</v>
+        <v>791.58</v>
       </c>
       <c r="H129" s="4">
         <v>366.55</v>
       </c>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>267</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E130" s="3">
         <v>956.49</v>
       </c>
       <c r="F130" s="3">
         <v>8</v>
       </c>
       <c r="G130" s="3">
-        <v>803.93</v>
+        <v>797.33</v>
       </c>
       <c r="H130" s="4">
         <v>112.77</v>
       </c>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
@@ -10768,218 +10768,218 @@
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>272</v>
       </c>
       <c r="E132" s="3">
         <v>973.36</v>
       </c>
       <c r="F132" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G132" s="3">
-        <v>936.51</v>
+        <v>930.44</v>
       </c>
       <c r="H132" s="4">
         <v>196.45</v>
       </c>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>273</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>274</v>
       </c>
       <c r="E133" s="3">
         <v>660.15</v>
       </c>
       <c r="F133" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G133" s="3">
-        <v>593.77</v>
+        <v>549.52</v>
       </c>
       <c r="H133" s="4">
         <v>441.38</v>
       </c>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>275</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>276</v>
       </c>
       <c r="E134" s="3">
         <v>1054.89</v>
       </c>
       <c r="F134" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G134" s="3">
-        <v>981.04</v>
+        <v>925.38</v>
       </c>
       <c r="H134" s="4">
         <v>399.59</v>
       </c>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>277</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>278</v>
       </c>
       <c r="E135" s="3">
         <v>1091.79</v>
       </c>
       <c r="F135" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G135" s="3">
-        <v>981.86</v>
+        <v>945.63</v>
       </c>
       <c r="H135" s="4">
         <v>639.03</v>
       </c>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>279</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E136" s="3">
         <v>491.09</v>
       </c>
       <c r="F136" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G136" s="3">
-        <v>491.09</v>
+        <v>485.04</v>
       </c>
       <c r="H136" s="4">
         <v>219.56</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
@@ -11014,136 +11014,136 @@
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>283</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E138" s="3">
         <v>1223.98</v>
       </c>
       <c r="F138" s="3">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G138" s="3">
-        <v>1052.78</v>
+        <v>1040.34</v>
       </c>
       <c r="H138" s="4">
         <v>344.56</v>
       </c>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>285</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>286</v>
       </c>
       <c r="E139" s="3">
         <v>1544.64</v>
       </c>
       <c r="F139" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G139" s="3">
-        <v>1351.1</v>
+        <v>1344.32</v>
       </c>
       <c r="H139" s="4">
         <v>179.69</v>
       </c>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>287</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>288</v>
       </c>
       <c r="E140" s="3">
         <v>1552.56</v>
       </c>
       <c r="F140" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G140" s="3">
-        <v>1324.2</v>
+        <v>1324.1</v>
       </c>
       <c r="H140" s="4">
         <v>302.68</v>
       </c>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
@@ -11178,95 +11178,95 @@
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>292</v>
       </c>
       <c r="E142" s="3">
         <v>123.12</v>
       </c>
       <c r="F142" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G142" s="3">
-        <v>118.2</v>
+        <v>36.12</v>
       </c>
       <c r="H142" s="4">
         <v>90.69</v>
       </c>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>293</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>294</v>
       </c>
       <c r="E143" s="3">
         <v>1098.68</v>
       </c>
       <c r="F143" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G143" s="3">
-        <v>986.22</v>
+        <v>965.46</v>
       </c>
       <c r="H143" s="4">
         <v>349.97</v>
       </c>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
@@ -12408,95 +12408,95 @@
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>351</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>352</v>
       </c>
       <c r="E172" s="3">
         <v>227.33</v>
       </c>
       <c r="F172" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G172" s="3">
-        <v>200.48</v>
+        <v>189.7</v>
       </c>
       <c r="H172" s="4">
         <v>128.66</v>
       </c>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>353</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>354</v>
       </c>
       <c r="E173" s="3">
         <v>682.2</v>
       </c>
       <c r="F173" s="3">
         <v>10</v>
       </c>
       <c r="G173" s="3">
-        <v>447.54</v>
+        <v>439.91</v>
       </c>
       <c r="H173" s="4">
         <v>262.79</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
@@ -13390,136 +13390,136 @@
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C196" s="10" t="s">
         <v>398</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>399</v>
       </c>
       <c r="E196" s="3">
         <v>553.34</v>
       </c>
       <c r="F196" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G196" s="3">
-        <v>515.55</v>
+        <v>523.56</v>
       </c>
       <c r="H196" s="4">
         <v>219.52</v>
       </c>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C197" s="10" t="s">
         <v>400</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>401</v>
       </c>
       <c r="E197" s="3">
         <v>1006.28</v>
       </c>
       <c r="F197" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G197" s="3">
-        <v>958.18</v>
+        <v>957.68</v>
       </c>
       <c r="H197" s="4">
         <v>293.65</v>
       </c>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="10" t="s">
         <v>402</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E198" s="3">
         <v>535.12</v>
       </c>
       <c r="F198" s="3">
         <v>8</v>
       </c>
       <c r="G198" s="3">
-        <v>525.96</v>
+        <v>518.72</v>
       </c>
       <c r="H198" s="4">
         <v>319.55</v>
       </c>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
@@ -13557,297 +13557,297 @@
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C200" s="10" t="s">
         <v>406</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>407</v>
       </c>
       <c r="E200" s="3">
         <v>796.34</v>
       </c>
       <c r="F200" s="3">
         <v>10</v>
       </c>
       <c r="G200" s="3">
-        <v>706.43</v>
+        <v>744.91</v>
       </c>
       <c r="H200" s="4">
         <v>544.6</v>
       </c>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C201" s="10" t="s">
         <v>408</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>409</v>
       </c>
       <c r="E201" s="3">
         <v>382.02</v>
       </c>
       <c r="F201" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G201" s="3">
-        <v>314.28</v>
+        <v>313.29</v>
       </c>
       <c r="H201" s="4">
         <v>79.47</v>
       </c>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C202" s="10" t="s">
         <v>410</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>411</v>
       </c>
       <c r="E202" s="3">
         <v>266.95</v>
       </c>
       <c r="F202" s="3">
         <v>8</v>
       </c>
       <c r="G202" s="3">
-        <v>178.27</v>
+        <v>184.65</v>
       </c>
       <c r="H202" s="4">
         <v>116.39</v>
       </c>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>412</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>413</v>
       </c>
       <c r="E203" s="3">
         <v>334.95</v>
       </c>
       <c r="F203" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G203" s="3">
-        <v>297.8</v>
+        <v>291.82</v>
       </c>
       <c r="H203" s="4">
         <v>133.07</v>
       </c>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="10" t="s">
         <v>414</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>415</v>
       </c>
       <c r="E204" s="3">
         <v>873.31</v>
       </c>
       <c r="F204" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G204" s="3">
-        <v>632.07</v>
+        <v>583.18</v>
       </c>
       <c r="H204" s="4">
         <v>419.84</v>
       </c>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="10" t="s">
         <v>416</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>417</v>
       </c>
       <c r="E205" s="3">
         <v>789.63</v>
       </c>
       <c r="F205" s="3">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G205" s="3">
-        <v>713.11</v>
+        <v>687.6</v>
       </c>
       <c r="H205" s="4">
         <v>360.22</v>
       </c>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C206" s="10" t="s">
         <v>418</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>419</v>
       </c>
       <c r="E206" s="3">
         <v>1026.8</v>
       </c>
       <c r="F206" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G206" s="3">
-        <v>989.15</v>
+        <v>961.45</v>
       </c>
       <c r="H206" s="4">
         <v>348.29</v>
       </c>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
@@ -13882,300 +13882,300 @@
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C208" s="10" t="s">
         <v>422</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>423</v>
       </c>
       <c r="E208" s="3">
         <v>397.71</v>
       </c>
       <c r="F208" s="3">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G208" s="3">
-        <v>353.76</v>
+        <v>456.6</v>
       </c>
       <c r="H208" s="4">
         <v>352.72</v>
       </c>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>424</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E209" s="3">
         <v>0</v>
       </c>
       <c r="F209" s="3">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G209" s="3">
-        <v>1025.9</v>
+        <v>1132.73</v>
       </c>
       <c r="H209" s="4">
         <v>1057.03</v>
       </c>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>426</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>427</v>
       </c>
       <c r="E210" s="3">
         <v>290.85</v>
       </c>
       <c r="F210" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G210" s="3">
-        <v>264.33</v>
+        <v>236.2</v>
       </c>
       <c r="H210" s="4">
         <v>183.32</v>
       </c>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>428</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>429</v>
       </c>
       <c r="E211" s="3">
         <v>174.54</v>
       </c>
       <c r="F211" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G211" s="3">
-        <v>121.76</v>
+        <v>109.4</v>
       </c>
       <c r="H211" s="4">
         <v>51.92</v>
       </c>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C212" s="10" t="s">
         <v>430</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>431</v>
       </c>
       <c r="E212" s="3">
         <v>996.79</v>
       </c>
       <c r="F212" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G212" s="3">
-        <v>730.26</v>
+        <v>727.41</v>
       </c>
       <c r="H212" s="4">
         <v>466.9</v>
       </c>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E213" s="3">
         <v>585.11</v>
       </c>
       <c r="F213" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G213" s="3">
-        <v>506.67</v>
+        <v>501.88</v>
       </c>
       <c r="H213" s="4">
         <v>420.41</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>434</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>435</v>
       </c>
       <c r="E214" s="3">
         <v>287.87</v>
       </c>
       <c r="F214" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G214" s="3">
-        <v>203.59</v>
+        <v>196.55</v>
       </c>
       <c r="H214" s="4">
         <v>93.35</v>
       </c>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
@@ -14251,54 +14251,54 @@
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>440</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>441</v>
       </c>
       <c r="E217" s="3">
         <v>525.16</v>
       </c>
       <c r="F217" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G217" s="3">
-        <v>510.23</v>
+        <v>425.81</v>
       </c>
       <c r="H217" s="4">
         <v>461.9</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
@@ -14415,177 +14415,177 @@
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>448</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>449</v>
       </c>
       <c r="E221" s="3">
         <v>618.38</v>
       </c>
       <c r="F221" s="3">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G221" s="3">
-        <v>370.23</v>
+        <v>350.44</v>
       </c>
       <c r="H221" s="4">
         <v>345.34</v>
       </c>
       <c r="I221" s="1"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>450</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>451</v>
       </c>
       <c r="E222" s="3">
         <v>297.74</v>
       </c>
       <c r="F222" s="3">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G222" s="3">
-        <v>224.07</v>
+        <v>217.82</v>
       </c>
       <c r="H222" s="4">
         <v>104.05</v>
       </c>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>452</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>453</v>
       </c>
       <c r="E223" s="3">
         <v>963.94</v>
       </c>
       <c r="F223" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G223" s="3">
-        <v>942.72</v>
+        <v>940.91</v>
       </c>
       <c r="H223" s="4">
         <v>283.23</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>454</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>455</v>
       </c>
       <c r="E224" s="3">
         <v>842.53</v>
       </c>
       <c r="F224" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G224" s="3">
-        <v>637.85</v>
+        <v>364.15</v>
       </c>
       <c r="H224" s="4">
         <v>495.26</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
@@ -14620,54 +14620,54 @@
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>458</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>459</v>
       </c>
       <c r="E226" s="3">
         <v>950.34</v>
       </c>
       <c r="F226" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G226" s="3">
-        <v>805.07</v>
+        <v>798.47</v>
       </c>
       <c r="H226" s="4">
         <v>548.96</v>
       </c>
       <c r="I226" s="1"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
@@ -14784,54 +14784,54 @@
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C230" s="10" t="s">
         <v>466</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>467</v>
       </c>
       <c r="E230" s="3">
         <v>495.29</v>
       </c>
       <c r="F230" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G230" s="3">
-        <v>494.94</v>
+        <v>490.12</v>
       </c>
       <c r="H230" s="4">
         <v>202.36</v>
       </c>
       <c r="I230" s="1"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
@@ -14907,54 +14907,54 @@
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>472</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>473</v>
       </c>
       <c r="E233" s="3">
         <v>712.22</v>
       </c>
       <c r="F233" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G233" s="3">
-        <v>490.81</v>
+        <v>237.6</v>
       </c>
       <c r="H233" s="4">
         <v>268.13</v>
       </c>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
@@ -14989,54 +14989,54 @@
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="10" t="s">
         <v>476</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>477</v>
       </c>
       <c r="E235" s="3">
         <v>256.69</v>
       </c>
       <c r="F235" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G235" s="3">
-        <v>204.47</v>
+        <v>30.49</v>
       </c>
       <c r="H235" s="4">
         <v>140.05</v>
       </c>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
@@ -15153,95 +15153,95 @@
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="10" t="s">
         <v>484</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>485</v>
       </c>
       <c r="E239" s="3">
         <v>189.25</v>
       </c>
       <c r="F239" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G239" s="3">
-        <v>154.05</v>
+        <v>138.63</v>
       </c>
       <c r="H239" s="4">
         <v>82.5</v>
       </c>
       <c r="I239" s="1"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1"/>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="10" t="s">
         <v>486</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>487</v>
       </c>
       <c r="E240" s="3">
         <v>143.43</v>
       </c>
       <c r="F240" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G240" s="3">
-        <v>93.94</v>
+        <v>4.34</v>
       </c>
       <c r="H240" s="4">
         <v>89.6</v>
       </c>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
@@ -15399,54 +15399,54 @@
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C245" s="10" t="s">
         <v>496</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>497</v>
       </c>
       <c r="E245" s="3">
         <v>158.22</v>
       </c>
       <c r="F245" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G245" s="3">
-        <v>105.08</v>
+        <v>100.19</v>
       </c>
       <c r="H245" s="4">
         <v>24.93</v>
       </c>
       <c r="I245" s="1"/>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
@@ -16304,51 +16304,51 @@
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>540</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>541</v>
       </c>
       <c r="E267" s="3">
         <v>165.82</v>
       </c>
       <c r="F267" s="3">
         <v>3</v>
       </c>
       <c r="G267" s="3">
-        <v>81.91</v>
+        <v>84.28</v>
       </c>
       <c r="H267" s="4">
         <v>4.75</v>
       </c>
       <c r="I267" s="1"/>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
@@ -16629,54 +16629,54 @@
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="10" t="s">
         <v>556</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>557</v>
       </c>
       <c r="E275" s="3">
         <v>7474.85</v>
       </c>
       <c r="F275" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G275" s="3">
-        <v>7556.64</v>
+        <v>7350.33</v>
       </c>
       <c r="H275" s="4">
         <v>4806.44</v>
       </c>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
@@ -16711,54 +16711,54 @@
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C277" s="10" t="s">
         <v>560</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>561</v>
       </c>
       <c r="E277" s="3">
         <v>207.32</v>
       </c>
       <c r="F277" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G277" s="3">
-        <v>121.96</v>
+        <v>118.34</v>
       </c>
       <c r="H277" s="4">
         <v>112.96</v>
       </c>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
@@ -16793,95 +16793,95 @@
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C279" s="10" t="s">
         <v>564</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>565</v>
       </c>
       <c r="E279" s="3">
         <v>1402.19</v>
       </c>
       <c r="F279" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G279" s="3">
-        <v>1220.04</v>
+        <v>1206.89</v>
       </c>
       <c r="H279" s="4">
         <v>514.44</v>
       </c>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C280" s="10" t="s">
         <v>566</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>567</v>
       </c>
       <c r="E280" s="3">
         <v>554.27</v>
       </c>
       <c r="F280" s="3">
         <v>8</v>
       </c>
       <c r="G280" s="3">
-        <v>554.27</v>
+        <v>554.28</v>
       </c>
       <c r="H280" s="4">
         <v>156.36</v>
       </c>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1"/>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
@@ -17939,54 +17939,54 @@
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="10" t="s">
         <v>619</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E307" s="3">
         <v>88.67</v>
       </c>
       <c r="F307" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G307" s="3">
-        <v>80.7</v>
+        <v>79.78</v>
       </c>
       <c r="H307" s="4">
         <v>79.14</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
@@ -18226,177 +18226,177 @@
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>633</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>634</v>
       </c>
       <c r="E314" s="3">
         <v>185.88</v>
       </c>
       <c r="F314" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G314" s="3">
-        <v>131.46</v>
+        <v>170.9</v>
       </c>
       <c r="H314" s="4">
         <v>83.43</v>
       </c>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="10" t="s">
         <v>635</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>636</v>
       </c>
       <c r="E315" s="3">
         <v>465.55</v>
       </c>
       <c r="F315" s="3">
         <v>9</v>
       </c>
       <c r="G315" s="3">
-        <v>326.73</v>
+        <v>330.64</v>
       </c>
       <c r="H315" s="4">
         <v>174.16</v>
       </c>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C316" s="10" t="s">
         <v>637</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>638</v>
       </c>
       <c r="E316" s="3">
         <v>354.55</v>
       </c>
       <c r="F316" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G316" s="3">
-        <v>279.17</v>
+        <v>268.21</v>
       </c>
       <c r="H316" s="4">
         <v>121.52</v>
       </c>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C317" s="10" t="s">
         <v>639</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>640</v>
       </c>
       <c r="E317" s="3">
         <v>351.67</v>
       </c>
       <c r="F317" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G317" s="3">
-        <v>306.38</v>
+        <v>349.97</v>
       </c>
       <c r="H317" s="4">
         <v>299.9</v>
       </c>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
@@ -18431,54 +18431,54 @@
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>643</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>644</v>
       </c>
       <c r="E319" s="3">
         <v>555.3</v>
       </c>
       <c r="F319" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G319" s="3">
-        <v>524.4</v>
+        <v>470.94</v>
       </c>
       <c r="H319" s="4">
         <v>249.08</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
@@ -18598,133 +18598,133 @@
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C323" s="10" t="s">
         <v>651</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>652</v>
       </c>
       <c r="E323" s="3">
         <v>949.08</v>
       </c>
       <c r="F323" s="3">
         <v>12</v>
       </c>
       <c r="G323" s="3">
-        <v>751.68</v>
+        <v>753.06</v>
       </c>
       <c r="H323" s="4">
         <v>453.3</v>
       </c>
       <c r="I323" s="1"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C324" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>654</v>
       </c>
       <c r="E324" s="3">
         <v>253.56</v>
       </c>
       <c r="F324" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G324" s="3">
-        <v>259.51</v>
+        <v>249.58</v>
       </c>
       <c r="H324" s="4">
         <v>136.56</v>
       </c>
       <c r="I324" s="1"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>655</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>656</v>
       </c>
       <c r="E325" s="3">
         <v>751.19</v>
       </c>
       <c r="F325" s="3">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G325" s="3">
-        <v>641.73</v>
+        <v>631.7</v>
       </c>
       <c r="H325" s="4">
         <v>310.4</v>
       </c>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
@@ -18759,300 +18759,300 @@
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C327" s="10" t="s">
         <v>659</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>660</v>
       </c>
       <c r="E327" s="3">
         <v>730.39</v>
       </c>
       <c r="F327" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G327" s="3">
-        <v>528.15</v>
+        <v>512.63</v>
       </c>
       <c r="H327" s="4">
         <v>468.53</v>
       </c>
       <c r="I327" s="1"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1"/>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="10" t="s">
         <v>661</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E328" s="3">
         <v>373.67</v>
       </c>
       <c r="F328" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G328" s="3">
-        <v>338.84</v>
+        <v>290.71</v>
       </c>
       <c r="H328" s="4">
         <v>189.2</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="10" t="s">
         <v>663</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>664</v>
       </c>
       <c r="E329" s="3">
         <v>1597.04</v>
       </c>
       <c r="F329" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G329" s="3">
-        <v>1158.95</v>
+        <v>1161.95</v>
       </c>
       <c r="H329" s="4">
         <v>386.4</v>
       </c>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="10" t="s">
         <v>665</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>666</v>
       </c>
       <c r="E330" s="3">
         <v>1164.5</v>
       </c>
       <c r="F330" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G330" s="3">
-        <v>1124.28</v>
+        <v>1084.06</v>
       </c>
       <c r="H330" s="4">
         <v>253.52</v>
       </c>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="10" t="s">
         <v>667</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>668</v>
       </c>
       <c r="E331" s="3">
         <v>930.35</v>
       </c>
       <c r="F331" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G331" s="3">
-        <v>816.47</v>
+        <v>804.63</v>
       </c>
       <c r="H331" s="4">
         <v>392.65</v>
       </c>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="10" t="s">
         <v>669</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>670</v>
       </c>
       <c r="E332" s="3">
         <v>971.6</v>
       </c>
       <c r="F332" s="3">
         <v>6</v>
       </c>
       <c r="G332" s="3">
-        <v>693.02</v>
+        <v>696.46</v>
       </c>
       <c r="H332" s="4">
         <v>628.06</v>
       </c>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="10" t="s">
         <v>671</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>672</v>
       </c>
       <c r="E333" s="3">
         <v>849.86</v>
       </c>
       <c r="F333" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G333" s="3">
-        <v>567.53</v>
+        <v>570.53</v>
       </c>
       <c r="H333" s="4">
         <v>477.45</v>
       </c>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
@@ -19087,95 +19087,95 @@
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>675</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>676</v>
       </c>
       <c r="E335" s="3">
         <v>505.13</v>
       </c>
       <c r="F335" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G335" s="3">
-        <v>500.84</v>
+        <v>482</v>
       </c>
       <c r="H335" s="4">
         <v>351.69</v>
       </c>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C336" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E336" s="3">
         <v>1010.12</v>
       </c>
       <c r="F336" s="3">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G336" s="3">
-        <v>948.44</v>
+        <v>941.85</v>
       </c>
       <c r="H336" s="4">
         <v>450.42</v>
       </c>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
@@ -19251,95 +19251,95 @@
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>683</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>684</v>
       </c>
       <c r="E339" s="3">
         <v>706.16</v>
       </c>
       <c r="F339" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G339" s="3">
-        <v>587.24</v>
+        <v>580.99</v>
       </c>
       <c r="H339" s="4">
         <v>475.26</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C340" s="10" t="s">
         <v>685</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>686</v>
       </c>
       <c r="E340" s="3">
         <v>0</v>
       </c>
       <c r="F340" s="3">
         <v>56</v>
       </c>
       <c r="G340" s="3">
-        <v>1060.58</v>
+        <v>1105.94</v>
       </c>
       <c r="H340" s="4">
         <v>946.26</v>
       </c>
       <c r="I340" s="1"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
@@ -19374,95 +19374,95 @@
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>689</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>690</v>
       </c>
       <c r="E342" s="3">
         <v>920.61</v>
       </c>
       <c r="F342" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G342" s="3">
-        <v>903.66</v>
+        <v>872.81</v>
       </c>
       <c r="H342" s="4">
         <v>379.11</v>
       </c>
       <c r="I342" s="1"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="10" t="s">
         <v>691</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>692</v>
       </c>
       <c r="E343" s="3">
         <v>1014.27</v>
       </c>
       <c r="F343" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G343" s="3">
-        <v>1014.27</v>
+        <v>986.86</v>
       </c>
       <c r="H343" s="4">
         <v>827.54</v>
       </c>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
@@ -19538,95 +19538,95 @@
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="10" t="s">
         <v>697</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>698</v>
       </c>
       <c r="E346" s="3">
         <v>1367.01</v>
       </c>
       <c r="F346" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G346" s="3">
-        <v>1334.38</v>
+        <v>1247.3</v>
       </c>
       <c r="H346" s="4">
         <v>629.33</v>
       </c>
       <c r="I346" s="1"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C347" s="10" t="s">
         <v>699</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>700</v>
       </c>
       <c r="E347" s="3">
         <v>748.8</v>
       </c>
       <c r="F347" s="3">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G347" s="3">
-        <v>727.88</v>
+        <v>694.23</v>
       </c>
       <c r="H347" s="4">
         <v>187.78</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
@@ -19661,54 +19661,54 @@
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="10" t="s">
         <v>703</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>704</v>
       </c>
       <c r="E349" s="3">
         <v>499.96</v>
       </c>
       <c r="F349" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G349" s="3">
-        <v>455.93</v>
+        <v>418.49</v>
       </c>
       <c r="H349" s="4">
         <v>150.41</v>
       </c>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
@@ -20238,51 +20238,51 @@
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
     <row r="363" spans="1:23">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C363" s="10" t="s">
         <v>731</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>732</v>
       </c>
       <c r="E363" s="3">
         <v>40.3</v>
       </c>
       <c r="F363" s="3">
         <v>3</v>
       </c>
       <c r="G363" s="3">
-        <v>35.55</v>
+        <v>35.56</v>
       </c>
       <c r="H363" s="4">
         <v>19.86</v>
       </c>
       <c r="I363" s="1"/>
       <c r="J363" s="1"/>
       <c r="K363" s="1"/>
       <c r="L363" s="1"/>
       <c r="M363" s="1"/>
       <c r="N363" s="1"/>
       <c r="O363" s="1"/>
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
@@ -20604,54 +20604,54 @@
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="10" t="s">
         <v>749</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>750</v>
       </c>
       <c r="E372" s="3">
         <v>11285.15</v>
       </c>
       <c r="F372" s="3">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G372" s="3">
-        <v>9564.04</v>
+        <v>9498.62</v>
       </c>
       <c r="H372" s="4">
         <v>3199.68</v>
       </c>
       <c r="I372" s="1"/>
       <c r="J372" s="1"/>
       <c r="K372" s="1"/>
       <c r="L372" s="1"/>
       <c r="M372" s="1"/>
       <c r="N372" s="1"/>
       <c r="O372" s="1"/>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
@@ -20686,54 +20686,54 @@
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>753</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>754</v>
       </c>
       <c r="E374" s="3">
         <v>704.45</v>
       </c>
       <c r="F374" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G374" s="3">
-        <v>558.34</v>
+        <v>546.24</v>
       </c>
       <c r="H374" s="4">
         <v>378.95</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
@@ -20853,51 +20853,51 @@
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="10" t="s">
         <v>761</v>
       </c>
       <c r="D378" s="3" t="s">
         <v>762</v>
       </c>
       <c r="E378" s="3">
         <v>2261.14</v>
       </c>
       <c r="F378" s="3">
         <v>26</v>
       </c>
       <c r="G378" s="3">
-        <v>1657.85</v>
+        <v>1657.77</v>
       </c>
       <c r="H378" s="4">
         <v>466.42</v>
       </c>
       <c r="I378" s="1"/>
       <c r="J378" s="1"/>
       <c r="K378" s="1"/>
       <c r="L378" s="1"/>
       <c r="M378" s="1"/>
       <c r="N378" s="1"/>
       <c r="O378" s="1"/>
       <c r="P378" s="1"/>
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
@@ -21014,177 +21014,177 @@
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="10" t="s">
         <v>769</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>770</v>
       </c>
       <c r="E382" s="3">
         <v>594.58</v>
       </c>
       <c r="F382" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G382" s="3">
-        <v>641.6</v>
+        <v>628.81</v>
       </c>
       <c r="H382" s="4">
         <v>532.62</v>
       </c>
       <c r="I382" s="1"/>
       <c r="J382" s="1"/>
       <c r="K382" s="1"/>
       <c r="L382" s="1"/>
       <c r="M382" s="1"/>
       <c r="N382" s="1"/>
       <c r="O382" s="1"/>
       <c r="P382" s="1"/>
       <c r="Q382" s="1"/>
       <c r="R382" s="1"/>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C383" s="10" t="s">
         <v>771</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>772</v>
       </c>
       <c r="E383" s="3">
         <v>287.82</v>
       </c>
       <c r="F383" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G383" s="3">
-        <v>253.78</v>
+        <v>252.84</v>
       </c>
       <c r="H383" s="4">
         <v>496.88</v>
       </c>
       <c r="I383" s="1"/>
       <c r="J383" s="1"/>
       <c r="K383" s="1"/>
       <c r="L383" s="1"/>
       <c r="M383" s="1"/>
       <c r="N383" s="1"/>
       <c r="O383" s="1"/>
       <c r="P383" s="1"/>
       <c r="Q383" s="1"/>
       <c r="R383" s="1"/>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C384" s="10" t="s">
         <v>773</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>774</v>
       </c>
       <c r="E384" s="3">
         <v>2286.45</v>
       </c>
       <c r="F384" s="3">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G384" s="3">
-        <v>1831.35</v>
+        <v>1514.35</v>
       </c>
       <c r="H384" s="4">
         <v>977.79</v>
       </c>
       <c r="I384" s="1"/>
       <c r="J384" s="1"/>
       <c r="K384" s="1"/>
       <c r="L384" s="1"/>
       <c r="M384" s="1"/>
       <c r="N384" s="1"/>
       <c r="O384" s="1"/>
       <c r="P384" s="1"/>
       <c r="Q384" s="1"/>
       <c r="R384" s="1"/>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C385" s="10" t="s">
         <v>775</v>
       </c>
       <c r="D385" s="3" t="s">
         <v>776</v>
       </c>
       <c r="E385" s="3">
         <v>13696.11</v>
       </c>
       <c r="F385" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G385" s="3">
-        <v>13143.31</v>
+        <v>13024.98</v>
       </c>
       <c r="H385" s="4">
         <v>3485.96</v>
       </c>
       <c r="I385" s="1"/>
       <c r="J385" s="1"/>
       <c r="K385" s="1"/>
       <c r="L385" s="1"/>
       <c r="M385" s="1"/>
       <c r="N385" s="1"/>
       <c r="O385" s="1"/>
       <c r="P385" s="1"/>
       <c r="Q385" s="1"/>
       <c r="R385" s="1"/>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
@@ -21793,54 +21793,54 @@
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C401" s="10" t="s">
         <v>807</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>808</v>
       </c>
       <c r="E401" s="3">
         <v>164.14</v>
       </c>
       <c r="F401" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G401" s="3">
-        <v>162.13</v>
+        <v>161.98</v>
       </c>
       <c r="H401" s="4">
         <v>161.98</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
@@ -21998,54 +21998,54 @@
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="10" t="s">
         <v>817</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>818</v>
       </c>
       <c r="E406" s="3">
         <v>301.32</v>
       </c>
       <c r="F406" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G406" s="3">
-        <v>184.84</v>
+        <v>162.56</v>
       </c>
       <c r="H406" s="4">
         <v>102.81</v>
       </c>
       <c r="I406" s="1"/>
       <c r="J406" s="1"/>
       <c r="K406" s="1"/>
       <c r="L406" s="1"/>
       <c r="M406" s="1"/>
       <c r="N406" s="1"/>
       <c r="O406" s="1"/>
       <c r="P406" s="1"/>
       <c r="Q406" s="1"/>
       <c r="R406" s="1"/>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
@@ -22367,54 +22367,54 @@
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C415" s="10" t="s">
         <v>835</v>
       </c>
       <c r="D415" s="3" t="s">
         <v>836</v>
       </c>
       <c r="E415" s="3">
         <v>321.72</v>
       </c>
       <c r="F415" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G415" s="3">
-        <v>283.17</v>
+        <v>265.86</v>
       </c>
       <c r="H415" s="4">
         <v>220.31</v>
       </c>
       <c r="I415" s="1"/>
       <c r="J415" s="1"/>
       <c r="K415" s="1"/>
       <c r="L415" s="1"/>
       <c r="M415" s="1"/>
       <c r="N415" s="1"/>
       <c r="O415" s="1"/>
       <c r="P415" s="1"/>
       <c r="Q415" s="1"/>
       <c r="R415" s="1"/>
       <c r="S415" s="1"/>
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
@@ -22613,54 +22613,54 @@
       <c r="Q420" s="1"/>
       <c r="R420" s="1"/>
       <c r="S420" s="1"/>
       <c r="T420" s="1"/>
       <c r="U420" s="1"/>
       <c r="V420" s="1"/>
       <c r="W420" s="1"/>
     </row>
     <row r="421" spans="1:23">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C421" s="10" t="s">
         <v>847</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>848</v>
       </c>
       <c r="E421" s="3">
         <v>960.78</v>
       </c>
       <c r="F421" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G421" s="3">
-        <v>903.96</v>
+        <v>890.34</v>
       </c>
       <c r="H421" s="4">
         <v>443.54</v>
       </c>
       <c r="I421" s="1"/>
       <c r="J421" s="1"/>
       <c r="K421" s="1"/>
       <c r="L421" s="1"/>
       <c r="M421" s="1"/>
       <c r="N421" s="1"/>
       <c r="O421" s="1"/>
       <c r="P421" s="1"/>
       <c r="Q421" s="1"/>
       <c r="R421" s="1"/>
       <c r="S421" s="1"/>
       <c r="T421" s="1"/>
       <c r="U421" s="1"/>
       <c r="V421" s="1"/>
       <c r="W421" s="1"/>
     </row>
     <row r="422" spans="1:23">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
@@ -22736,136 +22736,136 @@
       <c r="Q423" s="1"/>
       <c r="R423" s="1"/>
       <c r="S423" s="1"/>
       <c r="T423" s="1"/>
       <c r="U423" s="1"/>
       <c r="V423" s="1"/>
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C424" s="10" t="s">
         <v>853</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>854</v>
       </c>
       <c r="E424" s="3">
         <v>269.33</v>
       </c>
       <c r="F424" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G424" s="3">
-        <v>269.28</v>
+        <v>238.55</v>
       </c>
       <c r="H424" s="4">
         <v>174.64</v>
       </c>
       <c r="I424" s="1"/>
       <c r="J424" s="1"/>
       <c r="K424" s="1"/>
       <c r="L424" s="1"/>
       <c r="M424" s="1"/>
       <c r="N424" s="1"/>
       <c r="O424" s="1"/>
       <c r="P424" s="1"/>
       <c r="Q424" s="1"/>
       <c r="R424" s="1"/>
       <c r="S424" s="1"/>
       <c r="T424" s="1"/>
       <c r="U424" s="1"/>
       <c r="V424" s="1"/>
       <c r="W424" s="1"/>
     </row>
     <row r="425" spans="1:23">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C425" s="10" t="s">
         <v>855</v>
       </c>
       <c r="D425" s="3" t="s">
         <v>856</v>
       </c>
       <c r="E425" s="3">
         <v>273.01</v>
       </c>
       <c r="F425" s="3">
         <v>5</v>
       </c>
       <c r="G425" s="3">
-        <v>172.15</v>
+        <v>174.17</v>
       </c>
       <c r="H425" s="4">
         <v>167.25</v>
       </c>
       <c r="I425" s="1"/>
       <c r="J425" s="1"/>
       <c r="K425" s="1"/>
       <c r="L425" s="1"/>
       <c r="M425" s="1"/>
       <c r="N425" s="1"/>
       <c r="O425" s="1"/>
       <c r="P425" s="1"/>
       <c r="Q425" s="1"/>
       <c r="R425" s="1"/>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C426" s="10" t="s">
         <v>857</v>
       </c>
       <c r="D426" s="3" t="s">
         <v>858</v>
       </c>
       <c r="E426" s="3">
         <v>551.86</v>
       </c>
       <c r="F426" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G426" s="3">
-        <v>516.99</v>
+        <v>489.18</v>
       </c>
       <c r="H426" s="4">
         <v>310.87</v>
       </c>
       <c r="I426" s="1"/>
       <c r="J426" s="1"/>
       <c r="K426" s="1"/>
       <c r="L426" s="1"/>
       <c r="M426" s="1"/>
       <c r="N426" s="1"/>
       <c r="O426" s="1"/>
       <c r="P426" s="1"/>
       <c r="Q426" s="1"/>
       <c r="R426" s="1"/>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
@@ -22900,177 +22900,177 @@
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C428" s="10" t="s">
         <v>861</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>862</v>
       </c>
       <c r="E428" s="3">
         <v>403.27</v>
       </c>
       <c r="F428" s="3">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G428" s="3">
-        <v>300.34</v>
+        <v>293.6</v>
       </c>
       <c r="H428" s="4">
         <v>168.88</v>
       </c>
       <c r="I428" s="1"/>
       <c r="J428" s="1"/>
       <c r="K428" s="1"/>
       <c r="L428" s="1"/>
       <c r="M428" s="1"/>
       <c r="N428" s="1"/>
       <c r="O428" s="1"/>
       <c r="P428" s="1"/>
       <c r="Q428" s="1"/>
       <c r="R428" s="1"/>
       <c r="S428" s="1"/>
       <c r="T428" s="1"/>
       <c r="U428" s="1"/>
       <c r="V428" s="1"/>
       <c r="W428" s="1"/>
     </row>
     <row r="429" spans="1:23">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C429" s="10" t="s">
         <v>863</v>
       </c>
       <c r="D429" s="3" t="s">
         <v>864</v>
       </c>
       <c r="E429" s="3">
         <v>263.3</v>
       </c>
       <c r="F429" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G429" s="3">
-        <v>214.52</v>
+        <v>118.13</v>
       </c>
       <c r="H429" s="4">
         <v>120.99</v>
       </c>
       <c r="I429" s="1"/>
       <c r="J429" s="1"/>
       <c r="K429" s="1"/>
       <c r="L429" s="1"/>
       <c r="M429" s="1"/>
       <c r="N429" s="1"/>
       <c r="O429" s="1"/>
       <c r="P429" s="1"/>
       <c r="Q429" s="1"/>
       <c r="R429" s="1"/>
       <c r="S429" s="1"/>
       <c r="T429" s="1"/>
       <c r="U429" s="1"/>
       <c r="V429" s="1"/>
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C430" s="10" t="s">
         <v>865</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>866</v>
       </c>
       <c r="E430" s="3">
         <v>235.66</v>
       </c>
       <c r="F430" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G430" s="3">
-        <v>197.35</v>
+        <v>196.93</v>
       </c>
       <c r="H430" s="4">
         <v>37.1</v>
       </c>
       <c r="I430" s="1"/>
       <c r="J430" s="1"/>
       <c r="K430" s="1"/>
       <c r="L430" s="1"/>
       <c r="M430" s="1"/>
       <c r="N430" s="1"/>
       <c r="O430" s="1"/>
       <c r="P430" s="1"/>
       <c r="Q430" s="1"/>
       <c r="R430" s="1"/>
       <c r="S430" s="1"/>
       <c r="T430" s="1"/>
       <c r="U430" s="1"/>
       <c r="V430" s="1"/>
       <c r="W430" s="1"/>
     </row>
     <row r="431" spans="1:23">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C431" s="10" t="s">
         <v>867</v>
       </c>
       <c r="D431" s="3" t="s">
         <v>868</v>
       </c>
       <c r="E431" s="3">
         <v>803.86</v>
       </c>
       <c r="F431" s="3">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G431" s="3">
-        <v>713.7</v>
+        <v>586.28</v>
       </c>
       <c r="H431" s="4">
         <v>397.39</v>
       </c>
       <c r="I431" s="1"/>
       <c r="J431" s="1"/>
       <c r="K431" s="1"/>
       <c r="L431" s="1"/>
       <c r="M431" s="1"/>
       <c r="N431" s="1"/>
       <c r="O431" s="1"/>
       <c r="P431" s="1"/>
       <c r="Q431" s="1"/>
       <c r="R431" s="1"/>
       <c r="S431" s="1"/>
       <c r="T431" s="1"/>
       <c r="U431" s="1"/>
       <c r="V431" s="1"/>
       <c r="W431" s="1"/>
     </row>
     <row r="432" spans="1:23">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
@@ -23146,218 +23146,218 @@
       <c r="Q433" s="1"/>
       <c r="R433" s="1"/>
       <c r="S433" s="1"/>
       <c r="T433" s="1"/>
       <c r="U433" s="1"/>
       <c r="V433" s="1"/>
       <c r="W433" s="1"/>
     </row>
     <row r="434" spans="1:23">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C434" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E434" s="3">
         <v>930.57</v>
       </c>
       <c r="F434" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G434" s="3">
-        <v>820.48</v>
+        <v>825.24</v>
       </c>
       <c r="H434" s="4">
         <v>372.84</v>
       </c>
       <c r="I434" s="1"/>
       <c r="J434" s="1"/>
       <c r="K434" s="1"/>
       <c r="L434" s="1"/>
       <c r="M434" s="1"/>
       <c r="N434" s="1"/>
       <c r="O434" s="1"/>
       <c r="P434" s="1"/>
       <c r="Q434" s="1"/>
       <c r="R434" s="1"/>
       <c r="S434" s="1"/>
       <c r="T434" s="1"/>
       <c r="U434" s="1"/>
       <c r="V434" s="1"/>
       <c r="W434" s="1"/>
     </row>
     <row r="435" spans="1:23">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C435" s="10" t="s">
         <v>875</v>
       </c>
       <c r="D435" s="3" t="s">
         <v>876</v>
       </c>
       <c r="E435" s="3">
         <v>326.46</v>
       </c>
       <c r="F435" s="3">
         <v>8</v>
       </c>
       <c r="G435" s="3">
-        <v>321.68</v>
+        <v>292.8</v>
       </c>
       <c r="H435" s="4">
         <v>140.98</v>
       </c>
       <c r="I435" s="1"/>
       <c r="J435" s="1"/>
       <c r="K435" s="1"/>
       <c r="L435" s="1"/>
       <c r="M435" s="1"/>
       <c r="N435" s="1"/>
       <c r="O435" s="1"/>
       <c r="P435" s="1"/>
       <c r="Q435" s="1"/>
       <c r="R435" s="1"/>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C436" s="10" t="s">
         <v>877</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>878</v>
       </c>
       <c r="E436" s="3">
         <v>206.51</v>
       </c>
       <c r="F436" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G436" s="3">
-        <v>196.26</v>
+        <v>173.54</v>
       </c>
       <c r="H436" s="4">
         <v>119.19</v>
       </c>
       <c r="I436" s="1"/>
       <c r="J436" s="1"/>
       <c r="K436" s="1"/>
       <c r="L436" s="1"/>
       <c r="M436" s="1"/>
       <c r="N436" s="1"/>
       <c r="O436" s="1"/>
       <c r="P436" s="1"/>
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C437" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D437" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E437" s="3">
         <v>222.47</v>
       </c>
       <c r="F437" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G437" s="3">
-        <v>201.59</v>
+        <v>190.75</v>
       </c>
       <c r="H437" s="4">
         <v>89.92</v>
       </c>
       <c r="I437" s="1"/>
       <c r="J437" s="1"/>
       <c r="K437" s="1"/>
       <c r="L437" s="1"/>
       <c r="M437" s="1"/>
       <c r="N437" s="1"/>
       <c r="O437" s="1"/>
       <c r="P437" s="1"/>
       <c r="Q437" s="1"/>
       <c r="R437" s="1"/>
       <c r="S437" s="1"/>
       <c r="T437" s="1"/>
       <c r="U437" s="1"/>
       <c r="V437" s="1"/>
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C438" s="10" t="s">
         <v>881</v>
       </c>
       <c r="D438" s="3" t="s">
         <v>882</v>
       </c>
       <c r="E438" s="3">
         <v>352.7</v>
       </c>
       <c r="F438" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G438" s="3">
-        <v>301.78</v>
+        <v>287.03</v>
       </c>
       <c r="H438" s="4">
         <v>152.32</v>
       </c>
       <c r="I438" s="1"/>
       <c r="J438" s="1"/>
       <c r="K438" s="1"/>
       <c r="L438" s="1"/>
       <c r="M438" s="1"/>
       <c r="N438" s="1"/>
       <c r="O438" s="1"/>
       <c r="P438" s="1"/>
       <c r="Q438" s="1"/>
       <c r="R438" s="1"/>
       <c r="S438" s="1"/>
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
@@ -23392,54 +23392,54 @@
       <c r="Q439" s="1"/>
       <c r="R439" s="1"/>
       <c r="S439" s="1"/>
       <c r="T439" s="1"/>
       <c r="U439" s="1"/>
       <c r="V439" s="1"/>
       <c r="W439" s="1"/>
     </row>
     <row r="440" spans="1:23">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C440" s="10" t="s">
         <v>885</v>
       </c>
       <c r="D440" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E440" s="3">
         <v>404.03</v>
       </c>
       <c r="F440" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G440" s="3">
-        <v>386.61</v>
+        <v>379.81</v>
       </c>
       <c r="H440" s="4">
         <v>87.5</v>
       </c>
       <c r="I440" s="1"/>
       <c r="J440" s="1"/>
       <c r="K440" s="1"/>
       <c r="L440" s="1"/>
       <c r="M440" s="1"/>
       <c r="N440" s="1"/>
       <c r="O440" s="1"/>
       <c r="P440" s="1"/>
       <c r="Q440" s="1"/>
       <c r="R440" s="1"/>
       <c r="S440" s="1"/>
       <c r="T440" s="1"/>
       <c r="U440" s="1"/>
       <c r="V440" s="1"/>
       <c r="W440" s="1"/>
     </row>
     <row r="441" spans="1:23">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
@@ -23515,218 +23515,218 @@
       <c r="Q442" s="1"/>
       <c r="R442" s="1"/>
       <c r="S442" s="1"/>
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C443" s="10" t="s">
         <v>891</v>
       </c>
       <c r="D443" s="3" t="s">
         <v>892</v>
       </c>
       <c r="E443" s="3">
         <v>1701.73</v>
       </c>
       <c r="F443" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G443" s="3">
-        <v>1486.28</v>
+        <v>1480.9</v>
       </c>
       <c r="H443" s="4">
         <v>1235.54</v>
       </c>
       <c r="I443" s="1"/>
       <c r="J443" s="1"/>
       <c r="K443" s="1"/>
       <c r="L443" s="1"/>
       <c r="M443" s="1"/>
       <c r="N443" s="1"/>
       <c r="O443" s="1"/>
       <c r="P443" s="1"/>
       <c r="Q443" s="1"/>
       <c r="R443" s="1"/>
       <c r="S443" s="1"/>
       <c r="T443" s="1"/>
       <c r="U443" s="1"/>
       <c r="V443" s="1"/>
       <c r="W443" s="1"/>
     </row>
     <row r="444" spans="1:23">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C444" s="10" t="s">
         <v>893</v>
       </c>
       <c r="D444" s="3" t="s">
         <v>894</v>
       </c>
       <c r="E444" s="3">
         <v>788.4</v>
       </c>
       <c r="F444" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G444" s="3">
-        <v>780.21</v>
+        <v>744.73</v>
       </c>
       <c r="H444" s="4">
         <v>343.76</v>
       </c>
       <c r="I444" s="1"/>
       <c r="J444" s="1"/>
       <c r="K444" s="1"/>
       <c r="L444" s="1"/>
       <c r="M444" s="1"/>
       <c r="N444" s="1"/>
       <c r="O444" s="1"/>
       <c r="P444" s="1"/>
       <c r="Q444" s="1"/>
       <c r="R444" s="1"/>
       <c r="S444" s="1"/>
       <c r="T444" s="1"/>
       <c r="U444" s="1"/>
       <c r="V444" s="1"/>
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C445" s="10" t="s">
         <v>895</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>896</v>
       </c>
       <c r="E445" s="3">
         <v>877.06</v>
       </c>
       <c r="F445" s="3">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G445" s="3">
-        <v>807.87</v>
+        <v>826.15</v>
       </c>
       <c r="H445" s="4">
         <v>494.7</v>
       </c>
       <c r="I445" s="1"/>
       <c r="J445" s="1"/>
       <c r="K445" s="1"/>
       <c r="L445" s="1"/>
       <c r="M445" s="1"/>
       <c r="N445" s="1"/>
       <c r="O445" s="1"/>
       <c r="P445" s="1"/>
       <c r="Q445" s="1"/>
       <c r="R445" s="1"/>
       <c r="S445" s="1"/>
       <c r="T445" s="1"/>
       <c r="U445" s="1"/>
       <c r="V445" s="1"/>
       <c r="W445" s="1"/>
     </row>
     <row r="446" spans="1:23">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C446" s="10" t="s">
         <v>897</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>898</v>
       </c>
       <c r="E446" s="3">
         <v>541.84</v>
       </c>
       <c r="F446" s="3">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G446" s="3">
-        <v>422.55</v>
+        <v>453.59</v>
       </c>
       <c r="H446" s="4">
         <v>240.4</v>
       </c>
       <c r="I446" s="1"/>
       <c r="J446" s="1"/>
       <c r="K446" s="1"/>
       <c r="L446" s="1"/>
       <c r="M446" s="1"/>
       <c r="N446" s="1"/>
       <c r="O446" s="1"/>
       <c r="P446" s="1"/>
       <c r="Q446" s="1"/>
       <c r="R446" s="1"/>
       <c r="S446" s="1"/>
       <c r="T446" s="1"/>
       <c r="U446" s="1"/>
       <c r="V446" s="1"/>
       <c r="W446" s="1"/>
     </row>
     <row r="447" spans="1:23">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="10" t="s">
         <v>899</v>
       </c>
       <c r="D447" s="3" t="s">
         <v>900</v>
       </c>
       <c r="E447" s="3">
         <v>1064.31</v>
       </c>
       <c r="F447" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G447" s="3">
-        <v>643.79</v>
+        <v>478.6</v>
       </c>
       <c r="H447" s="4">
         <v>308.78</v>
       </c>
       <c r="I447" s="1"/>
       <c r="J447" s="1"/>
       <c r="K447" s="1"/>
       <c r="L447" s="1"/>
       <c r="M447" s="1"/>
       <c r="N447" s="1"/>
       <c r="O447" s="1"/>
       <c r="P447" s="1"/>
       <c r="Q447" s="1"/>
       <c r="R447" s="1"/>
       <c r="S447" s="1"/>
       <c r="T447" s="1"/>
       <c r="U447" s="1"/>
       <c r="V447" s="1"/>
       <c r="W447" s="1"/>
     </row>
     <row r="448" spans="1:23">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
@@ -23761,54 +23761,54 @@
       <c r="Q448" s="1"/>
       <c r="R448" s="1"/>
       <c r="S448" s="1"/>
       <c r="T448" s="1"/>
       <c r="U448" s="1"/>
       <c r="V448" s="1"/>
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C449" s="10" t="s">
         <v>903</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>904</v>
       </c>
       <c r="E449" s="3">
         <v>581.83</v>
       </c>
       <c r="F449" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G449" s="3">
-        <v>565.32</v>
+        <v>563.57</v>
       </c>
       <c r="H449" s="4">
         <v>312.48</v>
       </c>
       <c r="I449" s="1"/>
       <c r="J449" s="1"/>
       <c r="K449" s="1"/>
       <c r="L449" s="1"/>
       <c r="M449" s="1"/>
       <c r="N449" s="1"/>
       <c r="O449" s="1"/>
       <c r="P449" s="1"/>
       <c r="Q449" s="1"/>
       <c r="R449" s="1"/>
       <c r="S449" s="1"/>
       <c r="T449" s="1"/>
       <c r="U449" s="1"/>
       <c r="V449" s="1"/>
       <c r="W449" s="1"/>
     </row>
     <row r="450" spans="1:23">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
@@ -24420,51 +24420,51 @@
       <c r="T464" s="1"/>
       <c r="U464" s="1"/>
       <c r="V464" s="1"/>
       <c r="W464" s="1"/>
     </row>
     <row r="465" spans="1:23">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C465" s="10" t="s">
         <v>935</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>936</v>
       </c>
       <c r="E465" s="3">
         <v>295.09</v>
       </c>
       <c r="F465" s="3">
         <v>3</v>
       </c>
       <c r="G465" s="3">
-        <v>215.43</v>
+        <v>225.12</v>
       </c>
       <c r="H465" s="4">
         <v>168.48</v>
       </c>
       <c r="I465" s="1"/>
       <c r="J465" s="1"/>
       <c r="K465" s="1"/>
       <c r="L465" s="1"/>
       <c r="M465" s="1"/>
       <c r="N465" s="1"/>
       <c r="O465" s="1"/>
       <c r="P465" s="1"/>
       <c r="Q465" s="1"/>
       <c r="R465" s="1"/>
       <c r="S465" s="1"/>
       <c r="T465" s="1"/>
       <c r="U465" s="1"/>
       <c r="V465" s="1"/>
       <c r="W465" s="1"/>
     </row>
     <row r="466" spans="1:23">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
@@ -24827,54 +24827,54 @@
       <c r="Q474" s="1"/>
       <c r="R474" s="1"/>
       <c r="S474" s="1"/>
       <c r="T474" s="1"/>
       <c r="U474" s="1"/>
       <c r="V474" s="1"/>
       <c r="W474" s="1"/>
     </row>
     <row r="475" spans="1:23">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C475" s="10" t="s">
         <v>955</v>
       </c>
       <c r="D475" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E475" s="3">
         <v>6047.54</v>
       </c>
       <c r="F475" s="3">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="G475" s="3">
-        <v>5269.61</v>
+        <v>5234.28</v>
       </c>
       <c r="H475" s="4">
         <v>2307.82</v>
       </c>
       <c r="I475" s="1"/>
       <c r="J475" s="1"/>
       <c r="K475" s="1"/>
       <c r="L475" s="1"/>
       <c r="M475" s="1"/>
       <c r="N475" s="1"/>
       <c r="O475" s="1"/>
       <c r="P475" s="1"/>
       <c r="Q475" s="1"/>
       <c r="R475" s="1"/>
       <c r="S475" s="1"/>
       <c r="T475" s="1"/>
       <c r="U475" s="1"/>
       <c r="V475" s="1"/>
       <c r="W475" s="1"/>
     </row>
     <row r="476" spans="1:23">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
@@ -24950,95 +24950,95 @@
       <c r="Q477" s="1"/>
       <c r="R477" s="1"/>
       <c r="S477" s="1"/>
       <c r="T477" s="1"/>
       <c r="U477" s="1"/>
       <c r="V477" s="1"/>
       <c r="W477" s="1"/>
     </row>
     <row r="478" spans="1:23">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C478" s="10" t="s">
         <v>961</v>
       </c>
       <c r="D478" s="3" t="s">
         <v>962</v>
       </c>
       <c r="E478" s="3">
         <v>905.67</v>
       </c>
       <c r="F478" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G478" s="3">
-        <v>774.51</v>
+        <v>760.21</v>
       </c>
       <c r="H478" s="4">
         <v>184.52</v>
       </c>
       <c r="I478" s="1"/>
       <c r="J478" s="1"/>
       <c r="K478" s="1"/>
       <c r="L478" s="1"/>
       <c r="M478" s="1"/>
       <c r="N478" s="1"/>
       <c r="O478" s="1"/>
       <c r="P478" s="1"/>
       <c r="Q478" s="1"/>
       <c r="R478" s="1"/>
       <c r="S478" s="1"/>
       <c r="T478" s="1"/>
       <c r="U478" s="1"/>
       <c r="V478" s="1"/>
       <c r="W478" s="1"/>
     </row>
     <row r="479" spans="1:23">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C479" s="10" t="s">
         <v>963</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>964</v>
       </c>
       <c r="E479" s="3">
         <v>266.36</v>
       </c>
       <c r="F479" s="3">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G479" s="3">
-        <v>255.15</v>
+        <v>241.26</v>
       </c>
       <c r="H479" s="4">
         <v>121.16</v>
       </c>
       <c r="I479" s="1"/>
       <c r="J479" s="1"/>
       <c r="K479" s="1"/>
       <c r="L479" s="1"/>
       <c r="M479" s="1"/>
       <c r="N479" s="1"/>
       <c r="O479" s="1"/>
       <c r="P479" s="1"/>
       <c r="Q479" s="1"/>
       <c r="R479" s="1"/>
       <c r="S479" s="1"/>
       <c r="T479" s="1"/>
       <c r="U479" s="1"/>
       <c r="V479" s="1"/>
       <c r="W479" s="1"/>
     </row>
     <row r="480" spans="1:23">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
@@ -25073,95 +25073,95 @@
       <c r="Q480" s="1"/>
       <c r="R480" s="1"/>
       <c r="S480" s="1"/>
       <c r="T480" s="1"/>
       <c r="U480" s="1"/>
       <c r="V480" s="1"/>
       <c r="W480" s="1"/>
     </row>
     <row r="481" spans="1:23">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C481" s="10" t="s">
         <v>967</v>
       </c>
       <c r="D481" s="3" t="s">
         <v>968</v>
       </c>
       <c r="E481" s="3">
         <v>383.52</v>
       </c>
       <c r="F481" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G481" s="3">
-        <v>236.98</v>
+        <v>232.87</v>
       </c>
       <c r="H481" s="4">
         <v>186.26</v>
       </c>
       <c r="I481" s="1"/>
       <c r="J481" s="1"/>
       <c r="K481" s="1"/>
       <c r="L481" s="1"/>
       <c r="M481" s="1"/>
       <c r="N481" s="1"/>
       <c r="O481" s="1"/>
       <c r="P481" s="1"/>
       <c r="Q481" s="1"/>
       <c r="R481" s="1"/>
       <c r="S481" s="1"/>
       <c r="T481" s="1"/>
       <c r="U481" s="1"/>
       <c r="V481" s="1"/>
       <c r="W481" s="1"/>
     </row>
     <row r="482" spans="1:23">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C482" s="10" t="s">
         <v>969</v>
       </c>
       <c r="D482" s="3" t="s">
         <v>970</v>
       </c>
       <c r="E482" s="3">
         <v>1297.42</v>
       </c>
       <c r="F482" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G482" s="3">
-        <v>1041.42</v>
+        <v>973.96</v>
       </c>
       <c r="H482" s="4">
         <v>618.48</v>
       </c>
       <c r="I482" s="1"/>
       <c r="J482" s="1"/>
       <c r="K482" s="1"/>
       <c r="L482" s="1"/>
       <c r="M482" s="1"/>
       <c r="N482" s="1"/>
       <c r="O482" s="1"/>
       <c r="P482" s="1"/>
       <c r="Q482" s="1"/>
       <c r="R482" s="1"/>
       <c r="S482" s="1"/>
       <c r="T482" s="1"/>
       <c r="U482" s="1"/>
       <c r="V482" s="1"/>
       <c r="W482" s="1"/>
     </row>
     <row r="483" spans="1:23">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
@@ -25975,136 +25975,136 @@
       <c r="Q502" s="1"/>
       <c r="R502" s="1"/>
       <c r="S502" s="1"/>
       <c r="T502" s="1"/>
       <c r="U502" s="1"/>
       <c r="V502" s="1"/>
       <c r="W502" s="1"/>
     </row>
     <row r="503" spans="1:23">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C503" s="10" t="s">
         <v>1011</v>
       </c>
       <c r="D503" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="E503" s="3">
         <v>1077.33</v>
       </c>
       <c r="F503" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G503" s="3">
-        <v>1076.55</v>
+        <v>1071.94</v>
       </c>
       <c r="H503" s="4">
         <v>456.81</v>
       </c>
       <c r="I503" s="1"/>
       <c r="J503" s="1"/>
       <c r="K503" s="1"/>
       <c r="L503" s="1"/>
       <c r="M503" s="1"/>
       <c r="N503" s="1"/>
       <c r="O503" s="1"/>
       <c r="P503" s="1"/>
       <c r="Q503" s="1"/>
       <c r="R503" s="1"/>
       <c r="S503" s="1"/>
       <c r="T503" s="1"/>
       <c r="U503" s="1"/>
       <c r="V503" s="1"/>
       <c r="W503" s="1"/>
     </row>
     <row r="504" spans="1:23">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C504" s="10" t="s">
         <v>1013</v>
       </c>
       <c r="D504" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="E504" s="3">
         <v>632.42</v>
       </c>
       <c r="F504" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G504" s="3">
-        <v>495.52</v>
+        <v>484.63</v>
       </c>
       <c r="H504" s="4">
         <v>241.61</v>
       </c>
       <c r="I504" s="1"/>
       <c r="J504" s="1"/>
       <c r="K504" s="1"/>
       <c r="L504" s="1"/>
       <c r="M504" s="1"/>
       <c r="N504" s="1"/>
       <c r="O504" s="1"/>
       <c r="P504" s="1"/>
       <c r="Q504" s="1"/>
       <c r="R504" s="1"/>
       <c r="S504" s="1"/>
       <c r="T504" s="1"/>
       <c r="U504" s="1"/>
       <c r="V504" s="1"/>
       <c r="W504" s="1"/>
     </row>
     <row r="505" spans="1:23">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C505" s="10" t="s">
         <v>1015</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="E505" s="3">
         <v>1083.18</v>
       </c>
       <c r="F505" s="3">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G505" s="3">
-        <v>1075.49</v>
+        <v>845.08</v>
       </c>
       <c r="H505" s="4">
         <v>552.59</v>
       </c>
       <c r="I505" s="1"/>
       <c r="J505" s="1"/>
       <c r="K505" s="1"/>
       <c r="L505" s="1"/>
       <c r="M505" s="1"/>
       <c r="N505" s="1"/>
       <c r="O505" s="1"/>
       <c r="P505" s="1"/>
       <c r="Q505" s="1"/>
       <c r="R505" s="1"/>
       <c r="S505" s="1"/>
       <c r="T505" s="1"/>
       <c r="U505" s="1"/>
       <c r="V505" s="1"/>
       <c r="W505" s="1"/>
     </row>
     <row r="506" spans="1:23">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
@@ -26139,95 +26139,95 @@
       <c r="Q506" s="1"/>
       <c r="R506" s="1"/>
       <c r="S506" s="1"/>
       <c r="T506" s="1"/>
       <c r="U506" s="1"/>
       <c r="V506" s="1"/>
       <c r="W506" s="1"/>
     </row>
     <row r="507" spans="1:23">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C507" s="10" t="s">
         <v>1019</v>
       </c>
       <c r="D507" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="E507" s="3">
         <v>386.02</v>
       </c>
       <c r="F507" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G507" s="3">
-        <v>349.08</v>
+        <v>348.2</v>
       </c>
       <c r="H507" s="4">
         <v>256.41</v>
       </c>
       <c r="I507" s="1"/>
       <c r="J507" s="1"/>
       <c r="K507" s="1"/>
       <c r="L507" s="1"/>
       <c r="M507" s="1"/>
       <c r="N507" s="1"/>
       <c r="O507" s="1"/>
       <c r="P507" s="1"/>
       <c r="Q507" s="1"/>
       <c r="R507" s="1"/>
       <c r="S507" s="1"/>
       <c r="T507" s="1"/>
       <c r="U507" s="1"/>
       <c r="V507" s="1"/>
       <c r="W507" s="1"/>
     </row>
     <row r="508" spans="1:23">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C508" s="10" t="s">
         <v>1021</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="E508" s="3">
         <v>784.83</v>
       </c>
       <c r="F508" s="3">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G508" s="3">
-        <v>676.18</v>
+        <v>700.18</v>
       </c>
       <c r="H508" s="4">
         <v>454.91</v>
       </c>
       <c r="I508" s="1"/>
       <c r="J508" s="1"/>
       <c r="K508" s="1"/>
       <c r="L508" s="1"/>
       <c r="M508" s="1"/>
       <c r="N508" s="1"/>
       <c r="O508" s="1"/>
       <c r="P508" s="1"/>
       <c r="Q508" s="1"/>
       <c r="R508" s="1"/>
       <c r="S508" s="1"/>
       <c r="T508" s="1"/>
       <c r="U508" s="1"/>
       <c r="V508" s="1"/>
       <c r="W508" s="1"/>
     </row>
     <row r="509" spans="1:23">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
@@ -26388,256 +26388,256 @@
       <c r="T512" s="1"/>
       <c r="U512" s="1"/>
       <c r="V512" s="1"/>
       <c r="W512" s="1"/>
     </row>
     <row r="513" spans="1:23">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C513" s="10" t="s">
         <v>1030</v>
       </c>
       <c r="D513" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="E513" s="3">
         <v>46.36</v>
       </c>
       <c r="F513" s="3">
         <v>5</v>
       </c>
       <c r="G513" s="3">
-        <v>39.06</v>
+        <v>39.71</v>
       </c>
       <c r="H513" s="4">
         <v>35.72</v>
       </c>
       <c r="I513" s="1"/>
       <c r="J513" s="1"/>
       <c r="K513" s="1"/>
       <c r="L513" s="1"/>
       <c r="M513" s="1"/>
       <c r="N513" s="1"/>
       <c r="O513" s="1"/>
       <c r="P513" s="1"/>
       <c r="Q513" s="1"/>
       <c r="R513" s="1"/>
       <c r="S513" s="1"/>
       <c r="T513" s="1"/>
       <c r="U513" s="1"/>
       <c r="V513" s="1"/>
       <c r="W513" s="1"/>
     </row>
     <row r="514" spans="1:23">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C514" s="10" t="s">
         <v>1032</v>
       </c>
       <c r="D514" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="E514" s="3">
         <v>1429.77</v>
       </c>
       <c r="F514" s="3">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="G514" s="3">
-        <v>1430.63</v>
+        <v>1436.24</v>
       </c>
       <c r="H514" s="4">
         <v>1041.99</v>
       </c>
       <c r="I514" s="1"/>
       <c r="J514" s="1"/>
       <c r="K514" s="1"/>
       <c r="L514" s="1"/>
       <c r="M514" s="1"/>
       <c r="N514" s="1"/>
       <c r="O514" s="1"/>
       <c r="P514" s="1"/>
       <c r="Q514" s="1"/>
       <c r="R514" s="1"/>
       <c r="S514" s="1"/>
       <c r="T514" s="1"/>
       <c r="U514" s="1"/>
       <c r="V514" s="1"/>
       <c r="W514" s="1"/>
     </row>
     <row r="515" spans="1:23">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C515" s="10" t="s">
         <v>1034</v>
       </c>
       <c r="D515" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="E515" s="3">
         <v>324.85</v>
       </c>
       <c r="F515" s="3">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G515" s="3">
-        <v>319.51</v>
+        <v>324.63</v>
       </c>
       <c r="H515" s="4">
         <v>202.56</v>
       </c>
       <c r="I515" s="1"/>
       <c r="J515" s="1"/>
       <c r="K515" s="1"/>
       <c r="L515" s="1"/>
       <c r="M515" s="1"/>
       <c r="N515" s="1"/>
       <c r="O515" s="1"/>
       <c r="P515" s="1"/>
       <c r="Q515" s="1"/>
       <c r="R515" s="1"/>
       <c r="S515" s="1"/>
       <c r="T515" s="1"/>
       <c r="U515" s="1"/>
       <c r="V515" s="1"/>
       <c r="W515" s="1"/>
     </row>
     <row r="516" spans="1:23">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C516" s="10" t="s">
         <v>1036</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="E516" s="3">
         <v>301.68</v>
       </c>
       <c r="F516" s="3">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G516" s="3">
-        <v>292.15</v>
+        <v>285.28</v>
       </c>
       <c r="H516" s="4">
         <v>134.87</v>
       </c>
       <c r="I516" s="1"/>
       <c r="J516" s="1"/>
       <c r="K516" s="1"/>
       <c r="L516" s="1"/>
       <c r="M516" s="1"/>
       <c r="N516" s="1"/>
       <c r="O516" s="1"/>
       <c r="P516" s="1"/>
       <c r="Q516" s="1"/>
       <c r="R516" s="1"/>
       <c r="S516" s="1"/>
       <c r="T516" s="1"/>
       <c r="U516" s="1"/>
       <c r="V516" s="1"/>
       <c r="W516" s="1"/>
     </row>
     <row r="517" spans="1:23">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C517" s="10" t="s">
         <v>1038</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="E517" s="3">
         <v>561.12</v>
       </c>
       <c r="F517" s="3">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G517" s="3">
-        <v>486.92</v>
+        <v>466.06</v>
       </c>
       <c r="H517" s="4">
         <v>205.28</v>
       </c>
       <c r="I517" s="1"/>
       <c r="J517" s="1"/>
       <c r="K517" s="1"/>
       <c r="L517" s="1"/>
       <c r="M517" s="1"/>
       <c r="N517" s="1"/>
       <c r="O517" s="1"/>
       <c r="P517" s="1"/>
       <c r="Q517" s="1"/>
       <c r="R517" s="1"/>
       <c r="S517" s="1"/>
       <c r="T517" s="1"/>
       <c r="U517" s="1"/>
       <c r="V517" s="1"/>
       <c r="W517" s="1"/>
     </row>
     <row r="518" spans="1:23">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="10" t="s">
         <v>1040</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="E518" s="3">
         <v>823.49</v>
       </c>
       <c r="F518" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G518" s="3">
-        <v>661.86</v>
+        <v>660.58</v>
       </c>
       <c r="H518" s="4">
         <v>448.68</v>
       </c>
       <c r="I518" s="1"/>
       <c r="J518" s="1"/>
       <c r="K518" s="1"/>
       <c r="L518" s="1"/>
       <c r="M518" s="1"/>
       <c r="N518" s="1"/>
       <c r="O518" s="1"/>
       <c r="P518" s="1"/>
       <c r="Q518" s="1"/>
       <c r="R518" s="1"/>
       <c r="S518" s="1"/>
       <c r="T518" s="1"/>
       <c r="U518" s="1"/>
       <c r="V518" s="1"/>
       <c r="W518" s="1"/>
     </row>
     <row r="519" spans="1:23">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
@@ -26672,95 +26672,95 @@
       <c r="Q519" s="1"/>
       <c r="R519" s="1"/>
       <c r="S519" s="1"/>
       <c r="T519" s="1"/>
       <c r="U519" s="1"/>
       <c r="V519" s="1"/>
       <c r="W519" s="1"/>
     </row>
     <row r="520" spans="1:23">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="10" t="s">
         <v>1044</v>
       </c>
       <c r="D520" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="E520" s="3">
         <v>983.57</v>
       </c>
       <c r="F520" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G520" s="3">
-        <v>838.96</v>
+        <v>708.53</v>
       </c>
       <c r="H520" s="4">
         <v>394.25</v>
       </c>
       <c r="I520" s="1"/>
       <c r="J520" s="1"/>
       <c r="K520" s="1"/>
       <c r="L520" s="1"/>
       <c r="M520" s="1"/>
       <c r="N520" s="1"/>
       <c r="O520" s="1"/>
       <c r="P520" s="1"/>
       <c r="Q520" s="1"/>
       <c r="R520" s="1"/>
       <c r="S520" s="1"/>
       <c r="T520" s="1"/>
       <c r="U520" s="1"/>
       <c r="V520" s="1"/>
       <c r="W520" s="1"/>
     </row>
     <row r="521" spans="1:23">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="10" t="s">
         <v>1046</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="E521" s="3">
         <v>672.12</v>
       </c>
       <c r="F521" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G521" s="3">
-        <v>566.57</v>
+        <v>562.04</v>
       </c>
       <c r="H521" s="4">
         <v>348.54</v>
       </c>
       <c r="I521" s="1"/>
       <c r="J521" s="1"/>
       <c r="K521" s="1"/>
       <c r="L521" s="1"/>
       <c r="M521" s="1"/>
       <c r="N521" s="1"/>
       <c r="O521" s="1"/>
       <c r="P521" s="1"/>
       <c r="Q521" s="1"/>
       <c r="R521" s="1"/>
       <c r="S521" s="1"/>
       <c r="T521" s="1"/>
       <c r="U521" s="1"/>
       <c r="V521" s="1"/>
       <c r="W521" s="1"/>
     </row>
     <row r="522" spans="1:23">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
@@ -26836,95 +26836,95 @@
       <c r="Q523" s="1"/>
       <c r="R523" s="1"/>
       <c r="S523" s="1"/>
       <c r="T523" s="1"/>
       <c r="U523" s="1"/>
       <c r="V523" s="1"/>
       <c r="W523" s="1"/>
     </row>
     <row r="524" spans="1:23">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C524" s="10" t="s">
         <v>1052</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="E524" s="3">
         <v>765.54</v>
       </c>
       <c r="F524" s="3">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G524" s="3">
-        <v>636.49</v>
+        <v>627.03</v>
       </c>
       <c r="H524" s="4">
         <v>328.88</v>
       </c>
       <c r="I524" s="1"/>
       <c r="J524" s="1"/>
       <c r="K524" s="1"/>
       <c r="L524" s="1"/>
       <c r="M524" s="1"/>
       <c r="N524" s="1"/>
       <c r="O524" s="1"/>
       <c r="P524" s="1"/>
       <c r="Q524" s="1"/>
       <c r="R524" s="1"/>
       <c r="S524" s="1"/>
       <c r="T524" s="1"/>
       <c r="U524" s="1"/>
       <c r="V524" s="1"/>
       <c r="W524" s="1"/>
     </row>
     <row r="525" spans="1:23">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C525" s="10" t="s">
         <v>1054</v>
       </c>
       <c r="D525" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="E525" s="3">
         <v>582.14</v>
       </c>
       <c r="F525" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G525" s="3">
-        <v>564.27</v>
+        <v>553.87</v>
       </c>
       <c r="H525" s="4">
         <v>72.14</v>
       </c>
       <c r="I525" s="1"/>
       <c r="J525" s="1"/>
       <c r="K525" s="1"/>
       <c r="L525" s="1"/>
       <c r="M525" s="1"/>
       <c r="N525" s="1"/>
       <c r="O525" s="1"/>
       <c r="P525" s="1"/>
       <c r="Q525" s="1"/>
       <c r="R525" s="1"/>
       <c r="S525" s="1"/>
       <c r="T525" s="1"/>
       <c r="U525" s="1"/>
       <c r="V525" s="1"/>
       <c r="W525" s="1"/>
     </row>
     <row r="526" spans="1:23">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
@@ -26959,54 +26959,54 @@
       <c r="Q526" s="1"/>
       <c r="R526" s="1"/>
       <c r="S526" s="1"/>
       <c r="T526" s="1"/>
       <c r="U526" s="1"/>
       <c r="V526" s="1"/>
       <c r="W526" s="1"/>
     </row>
     <row r="527" spans="1:23">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C527" s="10" t="s">
         <v>1058</v>
       </c>
       <c r="D527" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="E527" s="3">
         <v>954.01</v>
       </c>
       <c r="F527" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G527" s="3">
-        <v>936.03</v>
+        <v>935.07</v>
       </c>
       <c r="H527" s="4">
         <v>343.13</v>
       </c>
       <c r="I527" s="1"/>
       <c r="J527" s="1"/>
       <c r="K527" s="1"/>
       <c r="L527" s="1"/>
       <c r="M527" s="1"/>
       <c r="N527" s="1"/>
       <c r="O527" s="1"/>
       <c r="P527" s="1"/>
       <c r="Q527" s="1"/>
       <c r="R527" s="1"/>
       <c r="S527" s="1"/>
       <c r="T527" s="1"/>
       <c r="U527" s="1"/>
       <c r="V527" s="1"/>
       <c r="W527" s="1"/>
     </row>
     <row r="528" spans="1:23">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
@@ -27041,95 +27041,95 @@
       <c r="Q528" s="1"/>
       <c r="R528" s="1"/>
       <c r="S528" s="1"/>
       <c r="T528" s="1"/>
       <c r="U528" s="1"/>
       <c r="V528" s="1"/>
       <c r="W528" s="1"/>
     </row>
     <row r="529" spans="1:23">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C529" s="10" t="s">
         <v>1062</v>
       </c>
       <c r="D529" s="3" t="s">
         <v>1063</v>
       </c>
       <c r="E529" s="3">
         <v>233.69</v>
       </c>
       <c r="F529" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G529" s="3">
-        <v>232.62</v>
+        <v>225.43</v>
       </c>
       <c r="H529" s="4">
         <v>185.83</v>
       </c>
       <c r="I529" s="1"/>
       <c r="J529" s="1"/>
       <c r="K529" s="1"/>
       <c r="L529" s="1"/>
       <c r="M529" s="1"/>
       <c r="N529" s="1"/>
       <c r="O529" s="1"/>
       <c r="P529" s="1"/>
       <c r="Q529" s="1"/>
       <c r="R529" s="1"/>
       <c r="S529" s="1"/>
       <c r="T529" s="1"/>
       <c r="U529" s="1"/>
       <c r="V529" s="1"/>
       <c r="W529" s="1"/>
     </row>
     <row r="530" spans="1:23">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C530" s="10" t="s">
         <v>1064</v>
       </c>
       <c r="D530" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="E530" s="3">
         <v>667.62</v>
       </c>
       <c r="F530" s="3">
         <v>10</v>
       </c>
       <c r="G530" s="3">
-        <v>458.9</v>
+        <v>446.03</v>
       </c>
       <c r="H530" s="4">
         <v>155.72</v>
       </c>
       <c r="I530" s="1"/>
       <c r="J530" s="1"/>
       <c r="K530" s="1"/>
       <c r="L530" s="1"/>
       <c r="M530" s="1"/>
       <c r="N530" s="1"/>
       <c r="O530" s="1"/>
       <c r="P530" s="1"/>
       <c r="Q530" s="1"/>
       <c r="R530" s="1"/>
       <c r="S530" s="1"/>
       <c r="T530" s="1"/>
       <c r="U530" s="1"/>
       <c r="V530" s="1"/>
       <c r="W530" s="1"/>
     </row>
     <row r="531" spans="1:23">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
@@ -27164,136 +27164,136 @@
       <c r="Q531" s="1"/>
       <c r="R531" s="1"/>
       <c r="S531" s="1"/>
       <c r="T531" s="1"/>
       <c r="U531" s="1"/>
       <c r="V531" s="1"/>
       <c r="W531" s="1"/>
     </row>
     <row r="532" spans="1:23">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C532" s="10" t="s">
         <v>1068</v>
       </c>
       <c r="D532" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="E532" s="3">
         <v>98.73</v>
       </c>
       <c r="F532" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G532" s="3">
-        <v>48.53</v>
+        <v>43.64</v>
       </c>
       <c r="H532" s="4">
         <v>43.64</v>
       </c>
       <c r="I532" s="1"/>
       <c r="J532" s="1"/>
       <c r="K532" s="1"/>
       <c r="L532" s="1"/>
       <c r="M532" s="1"/>
       <c r="N532" s="1"/>
       <c r="O532" s="1"/>
       <c r="P532" s="1"/>
       <c r="Q532" s="1"/>
       <c r="R532" s="1"/>
       <c r="S532" s="1"/>
       <c r="T532" s="1"/>
       <c r="U532" s="1"/>
       <c r="V532" s="1"/>
       <c r="W532" s="1"/>
     </row>
     <row r="533" spans="1:23">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C533" s="10" t="s">
         <v>1070</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="E533" s="3">
         <v>298.28</v>
       </c>
       <c r="F533" s="3">
+        <v>1</v>
+      </c>
+      <c r="G533" s="3">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>74.25</v>
       </c>
       <c r="H533" s="4">
         <v>0</v>
       </c>
       <c r="I533" s="1"/>
       <c r="J533" s="1"/>
       <c r="K533" s="1"/>
       <c r="L533" s="1"/>
       <c r="M533" s="1"/>
       <c r="N533" s="1"/>
       <c r="O533" s="1"/>
       <c r="P533" s="1"/>
       <c r="Q533" s="1"/>
       <c r="R533" s="1"/>
       <c r="S533" s="1"/>
       <c r="T533" s="1"/>
       <c r="U533" s="1"/>
       <c r="V533" s="1"/>
       <c r="W533" s="1"/>
     </row>
     <row r="534" spans="1:23">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="10" t="s">
         <v>1072</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="E534" s="3">
         <v>2662.64</v>
       </c>
       <c r="F534" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G534" s="3">
-        <v>2263.11</v>
+        <v>2229.49</v>
       </c>
       <c r="H534" s="4">
         <v>104.03</v>
       </c>
       <c r="I534" s="1"/>
       <c r="J534" s="1"/>
       <c r="K534" s="1"/>
       <c r="L534" s="1"/>
       <c r="M534" s="1"/>
       <c r="N534" s="1"/>
       <c r="O534" s="1"/>
       <c r="P534" s="1"/>
       <c r="Q534" s="1"/>
       <c r="R534" s="1"/>
       <c r="S534" s="1"/>
       <c r="T534" s="1"/>
       <c r="U534" s="1"/>
       <c r="V534" s="1"/>
       <c r="W534" s="1"/>
     </row>
     <row r="535" spans="1:23">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
@@ -27574,95 +27574,95 @@
       <c r="Q541" s="1"/>
       <c r="R541" s="1"/>
       <c r="S541" s="1"/>
       <c r="T541" s="1"/>
       <c r="U541" s="1"/>
       <c r="V541" s="1"/>
       <c r="W541" s="1"/>
     </row>
     <row r="542" spans="1:23">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C542" s="10" t="s">
         <v>1088</v>
       </c>
       <c r="D542" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="E542" s="3">
         <v>37.9</v>
       </c>
       <c r="F542" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G542" s="3">
-        <v>28.64</v>
+        <v>28.01</v>
       </c>
       <c r="H542" s="4">
         <v>0.64</v>
       </c>
       <c r="I542" s="1"/>
       <c r="J542" s="1"/>
       <c r="K542" s="1"/>
       <c r="L542" s="1"/>
       <c r="M542" s="1"/>
       <c r="N542" s="1"/>
       <c r="O542" s="1"/>
       <c r="P542" s="1"/>
       <c r="Q542" s="1"/>
       <c r="R542" s="1"/>
       <c r="S542" s="1"/>
       <c r="T542" s="1"/>
       <c r="U542" s="1"/>
       <c r="V542" s="1"/>
       <c r="W542" s="1"/>
     </row>
     <row r="543" spans="1:23">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C543" s="10" t="s">
         <v>1090</v>
       </c>
       <c r="D543" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="E543" s="3">
         <v>40.53</v>
       </c>
       <c r="F543" s="3">
         <v>2</v>
       </c>
       <c r="G543" s="3">
-        <v>35.67</v>
+        <v>35.68</v>
       </c>
       <c r="H543" s="4">
         <v>22.83</v>
       </c>
       <c r="I543" s="1"/>
       <c r="J543" s="1"/>
       <c r="K543" s="1"/>
       <c r="L543" s="1"/>
       <c r="M543" s="1"/>
       <c r="N543" s="1"/>
       <c r="O543" s="1"/>
       <c r="P543" s="1"/>
       <c r="Q543" s="1"/>
       <c r="R543" s="1"/>
       <c r="S543" s="1"/>
       <c r="T543" s="1"/>
       <c r="U543" s="1"/>
       <c r="V543" s="1"/>
       <c r="W543" s="1"/>
     </row>
     <row r="544" spans="1:23">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
@@ -27984,95 +27984,95 @@
       <c r="Q551" s="1"/>
       <c r="R551" s="1"/>
       <c r="S551" s="1"/>
       <c r="T551" s="1"/>
       <c r="U551" s="1"/>
       <c r="V551" s="1"/>
       <c r="W551" s="1"/>
     </row>
     <row r="552" spans="1:23">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C552" s="10" t="s">
         <v>1108</v>
       </c>
       <c r="D552" s="3" t="s">
         <v>1109</v>
       </c>
       <c r="E552" s="3">
         <v>304.54</v>
       </c>
       <c r="F552" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G552" s="3">
-        <v>278.22</v>
+        <v>184.05</v>
       </c>
       <c r="H552" s="4">
         <v>73.78</v>
       </c>
       <c r="I552" s="1"/>
       <c r="J552" s="1"/>
       <c r="K552" s="1"/>
       <c r="L552" s="1"/>
       <c r="M552" s="1"/>
       <c r="N552" s="1"/>
       <c r="O552" s="1"/>
       <c r="P552" s="1"/>
       <c r="Q552" s="1"/>
       <c r="R552" s="1"/>
       <c r="S552" s="1"/>
       <c r="T552" s="1"/>
       <c r="U552" s="1"/>
       <c r="V552" s="1"/>
       <c r="W552" s="1"/>
     </row>
     <row r="553" spans="1:23">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C553" s="10" t="s">
         <v>1110</v>
       </c>
       <c r="D553" s="3" t="s">
         <v>1111</v>
       </c>
       <c r="E553" s="3">
         <v>272.77</v>
       </c>
       <c r="F553" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G553" s="3">
-        <v>225.25</v>
+        <v>149.35</v>
       </c>
       <c r="H553" s="4">
         <v>99.58</v>
       </c>
       <c r="I553" s="1"/>
       <c r="J553" s="1"/>
       <c r="K553" s="1"/>
       <c r="L553" s="1"/>
       <c r="M553" s="1"/>
       <c r="N553" s="1"/>
       <c r="O553" s="1"/>
       <c r="P553" s="1"/>
       <c r="Q553" s="1"/>
       <c r="R553" s="1"/>
       <c r="S553" s="1"/>
       <c r="T553" s="1"/>
       <c r="U553" s="1"/>
       <c r="V553" s="1"/>
       <c r="W553" s="1"/>
     </row>
     <row r="554" spans="1:23">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
@@ -28230,54 +28230,54 @@
       <c r="Q557" s="1"/>
       <c r="R557" s="1"/>
       <c r="S557" s="1"/>
       <c r="T557" s="1"/>
       <c r="U557" s="1"/>
       <c r="V557" s="1"/>
       <c r="W557" s="1"/>
     </row>
     <row r="558" spans="1:23">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C558" s="10" t="s">
         <v>1120</v>
       </c>
       <c r="D558" s="3" t="s">
         <v>1121</v>
       </c>
       <c r="E558" s="3">
         <v>137.52</v>
       </c>
       <c r="F558" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G558" s="3">
-        <v>98.5</v>
+        <v>53.95</v>
       </c>
       <c r="H558" s="4">
         <v>29.39</v>
       </c>
       <c r="I558" s="1"/>
       <c r="J558" s="1"/>
       <c r="K558" s="1"/>
       <c r="L558" s="1"/>
       <c r="M558" s="1"/>
       <c r="N558" s="1"/>
       <c r="O558" s="1"/>
       <c r="P558" s="1"/>
       <c r="Q558" s="1"/>
       <c r="R558" s="1"/>
       <c r="S558" s="1"/>
       <c r="T558" s="1"/>
       <c r="U558" s="1"/>
       <c r="V558" s="1"/>
       <c r="W558" s="1"/>
     </row>
     <row r="559" spans="1:23">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
@@ -28476,95 +28476,95 @@
       <c r="Q563" s="1"/>
       <c r="R563" s="1"/>
       <c r="S563" s="1"/>
       <c r="T563" s="1"/>
       <c r="U563" s="1"/>
       <c r="V563" s="1"/>
       <c r="W563" s="1"/>
     </row>
     <row r="564" spans="1:23">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C564" s="10" t="s">
         <v>1132</v>
       </c>
       <c r="D564" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="E564" s="3">
         <v>285.09</v>
       </c>
       <c r="F564" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G564" s="3">
-        <v>183.81</v>
+        <v>183.04</v>
       </c>
       <c r="H564" s="4">
         <v>178.77</v>
       </c>
       <c r="I564" s="1"/>
       <c r="J564" s="1"/>
       <c r="K564" s="1"/>
       <c r="L564" s="1"/>
       <c r="M564" s="1"/>
       <c r="N564" s="1"/>
       <c r="O564" s="1"/>
       <c r="P564" s="1"/>
       <c r="Q564" s="1"/>
       <c r="R564" s="1"/>
       <c r="S564" s="1"/>
       <c r="T564" s="1"/>
       <c r="U564" s="1"/>
       <c r="V564" s="1"/>
       <c r="W564" s="1"/>
     </row>
     <row r="565" spans="1:23">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C565" s="10" t="s">
         <v>1134</v>
       </c>
       <c r="D565" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="E565" s="3">
         <v>435.84</v>
       </c>
       <c r="F565" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G565" s="3">
-        <v>365.28</v>
+        <v>158.01</v>
       </c>
       <c r="H565" s="4">
         <v>355.21</v>
       </c>
       <c r="I565" s="1"/>
       <c r="J565" s="1"/>
       <c r="K565" s="1"/>
       <c r="L565" s="1"/>
       <c r="M565" s="1"/>
       <c r="N565" s="1"/>
       <c r="O565" s="1"/>
       <c r="P565" s="1"/>
       <c r="Q565" s="1"/>
       <c r="R565" s="1"/>
       <c r="S565" s="1"/>
       <c r="T565" s="1"/>
       <c r="U565" s="1"/>
       <c r="V565" s="1"/>
       <c r="W565" s="1"/>
     </row>
     <row r="566" spans="1:23">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
@@ -28599,54 +28599,54 @@
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
       <c r="S566" s="1"/>
       <c r="T566" s="1"/>
       <c r="U566" s="1"/>
       <c r="V566" s="1"/>
       <c r="W566" s="1"/>
     </row>
     <row r="567" spans="1:23">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C567" s="10" t="s">
         <v>1138</v>
       </c>
       <c r="D567" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="E567" s="3">
         <v>996.06</v>
       </c>
       <c r="F567" s="3">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G567" s="3">
-        <v>952.69</v>
+        <v>952.33</v>
       </c>
       <c r="H567" s="4">
         <v>467.32</v>
       </c>
       <c r="I567" s="1"/>
       <c r="J567" s="1"/>
       <c r="K567" s="1"/>
       <c r="L567" s="1"/>
       <c r="M567" s="1"/>
       <c r="N567" s="1"/>
       <c r="O567" s="1"/>
       <c r="P567" s="1"/>
       <c r="Q567" s="1"/>
       <c r="R567" s="1"/>
       <c r="S567" s="1"/>
       <c r="T567" s="1"/>
       <c r="U567" s="1"/>
       <c r="V567" s="1"/>
       <c r="W567" s="1"/>
     </row>
     <row r="568" spans="1:23">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
@@ -28681,95 +28681,95 @@
       <c r="Q568" s="1"/>
       <c r="R568" s="1"/>
       <c r="S568" s="1"/>
       <c r="T568" s="1"/>
       <c r="U568" s="1"/>
       <c r="V568" s="1"/>
       <c r="W568" s="1"/>
     </row>
     <row r="569" spans="1:23">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="10" t="s">
         <v>1142</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="E569" s="3">
         <v>511.41</v>
       </c>
       <c r="F569" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G569" s="3">
-        <v>506.4</v>
+        <v>496.41</v>
       </c>
       <c r="H569" s="4">
         <v>219.18</v>
       </c>
       <c r="I569" s="1"/>
       <c r="J569" s="1"/>
       <c r="K569" s="1"/>
       <c r="L569" s="1"/>
       <c r="M569" s="1"/>
       <c r="N569" s="1"/>
       <c r="O569" s="1"/>
       <c r="P569" s="1"/>
       <c r="Q569" s="1"/>
       <c r="R569" s="1"/>
       <c r="S569" s="1"/>
       <c r="T569" s="1"/>
       <c r="U569" s="1"/>
       <c r="V569" s="1"/>
       <c r="W569" s="1"/>
     </row>
     <row r="570" spans="1:23">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C570" s="10" t="s">
         <v>1144</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="E570" s="3">
         <v>858.86</v>
       </c>
       <c r="F570" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G570" s="3">
-        <v>826.38</v>
+        <v>792.88</v>
       </c>
       <c r="H570" s="4">
         <v>501.95</v>
       </c>
       <c r="I570" s="1"/>
       <c r="J570" s="1"/>
       <c r="K570" s="1"/>
       <c r="L570" s="1"/>
       <c r="M570" s="1"/>
       <c r="N570" s="1"/>
       <c r="O570" s="1"/>
       <c r="P570" s="1"/>
       <c r="Q570" s="1"/>
       <c r="R570" s="1"/>
       <c r="S570" s="1"/>
       <c r="T570" s="1"/>
       <c r="U570" s="1"/>
       <c r="V570" s="1"/>
       <c r="W570" s="1"/>
     </row>
     <row r="571" spans="1:23">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
@@ -28804,54 +28804,54 @@
       <c r="Q571" s="1"/>
       <c r="R571" s="1"/>
       <c r="S571" s="1"/>
       <c r="T571" s="1"/>
       <c r="U571" s="1"/>
       <c r="V571" s="1"/>
       <c r="W571" s="1"/>
     </row>
     <row r="572" spans="1:23">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C572" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D572" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E572" s="3">
         <v>321.23</v>
       </c>
       <c r="F572" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G572" s="3">
-        <v>265.12</v>
+        <v>261.25</v>
       </c>
       <c r="H572" s="4">
         <v>111.04</v>
       </c>
       <c r="I572" s="1"/>
       <c r="J572" s="1"/>
       <c r="K572" s="1"/>
       <c r="L572" s="1"/>
       <c r="M572" s="1"/>
       <c r="N572" s="1"/>
       <c r="O572" s="1"/>
       <c r="P572" s="1"/>
       <c r="Q572" s="1"/>
       <c r="R572" s="1"/>
       <c r="S572" s="1"/>
       <c r="T572" s="1"/>
       <c r="U572" s="1"/>
       <c r="V572" s="1"/>
       <c r="W572" s="1"/>
     </row>
     <row r="573" spans="1:23">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
@@ -29378,54 +29378,54 @@
       <c r="Q585" s="1"/>
       <c r="R585" s="1"/>
       <c r="S585" s="1"/>
       <c r="T585" s="1"/>
       <c r="U585" s="1"/>
       <c r="V585" s="1"/>
       <c r="W585" s="1"/>
     </row>
     <row r="586" spans="1:23">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C586" s="10" t="s">
         <v>1176</v>
       </c>
       <c r="D586" s="3" t="s">
         <v>1177</v>
       </c>
       <c r="E586" s="3">
         <v>88.24</v>
       </c>
       <c r="F586" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G586" s="3">
-        <v>87.55</v>
+        <v>82.76</v>
       </c>
       <c r="H586" s="4">
         <v>67.12</v>
       </c>
       <c r="I586" s="1"/>
       <c r="J586" s="1"/>
       <c r="K586" s="1"/>
       <c r="L586" s="1"/>
       <c r="M586" s="1"/>
       <c r="N586" s="1"/>
       <c r="O586" s="1"/>
       <c r="P586" s="1"/>
       <c r="Q586" s="1"/>
       <c r="R586" s="1"/>
       <c r="S586" s="1"/>
       <c r="T586" s="1"/>
       <c r="U586" s="1"/>
       <c r="V586" s="1"/>
       <c r="W586" s="1"/>
     </row>
     <row r="587" spans="1:23">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
@@ -29665,54 +29665,54 @@
       <c r="Q592" s="1"/>
       <c r="R592" s="1"/>
       <c r="S592" s="1"/>
       <c r="T592" s="1"/>
       <c r="U592" s="1"/>
       <c r="V592" s="1"/>
       <c r="W592" s="1"/>
     </row>
     <row r="593" spans="1:23">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C593" s="10" t="s">
         <v>1190</v>
       </c>
       <c r="D593" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="E593" s="3">
         <v>299.47</v>
       </c>
       <c r="F593" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G593" s="3">
-        <v>277.25</v>
+        <v>275.52</v>
       </c>
       <c r="H593" s="4">
         <v>79.83</v>
       </c>
       <c r="I593" s="1"/>
       <c r="J593" s="1"/>
       <c r="K593" s="1"/>
       <c r="L593" s="1"/>
       <c r="M593" s="1"/>
       <c r="N593" s="1"/>
       <c r="O593" s="1"/>
       <c r="P593" s="1"/>
       <c r="Q593" s="1"/>
       <c r="R593" s="1"/>
       <c r="S593" s="1"/>
       <c r="T593" s="1"/>
       <c r="U593" s="1"/>
       <c r="V593" s="1"/>
       <c r="W593" s="1"/>
     </row>
     <row r="594" spans="1:23">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
@@ -29829,136 +29829,136 @@
       <c r="Q596" s="1"/>
       <c r="R596" s="1"/>
       <c r="S596" s="1"/>
       <c r="T596" s="1"/>
       <c r="U596" s="1"/>
       <c r="V596" s="1"/>
       <c r="W596" s="1"/>
     </row>
     <row r="597" spans="1:23">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C597" s="10" t="s">
         <v>1198</v>
       </c>
       <c r="D597" s="3" t="s">
         <v>1199</v>
       </c>
       <c r="E597" s="3">
         <v>511.6</v>
       </c>
       <c r="F597" s="3">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G597" s="3">
-        <v>481.87</v>
+        <v>236.8</v>
       </c>
       <c r="H597" s="4">
         <v>244.12</v>
       </c>
       <c r="I597" s="1"/>
       <c r="J597" s="1"/>
       <c r="K597" s="1"/>
       <c r="L597" s="1"/>
       <c r="M597" s="1"/>
       <c r="N597" s="1"/>
       <c r="O597" s="1"/>
       <c r="P597" s="1"/>
       <c r="Q597" s="1"/>
       <c r="R597" s="1"/>
       <c r="S597" s="1"/>
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
     </row>
     <row r="598" spans="1:23">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C598" s="10" t="s">
         <v>1200</v>
       </c>
       <c r="D598" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="E598" s="3">
         <v>1036.03</v>
       </c>
       <c r="F598" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G598" s="3">
-        <v>984.23</v>
+        <v>980.48</v>
       </c>
       <c r="H598" s="4">
         <v>531.18</v>
       </c>
       <c r="I598" s="1"/>
       <c r="J598" s="1"/>
       <c r="K598" s="1"/>
       <c r="L598" s="1"/>
       <c r="M598" s="1"/>
       <c r="N598" s="1"/>
       <c r="O598" s="1"/>
       <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1"/>
       <c r="S598" s="1"/>
       <c r="T598" s="1"/>
       <c r="U598" s="1"/>
       <c r="V598" s="1"/>
       <c r="W598" s="1"/>
     </row>
     <row r="599" spans="1:23">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C599" s="10" t="s">
         <v>1202</v>
       </c>
       <c r="D599" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="E599" s="3">
         <v>1056.44</v>
       </c>
       <c r="F599" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G599" s="3">
-        <v>978.39</v>
+        <v>953.92</v>
       </c>
       <c r="H599" s="4">
         <v>345.02</v>
       </c>
       <c r="I599" s="1"/>
       <c r="J599" s="1"/>
       <c r="K599" s="1"/>
       <c r="L599" s="1"/>
       <c r="M599" s="1"/>
       <c r="N599" s="1"/>
       <c r="O599" s="1"/>
       <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1"/>
       <c r="S599" s="1"/>
       <c r="T599" s="1"/>
       <c r="U599" s="1"/>
       <c r="V599" s="1"/>
       <c r="W599" s="1"/>
     </row>
     <row r="600" spans="1:23">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
@@ -29993,54 +29993,54 @@
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
     </row>
     <row r="601" spans="1:23">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C601" s="10" t="s">
         <v>1206</v>
       </c>
       <c r="D601" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="E601" s="3">
         <v>333.25</v>
       </c>
       <c r="F601" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G601" s="3">
-        <v>296.94</v>
+        <v>284.86</v>
       </c>
       <c r="H601" s="4">
         <v>223.48</v>
       </c>
       <c r="I601" s="1"/>
       <c r="J601" s="1"/>
       <c r="K601" s="1"/>
       <c r="L601" s="1"/>
       <c r="M601" s="1"/>
       <c r="N601" s="1"/>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
     </row>
     <row r="602" spans="1:23">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
@@ -30075,95 +30075,95 @@
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
     </row>
     <row r="603" spans="1:23">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C603" s="10" t="s">
         <v>1210</v>
       </c>
       <c r="D603" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="E603" s="3">
         <v>1504.31</v>
       </c>
       <c r="F603" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G603" s="3">
-        <v>1442.8</v>
+        <v>1439.69</v>
       </c>
       <c r="H603" s="4">
         <v>808.33</v>
       </c>
       <c r="I603" s="1"/>
       <c r="J603" s="1"/>
       <c r="K603" s="1"/>
       <c r="L603" s="1"/>
       <c r="M603" s="1"/>
       <c r="N603" s="1"/>
       <c r="O603" s="1"/>
       <c r="P603" s="1"/>
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C604" s="10" t="s">
         <v>1212</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>1213</v>
       </c>
       <c r="E604" s="3">
         <v>385.44</v>
       </c>
       <c r="F604" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G604" s="3">
-        <v>305.42</v>
+        <v>301.41</v>
       </c>
       <c r="H604" s="4">
         <v>128.75</v>
       </c>
       <c r="I604" s="1"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
@@ -30201,215 +30201,215 @@
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="10" t="s">
         <v>1216</v>
       </c>
       <c r="D606" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="E606" s="3">
         <v>183.69</v>
       </c>
       <c r="F606" s="3">
         <v>5</v>
       </c>
       <c r="G606" s="3">
-        <v>75.16</v>
+        <v>72.81</v>
       </c>
       <c r="H606" s="4">
         <v>75.16</v>
       </c>
       <c r="I606" s="1"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C607" s="10" t="s">
         <v>1218</v>
       </c>
       <c r="D607" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="E607" s="3">
         <v>396.3</v>
       </c>
       <c r="F607" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G607" s="3">
-        <v>330.92</v>
+        <v>167.47</v>
       </c>
       <c r="H607" s="4">
         <v>251.96</v>
       </c>
       <c r="I607" s="1"/>
       <c r="J607" s="1"/>
       <c r="K607" s="1"/>
       <c r="L607" s="1"/>
       <c r="M607" s="1"/>
       <c r="N607" s="1"/>
       <c r="O607" s="1"/>
       <c r="P607" s="1"/>
       <c r="Q607" s="1"/>
       <c r="R607" s="1"/>
       <c r="S607" s="1"/>
       <c r="T607" s="1"/>
       <c r="U607" s="1"/>
       <c r="V607" s="1"/>
       <c r="W607" s="1"/>
     </row>
     <row r="608" spans="1:23">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C608" s="10" t="s">
         <v>1220</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="E608" s="3">
         <v>379.26</v>
       </c>
       <c r="F608" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G608" s="3">
-        <v>336.99</v>
+        <v>330.25</v>
       </c>
       <c r="H608" s="4">
         <v>286.56</v>
       </c>
       <c r="I608" s="1"/>
       <c r="J608" s="1"/>
       <c r="K608" s="1"/>
       <c r="L608" s="1"/>
       <c r="M608" s="1"/>
       <c r="N608" s="1"/>
       <c r="O608" s="1"/>
       <c r="P608" s="1"/>
       <c r="Q608" s="1"/>
       <c r="R608" s="1"/>
       <c r="S608" s="1"/>
       <c r="T608" s="1"/>
       <c r="U608" s="1"/>
       <c r="V608" s="1"/>
       <c r="W608" s="1"/>
     </row>
     <row r="609" spans="1:23">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C609" s="10" t="s">
         <v>1222</v>
       </c>
       <c r="D609" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="E609" s="3">
         <v>149.8</v>
       </c>
       <c r="F609" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G609" s="3">
-        <v>143.56</v>
+        <v>118.92</v>
       </c>
       <c r="H609" s="4">
         <v>105.62</v>
       </c>
       <c r="I609" s="1"/>
       <c r="J609" s="1"/>
       <c r="K609" s="1"/>
       <c r="L609" s="1"/>
       <c r="M609" s="1"/>
       <c r="N609" s="1"/>
       <c r="O609" s="1"/>
       <c r="P609" s="1"/>
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C610" s="10" t="s">
         <v>1224</v>
       </c>
       <c r="D610" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="E610" s="3">
         <v>597.84</v>
       </c>
       <c r="F610" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G610" s="3">
-        <v>597.51</v>
+        <v>585.53</v>
       </c>
       <c r="H610" s="4">
         <v>105.61</v>
       </c>
       <c r="I610" s="1"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
@@ -30526,95 +30526,95 @@
       <c r="Q613" s="1"/>
       <c r="R613" s="1"/>
       <c r="S613" s="1"/>
       <c r="T613" s="1"/>
       <c r="U613" s="1"/>
       <c r="V613" s="1"/>
       <c r="W613" s="1"/>
     </row>
     <row r="614" spans="1:23">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C614" s="10" t="s">
         <v>1232</v>
       </c>
       <c r="D614" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="E614" s="3">
         <v>335.48</v>
       </c>
       <c r="F614" s="3">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G614" s="3">
-        <v>268.73</v>
+        <v>261.13</v>
       </c>
       <c r="H614" s="4">
         <v>166.23</v>
       </c>
       <c r="I614" s="1"/>
       <c r="J614" s="1"/>
       <c r="K614" s="1"/>
       <c r="L614" s="1"/>
       <c r="M614" s="1"/>
       <c r="N614" s="1"/>
       <c r="O614" s="1"/>
       <c r="P614" s="1"/>
       <c r="Q614" s="1"/>
       <c r="R614" s="1"/>
       <c r="S614" s="1"/>
       <c r="T614" s="1"/>
       <c r="U614" s="1"/>
       <c r="V614" s="1"/>
       <c r="W614" s="1"/>
     </row>
     <row r="615" spans="1:23">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C615" s="10" t="s">
         <v>1234</v>
       </c>
       <c r="D615" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="E615" s="3">
         <v>732.93</v>
       </c>
       <c r="F615" s="3">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G615" s="3">
-        <v>616.59</v>
+        <v>594.88</v>
       </c>
       <c r="H615" s="4">
         <v>272.76</v>
       </c>
       <c r="I615" s="1"/>
       <c r="J615" s="1"/>
       <c r="K615" s="1"/>
       <c r="L615" s="1"/>
       <c r="M615" s="1"/>
       <c r="N615" s="1"/>
       <c r="O615" s="1"/>
       <c r="P615" s="1"/>
       <c r="Q615" s="1"/>
       <c r="R615" s="1"/>
       <c r="S615" s="1"/>
       <c r="T615" s="1"/>
       <c r="U615" s="1"/>
       <c r="V615" s="1"/>
       <c r="W615" s="1"/>
     </row>
     <row r="616" spans="1:23">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
@@ -30649,54 +30649,54 @@
       <c r="Q616" s="1"/>
       <c r="R616" s="1"/>
       <c r="S616" s="1"/>
       <c r="T616" s="1"/>
       <c r="U616" s="1"/>
       <c r="V616" s="1"/>
       <c r="W616" s="1"/>
     </row>
     <row r="617" spans="1:23">
       <c r="A617" s="3">
         <v>615</v>
       </c>
       <c r="B617" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C617" s="10" t="s">
         <v>1238</v>
       </c>
       <c r="D617" s="3" t="s">
         <v>1239</v>
       </c>
       <c r="E617" s="3">
         <v>1517.88</v>
       </c>
       <c r="F617" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G617" s="3">
-        <v>1419.77</v>
+        <v>1396.55</v>
       </c>
       <c r="H617" s="4">
         <v>580.2</v>
       </c>
       <c r="I617" s="1"/>
       <c r="J617" s="1"/>
       <c r="K617" s="1"/>
       <c r="L617" s="1"/>
       <c r="M617" s="1"/>
       <c r="N617" s="1"/>
       <c r="O617" s="1"/>
       <c r="P617" s="1"/>
       <c r="Q617" s="1"/>
       <c r="R617" s="1"/>
       <c r="S617" s="1"/>
       <c r="T617" s="1"/>
       <c r="U617" s="1"/>
       <c r="V617" s="1"/>
       <c r="W617" s="1"/>
     </row>
     <row r="618" spans="1:23">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
@@ -30731,54 +30731,54 @@
       <c r="Q618" s="1"/>
       <c r="R618" s="1"/>
       <c r="S618" s="1"/>
       <c r="T618" s="1"/>
       <c r="U618" s="1"/>
       <c r="V618" s="1"/>
       <c r="W618" s="1"/>
     </row>
     <row r="619" spans="1:23">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C619" s="10" t="s">
         <v>1242</v>
       </c>
       <c r="D619" s="3" t="s">
         <v>1243</v>
       </c>
       <c r="E619" s="3">
         <v>800.97</v>
       </c>
       <c r="F619" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G619" s="3">
-        <v>759.44</v>
+        <v>758.69</v>
       </c>
       <c r="H619" s="4">
         <v>446.07</v>
       </c>
       <c r="I619" s="1"/>
       <c r="J619" s="1"/>
       <c r="K619" s="1"/>
       <c r="L619" s="1"/>
       <c r="M619" s="1"/>
       <c r="N619" s="1"/>
       <c r="O619" s="1"/>
       <c r="P619" s="1"/>
       <c r="Q619" s="1"/>
       <c r="R619" s="1"/>
       <c r="S619" s="1"/>
       <c r="T619" s="1"/>
       <c r="U619" s="1"/>
       <c r="V619" s="1"/>
       <c r="W619" s="1"/>
     </row>
     <row r="620" spans="1:23">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
@@ -30977,136 +30977,136 @@
       <c r="Q624" s="1"/>
       <c r="R624" s="1"/>
       <c r="S624" s="1"/>
       <c r="T624" s="1"/>
       <c r="U624" s="1"/>
       <c r="V624" s="1"/>
       <c r="W624" s="1"/>
     </row>
     <row r="625" spans="1:23">
       <c r="A625" s="3">
         <v>623</v>
       </c>
       <c r="B625" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C625" s="10" t="s">
         <v>1254</v>
       </c>
       <c r="D625" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="E625" s="3">
         <v>685.52</v>
       </c>
       <c r="F625" s="3">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G625" s="3">
-        <v>613.7</v>
+        <v>661.27</v>
       </c>
       <c r="H625" s="4">
         <v>381.22</v>
       </c>
       <c r="I625" s="1"/>
       <c r="J625" s="1"/>
       <c r="K625" s="1"/>
       <c r="L625" s="1"/>
       <c r="M625" s="1"/>
       <c r="N625" s="1"/>
       <c r="O625" s="1"/>
       <c r="P625" s="1"/>
       <c r="Q625" s="1"/>
       <c r="R625" s="1"/>
       <c r="S625" s="1"/>
       <c r="T625" s="1"/>
       <c r="U625" s="1"/>
       <c r="V625" s="1"/>
       <c r="W625" s="1"/>
     </row>
     <row r="626" spans="1:23">
       <c r="A626" s="3">
         <v>624</v>
       </c>
       <c r="B626" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C626" s="10" t="s">
         <v>1256</v>
       </c>
       <c r="D626" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="E626" s="3">
         <v>975.3</v>
       </c>
       <c r="F626" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G626" s="3">
-        <v>913.36</v>
+        <v>909.11</v>
       </c>
       <c r="H626" s="4">
         <v>123.92</v>
       </c>
       <c r="I626" s="1"/>
       <c r="J626" s="1"/>
       <c r="K626" s="1"/>
       <c r="L626" s="1"/>
       <c r="M626" s="1"/>
       <c r="N626" s="1"/>
       <c r="O626" s="1"/>
       <c r="P626" s="1"/>
       <c r="Q626" s="1"/>
       <c r="R626" s="1"/>
       <c r="S626" s="1"/>
       <c r="T626" s="1"/>
       <c r="U626" s="1"/>
       <c r="V626" s="1"/>
       <c r="W626" s="1"/>
     </row>
     <row r="627" spans="1:23">
       <c r="A627" s="3">
         <v>625</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C627" s="10" t="s">
         <v>1258</v>
       </c>
       <c r="D627" s="3" t="s">
         <v>1259</v>
       </c>
       <c r="E627" s="3">
         <v>762.07</v>
       </c>
       <c r="F627" s="3">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G627" s="3">
-        <v>683.64</v>
+        <v>420.97</v>
       </c>
       <c r="H627" s="4">
         <v>296.95</v>
       </c>
       <c r="I627" s="1"/>
       <c r="J627" s="1"/>
       <c r="K627" s="1"/>
       <c r="L627" s="1"/>
       <c r="M627" s="1"/>
       <c r="N627" s="1"/>
       <c r="O627" s="1"/>
       <c r="P627" s="1"/>
       <c r="Q627" s="1"/>
       <c r="R627" s="1"/>
       <c r="S627" s="1"/>
       <c r="T627" s="1"/>
       <c r="U627" s="1"/>
       <c r="V627" s="1"/>
       <c r="W627" s="1"/>
     </row>
     <row r="628" spans="1:23">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
@@ -31264,95 +31264,95 @@
       <c r="Q631" s="1"/>
       <c r="R631" s="1"/>
       <c r="S631" s="1"/>
       <c r="T631" s="1"/>
       <c r="U631" s="1"/>
       <c r="V631" s="1"/>
       <c r="W631" s="1"/>
     </row>
     <row r="632" spans="1:23">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C632" s="10" t="s">
         <v>1268</v>
       </c>
       <c r="D632" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="E632" s="3">
         <v>295.43</v>
       </c>
       <c r="F632" s="3">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G632" s="3">
-        <v>285.3</v>
+        <v>267.69</v>
       </c>
       <c r="H632" s="4">
         <v>104.99</v>
       </c>
       <c r="I632" s="1"/>
       <c r="J632" s="1"/>
       <c r="K632" s="1"/>
       <c r="L632" s="1"/>
       <c r="M632" s="1"/>
       <c r="N632" s="1"/>
       <c r="O632" s="1"/>
       <c r="P632" s="1"/>
       <c r="Q632" s="1"/>
       <c r="R632" s="1"/>
       <c r="S632" s="1"/>
       <c r="T632" s="1"/>
       <c r="U632" s="1"/>
       <c r="V632" s="1"/>
       <c r="W632" s="1"/>
     </row>
     <row r="633" spans="1:23">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C633" s="10" t="s">
         <v>1270</v>
       </c>
       <c r="D633" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="E633" s="3">
         <v>16845.6</v>
       </c>
       <c r="F633" s="3">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="G633" s="3">
-        <v>14733.69</v>
+        <v>14589.67</v>
       </c>
       <c r="H633" s="4">
         <v>3385.65</v>
       </c>
       <c r="I633" s="1"/>
       <c r="J633" s="1"/>
       <c r="K633" s="1"/>
       <c r="L633" s="1"/>
       <c r="M633" s="1"/>
       <c r="N633" s="1"/>
       <c r="O633" s="1"/>
       <c r="P633" s="1"/>
       <c r="Q633" s="1"/>
       <c r="R633" s="1"/>
       <c r="S633" s="1"/>
       <c r="T633" s="1"/>
       <c r="U633" s="1"/>
       <c r="V633" s="1"/>
       <c r="W633" s="1"/>
     </row>
     <row r="634" spans="1:23">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
@@ -31428,95 +31428,95 @@
       <c r="Q635" s="1"/>
       <c r="R635" s="1"/>
       <c r="S635" s="1"/>
       <c r="T635" s="1"/>
       <c r="U635" s="1"/>
       <c r="V635" s="1"/>
       <c r="W635" s="1"/>
     </row>
     <row r="636" spans="1:23">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C636" s="10" t="s">
         <v>1276</v>
       </c>
       <c r="D636" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="E636" s="3">
         <v>546.56</v>
       </c>
       <c r="F636" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G636" s="3">
-        <v>390.54</v>
+        <v>338.52</v>
       </c>
       <c r="H636" s="4">
         <v>92.95</v>
       </c>
       <c r="I636" s="1"/>
       <c r="J636" s="1"/>
       <c r="K636" s="1"/>
       <c r="L636" s="1"/>
       <c r="M636" s="1"/>
       <c r="N636" s="1"/>
       <c r="O636" s="1"/>
       <c r="P636" s="1"/>
       <c r="Q636" s="1"/>
       <c r="R636" s="1"/>
       <c r="S636" s="1"/>
       <c r="T636" s="1"/>
       <c r="U636" s="1"/>
       <c r="V636" s="1"/>
       <c r="W636" s="1"/>
     </row>
     <row r="637" spans="1:23">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C637" s="10" t="s">
         <v>1278</v>
       </c>
       <c r="D637" s="3" t="s">
         <v>1279</v>
       </c>
       <c r="E637" s="3">
         <v>1027.85</v>
       </c>
       <c r="F637" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G637" s="3">
-        <v>885.84</v>
+        <v>888.84</v>
       </c>
       <c r="H637" s="4">
         <v>390.85</v>
       </c>
       <c r="I637" s="1"/>
       <c r="J637" s="1"/>
       <c r="K637" s="1"/>
       <c r="L637" s="1"/>
       <c r="M637" s="1"/>
       <c r="N637" s="1"/>
       <c r="O637" s="1"/>
       <c r="P637" s="1"/>
       <c r="Q637" s="1"/>
       <c r="R637" s="1"/>
       <c r="S637" s="1"/>
       <c r="T637" s="1"/>
       <c r="U637" s="1"/>
       <c r="V637" s="1"/>
       <c r="W637" s="1"/>
     </row>
     <row r="638" spans="1:23">
       <c r="A638" s="3">
         <v>636</v>
       </c>
       <c r="B638" s="3" t="s">
@@ -31551,54 +31551,54 @@
       <c r="Q638" s="1"/>
       <c r="R638" s="1"/>
       <c r="S638" s="1"/>
       <c r="T638" s="1"/>
       <c r="U638" s="1"/>
       <c r="V638" s="1"/>
       <c r="W638" s="1"/>
     </row>
     <row r="639" spans="1:23">
       <c r="A639" s="3">
         <v>637</v>
       </c>
       <c r="B639" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C639" s="10" t="s">
         <v>1282</v>
       </c>
       <c r="D639" s="3" t="s">
         <v>1283</v>
       </c>
       <c r="E639" s="3">
         <v>518.22</v>
       </c>
       <c r="F639" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G639" s="3">
-        <v>518.22</v>
+        <v>515.97</v>
       </c>
       <c r="H639" s="4">
         <v>227.68</v>
       </c>
       <c r="I639" s="1"/>
       <c r="J639" s="1"/>
       <c r="K639" s="1"/>
       <c r="L639" s="1"/>
       <c r="M639" s="1"/>
       <c r="N639" s="1"/>
       <c r="O639" s="1"/>
       <c r="P639" s="1"/>
       <c r="Q639" s="1"/>
       <c r="R639" s="1"/>
       <c r="S639" s="1"/>
       <c r="T639" s="1"/>
       <c r="U639" s="1"/>
       <c r="V639" s="1"/>
       <c r="W639" s="1"/>
     </row>
     <row r="640" spans="1:23">
       <c r="A640" s="3">
         <v>638</v>
       </c>
       <c r="B640" s="3" t="s">
@@ -31756,95 +31756,95 @@
       <c r="Q643" s="1"/>
       <c r="R643" s="1"/>
       <c r="S643" s="1"/>
       <c r="T643" s="1"/>
       <c r="U643" s="1"/>
       <c r="V643" s="1"/>
       <c r="W643" s="1"/>
     </row>
     <row r="644" spans="1:23">
       <c r="A644" s="3">
         <v>642</v>
       </c>
       <c r="B644" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C644" s="10" t="s">
         <v>1292</v>
       </c>
       <c r="D644" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="E644" s="3">
         <v>246.52</v>
       </c>
       <c r="F644" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G644" s="3">
-        <v>212.16</v>
+        <v>168.29</v>
       </c>
       <c r="H644" s="4">
         <v>67.31</v>
       </c>
       <c r="I644" s="1"/>
       <c r="J644" s="1"/>
       <c r="K644" s="1"/>
       <c r="L644" s="1"/>
       <c r="M644" s="1"/>
       <c r="N644" s="1"/>
       <c r="O644" s="1"/>
       <c r="P644" s="1"/>
       <c r="Q644" s="1"/>
       <c r="R644" s="1"/>
       <c r="S644" s="1"/>
       <c r="T644" s="1"/>
       <c r="U644" s="1"/>
       <c r="V644" s="1"/>
       <c r="W644" s="1"/>
     </row>
     <row r="645" spans="1:23">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="10" t="s">
         <v>1294</v>
       </c>
       <c r="D645" s="3" t="s">
         <v>1295</v>
       </c>
       <c r="E645" s="3">
         <v>145.63</v>
       </c>
       <c r="F645" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G645" s="3">
-        <v>92.54</v>
+        <v>25.51</v>
       </c>
       <c r="H645" s="4">
         <v>37.32</v>
       </c>
       <c r="I645" s="1"/>
       <c r="J645" s="1"/>
       <c r="K645" s="1"/>
       <c r="L645" s="1"/>
       <c r="M645" s="1"/>
       <c r="N645" s="1"/>
       <c r="O645" s="1"/>
       <c r="P645" s="1"/>
       <c r="Q645" s="1"/>
       <c r="R645" s="1"/>
       <c r="S645" s="1"/>
       <c r="T645" s="1"/>
       <c r="U645" s="1"/>
       <c r="V645" s="1"/>
       <c r="W645" s="1"/>
     </row>
     <row r="646" spans="1:23">
       <c r="A646" s="3">
         <v>644</v>
       </c>
       <c r="B646" s="3" t="s">
@@ -31879,54 +31879,54 @@
       <c r="Q646" s="1"/>
       <c r="R646" s="1"/>
       <c r="S646" s="1"/>
       <c r="T646" s="1"/>
       <c r="U646" s="1"/>
       <c r="V646" s="1"/>
       <c r="W646" s="1"/>
     </row>
     <row r="647" spans="1:23">
       <c r="A647" s="3">
         <v>645</v>
       </c>
       <c r="B647" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C647" s="10" t="s">
         <v>1298</v>
       </c>
       <c r="D647" s="3" t="s">
         <v>1299</v>
       </c>
       <c r="E647" s="3">
         <v>196.86</v>
       </c>
       <c r="F647" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G647" s="3">
-        <v>142.26</v>
+        <v>0</v>
       </c>
       <c r="H647" s="4">
         <v>142.26</v>
       </c>
       <c r="I647" s="1"/>
       <c r="J647" s="1"/>
       <c r="K647" s="1"/>
       <c r="L647" s="1"/>
       <c r="M647" s="1"/>
       <c r="N647" s="1"/>
       <c r="O647" s="1"/>
       <c r="P647" s="1"/>
       <c r="Q647" s="1"/>
       <c r="R647" s="1"/>
       <c r="S647" s="1"/>
       <c r="T647" s="1"/>
       <c r="U647" s="1"/>
       <c r="V647" s="1"/>
       <c r="W647" s="1"/>
     </row>
     <row r="648" spans="1:23">
       <c r="A648" s="3">
         <v>646</v>
       </c>
       <c r="B648" s="3" t="s">
@@ -31961,54 +31961,54 @@
       <c r="Q648" s="1"/>
       <c r="R648" s="1"/>
       <c r="S648" s="1"/>
       <c r="T648" s="1"/>
       <c r="U648" s="1"/>
       <c r="V648" s="1"/>
       <c r="W648" s="1"/>
     </row>
     <row r="649" spans="1:23">
       <c r="A649" s="3">
         <v>647</v>
       </c>
       <c r="B649" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C649" s="10" t="s">
         <v>1302</v>
       </c>
       <c r="D649" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="E649" s="3">
         <v>1514.03</v>
       </c>
       <c r="F649" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G649" s="3">
-        <v>1401.23</v>
+        <v>1317.44</v>
       </c>
       <c r="H649" s="4">
         <v>504.06</v>
       </c>
       <c r="I649" s="1"/>
       <c r="J649" s="1"/>
       <c r="K649" s="1"/>
       <c r="L649" s="1"/>
       <c r="M649" s="1"/>
       <c r="N649" s="1"/>
       <c r="O649" s="1"/>
       <c r="P649" s="1"/>
       <c r="Q649" s="1"/>
       <c r="R649" s="1"/>
       <c r="S649" s="1"/>
       <c r="T649" s="1"/>
       <c r="U649" s="1"/>
       <c r="V649" s="1"/>
       <c r="W649" s="1"/>
     </row>
     <row r="650" spans="1:23">
       <c r="A650" s="3">
         <v>648</v>
       </c>
       <c r="B650" s="3" t="s">
@@ -32333,133 +32333,133 @@
       <c r="T657" s="1"/>
       <c r="U657" s="1"/>
       <c r="V657" s="1"/>
       <c r="W657" s="1"/>
     </row>
     <row r="658" spans="1:23">
       <c r="A658" s="3">
         <v>656</v>
       </c>
       <c r="B658" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C658" s="10" t="s">
         <v>1320</v>
       </c>
       <c r="D658" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="E658" s="3">
         <v>40.07</v>
       </c>
       <c r="F658" s="3">
         <v>2</v>
       </c>
       <c r="G658" s="3">
-        <v>32.36</v>
+        <v>32.37</v>
       </c>
       <c r="H658" s="4">
         <v>0</v>
       </c>
       <c r="I658" s="1"/>
       <c r="J658" s="1"/>
       <c r="K658" s="1"/>
       <c r="L658" s="1"/>
       <c r="M658" s="1"/>
       <c r="N658" s="1"/>
       <c r="O658" s="1"/>
       <c r="P658" s="1"/>
       <c r="Q658" s="1"/>
       <c r="R658" s="1"/>
       <c r="S658" s="1"/>
       <c r="T658" s="1"/>
       <c r="U658" s="1"/>
       <c r="V658" s="1"/>
       <c r="W658" s="1"/>
     </row>
     <row r="659" spans="1:23">
       <c r="A659" s="3">
         <v>657</v>
       </c>
       <c r="B659" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C659" s="10" t="s">
         <v>1322</v>
       </c>
       <c r="D659" s="3" t="s">
         <v>1323</v>
       </c>
       <c r="E659" s="3">
         <v>38.24</v>
       </c>
       <c r="F659" s="3">
         <v>4</v>
       </c>
       <c r="G659" s="3">
-        <v>34.46</v>
+        <v>34.47</v>
       </c>
       <c r="H659" s="4">
         <v>8.38</v>
       </c>
       <c r="I659" s="1"/>
       <c r="J659" s="1"/>
       <c r="K659" s="1"/>
       <c r="L659" s="1"/>
       <c r="M659" s="1"/>
       <c r="N659" s="1"/>
       <c r="O659" s="1"/>
       <c r="P659" s="1"/>
       <c r="Q659" s="1"/>
       <c r="R659" s="1"/>
       <c r="S659" s="1"/>
       <c r="T659" s="1"/>
       <c r="U659" s="1"/>
       <c r="V659" s="1"/>
       <c r="W659" s="1"/>
     </row>
     <row r="660" spans="1:23">
       <c r="A660" s="3">
         <v>658</v>
       </c>
       <c r="B660" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C660" s="10" t="s">
         <v>1324</v>
       </c>
       <c r="D660" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="E660" s="3">
         <v>38.59</v>
       </c>
       <c r="F660" s="3">
         <v>2</v>
       </c>
       <c r="G660" s="3">
-        <v>33.78</v>
+        <v>33.79</v>
       </c>
       <c r="H660" s="4">
         <v>0</v>
       </c>
       <c r="I660" s="1"/>
       <c r="J660" s="1"/>
       <c r="K660" s="1"/>
       <c r="L660" s="1"/>
       <c r="M660" s="1"/>
       <c r="N660" s="1"/>
       <c r="O660" s="1"/>
       <c r="P660" s="1"/>
       <c r="Q660" s="1"/>
       <c r="R660" s="1"/>
       <c r="S660" s="1"/>
       <c r="T660" s="1"/>
       <c r="U660" s="1"/>
       <c r="V660" s="1"/>
       <c r="W660" s="1"/>
     </row>
     <row r="661" spans="1:23">
       <c r="A661" s="3">
         <v>659</v>
       </c>
       <c r="B661" s="3" t="s">
@@ -32699,54 +32699,54 @@
       <c r="Q666" s="1"/>
       <c r="R666" s="1"/>
       <c r="S666" s="1"/>
       <c r="T666" s="1"/>
       <c r="U666" s="1"/>
       <c r="V666" s="1"/>
       <c r="W666" s="1"/>
     </row>
     <row r="667" spans="1:23">
       <c r="A667" s="3">
         <v>665</v>
       </c>
       <c r="B667" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C667" s="10" t="s">
         <v>1338</v>
       </c>
       <c r="D667" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="E667" s="3">
         <v>187</v>
       </c>
       <c r="F667" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G667" s="3">
-        <v>103.6</v>
+        <v>50.09</v>
       </c>
       <c r="H667" s="4">
         <v>45.16</v>
       </c>
       <c r="I667" s="1"/>
       <c r="J667" s="1"/>
       <c r="K667" s="1"/>
       <c r="L667" s="1"/>
       <c r="M667" s="1"/>
       <c r="N667" s="1"/>
       <c r="O667" s="1"/>
       <c r="P667" s="1"/>
       <c r="Q667" s="1"/>
       <c r="R667" s="1"/>
       <c r="S667" s="1"/>
       <c r="T667" s="1"/>
       <c r="U667" s="1"/>
       <c r="V667" s="1"/>
       <c r="W667" s="1"/>
     </row>
     <row r="668" spans="1:23">
       <c r="A668" s="3">
         <v>666</v>
       </c>
       <c r="B668" s="3" t="s">
@@ -32822,54 +32822,54 @@
       <c r="Q669" s="1"/>
       <c r="R669" s="1"/>
       <c r="S669" s="1"/>
       <c r="T669" s="1"/>
       <c r="U669" s="1"/>
       <c r="V669" s="1"/>
       <c r="W669" s="1"/>
     </row>
     <row r="670" spans="1:23">
       <c r="A670" s="3">
         <v>668</v>
       </c>
       <c r="B670" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C670" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="D670" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="E670" s="3">
         <v>314.53</v>
       </c>
       <c r="F670" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G670" s="3">
-        <v>302.09</v>
+        <v>296.71</v>
       </c>
       <c r="H670" s="4">
         <v>237.65</v>
       </c>
       <c r="I670" s="1"/>
       <c r="J670" s="1"/>
       <c r="K670" s="1"/>
       <c r="L670" s="1"/>
       <c r="M670" s="1"/>
       <c r="N670" s="1"/>
       <c r="O670" s="1"/>
       <c r="P670" s="1"/>
       <c r="Q670" s="1"/>
       <c r="R670" s="1"/>
       <c r="S670" s="1"/>
       <c r="T670" s="1"/>
       <c r="U670" s="1"/>
       <c r="V670" s="1"/>
       <c r="W670" s="1"/>
     </row>
     <row r="671" spans="1:23">
       <c r="A671" s="3">
         <v>669</v>
       </c>
       <c r="B671" s="3" t="s">
@@ -33030,215 +33030,215 @@
       <c r="T674" s="1"/>
       <c r="U674" s="1"/>
       <c r="V674" s="1"/>
       <c r="W674" s="1"/>
     </row>
     <row r="675" spans="1:23">
       <c r="A675" s="3">
         <v>673</v>
       </c>
       <c r="B675" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C675" s="10" t="s">
         <v>1354</v>
       </c>
       <c r="D675" s="3" t="s">
         <v>1355</v>
       </c>
       <c r="E675" s="3">
         <v>246.05</v>
       </c>
       <c r="F675" s="3">
         <v>4</v>
       </c>
       <c r="G675" s="3">
-        <v>198.99</v>
+        <v>204.31</v>
       </c>
       <c r="H675" s="4">
         <v>5.31</v>
       </c>
       <c r="I675" s="1"/>
       <c r="J675" s="1"/>
       <c r="K675" s="1"/>
       <c r="L675" s="1"/>
       <c r="M675" s="1"/>
       <c r="N675" s="1"/>
       <c r="O675" s="1"/>
       <c r="P675" s="1"/>
       <c r="Q675" s="1"/>
       <c r="R675" s="1"/>
       <c r="S675" s="1"/>
       <c r="T675" s="1"/>
       <c r="U675" s="1"/>
       <c r="V675" s="1"/>
       <c r="W675" s="1"/>
     </row>
     <row r="676" spans="1:23">
       <c r="A676" s="3">
         <v>674</v>
       </c>
       <c r="B676" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C676" s="10" t="s">
         <v>1356</v>
       </c>
       <c r="D676" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="E676" s="3">
         <v>809.34</v>
       </c>
       <c r="F676" s="3">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G676" s="3">
-        <v>696.58</v>
+        <v>696.6</v>
       </c>
       <c r="H676" s="4">
         <v>338.02</v>
       </c>
       <c r="I676" s="1"/>
       <c r="J676" s="1"/>
       <c r="K676" s="1"/>
       <c r="L676" s="1"/>
       <c r="M676" s="1"/>
       <c r="N676" s="1"/>
       <c r="O676" s="1"/>
       <c r="P676" s="1"/>
       <c r="Q676" s="1"/>
       <c r="R676" s="1"/>
       <c r="S676" s="1"/>
       <c r="T676" s="1"/>
       <c r="U676" s="1"/>
       <c r="V676" s="1"/>
       <c r="W676" s="1"/>
     </row>
     <row r="677" spans="1:23">
       <c r="A677" s="3">
         <v>675</v>
       </c>
       <c r="B677" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C677" s="10" t="s">
         <v>1358</v>
       </c>
       <c r="D677" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="E677" s="3">
         <v>656.96</v>
       </c>
       <c r="F677" s="3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G677" s="3">
-        <v>427.49</v>
+        <v>430.49</v>
       </c>
       <c r="H677" s="4">
         <v>389.66</v>
       </c>
       <c r="I677" s="1"/>
       <c r="J677" s="1"/>
       <c r="K677" s="1"/>
       <c r="L677" s="1"/>
       <c r="M677" s="1"/>
       <c r="N677" s="1"/>
       <c r="O677" s="1"/>
       <c r="P677" s="1"/>
       <c r="Q677" s="1"/>
       <c r="R677" s="1"/>
       <c r="S677" s="1"/>
       <c r="T677" s="1"/>
       <c r="U677" s="1"/>
       <c r="V677" s="1"/>
       <c r="W677" s="1"/>
     </row>
     <row r="678" spans="1:23">
       <c r="A678" s="3">
         <v>676</v>
       </c>
       <c r="B678" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C678" s="10" t="s">
         <v>1360</v>
       </c>
       <c r="D678" s="3" t="s">
         <v>1361</v>
       </c>
       <c r="E678" s="3">
         <v>319.28</v>
       </c>
       <c r="F678" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G678" s="3">
-        <v>261.83</v>
+        <v>257.94</v>
       </c>
       <c r="H678" s="4">
         <v>100.3</v>
       </c>
       <c r="I678" s="1"/>
       <c r="J678" s="1"/>
       <c r="K678" s="1"/>
       <c r="L678" s="1"/>
       <c r="M678" s="1"/>
       <c r="N678" s="1"/>
       <c r="O678" s="1"/>
       <c r="P678" s="1"/>
       <c r="Q678" s="1"/>
       <c r="R678" s="1"/>
       <c r="S678" s="1"/>
       <c r="T678" s="1"/>
       <c r="U678" s="1"/>
       <c r="V678" s="1"/>
       <c r="W678" s="1"/>
     </row>
     <row r="679" spans="1:23">
       <c r="A679" s="3">
         <v>677</v>
       </c>
       <c r="B679" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C679" s="10" t="s">
         <v>1362</v>
       </c>
       <c r="D679" s="3" t="s">
         <v>1363</v>
       </c>
       <c r="E679" s="3">
         <v>1094.83</v>
       </c>
       <c r="F679" s="3">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G679" s="3">
-        <v>1071.84</v>
+        <v>991.17</v>
       </c>
       <c r="H679" s="4">
         <v>863.83</v>
       </c>
       <c r="I679" s="1"/>
       <c r="J679" s="1"/>
       <c r="K679" s="1"/>
       <c r="L679" s="1"/>
       <c r="M679" s="1"/>
       <c r="N679" s="1"/>
       <c r="O679" s="1"/>
       <c r="P679" s="1"/>
       <c r="Q679" s="1"/>
       <c r="R679" s="1"/>
       <c r="S679" s="1"/>
       <c r="T679" s="1"/>
       <c r="U679" s="1"/>
       <c r="V679" s="1"/>
       <c r="W679" s="1"/>
     </row>
     <row r="680" spans="1:23">
       <c r="A680" s="3">
         <v>678</v>
       </c>
       <c r="B680" s="3" t="s">
@@ -34255,54 +34255,54 @@
       <c r="Q704" s="1"/>
       <c r="R704" s="1"/>
       <c r="S704" s="1"/>
       <c r="T704" s="1"/>
       <c r="U704" s="1"/>
       <c r="V704" s="1"/>
       <c r="W704" s="1"/>
     </row>
     <row r="705" spans="1:23">
       <c r="A705" s="3">
         <v>703</v>
       </c>
       <c r="B705" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C705" s="10" t="s">
         <v>1413</v>
       </c>
       <c r="D705" s="3" t="s">
         <v>1414</v>
       </c>
       <c r="E705" s="3">
         <v>99.97</v>
       </c>
       <c r="F705" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G705" s="3">
-        <v>97.06</v>
+        <v>96.86</v>
       </c>
       <c r="H705" s="4">
         <v>96.86</v>
       </c>
       <c r="I705" s="1"/>
       <c r="J705" s="1"/>
       <c r="K705" s="1"/>
       <c r="L705" s="1"/>
       <c r="M705" s="1"/>
       <c r="N705" s="1"/>
       <c r="O705" s="1"/>
       <c r="P705" s="1"/>
       <c r="Q705" s="1"/>
       <c r="R705" s="1"/>
       <c r="S705" s="1"/>
       <c r="T705" s="1"/>
       <c r="U705" s="1"/>
       <c r="V705" s="1"/>
       <c r="W705" s="1"/>
     </row>
     <row r="706" spans="1:23">
       <c r="A706" s="3">
         <v>704</v>
       </c>
       <c r="B706" s="3" t="s">
@@ -34542,54 +34542,54 @@
       <c r="Q711" s="1"/>
       <c r="R711" s="1"/>
       <c r="S711" s="1"/>
       <c r="T711" s="1"/>
       <c r="U711" s="1"/>
       <c r="V711" s="1"/>
       <c r="W711" s="1"/>
     </row>
     <row r="712" spans="1:23">
       <c r="A712" s="3">
         <v>710</v>
       </c>
       <c r="B712" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C712" s="10" t="s">
         <v>1427</v>
       </c>
       <c r="D712" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="E712" s="3">
         <v>1436.91</v>
       </c>
       <c r="F712" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G712" s="3">
-        <v>792.45</v>
+        <v>740.04</v>
       </c>
       <c r="H712" s="4">
         <v>316.69</v>
       </c>
       <c r="I712" s="1"/>
       <c r="J712" s="1"/>
       <c r="K712" s="1"/>
       <c r="L712" s="1"/>
       <c r="M712" s="1"/>
       <c r="N712" s="1"/>
       <c r="O712" s="1"/>
       <c r="P712" s="1"/>
       <c r="Q712" s="1"/>
       <c r="R712" s="1"/>
       <c r="S712" s="1"/>
       <c r="T712" s="1"/>
       <c r="U712" s="1"/>
       <c r="V712" s="1"/>
       <c r="W712" s="1"/>
     </row>
     <row r="713" spans="1:23">
       <c r="A713" s="3">
         <v>711</v>
       </c>
       <c r="B713" s="3" t="s">
@@ -34750,51 +34750,51 @@
       <c r="T716" s="1"/>
       <c r="U716" s="1"/>
       <c r="V716" s="1"/>
       <c r="W716" s="1"/>
     </row>
     <row r="717" spans="1:23">
       <c r="A717" s="3">
         <v>715</v>
       </c>
       <c r="B717" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C717" s="10" t="s">
         <v>1437</v>
       </c>
       <c r="D717" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="E717" s="3">
         <v>1034.65</v>
       </c>
       <c r="F717" s="3">
         <v>12</v>
       </c>
       <c r="G717" s="3">
-        <v>1015.34</v>
+        <v>1054.05</v>
       </c>
       <c r="H717" s="4">
         <v>643.55</v>
       </c>
       <c r="I717" s="1"/>
       <c r="J717" s="1"/>
       <c r="K717" s="1"/>
       <c r="L717" s="1"/>
       <c r="M717" s="1"/>
       <c r="N717" s="1"/>
       <c r="O717" s="1"/>
       <c r="P717" s="1"/>
       <c r="Q717" s="1"/>
       <c r="R717" s="1"/>
       <c r="S717" s="1"/>
       <c r="T717" s="1"/>
       <c r="U717" s="1"/>
       <c r="V717" s="1"/>
       <c r="W717" s="1"/>
     </row>
     <row r="718" spans="1:23">
       <c r="A718" s="3">
         <v>716</v>
       </c>
       <c r="B718" s="3" t="s">
@@ -34829,54 +34829,54 @@
       <c r="Q718" s="1"/>
       <c r="R718" s="1"/>
       <c r="S718" s="1"/>
       <c r="T718" s="1"/>
       <c r="U718" s="1"/>
       <c r="V718" s="1"/>
       <c r="W718" s="1"/>
     </row>
     <row r="719" spans="1:23">
       <c r="A719" s="3">
         <v>717</v>
       </c>
       <c r="B719" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C719" s="10" t="s">
         <v>1441</v>
       </c>
       <c r="D719" s="3" t="s">
         <v>1442</v>
       </c>
       <c r="E719" s="3">
         <v>417.46</v>
       </c>
       <c r="F719" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G719" s="3">
-        <v>410.12</v>
+        <v>279.13</v>
       </c>
       <c r="H719" s="4">
         <v>348.49</v>
       </c>
       <c r="I719" s="1"/>
       <c r="J719" s="1"/>
       <c r="K719" s="1"/>
       <c r="L719" s="1"/>
       <c r="M719" s="1"/>
       <c r="N719" s="1"/>
       <c r="O719" s="1"/>
       <c r="P719" s="1"/>
       <c r="Q719" s="1"/>
       <c r="R719" s="1"/>
       <c r="S719" s="1"/>
       <c r="T719" s="1"/>
       <c r="U719" s="1"/>
       <c r="V719" s="1"/>
       <c r="W719" s="1"/>
     </row>
     <row r="720" spans="1:23">
       <c r="A720" s="3">
         <v>718</v>
       </c>
       <c r="B720" s="3" t="s">
@@ -34952,136 +34952,136 @@
       <c r="Q721" s="1"/>
       <c r="R721" s="1"/>
       <c r="S721" s="1"/>
       <c r="T721" s="1"/>
       <c r="U721" s="1"/>
       <c r="V721" s="1"/>
       <c r="W721" s="1"/>
     </row>
     <row r="722" spans="1:23">
       <c r="A722" s="3">
         <v>720</v>
       </c>
       <c r="B722" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C722" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="D722" s="3" t="s">
         <v>1448</v>
       </c>
       <c r="E722" s="3">
         <v>378.09</v>
       </c>
       <c r="F722" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G722" s="3">
-        <v>344.59</v>
+        <v>343.6</v>
       </c>
       <c r="H722" s="4">
         <v>555.46</v>
       </c>
       <c r="I722" s="1"/>
       <c r="J722" s="1"/>
       <c r="K722" s="1"/>
       <c r="L722" s="1"/>
       <c r="M722" s="1"/>
       <c r="N722" s="1"/>
       <c r="O722" s="1"/>
       <c r="P722" s="1"/>
       <c r="Q722" s="1"/>
       <c r="R722" s="1"/>
       <c r="S722" s="1"/>
       <c r="T722" s="1"/>
       <c r="U722" s="1"/>
       <c r="V722" s="1"/>
       <c r="W722" s="1"/>
     </row>
     <row r="723" spans="1:23">
       <c r="A723" s="3">
         <v>721</v>
       </c>
       <c r="B723" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C723" s="10" t="s">
         <v>1449</v>
       </c>
       <c r="D723" s="3" t="s">
         <v>1450</v>
       </c>
       <c r="E723" s="3">
         <v>376.89</v>
       </c>
       <c r="F723" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G723" s="3">
-        <v>308.3</v>
+        <v>338.75</v>
       </c>
       <c r="H723" s="4">
         <v>175.16</v>
       </c>
       <c r="I723" s="1"/>
       <c r="J723" s="1"/>
       <c r="K723" s="1"/>
       <c r="L723" s="1"/>
       <c r="M723" s="1"/>
       <c r="N723" s="1"/>
       <c r="O723" s="1"/>
       <c r="P723" s="1"/>
       <c r="Q723" s="1"/>
       <c r="R723" s="1"/>
       <c r="S723" s="1"/>
       <c r="T723" s="1"/>
       <c r="U723" s="1"/>
       <c r="V723" s="1"/>
       <c r="W723" s="1"/>
     </row>
     <row r="724" spans="1:23">
       <c r="A724" s="3">
         <v>722</v>
       </c>
       <c r="B724" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C724" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="D724" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="E724" s="3">
         <v>1316.45</v>
       </c>
       <c r="F724" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G724" s="3">
-        <v>1276.16</v>
+        <v>1249.66</v>
       </c>
       <c r="H724" s="4">
         <v>570.63</v>
       </c>
       <c r="I724" s="1"/>
       <c r="J724" s="1"/>
       <c r="K724" s="1"/>
       <c r="L724" s="1"/>
       <c r="M724" s="1"/>
       <c r="N724" s="1"/>
       <c r="O724" s="1"/>
       <c r="P724" s="1"/>
       <c r="Q724" s="1"/>
       <c r="R724" s="1"/>
       <c r="S724" s="1"/>
       <c r="T724" s="1"/>
       <c r="U724" s="1"/>
       <c r="V724" s="1"/>
       <c r="W724" s="1"/>
     </row>
     <row r="725" spans="1:23">
       <c r="A725" s="3">
         <v>723</v>
       </c>
       <c r="B725" s="3" t="s">
@@ -35198,95 +35198,95 @@
       <c r="Q727" s="1"/>
       <c r="R727" s="1"/>
       <c r="S727" s="1"/>
       <c r="T727" s="1"/>
       <c r="U727" s="1"/>
       <c r="V727" s="1"/>
       <c r="W727" s="1"/>
     </row>
     <row r="728" spans="1:23">
       <c r="A728" s="3">
         <v>726</v>
       </c>
       <c r="B728" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C728" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="D728" s="3" t="s">
         <v>1460</v>
       </c>
       <c r="E728" s="3">
         <v>1160.64</v>
       </c>
       <c r="F728" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G728" s="3">
-        <v>1032.43</v>
+        <v>1021.94</v>
       </c>
       <c r="H728" s="4">
         <v>237.33</v>
       </c>
       <c r="I728" s="1"/>
       <c r="J728" s="1"/>
       <c r="K728" s="1"/>
       <c r="L728" s="1"/>
       <c r="M728" s="1"/>
       <c r="N728" s="1"/>
       <c r="O728" s="1"/>
       <c r="P728" s="1"/>
       <c r="Q728" s="1"/>
       <c r="R728" s="1"/>
       <c r="S728" s="1"/>
       <c r="T728" s="1"/>
       <c r="U728" s="1"/>
       <c r="V728" s="1"/>
       <c r="W728" s="1"/>
     </row>
     <row r="729" spans="1:23">
       <c r="A729" s="3">
         <v>727</v>
       </c>
       <c r="B729" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C729" s="10" t="s">
         <v>1461</v>
       </c>
       <c r="D729" s="3" t="s">
         <v>1462</v>
       </c>
       <c r="E729" s="3">
         <v>1287.74</v>
       </c>
       <c r="F729" s="3">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G729" s="3">
-        <v>1176.52</v>
+        <v>1173.58</v>
       </c>
       <c r="H729" s="4">
         <v>530.32</v>
       </c>
       <c r="I729" s="1"/>
       <c r="J729" s="1"/>
       <c r="K729" s="1"/>
       <c r="L729" s="1"/>
       <c r="M729" s="1"/>
       <c r="N729" s="1"/>
       <c r="O729" s="1"/>
       <c r="P729" s="1"/>
       <c r="Q729" s="1"/>
       <c r="R729" s="1"/>
       <c r="S729" s="1"/>
       <c r="T729" s="1"/>
       <c r="U729" s="1"/>
       <c r="V729" s="1"/>
       <c r="W729" s="1"/>
     </row>
     <row r="730" spans="1:23">
       <c r="A730" s="3">
         <v>728</v>
       </c>
       <c r="B730" s="3" t="s">
@@ -35324,215 +35324,215 @@
       <c r="T730" s="1"/>
       <c r="U730" s="1"/>
       <c r="V730" s="1"/>
       <c r="W730" s="1"/>
     </row>
     <row r="731" spans="1:23">
       <c r="A731" s="3">
         <v>729</v>
       </c>
       <c r="B731" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C731" s="10" t="s">
         <v>1465</v>
       </c>
       <c r="D731" s="3" t="s">
         <v>1466</v>
       </c>
       <c r="E731" s="3">
         <v>417.48</v>
       </c>
       <c r="F731" s="3">
         <v>11</v>
       </c>
       <c r="G731" s="3">
-        <v>258.69</v>
+        <v>235.63</v>
       </c>
       <c r="H731" s="4">
         <v>189.43</v>
       </c>
       <c r="I731" s="1"/>
       <c r="J731" s="1"/>
       <c r="K731" s="1"/>
       <c r="L731" s="1"/>
       <c r="M731" s="1"/>
       <c r="N731" s="1"/>
       <c r="O731" s="1"/>
       <c r="P731" s="1"/>
       <c r="Q731" s="1"/>
       <c r="R731" s="1"/>
       <c r="S731" s="1"/>
       <c r="T731" s="1"/>
       <c r="U731" s="1"/>
       <c r="V731" s="1"/>
       <c r="W731" s="1"/>
     </row>
     <row r="732" spans="1:23">
       <c r="A732" s="3">
         <v>730</v>
       </c>
       <c r="B732" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C732" s="10" t="s">
         <v>1467</v>
       </c>
       <c r="D732" s="3" t="s">
         <v>1468</v>
       </c>
       <c r="E732" s="3">
         <v>392.42</v>
       </c>
       <c r="F732" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G732" s="3">
-        <v>353.39</v>
+        <v>293.95</v>
       </c>
       <c r="H732" s="4">
         <v>295.95</v>
       </c>
       <c r="I732" s="1"/>
       <c r="J732" s="1"/>
       <c r="K732" s="1"/>
       <c r="L732" s="1"/>
       <c r="M732" s="1"/>
       <c r="N732" s="1"/>
       <c r="O732" s="1"/>
       <c r="P732" s="1"/>
       <c r="Q732" s="1"/>
       <c r="R732" s="1"/>
       <c r="S732" s="1"/>
       <c r="T732" s="1"/>
       <c r="U732" s="1"/>
       <c r="V732" s="1"/>
       <c r="W732" s="1"/>
     </row>
     <row r="733" spans="1:23">
       <c r="A733" s="3">
         <v>731</v>
       </c>
       <c r="B733" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C733" s="10" t="s">
         <v>1469</v>
       </c>
       <c r="D733" s="3" t="s">
         <v>1470</v>
       </c>
       <c r="E733" s="3">
         <v>243.76</v>
       </c>
       <c r="F733" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G733" s="3">
-        <v>150.34</v>
+        <v>147.68</v>
       </c>
       <c r="H733" s="4">
         <v>38.37</v>
       </c>
       <c r="I733" s="1"/>
       <c r="J733" s="1"/>
       <c r="K733" s="1"/>
       <c r="L733" s="1"/>
       <c r="M733" s="1"/>
       <c r="N733" s="1"/>
       <c r="O733" s="1"/>
       <c r="P733" s="1"/>
       <c r="Q733" s="1"/>
       <c r="R733" s="1"/>
       <c r="S733" s="1"/>
       <c r="T733" s="1"/>
       <c r="U733" s="1"/>
       <c r="V733" s="1"/>
       <c r="W733" s="1"/>
     </row>
     <row r="734" spans="1:23">
       <c r="A734" s="3">
         <v>732</v>
       </c>
       <c r="B734" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C734" s="10" t="s">
         <v>1471</v>
       </c>
       <c r="D734" s="3" t="s">
         <v>1472</v>
       </c>
       <c r="E734" s="3">
         <v>977.66</v>
       </c>
       <c r="F734" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G734" s="3">
-        <v>1014.43</v>
+        <v>958.31</v>
       </c>
       <c r="H734" s="4">
         <v>936.27</v>
       </c>
       <c r="I734" s="1"/>
       <c r="J734" s="1"/>
       <c r="K734" s="1"/>
       <c r="L734" s="1"/>
       <c r="M734" s="1"/>
       <c r="N734" s="1"/>
       <c r="O734" s="1"/>
       <c r="P734" s="1"/>
       <c r="Q734" s="1"/>
       <c r="R734" s="1"/>
       <c r="S734" s="1"/>
       <c r="T734" s="1"/>
       <c r="U734" s="1"/>
       <c r="V734" s="1"/>
       <c r="W734" s="1"/>
     </row>
     <row r="735" spans="1:23">
       <c r="A735" s="3">
         <v>733</v>
       </c>
       <c r="B735" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C735" s="10" t="s">
         <v>1473</v>
       </c>
       <c r="D735" s="3" t="s">
         <v>1474</v>
       </c>
       <c r="E735" s="3">
         <v>995.83</v>
       </c>
       <c r="F735" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G735" s="3">
-        <v>938.12</v>
+        <v>928.94</v>
       </c>
       <c r="H735" s="4">
         <v>558.55</v>
       </c>
       <c r="I735" s="1"/>
       <c r="J735" s="1"/>
       <c r="K735" s="1"/>
       <c r="L735" s="1"/>
       <c r="M735" s="1"/>
       <c r="N735" s="1"/>
       <c r="O735" s="1"/>
       <c r="P735" s="1"/>
       <c r="Q735" s="1"/>
       <c r="R735" s="1"/>
       <c r="S735" s="1"/>
       <c r="T735" s="1"/>
       <c r="U735" s="1"/>
       <c r="V735" s="1"/>
       <c r="W735" s="1"/>
     </row>
     <row r="736" spans="1:23">
       <c r="A736" s="3">
         <v>734</v>
       </c>
       <c r="B736" s="3" t="s">
@@ -35608,54 +35608,54 @@
       <c r="Q737" s="1"/>
       <c r="R737" s="1"/>
       <c r="S737" s="1"/>
       <c r="T737" s="1"/>
       <c r="U737" s="1"/>
       <c r="V737" s="1"/>
       <c r="W737" s="1"/>
     </row>
     <row r="738" spans="1:23">
       <c r="A738" s="3">
         <v>736</v>
       </c>
       <c r="B738" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C738" s="10" t="s">
         <v>1479</v>
       </c>
       <c r="D738" s="3" t="s">
         <v>1480</v>
       </c>
       <c r="E738" s="3">
         <v>1174.15</v>
       </c>
       <c r="F738" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G738" s="3">
-        <v>1005.3</v>
+        <v>1004.18</v>
       </c>
       <c r="H738" s="4">
         <v>234.37</v>
       </c>
       <c r="I738" s="1"/>
       <c r="J738" s="1"/>
       <c r="K738" s="1"/>
       <c r="L738" s="1"/>
       <c r="M738" s="1"/>
       <c r="N738" s="1"/>
       <c r="O738" s="1"/>
       <c r="P738" s="1"/>
       <c r="Q738" s="1"/>
       <c r="R738" s="1"/>
       <c r="S738" s="1"/>
       <c r="T738" s="1"/>
       <c r="U738" s="1"/>
       <c r="V738" s="1"/>
       <c r="W738" s="1"/>
     </row>
     <row r="739" spans="1:23">
       <c r="A739" s="3">
         <v>737</v>
       </c>
       <c r="B739" s="3" t="s">
@@ -35772,54 +35772,54 @@
       <c r="Q741" s="1"/>
       <c r="R741" s="1"/>
       <c r="S741" s="1"/>
       <c r="T741" s="1"/>
       <c r="U741" s="1"/>
       <c r="V741" s="1"/>
       <c r="W741" s="1"/>
     </row>
     <row r="742" spans="1:23">
       <c r="A742" s="3">
         <v>740</v>
       </c>
       <c r="B742" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C742" s="10" t="s">
         <v>1487</v>
       </c>
       <c r="D742" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="E742" s="3">
         <v>465.97</v>
       </c>
       <c r="F742" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G742" s="3">
-        <v>447.77</v>
+        <v>438.17</v>
       </c>
       <c r="H742" s="4">
         <v>53.98</v>
       </c>
       <c r="I742" s="1"/>
       <c r="J742" s="1"/>
       <c r="K742" s="1"/>
       <c r="L742" s="1"/>
       <c r="M742" s="1"/>
       <c r="N742" s="1"/>
       <c r="O742" s="1"/>
       <c r="P742" s="1"/>
       <c r="Q742" s="1"/>
       <c r="R742" s="1"/>
       <c r="S742" s="1"/>
       <c r="T742" s="1"/>
       <c r="U742" s="1"/>
       <c r="V742" s="1"/>
       <c r="W742" s="1"/>
     </row>
     <row r="743" spans="1:23">
       <c r="A743" s="3">
         <v>741</v>
       </c>
       <c r="B743" s="3" t="s">
@@ -35936,54 +35936,54 @@
       <c r="Q745" s="1"/>
       <c r="R745" s="1"/>
       <c r="S745" s="1"/>
       <c r="T745" s="1"/>
       <c r="U745" s="1"/>
       <c r="V745" s="1"/>
       <c r="W745" s="1"/>
     </row>
     <row r="746" spans="1:23">
       <c r="A746" s="3">
         <v>744</v>
       </c>
       <c r="B746" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C746" s="10" t="s">
         <v>1495</v>
       </c>
       <c r="D746" s="3" t="s">
         <v>1496</v>
       </c>
       <c r="E746" s="3">
         <v>1257.83</v>
       </c>
       <c r="F746" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G746" s="3">
-        <v>1243.65</v>
+        <v>1240.33</v>
       </c>
       <c r="H746" s="4">
         <v>143.68</v>
       </c>
       <c r="I746" s="1"/>
       <c r="J746" s="1"/>
       <c r="K746" s="1"/>
       <c r="L746" s="1"/>
       <c r="M746" s="1"/>
       <c r="N746" s="1"/>
       <c r="O746" s="1"/>
       <c r="P746" s="1"/>
       <c r="Q746" s="1"/>
       <c r="R746" s="1"/>
       <c r="S746" s="1"/>
       <c r="T746" s="1"/>
       <c r="U746" s="1"/>
       <c r="V746" s="1"/>
       <c r="W746" s="1"/>
     </row>
     <row r="747" spans="1:23">
       <c r="A747" s="3">
         <v>745</v>
       </c>
       <c r="B747" s="3" t="s">
@@ -36018,54 +36018,54 @@
       <c r="Q747" s="1"/>
       <c r="R747" s="1"/>
       <c r="S747" s="1"/>
       <c r="T747" s="1"/>
       <c r="U747" s="1"/>
       <c r="V747" s="1"/>
       <c r="W747" s="1"/>
     </row>
     <row r="748" spans="1:23">
       <c r="A748" s="3">
         <v>746</v>
       </c>
       <c r="B748" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C748" s="10" t="s">
         <v>1499</v>
       </c>
       <c r="D748" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="E748" s="3">
         <v>1072.62</v>
       </c>
       <c r="F748" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G748" s="3">
-        <v>1072.62</v>
+        <v>1069.1</v>
       </c>
       <c r="H748" s="4">
         <v>454.01</v>
       </c>
       <c r="I748" s="1"/>
       <c r="J748" s="1"/>
       <c r="K748" s="1"/>
       <c r="L748" s="1"/>
       <c r="M748" s="1"/>
       <c r="N748" s="1"/>
       <c r="O748" s="1"/>
       <c r="P748" s="1"/>
       <c r="Q748" s="1"/>
       <c r="R748" s="1"/>
       <c r="S748" s="1"/>
       <c r="T748" s="1"/>
       <c r="U748" s="1"/>
       <c r="V748" s="1"/>
       <c r="W748" s="1"/>
     </row>
     <row r="749" spans="1:23">
       <c r="A749" s="3">
         <v>747</v>
       </c>
       <c r="B749" s="3" t="s">
@@ -36141,259 +36141,259 @@
       <c r="Q750" s="1"/>
       <c r="R750" s="1"/>
       <c r="S750" s="1"/>
       <c r="T750" s="1"/>
       <c r="U750" s="1"/>
       <c r="V750" s="1"/>
       <c r="W750" s="1"/>
     </row>
     <row r="751" spans="1:23">
       <c r="A751" s="3">
         <v>749</v>
       </c>
       <c r="B751" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C751" s="10" t="s">
         <v>1505</v>
       </c>
       <c r="D751" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="E751" s="3">
         <v>483.42</v>
       </c>
       <c r="F751" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G751" s="3">
-        <v>394.69</v>
+        <v>397.69</v>
       </c>
       <c r="H751" s="4">
         <v>363.4</v>
       </c>
       <c r="I751" s="1"/>
       <c r="J751" s="1"/>
       <c r="K751" s="1"/>
       <c r="L751" s="1"/>
       <c r="M751" s="1"/>
       <c r="N751" s="1"/>
       <c r="O751" s="1"/>
       <c r="P751" s="1"/>
       <c r="Q751" s="1"/>
       <c r="R751" s="1"/>
       <c r="S751" s="1"/>
       <c r="T751" s="1"/>
       <c r="U751" s="1"/>
       <c r="V751" s="1"/>
       <c r="W751" s="1"/>
     </row>
     <row r="752" spans="1:23">
       <c r="A752" s="3">
         <v>750</v>
       </c>
       <c r="B752" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C752" s="10" t="s">
         <v>1507</v>
       </c>
       <c r="D752" s="3" t="s">
         <v>1508</v>
       </c>
       <c r="E752" s="3">
         <v>672.13</v>
       </c>
       <c r="F752" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G752" s="3">
-        <v>506.03</v>
+        <v>515.14</v>
       </c>
       <c r="H752" s="4">
         <v>162.6</v>
       </c>
       <c r="I752" s="1"/>
       <c r="J752" s="1"/>
       <c r="K752" s="1"/>
       <c r="L752" s="1"/>
       <c r="M752" s="1"/>
       <c r="N752" s="1"/>
       <c r="O752" s="1"/>
       <c r="P752" s="1"/>
       <c r="Q752" s="1"/>
       <c r="R752" s="1"/>
       <c r="S752" s="1"/>
       <c r="T752" s="1"/>
       <c r="U752" s="1"/>
       <c r="V752" s="1"/>
       <c r="W752" s="1"/>
     </row>
     <row r="753" spans="1:23">
       <c r="A753" s="3">
         <v>751</v>
       </c>
       <c r="B753" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C753" s="10" t="s">
         <v>1509</v>
       </c>
       <c r="D753" s="3" t="s">
         <v>1510</v>
       </c>
       <c r="E753" s="3">
         <v>1566.48</v>
       </c>
       <c r="F753" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G753" s="3">
-        <v>1189.67</v>
+        <v>1196.37</v>
       </c>
       <c r="H753" s="4">
         <v>500.04</v>
       </c>
       <c r="I753" s="1"/>
       <c r="J753" s="1"/>
       <c r="K753" s="1"/>
       <c r="L753" s="1"/>
       <c r="M753" s="1"/>
       <c r="N753" s="1"/>
       <c r="O753" s="1"/>
       <c r="P753" s="1"/>
       <c r="Q753" s="1"/>
       <c r="R753" s="1"/>
       <c r="S753" s="1"/>
       <c r="T753" s="1"/>
       <c r="U753" s="1"/>
       <c r="V753" s="1"/>
       <c r="W753" s="1"/>
     </row>
     <row r="754" spans="1:23">
       <c r="A754" s="3">
         <v>752</v>
       </c>
       <c r="B754" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C754" s="10" t="s">
         <v>1511</v>
       </c>
       <c r="D754" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="E754" s="3">
         <v>217.07</v>
       </c>
       <c r="F754" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G754" s="3">
-        <v>156.98</v>
+        <v>145.67</v>
       </c>
       <c r="H754" s="4">
         <v>141.34</v>
       </c>
       <c r="I754" s="1"/>
       <c r="J754" s="1"/>
       <c r="K754" s="1"/>
       <c r="L754" s="1"/>
       <c r="M754" s="1"/>
       <c r="N754" s="1"/>
       <c r="O754" s="1"/>
       <c r="P754" s="1"/>
       <c r="Q754" s="1"/>
       <c r="R754" s="1"/>
       <c r="S754" s="1"/>
       <c r="T754" s="1"/>
       <c r="U754" s="1"/>
       <c r="V754" s="1"/>
       <c r="W754" s="1"/>
     </row>
     <row r="755" spans="1:23">
       <c r="A755" s="3">
         <v>753</v>
       </c>
       <c r="B755" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C755" s="10" t="s">
         <v>1513</v>
       </c>
       <c r="D755" s="3" t="s">
         <v>1514</v>
       </c>
       <c r="E755" s="3">
         <v>666.54</v>
       </c>
       <c r="F755" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G755" s="3">
-        <v>604.92</v>
+        <v>521.96</v>
       </c>
       <c r="H755" s="4">
         <v>203.4</v>
       </c>
       <c r="I755" s="1"/>
       <c r="J755" s="1"/>
       <c r="K755" s="1"/>
       <c r="L755" s="1"/>
       <c r="M755" s="1"/>
       <c r="N755" s="1"/>
       <c r="O755" s="1"/>
       <c r="P755" s="1"/>
       <c r="Q755" s="1"/>
       <c r="R755" s="1"/>
       <c r="S755" s="1"/>
       <c r="T755" s="1"/>
       <c r="U755" s="1"/>
       <c r="V755" s="1"/>
       <c r="W755" s="1"/>
     </row>
     <row r="756" spans="1:23">
       <c r="A756" s="3">
         <v>754</v>
       </c>
       <c r="B756" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C756" s="10" t="s">
         <v>1515</v>
       </c>
       <c r="D756" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="E756" s="3">
         <v>1007.89</v>
       </c>
       <c r="F756" s="3">
         <v>18</v>
       </c>
       <c r="G756" s="3">
-        <v>975.7</v>
+        <v>976.85</v>
       </c>
       <c r="H756" s="4">
         <v>533.44</v>
       </c>
       <c r="I756" s="1"/>
       <c r="J756" s="1"/>
       <c r="K756" s="1"/>
       <c r="L756" s="1"/>
       <c r="M756" s="1"/>
       <c r="N756" s="1"/>
       <c r="O756" s="1"/>
       <c r="P756" s="1"/>
       <c r="Q756" s="1"/>
       <c r="R756" s="1"/>
       <c r="S756" s="1"/>
       <c r="T756" s="1"/>
       <c r="U756" s="1"/>
       <c r="V756" s="1"/>
       <c r="W756" s="1"/>
     </row>
     <row r="757" spans="1:23">
       <c r="A757" s="3">
         <v>755</v>
       </c>
       <c r="B757" s="3" t="s">
@@ -36428,54 +36428,54 @@
       <c r="Q757" s="1"/>
       <c r="R757" s="1"/>
       <c r="S757" s="1"/>
       <c r="T757" s="1"/>
       <c r="U757" s="1"/>
       <c r="V757" s="1"/>
       <c r="W757" s="1"/>
     </row>
     <row r="758" spans="1:23">
       <c r="A758" s="3">
         <v>756</v>
       </c>
       <c r="B758" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C758" s="10" t="s">
         <v>1519</v>
       </c>
       <c r="D758" s="3" t="s">
         <v>1520</v>
       </c>
       <c r="E758" s="3">
         <v>98.48</v>
       </c>
       <c r="F758" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G758" s="3">
-        <v>48.63</v>
+        <v>53.52</v>
       </c>
       <c r="H758" s="4">
         <v>0</v>
       </c>
       <c r="I758" s="1"/>
       <c r="J758" s="1"/>
       <c r="K758" s="1"/>
       <c r="L758" s="1"/>
       <c r="M758" s="1"/>
       <c r="N758" s="1"/>
       <c r="O758" s="1"/>
       <c r="P758" s="1"/>
       <c r="Q758" s="1"/>
       <c r="R758" s="1"/>
       <c r="S758" s="1"/>
       <c r="T758" s="1"/>
       <c r="U758" s="1"/>
       <c r="V758" s="1"/>
       <c r="W758" s="1"/>
     </row>
     <row r="759" spans="1:23">
       <c r="A759" s="3">
         <v>757</v>
       </c>
       <c r="B759" s="3" t="s">
@@ -37412,54 +37412,54 @@
       <c r="Q781" s="1"/>
       <c r="R781" s="1"/>
       <c r="S781" s="1"/>
       <c r="T781" s="1"/>
       <c r="U781" s="1"/>
       <c r="V781" s="1"/>
       <c r="W781" s="1"/>
     </row>
     <row r="782" spans="1:23">
       <c r="A782" s="3">
         <v>780</v>
       </c>
       <c r="B782" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C782" s="10" t="s">
         <v>1567</v>
       </c>
       <c r="D782" s="3" t="s">
         <v>1568</v>
       </c>
       <c r="E782" s="3">
         <v>9157.58</v>
       </c>
       <c r="F782" s="3">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G782" s="3">
-        <v>9212.58</v>
+        <v>9203.59</v>
       </c>
       <c r="H782" s="4">
         <v>6644.62</v>
       </c>
       <c r="I782" s="1"/>
       <c r="J782" s="1"/>
       <c r="K782" s="1"/>
       <c r="L782" s="1"/>
       <c r="M782" s="1"/>
       <c r="N782" s="1"/>
       <c r="O782" s="1"/>
       <c r="P782" s="1"/>
       <c r="Q782" s="1"/>
       <c r="R782" s="1"/>
       <c r="S782" s="1"/>
       <c r="T782" s="1"/>
       <c r="U782" s="1"/>
       <c r="V782" s="1"/>
       <c r="W782" s="1"/>
     </row>
     <row r="783" spans="1:23">
       <c r="A783" s="3">
         <v>781</v>
       </c>
       <c r="B783" s="3" t="s">
@@ -37576,95 +37576,95 @@
       <c r="Q785" s="1"/>
       <c r="R785" s="1"/>
       <c r="S785" s="1"/>
       <c r="T785" s="1"/>
       <c r="U785" s="1"/>
       <c r="V785" s="1"/>
       <c r="W785" s="1"/>
     </row>
     <row r="786" spans="1:23">
       <c r="A786" s="3">
         <v>784</v>
       </c>
       <c r="B786" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C786" s="10" t="s">
         <v>1575</v>
       </c>
       <c r="D786" s="3" t="s">
         <v>1576</v>
       </c>
       <c r="E786" s="3">
         <v>541.48</v>
       </c>
       <c r="F786" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G786" s="3">
-        <v>479.67</v>
+        <v>436.01</v>
       </c>
       <c r="H786" s="4">
         <v>332.98</v>
       </c>
       <c r="I786" s="1"/>
       <c r="J786" s="1"/>
       <c r="K786" s="1"/>
       <c r="L786" s="1"/>
       <c r="M786" s="1"/>
       <c r="N786" s="1"/>
       <c r="O786" s="1"/>
       <c r="P786" s="1"/>
       <c r="Q786" s="1"/>
       <c r="R786" s="1"/>
       <c r="S786" s="1"/>
       <c r="T786" s="1"/>
       <c r="U786" s="1"/>
       <c r="V786" s="1"/>
       <c r="W786" s="1"/>
     </row>
     <row r="787" spans="1:23">
       <c r="A787" s="3">
         <v>785</v>
       </c>
       <c r="B787" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C787" s="10" t="s">
         <v>1577</v>
       </c>
       <c r="D787" s="3" t="s">
         <v>1578</v>
       </c>
       <c r="E787" s="3">
         <v>200.44</v>
       </c>
       <c r="F787" s="3">
         <v>8</v>
       </c>
       <c r="G787" s="3">
-        <v>117.83</v>
+        <v>121.56</v>
       </c>
       <c r="H787" s="4">
         <v>42.49</v>
       </c>
       <c r="I787" s="1"/>
       <c r="J787" s="1"/>
       <c r="K787" s="1"/>
       <c r="L787" s="1"/>
       <c r="M787" s="1"/>
       <c r="N787" s="1"/>
       <c r="O787" s="1"/>
       <c r="P787" s="1"/>
       <c r="Q787" s="1"/>
       <c r="R787" s="1"/>
       <c r="S787" s="1"/>
       <c r="T787" s="1"/>
       <c r="U787" s="1"/>
       <c r="V787" s="1"/>
       <c r="W787" s="1"/>
     </row>
     <row r="788" spans="1:23">
       <c r="A788" s="3">
         <v>786</v>
       </c>
       <c r="B788" s="3" t="s">
@@ -37699,54 +37699,54 @@
       <c r="Q788" s="1"/>
       <c r="R788" s="1"/>
       <c r="S788" s="1"/>
       <c r="T788" s="1"/>
       <c r="U788" s="1"/>
       <c r="V788" s="1"/>
       <c r="W788" s="1"/>
     </row>
     <row r="789" spans="1:23">
       <c r="A789" s="3">
         <v>787</v>
       </c>
       <c r="B789" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C789" s="10" t="s">
         <v>1581</v>
       </c>
       <c r="D789" s="3" t="s">
         <v>1582</v>
       </c>
       <c r="E789" s="3">
         <v>1529.18</v>
       </c>
       <c r="F789" s="3">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G789" s="3">
-        <v>1519.52</v>
+        <v>1496.66</v>
       </c>
       <c r="H789" s="4">
         <v>710.82</v>
       </c>
       <c r="I789" s="1"/>
       <c r="J789" s="1"/>
       <c r="K789" s="1"/>
       <c r="L789" s="1"/>
       <c r="M789" s="1"/>
       <c r="N789" s="1"/>
       <c r="O789" s="1"/>
       <c r="P789" s="1"/>
       <c r="Q789" s="1"/>
       <c r="R789" s="1"/>
       <c r="S789" s="1"/>
       <c r="T789" s="1"/>
       <c r="U789" s="1"/>
       <c r="V789" s="1"/>
       <c r="W789" s="1"/>
     </row>
     <row r="790" spans="1:23">
       <c r="A790" s="3">
         <v>788</v>
       </c>
       <c r="B790" s="3" t="s">
@@ -38146,95 +38146,95 @@
       <c r="Q799" s="1"/>
       <c r="R799" s="1"/>
       <c r="S799" s="1"/>
       <c r="T799" s="1"/>
       <c r="U799" s="1"/>
       <c r="V799" s="1"/>
       <c r="W799" s="1"/>
     </row>
     <row r="800" spans="1:23">
       <c r="A800" s="3">
         <v>798</v>
       </c>
       <c r="B800" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C800" s="10" t="s">
         <v>1602</v>
       </c>
       <c r="D800" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="E800" s="3">
         <v>0</v>
       </c>
       <c r="F800" s="3">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="G800" s="3">
-        <v>147.97</v>
+        <v>80.62</v>
       </c>
       <c r="H800" s="4">
         <v>109.17</v>
       </c>
       <c r="I800" s="1"/>
       <c r="J800" s="1"/>
       <c r="K800" s="1"/>
       <c r="L800" s="1"/>
       <c r="M800" s="1"/>
       <c r="N800" s="1"/>
       <c r="O800" s="1"/>
       <c r="P800" s="1"/>
       <c r="Q800" s="1"/>
       <c r="R800" s="1"/>
       <c r="S800" s="1"/>
       <c r="T800" s="1"/>
       <c r="U800" s="1"/>
       <c r="V800" s="1"/>
       <c r="W800" s="1"/>
     </row>
     <row r="801" spans="1:23">
       <c r="A801" s="3">
         <v>799</v>
       </c>
       <c r="B801" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C801" s="10" t="s">
         <v>1604</v>
       </c>
       <c r="D801" s="3" t="s">
         <v>1605</v>
       </c>
       <c r="E801" s="3">
         <v>0</v>
       </c>
       <c r="F801" s="3">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="G801" s="3">
-        <v>39.82</v>
+        <v>29.47</v>
       </c>
       <c r="H801" s="4">
         <v>37.8</v>
       </c>
       <c r="I801" s="1"/>
       <c r="J801" s="1"/>
       <c r="K801" s="1"/>
       <c r="L801" s="1"/>
       <c r="M801" s="1"/>
       <c r="N801" s="1"/>
       <c r="O801" s="1"/>
       <c r="P801" s="1"/>
       <c r="Q801" s="1"/>
       <c r="R801" s="1"/>
       <c r="S801" s="1"/>
       <c r="T801" s="1"/>
       <c r="U801" s="1"/>
       <c r="V801" s="1"/>
       <c r="W801" s="1"/>
     </row>
     <row r="802" spans="1:23">
       <c r="A802" s="3">
         <v>800</v>
       </c>
       <c r="B802" s="3" t="s">
@@ -38513,54 +38513,54 @@
       <c r="Q808" s="1"/>
       <c r="R808" s="1"/>
       <c r="S808" s="1"/>
       <c r="T808" s="1"/>
       <c r="U808" s="1"/>
       <c r="V808" s="1"/>
       <c r="W808" s="1"/>
     </row>
     <row r="809" spans="1:23">
       <c r="A809" s="3">
         <v>807</v>
       </c>
       <c r="B809" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C809" s="10" t="s">
         <v>1620</v>
       </c>
       <c r="D809" s="3" t="s">
         <v>1621</v>
       </c>
       <c r="E809" s="3">
         <v>0</v>
       </c>
       <c r="F809" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G809" s="3">
-        <v>69.57</v>
+        <v>61.07</v>
       </c>
       <c r="H809" s="4">
         <v>33.78</v>
       </c>
       <c r="I809" s="1"/>
       <c r="J809" s="1"/>
       <c r="K809" s="1"/>
       <c r="L809" s="1"/>
       <c r="M809" s="1"/>
       <c r="N809" s="1"/>
       <c r="O809" s="1"/>
       <c r="P809" s="1"/>
       <c r="Q809" s="1"/>
       <c r="R809" s="1"/>
       <c r="S809" s="1"/>
       <c r="T809" s="1"/>
       <c r="U809" s="1"/>
       <c r="V809" s="1"/>
       <c r="W809" s="1"/>
     </row>
     <row r="810" spans="1:23">
       <c r="A810" s="3">
         <v>808</v>
       </c>
       <c r="B810" s="3" t="s">
@@ -38762,51 +38762,51 @@
       <c r="T814" s="1"/>
       <c r="U814" s="1"/>
       <c r="V814" s="1"/>
       <c r="W814" s="1"/>
     </row>
     <row r="815" spans="1:23">
       <c r="A815" s="3">
         <v>813</v>
       </c>
       <c r="B815" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C815" s="10" t="s">
         <v>1632</v>
       </c>
       <c r="D815" s="3" t="s">
         <v>1633</v>
       </c>
       <c r="E815" s="3">
         <v>0</v>
       </c>
       <c r="F815" s="3">
         <v>132</v>
       </c>
       <c r="G815" s="3">
-        <v>71.71</v>
+        <v>72.36</v>
       </c>
       <c r="H815" s="4">
         <v>67.13</v>
       </c>
       <c r="I815" s="1"/>
       <c r="J815" s="1"/>
       <c r="K815" s="1"/>
       <c r="L815" s="1"/>
       <c r="M815" s="1"/>
       <c r="N815" s="1"/>
       <c r="O815" s="1"/>
       <c r="P815" s="1"/>
       <c r="Q815" s="1"/>
       <c r="R815" s="1"/>
       <c r="S815" s="1"/>
       <c r="T815" s="1"/>
       <c r="U815" s="1"/>
       <c r="V815" s="1"/>
       <c r="W815" s="1"/>
     </row>
     <row r="816" spans="1:23">
       <c r="A816" s="3">
         <v>814</v>
       </c>
       <c r="B816" s="3" t="s">
@@ -38841,54 +38841,54 @@
       <c r="Q816" s="1"/>
       <c r="R816" s="1"/>
       <c r="S816" s="1"/>
       <c r="T816" s="1"/>
       <c r="U816" s="1"/>
       <c r="V816" s="1"/>
       <c r="W816" s="1"/>
     </row>
     <row r="817" spans="1:23">
       <c r="A817" s="3">
         <v>815</v>
       </c>
       <c r="B817" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C817" s="10" t="s">
         <v>1636</v>
       </c>
       <c r="D817" s="3" t="s">
         <v>1637</v>
       </c>
       <c r="E817" s="3">
         <v>0</v>
       </c>
       <c r="F817" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G817" s="3">
-        <v>126.55</v>
+        <v>112.83</v>
       </c>
       <c r="H817" s="4">
         <v>114.05</v>
       </c>
       <c r="I817" s="1"/>
       <c r="J817" s="1"/>
       <c r="K817" s="1"/>
       <c r="L817" s="1"/>
       <c r="M817" s="1"/>
       <c r="N817" s="1"/>
       <c r="O817" s="1"/>
       <c r="P817" s="1"/>
       <c r="Q817" s="1"/>
       <c r="R817" s="1"/>
       <c r="S817" s="1"/>
       <c r="T817" s="1"/>
       <c r="U817" s="1"/>
       <c r="V817" s="1"/>
       <c r="W817" s="1"/>
     </row>
     <row r="818" spans="1:23">
       <c r="A818" s="3">
         <v>816</v>
       </c>
       <c r="B818" s="3" t="s">
@@ -39205,51 +39205,51 @@
       <c r="N825" s="1"/>
       <c r="O825" s="1"/>
       <c r="P825" s="1"/>
       <c r="Q825" s="1"/>
       <c r="R825" s="1"/>
       <c r="S825" s="1"/>
       <c r="T825" s="1"/>
       <c r="U825" s="1"/>
       <c r="V825" s="1"/>
       <c r="W825" s="1"/>
     </row>
     <row r="826" spans="1:23">
       <c r="A826" s="7" t="s">
         <v>1652</v>
       </c>
       <c r="B826" s="7"/>
       <c r="C826" s="11"/>
       <c r="D826" s="7"/>
       <c r="E826" s="7">
         <v>321322.76</v>
       </c>
       <c r="F826" s="7">
         <v>0</v>
       </c>
       <c r="G826" s="7">
-        <v>303738.46</v>
+        <v>297343.39</v>
       </c>
       <c r="H826" s="8">
         <v>173262.92</v>
       </c>
       <c r="I826" s="1"/>
       <c r="J826" s="1"/>
       <c r="K826" s="1"/>
       <c r="L826" s="1"/>
       <c r="M826" s="1"/>
       <c r="N826" s="1"/>
       <c r="O826" s="1"/>
       <c r="P826" s="1"/>
       <c r="Q826" s="1"/>
       <c r="R826" s="1"/>
       <c r="S826" s="1"/>
       <c r="T826" s="1"/>
       <c r="U826" s="1"/>
       <c r="V826" s="1"/>
       <c r="W826" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A826:D826"/>