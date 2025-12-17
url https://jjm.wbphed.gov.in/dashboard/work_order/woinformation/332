--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -2380,54 +2380,54 @@
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3">
         <v>2518.77</v>
       </c>
       <c r="F3" s="3">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="G3" s="3">
-        <v>2441.1</v>
+        <v>2110.37</v>
       </c>
       <c r="H3" s="4">
         <v>1547</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
@@ -2462,95 +2462,95 @@
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3">
         <v>84.53</v>
       </c>
       <c r="F5" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G5" s="3">
-        <v>134.27</v>
+        <v>125.95</v>
       </c>
       <c r="H5" s="4">
         <v>125.95</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="3">
         <v>161.36</v>
       </c>
       <c r="F6" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
-        <v>157.22</v>
+        <v>154.91</v>
       </c>
       <c r="H6" s="4">
         <v>96.86</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
@@ -2626,136 +2626,136 @@
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="3">
         <v>331.85</v>
       </c>
       <c r="F9" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G9" s="3">
-        <v>259.21</v>
+        <v>254.11</v>
       </c>
       <c r="H9" s="4">
         <v>226.09</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="3">
         <v>0</v>
       </c>
       <c r="F10" s="3">
         <v>4</v>
       </c>
       <c r="G10" s="3">
-        <v>547.08</v>
+        <v>551.08</v>
       </c>
       <c r="H10" s="4">
         <v>521.76</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="3">
         <v>2223.72</v>
       </c>
       <c r="F11" s="3">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G11" s="3">
-        <v>1824.09</v>
+        <v>1795.42</v>
       </c>
       <c r="H11" s="4">
         <v>796.7</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
@@ -2872,95 +2872,95 @@
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E15" s="3">
         <v>152.39</v>
       </c>
       <c r="F15" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G15" s="3">
-        <v>108.47</v>
+        <v>85.5</v>
       </c>
       <c r="H15" s="4">
         <v>70.51</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>37</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="3">
         <v>672</v>
       </c>
       <c r="F16" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G16" s="3">
-        <v>616.87</v>
+        <v>661.3</v>
       </c>
       <c r="H16" s="4">
         <v>109.93</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
@@ -3077,341 +3077,341 @@
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>45</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="3">
         <v>220.11</v>
       </c>
       <c r="F20" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G20" s="3">
-        <v>162.75</v>
+        <v>142.02</v>
       </c>
       <c r="H20" s="4">
         <v>6.67</v>
       </c>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="3">
         <v>2992.8</v>
       </c>
       <c r="F21" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="G21" s="3">
-        <v>1814.92</v>
+        <v>1730.39</v>
       </c>
       <c r="H21" s="4">
         <v>359.5</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>49</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E22" s="3">
         <v>196.91</v>
       </c>
       <c r="F22" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G22" s="3">
-        <v>173.1</v>
+        <v>165.27</v>
       </c>
       <c r="H22" s="4">
         <v>57.77</v>
       </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E23" s="3">
         <v>994.39</v>
       </c>
       <c r="F23" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" s="3">
-        <v>870.13</v>
+        <v>867.19</v>
       </c>
       <c r="H23" s="4">
         <v>264.98</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>53</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E24" s="3">
         <v>103.91</v>
       </c>
       <c r="F24" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G24" s="3">
-        <v>95.48</v>
+        <v>76.31</v>
       </c>
       <c r="H24" s="4">
         <v>65.85</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>55</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E25" s="3">
         <v>196.28</v>
       </c>
       <c r="F25" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G25" s="3">
-        <v>190.21</v>
+        <v>174.6</v>
       </c>
       <c r="H25" s="4">
         <v>111.69</v>
       </c>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>57</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E26" s="3">
         <v>622.76</v>
       </c>
       <c r="F26" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G26" s="3">
-        <v>571.82</v>
+        <v>571.09</v>
       </c>
       <c r="H26" s="4">
         <v>540.41</v>
       </c>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>59</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="3">
         <v>1365.35</v>
       </c>
       <c r="F27" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G27" s="3">
-        <v>1063.35</v>
+        <v>968.18</v>
       </c>
       <c r="H27" s="4">
         <v>425.13</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
@@ -3487,177 +3487,177 @@
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E30" s="3">
         <v>1098.97</v>
       </c>
       <c r="F30" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G30" s="3">
-        <v>1008.85</v>
+        <v>978.32</v>
       </c>
       <c r="H30" s="4">
         <v>451.8</v>
       </c>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>68</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E31" s="3">
         <v>582.14</v>
       </c>
       <c r="F31" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="3">
-        <v>398.18</v>
+        <v>394.46</v>
       </c>
       <c r="H31" s="4">
         <v>179.17</v>
       </c>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>70</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E32" s="3">
         <v>699.42</v>
       </c>
       <c r="F32" s="3">
         <v>17</v>
       </c>
       <c r="G32" s="3">
-        <v>613.02</v>
+        <v>742.78</v>
       </c>
       <c r="H32" s="4">
         <v>351.63</v>
       </c>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="3">
         <v>1213.51</v>
       </c>
       <c r="F33" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G33" s="3">
-        <v>1166.81</v>
+        <v>1135.64</v>
       </c>
       <c r="H33" s="4">
         <v>167.62</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
@@ -3692,54 +3692,54 @@
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E35" s="3">
         <v>1220.74</v>
       </c>
       <c r="F35" s="3">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3">
-        <v>1073.47</v>
+        <v>1043.08</v>
       </c>
       <c r="H35" s="4">
         <v>640.37</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
@@ -3938,54 +3938,54 @@
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>88</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="E41" s="3">
         <v>68.82</v>
       </c>
       <c r="F41" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G41" s="3">
-        <v>72.29</v>
+        <v>62.38</v>
       </c>
       <c r="H41" s="4">
         <v>58.69</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
@@ -4064,51 +4064,51 @@
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="E44" s="3">
         <v>0</v>
       </c>
       <c r="F44" s="3">
         <v>5</v>
       </c>
       <c r="G44" s="3">
-        <v>622.19</v>
+        <v>727.55</v>
       </c>
       <c r="H44" s="4">
         <v>646</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
@@ -4146,297 +4146,297 @@
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>98</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="E46" s="3">
         <v>131.81</v>
       </c>
       <c r="F46" s="3">
         <v>10</v>
       </c>
       <c r="G46" s="3">
-        <v>111.31</v>
+        <v>109.55</v>
       </c>
       <c r="H46" s="4">
         <v>64.5</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="E47" s="3">
         <v>73.06</v>
       </c>
       <c r="F47" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G47" s="3">
-        <v>75.75</v>
+        <v>66.63</v>
       </c>
       <c r="H47" s="4">
         <v>50.52</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="E48" s="3">
         <v>526.99</v>
       </c>
       <c r="F48" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" s="3">
-        <v>454.4</v>
+        <v>366.12</v>
       </c>
       <c r="H48" s="4">
         <v>240.04</v>
       </c>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="E49" s="3">
         <v>390.21</v>
       </c>
       <c r="F49" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G49" s="3">
-        <v>289.44</v>
+        <v>261.24</v>
       </c>
       <c r="H49" s="4">
         <v>98.37</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>106</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="E50" s="3">
         <v>510.75</v>
       </c>
       <c r="F50" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G50" s="3">
-        <v>456.13</v>
+        <v>447.97</v>
       </c>
       <c r="H50" s="4">
         <v>208.56</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>108</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="E51" s="3">
         <v>704.22</v>
       </c>
       <c r="F51" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G51" s="3">
-        <v>670.62</v>
+        <v>699.32</v>
       </c>
       <c r="H51" s="4">
         <v>288.75</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>110</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="E52" s="3">
         <v>2200.14</v>
       </c>
       <c r="F52" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G52" s="3">
-        <v>1362.59</v>
+        <v>1323.24</v>
       </c>
       <c r="H52" s="4">
         <v>136.36</v>
       </c>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
@@ -4474,51 +4474,51 @@
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>114</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E54" s="3">
         <v>261.08</v>
       </c>
       <c r="F54" s="3">
         <v>14</v>
       </c>
       <c r="G54" s="3">
-        <v>241.91</v>
+        <v>253.71</v>
       </c>
       <c r="H54" s="4">
         <v>147.78</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
@@ -4553,177 +4553,177 @@
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="E56" s="3">
         <v>102.52</v>
       </c>
       <c r="F56" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G56" s="3">
-        <v>87.85</v>
+        <v>83.68</v>
       </c>
       <c r="H56" s="4">
         <v>60.56</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>120</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E57" s="3">
         <v>576.55</v>
       </c>
       <c r="F57" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G57" s="3">
-        <v>565.44</v>
+        <v>546.07</v>
       </c>
       <c r="H57" s="4">
         <v>192.59</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>122</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="E58" s="3">
         <v>166.09</v>
       </c>
       <c r="F58" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G58" s="3">
-        <v>159.88</v>
+        <v>120.87</v>
       </c>
       <c r="H58" s="4">
         <v>116.68</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>124</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="E59" s="3">
         <v>216.09</v>
       </c>
       <c r="F59" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G59" s="3">
-        <v>199.63</v>
+        <v>179.21</v>
       </c>
       <c r="H59" s="4">
         <v>174.99</v>
       </c>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
@@ -4758,54 +4758,54 @@
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>128</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="E61" s="3">
         <v>988.47</v>
       </c>
       <c r="F61" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G61" s="3">
-        <v>901.9</v>
+        <v>780.22</v>
       </c>
       <c r="H61" s="4">
         <v>174.89</v>
       </c>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
@@ -4963,54 +4963,54 @@
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>138</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="E66" s="3">
         <v>1143.9</v>
       </c>
       <c r="F66" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G66" s="3">
-        <v>749.77</v>
+        <v>729.24</v>
       </c>
       <c r="H66" s="4">
         <v>197.78</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
@@ -5045,95 +5045,95 @@
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>142</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="E68" s="3">
         <v>380.75</v>
       </c>
       <c r="F68" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G68" s="3">
-        <v>319.81</v>
+        <v>309.11</v>
       </c>
       <c r="H68" s="4">
         <v>267.02</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>144</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="E69" s="3">
         <v>295.68</v>
       </c>
       <c r="F69" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G69" s="3">
-        <v>265.77</v>
+        <v>201.13</v>
       </c>
       <c r="H69" s="4">
         <v>225.74</v>
       </c>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
@@ -5171,51 +5171,51 @@
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>148</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="E71" s="3">
         <v>86.33</v>
       </c>
       <c r="F71" s="3">
         <v>5</v>
       </c>
       <c r="G71" s="3">
-        <v>83.94</v>
+        <v>82.36</v>
       </c>
       <c r="H71" s="4">
         <v>170.04</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
@@ -5414,54 +5414,54 @@
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>160</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="E77" s="3">
         <v>470.57</v>
       </c>
       <c r="F77" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G77" s="3">
-        <v>456.05</v>
+        <v>451.91</v>
       </c>
       <c r="H77" s="4">
         <v>246.8</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
@@ -5581,51 +5581,51 @@
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>168</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="E81" s="3">
         <v>0</v>
       </c>
       <c r="F81" s="3">
         <v>9</v>
       </c>
       <c r="G81" s="3">
-        <v>740.52</v>
+        <v>740.87</v>
       </c>
       <c r="H81" s="4">
         <v>703.61</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
@@ -5660,95 +5660,95 @@
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>172</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="E83" s="3">
         <v>291.47</v>
       </c>
       <c r="F83" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G83" s="3">
-        <v>281.44</v>
+        <v>112.76</v>
       </c>
       <c r="H83" s="4">
         <v>128.37</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>174</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="E84" s="3">
         <v>383.2</v>
       </c>
       <c r="F84" s="3">
         <v>14</v>
       </c>
       <c r="G84" s="3">
-        <v>365.47</v>
+        <v>367.83</v>
       </c>
       <c r="H84" s="4">
         <v>155.31</v>
       </c>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
@@ -5783,136 +5783,136 @@
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>178</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E86" s="3">
         <v>1135.04</v>
       </c>
       <c r="F86" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G86" s="3">
-        <v>1130.56</v>
+        <v>1106.94</v>
       </c>
       <c r="H86" s="4">
         <v>406.3</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>180</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="E87" s="3">
         <v>939.2</v>
       </c>
       <c r="F87" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G87" s="3">
-        <v>901.31</v>
+        <v>897.31</v>
       </c>
       <c r="H87" s="4">
         <v>672.82</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>182</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>183</v>
       </c>
       <c r="E88" s="3">
         <v>322.33</v>
       </c>
       <c r="F88" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G88" s="3">
-        <v>226.27</v>
+        <v>204.52</v>
       </c>
       <c r="H88" s="4">
         <v>48.47</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
@@ -5947,259 +5947,259 @@
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>186</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>187</v>
       </c>
       <c r="E90" s="3">
         <v>521.52</v>
       </c>
       <c r="F90" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G90" s="3">
-        <v>177.82</v>
+        <v>176.47</v>
       </c>
       <c r="H90" s="4">
         <v>1.35</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>188</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>189</v>
       </c>
       <c r="E91" s="3">
         <v>994.01</v>
       </c>
       <c r="F91" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G91" s="3">
-        <v>850.41</v>
+        <v>835.19</v>
       </c>
       <c r="H91" s="4">
         <v>356.33</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>190</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>191</v>
       </c>
       <c r="E92" s="3">
         <v>1484.54</v>
       </c>
       <c r="F92" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G92" s="3">
-        <v>1365.29</v>
+        <v>1360.42</v>
       </c>
       <c r="H92" s="4">
         <v>762.81</v>
       </c>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>192</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>193</v>
       </c>
       <c r="E93" s="3">
         <v>1578.1</v>
       </c>
       <c r="F93" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G93" s="3">
-        <v>1227.38</v>
+        <v>1058.34</v>
       </c>
       <c r="H93" s="4">
         <v>478.46</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E94" s="3">
         <v>1884.19</v>
       </c>
       <c r="F94" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G94" s="3">
-        <v>1302.27</v>
+        <v>1272.98</v>
       </c>
       <c r="H94" s="4">
         <v>626</v>
       </c>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>196</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>197</v>
       </c>
       <c r="E95" s="3">
         <v>234.18</v>
       </c>
       <c r="F95" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G95" s="3">
-        <v>175.41</v>
+        <v>95.57</v>
       </c>
       <c r="H95" s="4">
         <v>142.67</v>
       </c>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
@@ -6234,95 +6234,95 @@
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>200</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>201</v>
       </c>
       <c r="E97" s="3">
         <v>83.83</v>
       </c>
       <c r="F97" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G97" s="3">
-        <v>79.96</v>
+        <v>63.45</v>
       </c>
       <c r="H97" s="4">
         <v>36.7</v>
       </c>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>202</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E98" s="3">
         <v>398.39</v>
       </c>
       <c r="F98" s="3">
         <v>10</v>
       </c>
       <c r="G98" s="3">
-        <v>314.89</v>
+        <v>311.55</v>
       </c>
       <c r="H98" s="4">
         <v>206.27</v>
       </c>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
@@ -6357,54 +6357,54 @@
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>206</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>207</v>
       </c>
       <c r="E100" s="3">
         <v>1030.99</v>
       </c>
       <c r="F100" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G100" s="3">
-        <v>903.69</v>
+        <v>899.84</v>
       </c>
       <c r="H100" s="4">
         <v>118.07</v>
       </c>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
@@ -6439,423 +6439,423 @@
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>210</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>211</v>
       </c>
       <c r="E102" s="3">
         <v>543.44</v>
       </c>
       <c r="F102" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G102" s="3">
-        <v>531.83</v>
+        <v>509.94</v>
       </c>
       <c r="H102" s="4">
         <v>135.49</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>212</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>213</v>
       </c>
       <c r="E103" s="3">
         <v>855.71</v>
       </c>
       <c r="F103" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G103" s="3">
-        <v>672.05</v>
+        <v>661.65</v>
       </c>
       <c r="H103" s="4">
         <v>210.78</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>214</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>215</v>
       </c>
       <c r="E104" s="3">
         <v>1309.89</v>
       </c>
       <c r="F104" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G104" s="3">
-        <v>693.05</v>
+        <v>601.3</v>
       </c>
       <c r="H104" s="4">
         <v>258.72</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>216</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>217</v>
       </c>
       <c r="E105" s="3">
         <v>2234.04</v>
       </c>
       <c r="F105" s="3">
         <v>12</v>
       </c>
       <c r="G105" s="3">
-        <v>1289.87</v>
+        <v>1294.21</v>
       </c>
       <c r="H105" s="4">
         <v>280.86</v>
       </c>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>218</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>219</v>
       </c>
       <c r="E106" s="3">
         <v>1232.77</v>
       </c>
       <c r="F106" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G106" s="3">
-        <v>1121.29</v>
+        <v>1113.05</v>
       </c>
       <c r="H106" s="4">
         <v>415.71</v>
       </c>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>220</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>221</v>
       </c>
       <c r="E107" s="3">
         <v>1077.41</v>
       </c>
       <c r="F107" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G107" s="3">
-        <v>1029.89</v>
+        <v>1019.57</v>
       </c>
       <c r="H107" s="4">
         <v>783.86</v>
       </c>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>222</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>223</v>
       </c>
       <c r="E108" s="3">
         <v>102.95</v>
       </c>
       <c r="F108" s="3">
         <v>5</v>
       </c>
       <c r="G108" s="3">
-        <v>102.74</v>
+        <v>105.81</v>
       </c>
       <c r="H108" s="4">
         <v>102.61</v>
       </c>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>224</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>225</v>
       </c>
       <c r="E109" s="3">
         <v>876.56</v>
       </c>
       <c r="F109" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G109" s="3">
-        <v>870.52</v>
+        <v>852.15</v>
       </c>
       <c r="H109" s="4">
         <v>366.94</v>
       </c>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>226</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>227</v>
       </c>
       <c r="E110" s="3">
         <v>1276.14</v>
       </c>
       <c r="F110" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G110" s="3">
-        <v>1205.58</v>
+        <v>1195.52</v>
       </c>
       <c r="H110" s="4">
         <v>568.9</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>228</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>229</v>
       </c>
       <c r="E111" s="3">
         <v>80427.62</v>
       </c>
       <c r="F111" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="G111" s="3">
-        <v>66248.32</v>
+        <v>64564.69</v>
       </c>
       <c r="H111" s="4">
         <v>31029.54</v>
       </c>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
@@ -6890,136 +6890,136 @@
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>232</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>233</v>
       </c>
       <c r="E113" s="3">
         <v>879.54</v>
       </c>
       <c r="F113" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G113" s="3">
-        <v>725.45</v>
+        <v>847.12</v>
       </c>
       <c r="H113" s="4">
         <v>134.22</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>234</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>235</v>
       </c>
       <c r="E114" s="3">
         <v>174.73</v>
       </c>
       <c r="F114" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G114" s="3">
-        <v>155.51</v>
+        <v>140.7</v>
       </c>
       <c r="H114" s="4">
         <v>84.82</v>
       </c>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>236</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>237</v>
       </c>
       <c r="E115" s="3">
         <v>5777.65</v>
       </c>
       <c r="F115" s="3">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="G115" s="3">
-        <v>4130.59</v>
+        <v>3711.15</v>
       </c>
       <c r="H115" s="4">
         <v>2223.19</v>
       </c>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
@@ -7259,54 +7259,54 @@
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>250</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>251</v>
       </c>
       <c r="E122" s="3">
         <v>1077.25</v>
       </c>
       <c r="F122" s="3">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G122" s="3">
-        <v>1008.21</v>
+        <v>992.22</v>
       </c>
       <c r="H122" s="4">
         <v>435.88</v>
       </c>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
@@ -7385,215 +7385,215 @@
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>256</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>257</v>
       </c>
       <c r="E125" s="3">
         <v>0</v>
       </c>
       <c r="F125" s="3">
         <v>3</v>
       </c>
       <c r="G125" s="3">
-        <v>763.88</v>
+        <v>823.3</v>
       </c>
       <c r="H125" s="4">
         <v>765.3</v>
       </c>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>258</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>259</v>
       </c>
       <c r="E126" s="3">
         <v>0</v>
       </c>
       <c r="F126" s="3">
         <v>5</v>
       </c>
       <c r="G126" s="3">
-        <v>560.18</v>
+        <v>568.98</v>
       </c>
       <c r="H126" s="4">
         <v>576.78</v>
       </c>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>260</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E127" s="3">
         <v>112.27</v>
       </c>
       <c r="F127" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G127" s="3">
-        <v>105.22</v>
+        <v>88.1</v>
       </c>
       <c r="H127" s="4">
         <v>62.46</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>262</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>263</v>
       </c>
       <c r="E128" s="3">
         <v>145.33</v>
       </c>
       <c r="F128" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G128" s="3">
-        <v>113.95</v>
+        <v>81.07</v>
       </c>
       <c r="H128" s="4">
         <v>69.75</v>
       </c>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>264</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>265</v>
       </c>
       <c r="E129" s="3">
         <v>281.18</v>
       </c>
       <c r="F129" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G129" s="3">
-        <v>196.19</v>
+        <v>170.65</v>
       </c>
       <c r="H129" s="4">
         <v>107.71</v>
       </c>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
@@ -7628,54 +7628,54 @@
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>268</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>269</v>
       </c>
       <c r="E131" s="3">
         <v>167.81</v>
       </c>
       <c r="F131" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G131" s="3">
-        <v>148.06</v>
+        <v>123.56</v>
       </c>
       <c r="H131" s="4">
         <v>89.29</v>
       </c>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
@@ -7751,54 +7751,54 @@
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>274</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>275</v>
       </c>
       <c r="E134" s="3">
         <v>104.31</v>
       </c>
       <c r="F134" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G134" s="3">
-        <v>89.17</v>
+        <v>82.76</v>
       </c>
       <c r="H134" s="4">
         <v>77.28</v>
       </c>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
@@ -7833,54 +7833,54 @@
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E136" s="3">
         <v>1581.73</v>
       </c>
       <c r="F136" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G136" s="3">
-        <v>1501.26</v>
+        <v>1488.09</v>
       </c>
       <c r="H136" s="4">
         <v>268.89</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
@@ -7915,54 +7915,54 @@
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>282</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>283</v>
       </c>
       <c r="E138" s="3">
         <v>144.97</v>
       </c>
       <c r="F138" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G138" s="3">
-        <v>102.64</v>
+        <v>64.96</v>
       </c>
       <c r="H138" s="4">
         <v>60.89</v>
       </c>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
@@ -7997,95 +7997,95 @@
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>286</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>287</v>
       </c>
       <c r="E140" s="3">
         <v>875.39</v>
       </c>
       <c r="F140" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G140" s="3">
-        <v>676.85</v>
+        <v>662.57</v>
       </c>
       <c r="H140" s="4">
         <v>75.59</v>
       </c>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>288</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E141" s="3">
         <v>425.25</v>
       </c>
       <c r="F141" s="3">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="G141" s="3">
-        <v>395.52</v>
+        <v>350.16</v>
       </c>
       <c r="H141" s="4">
         <v>181.55</v>
       </c>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
@@ -8161,54 +8161,54 @@
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>294</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>295</v>
       </c>
       <c r="E144" s="3">
         <v>43.73</v>
       </c>
       <c r="F144" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G144" s="3">
-        <v>43.58</v>
+        <v>36.54</v>
       </c>
       <c r="H144" s="4">
         <v>74.34</v>
       </c>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
@@ -8735,54 +8735,54 @@
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C158" s="10" t="s">
         <v>322</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>323</v>
       </c>
       <c r="E158" s="3">
         <v>1038.64</v>
       </c>
       <c r="F158" s="3">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G158" s="3">
-        <v>995.35</v>
+        <v>970.49</v>
       </c>
       <c r="H158" s="4">
         <v>667.12</v>
       </c>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
@@ -8820,51 +8820,51 @@
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>326</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>327</v>
       </c>
       <c r="E160" s="3">
         <v>0</v>
       </c>
       <c r="F160" s="3">
         <v>4</v>
       </c>
       <c r="G160" s="3">
-        <v>462.79</v>
+        <v>474.79</v>
       </c>
       <c r="H160" s="4">
         <v>483.4</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
@@ -9063,218 +9063,218 @@
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>338</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>339</v>
       </c>
       <c r="E166" s="3">
         <v>602.34</v>
       </c>
       <c r="F166" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G166" s="3">
-        <v>544.54</v>
+        <v>506.43</v>
       </c>
       <c r="H166" s="4">
         <v>324.76</v>
       </c>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>340</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>341</v>
       </c>
       <c r="E167" s="3">
         <v>335.27</v>
       </c>
       <c r="F167" s="3">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G167" s="3">
-        <v>313.05</v>
+        <v>305.13</v>
       </c>
       <c r="H167" s="4">
         <v>175.72</v>
       </c>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>342</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>343</v>
       </c>
       <c r="E168" s="3">
         <v>609.28</v>
       </c>
       <c r="F168" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G168" s="3">
-        <v>380.96</v>
+        <v>363.55</v>
       </c>
       <c r="H168" s="4">
         <v>230.6</v>
       </c>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C169" s="10" t="s">
         <v>344</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>345</v>
       </c>
       <c r="E169" s="3">
         <v>902.87</v>
       </c>
       <c r="F169" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G169" s="3">
-        <v>855.25</v>
+        <v>823.44</v>
       </c>
       <c r="H169" s="4">
         <v>393.77</v>
       </c>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C170" s="10" t="s">
         <v>346</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>347</v>
       </c>
       <c r="E170" s="3">
         <v>743.66</v>
       </c>
       <c r="F170" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G170" s="3">
-        <v>643.95</v>
+        <v>623.69</v>
       </c>
       <c r="H170" s="4">
         <v>216.1</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
@@ -9350,95 +9350,95 @@
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>352</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>353</v>
       </c>
       <c r="E173" s="3">
         <v>180.45</v>
       </c>
       <c r="F173" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G173" s="3">
-        <v>140.57</v>
+        <v>128.83</v>
       </c>
       <c r="H173" s="4">
         <v>76.49</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C174" s="10" t="s">
         <v>354</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>355</v>
       </c>
       <c r="E174" s="3">
         <v>718.85</v>
       </c>
       <c r="F174" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G174" s="3">
-        <v>704.01</v>
+        <v>696.99</v>
       </c>
       <c r="H174" s="4">
         <v>284.25</v>
       </c>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
@@ -9514,177 +9514,177 @@
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>360</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>361</v>
       </c>
       <c r="E177" s="3">
         <v>96.31</v>
       </c>
       <c r="F177" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G177" s="3">
-        <v>92.63</v>
+        <v>74.03</v>
       </c>
       <c r="H177" s="4">
         <v>28.03</v>
       </c>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>362</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>363</v>
       </c>
       <c r="E178" s="3">
         <v>213.72</v>
       </c>
       <c r="F178" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G178" s="3">
-        <v>164.13</v>
+        <v>159.2</v>
       </c>
       <c r="H178" s="4">
         <v>125.04</v>
       </c>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>364</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>365</v>
       </c>
       <c r="E179" s="3">
         <v>1310.98</v>
       </c>
       <c r="F179" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G179" s="3">
-        <v>1078.07</v>
+        <v>1059.38</v>
       </c>
       <c r="H179" s="4">
         <v>135.07</v>
       </c>
       <c r="I179" s="1"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>367</v>
       </c>
       <c r="E180" s="3">
         <v>2486.52</v>
       </c>
       <c r="F180" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G180" s="3">
-        <v>1935.74</v>
+        <v>1923.17</v>
       </c>
       <c r="H180" s="4">
         <v>1356.57</v>
       </c>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
@@ -9760,136 +9760,136 @@
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>372</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E183" s="3">
         <v>586.08</v>
       </c>
       <c r="F183" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G183" s="3">
-        <v>563.73</v>
+        <v>558.73</v>
       </c>
       <c r="H183" s="4">
         <v>116.69</v>
       </c>
       <c r="I183" s="1"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>374</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>375</v>
       </c>
       <c r="E184" s="3">
         <v>714.72</v>
       </c>
       <c r="F184" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G184" s="3">
-        <v>607</v>
+        <v>600.58</v>
       </c>
       <c r="H184" s="4">
         <v>157.77</v>
       </c>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C185" s="10" t="s">
         <v>376</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>377</v>
       </c>
       <c r="E185" s="3">
         <v>1697.39</v>
       </c>
       <c r="F185" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G185" s="3">
-        <v>1556.89</v>
+        <v>1521.09</v>
       </c>
       <c r="H185" s="4">
         <v>698.44</v>
       </c>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
@@ -9924,54 +9924,54 @@
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>380</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>381</v>
       </c>
       <c r="E187" s="3">
         <v>684.91</v>
       </c>
       <c r="F187" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G187" s="3">
-        <v>689.51</v>
+        <v>650.09</v>
       </c>
       <c r="H187" s="4">
         <v>308.3</v>
       </c>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
@@ -10006,95 +10006,95 @@
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C189" s="10" t="s">
         <v>384</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E189" s="3">
         <v>491.4</v>
       </c>
       <c r="F189" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G189" s="3">
-        <v>390.29</v>
+        <v>382.86</v>
       </c>
       <c r="H189" s="4">
         <v>151.28</v>
       </c>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C190" s="10" t="s">
         <v>386</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>387</v>
       </c>
       <c r="E190" s="3">
         <v>1095.36</v>
       </c>
       <c r="F190" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G190" s="3">
-        <v>666.32</v>
+        <v>660.94</v>
       </c>
       <c r="H190" s="4">
         <v>471.83</v>
       </c>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
@@ -10170,95 +10170,95 @@
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>392</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>393</v>
       </c>
       <c r="E193" s="3">
         <v>91.69</v>
       </c>
       <c r="F193" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G193" s="3">
-        <v>69.18</v>
+        <v>54.31</v>
       </c>
       <c r="H193" s="4">
         <v>71</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C194" s="10" t="s">
         <v>394</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>395</v>
       </c>
       <c r="E194" s="3">
         <v>92.99</v>
       </c>
       <c r="F194" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G194" s="3">
-        <v>102.06</v>
+        <v>120.39</v>
       </c>
       <c r="H194" s="4">
         <v>120.48</v>
       </c>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
@@ -10378,174 +10378,174 @@
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="10" t="s">
         <v>402</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E198" s="3">
         <v>0</v>
       </c>
       <c r="F198" s="3">
         <v>3</v>
       </c>
       <c r="G198" s="3">
-        <v>703.61</v>
+        <v>803.61</v>
       </c>
       <c r="H198" s="4">
         <v>733.46</v>
       </c>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="10" t="s">
         <v>404</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>405</v>
       </c>
       <c r="E199" s="3">
         <v>1006.53</v>
       </c>
       <c r="F199" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G199" s="3">
-        <v>944.28</v>
+        <v>931.39</v>
       </c>
       <c r="H199" s="4">
         <v>499.5</v>
       </c>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C200" s="10" t="s">
         <v>406</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>407</v>
       </c>
       <c r="E200" s="3">
         <v>1077.41</v>
       </c>
       <c r="F200" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G200" s="3">
-        <v>1040.06</v>
+        <v>1010.18</v>
       </c>
       <c r="H200" s="4">
         <v>584.73</v>
       </c>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C201" s="10" t="s">
         <v>408</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>409</v>
       </c>
       <c r="E201" s="3">
         <v>123.52</v>
       </c>
       <c r="F201" s="3">
         <v>2</v>
       </c>
       <c r="G201" s="3">
-        <v>119.64</v>
+        <v>128.63</v>
       </c>
       <c r="H201" s="4">
         <v>111.15</v>
       </c>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
@@ -10580,136 +10580,136 @@
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>412</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>413</v>
       </c>
       <c r="E203" s="3">
         <v>880.68</v>
       </c>
       <c r="F203" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G203" s="3">
-        <v>884.92</v>
+        <v>871.55</v>
       </c>
       <c r="H203" s="4">
         <v>538.77</v>
       </c>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C204" s="10" t="s">
         <v>414</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>415</v>
       </c>
       <c r="E204" s="3">
         <v>660.39</v>
       </c>
       <c r="F204" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G204" s="3">
-        <v>581.59</v>
+        <v>148.4</v>
       </c>
       <c r="H204" s="4">
         <v>530.27</v>
       </c>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C205" s="10" t="s">
         <v>416</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>417</v>
       </c>
       <c r="E205" s="3">
         <v>703.14</v>
       </c>
       <c r="F205" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G205" s="3">
-        <v>667.02</v>
+        <v>677.03</v>
       </c>
       <c r="H205" s="4">
         <v>283.93</v>
       </c>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
@@ -10744,95 +10744,95 @@
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C207" s="10" t="s">
         <v>420</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E207" s="3">
         <v>1253.79</v>
       </c>
       <c r="F207" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G207" s="3">
-        <v>1204.88</v>
+        <v>1183.1</v>
       </c>
       <c r="H207" s="4">
         <v>772.65</v>
       </c>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C208" s="10" t="s">
         <v>422</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>423</v>
       </c>
       <c r="E208" s="3">
         <v>149.78</v>
       </c>
       <c r="F208" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G208" s="3">
-        <v>147.64</v>
+        <v>137.15</v>
       </c>
       <c r="H208" s="4">
         <v>67.25</v>
       </c>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
@@ -10908,95 +10908,95 @@
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>428</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>429</v>
       </c>
       <c r="E211" s="3">
         <v>61.62</v>
       </c>
       <c r="F211" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G211" s="3">
-        <v>65.56</v>
+        <v>57.01</v>
       </c>
       <c r="H211" s="4">
         <v>8.75</v>
       </c>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C212" s="10" t="s">
         <v>430</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>431</v>
       </c>
       <c r="E212" s="3">
         <v>93.1</v>
       </c>
       <c r="F212" s="3">
         <v>7</v>
       </c>
       <c r="G212" s="3">
-        <v>84.35</v>
+        <v>87.78</v>
       </c>
       <c r="H212" s="4">
         <v>44.23</v>
       </c>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
@@ -11031,54 +11031,54 @@
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>434</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>435</v>
       </c>
       <c r="E214" s="3">
         <v>546.57</v>
       </c>
       <c r="F214" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G214" s="3">
-        <v>289.34</v>
+        <v>290.87</v>
       </c>
       <c r="H214" s="4">
         <v>114.22</v>
       </c>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
@@ -11113,95 +11113,95 @@
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C216" s="10" t="s">
         <v>438</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E216" s="3">
         <v>768.6</v>
       </c>
       <c r="F216" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G216" s="3">
-        <v>596.4</v>
+        <v>540.03</v>
       </c>
       <c r="H216" s="4">
         <v>247.86</v>
       </c>
       <c r="I216" s="1"/>
       <c r="J216" s="1"/>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>440</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>441</v>
       </c>
       <c r="E217" s="3">
         <v>328.05</v>
       </c>
       <c r="F217" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G217" s="3">
-        <v>140.08</v>
+        <v>52.64</v>
       </c>
       <c r="H217" s="4">
         <v>108.33</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
@@ -11236,54 +11236,54 @@
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="10" t="s">
         <v>444</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>445</v>
       </c>
       <c r="E219" s="3">
         <v>68069.12</v>
       </c>
       <c r="F219" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G219" s="3">
-        <v>66032.05</v>
+        <v>64255.75</v>
       </c>
       <c r="H219" s="4">
         <v>13217.49</v>
       </c>
       <c r="I219" s="1"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
@@ -11318,54 +11318,54 @@
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>448</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>449</v>
       </c>
       <c r="E221" s="3">
         <v>93.04</v>
       </c>
       <c r="F221" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G221" s="3">
-        <v>82.4</v>
+        <v>71.62</v>
       </c>
       <c r="H221" s="4">
         <v>103.06</v>
       </c>
       <c r="I221" s="1"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
@@ -11400,54 +11400,54 @@
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>452</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>453</v>
       </c>
       <c r="E223" s="3">
         <v>64.66</v>
       </c>
       <c r="F223" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G223" s="3">
-        <v>61.81</v>
+        <v>54.51</v>
       </c>
       <c r="H223" s="4">
         <v>93.51</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
@@ -11769,136 +11769,136 @@
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C232" s="10" t="s">
         <v>470</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>471</v>
       </c>
       <c r="E232" s="3">
         <v>87.63</v>
       </c>
       <c r="F232" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G232" s="3">
-        <v>77.01</v>
+        <v>66.89</v>
       </c>
       <c r="H232" s="4">
         <v>96.83</v>
       </c>
       <c r="I232" s="1"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>472</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>473</v>
       </c>
       <c r="E233" s="3">
         <v>710.64</v>
       </c>
       <c r="F233" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G233" s="3">
-        <v>420.89</v>
+        <v>415.11</v>
       </c>
       <c r="H233" s="4">
         <v>104.15</v>
       </c>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C234" s="10" t="s">
         <v>474</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>475</v>
       </c>
       <c r="E234" s="3">
         <v>618.45</v>
       </c>
       <c r="F234" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G234" s="3">
-        <v>548.44</v>
+        <v>541.32</v>
       </c>
       <c r="H234" s="4">
         <v>245.46</v>
       </c>
       <c r="I234" s="1"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1"/>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
@@ -11933,136 +11933,136 @@
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C236" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E236" s="3">
         <v>761.39</v>
       </c>
       <c r="F236" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G236" s="3">
-        <v>718.75</v>
+        <v>711.41</v>
       </c>
       <c r="H236" s="4">
         <v>349.26</v>
       </c>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="10" t="s">
         <v>480</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>481</v>
       </c>
       <c r="E237" s="3">
         <v>346.83</v>
       </c>
       <c r="F237" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G237" s="3">
-        <v>300.55</v>
+        <v>294.14</v>
       </c>
       <c r="H237" s="4">
         <v>134.41</v>
       </c>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="10" t="s">
         <v>482</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>483</v>
       </c>
       <c r="E238" s="3">
         <v>730.06</v>
       </c>
       <c r="F238" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G238" s="3">
-        <v>678.29</v>
+        <v>627.62</v>
       </c>
       <c r="H238" s="4">
         <v>437.64</v>
       </c>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
@@ -12097,54 +12097,54 @@
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C240" s="10" t="s">
         <v>486</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>487</v>
       </c>
       <c r="E240" s="3">
         <v>1389.03</v>
       </c>
       <c r="F240" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G240" s="3">
-        <v>1322.31</v>
+        <v>1316.81</v>
       </c>
       <c r="H240" s="4">
         <v>781.73</v>
       </c>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
@@ -12179,54 +12179,54 @@
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="10" t="s">
         <v>490</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>491</v>
       </c>
       <c r="E242" s="3">
         <v>369.49</v>
       </c>
       <c r="F242" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G242" s="3">
-        <v>262.24</v>
+        <v>246.54</v>
       </c>
       <c r="H242" s="4">
         <v>176.02</v>
       </c>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
@@ -12261,54 +12261,54 @@
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="10" t="s">
         <v>494</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>495</v>
       </c>
       <c r="E244" s="3">
         <v>86.07</v>
       </c>
       <c r="F244" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G244" s="3">
-        <v>79.9</v>
+        <v>70.15</v>
       </c>
       <c r="H244" s="4">
         <v>74.56</v>
       </c>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
@@ -12343,54 +12343,54 @@
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>498</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E246" s="3">
         <v>967</v>
       </c>
       <c r="F246" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G246" s="3">
-        <v>811.57</v>
+        <v>807.45</v>
       </c>
       <c r="H246" s="4">
         <v>308.69</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
@@ -12425,341 +12425,341 @@
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C248" s="10" t="s">
         <v>502</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E248" s="3">
         <v>1594.44</v>
       </c>
       <c r="F248" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G248" s="3">
-        <v>1425.63</v>
+        <v>1398.58</v>
       </c>
       <c r="H248" s="4">
         <v>517.13</v>
       </c>
       <c r="I248" s="1"/>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="10" t="s">
         <v>504</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>505</v>
       </c>
       <c r="E249" s="3">
         <v>3085.32</v>
       </c>
       <c r="F249" s="3">
         <v>25</v>
       </c>
       <c r="G249" s="3">
-        <v>2516.87</v>
+        <v>2590.89</v>
       </c>
       <c r="H249" s="4">
         <v>617.05</v>
       </c>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C250" s="10" t="s">
         <v>506</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E250" s="3">
         <v>1029.67</v>
       </c>
       <c r="F250" s="3">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G250" s="3">
-        <v>978.5</v>
+        <v>901.18</v>
       </c>
       <c r="H250" s="4">
         <v>633.09</v>
       </c>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C251" s="10" t="s">
         <v>508</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>509</v>
       </c>
       <c r="E251" s="3">
         <v>1380.18</v>
       </c>
       <c r="F251" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G251" s="3">
-        <v>1194.07</v>
+        <v>1173.89</v>
       </c>
       <c r="H251" s="4">
         <v>552.34</v>
       </c>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C252" s="10" t="s">
         <v>510</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>511</v>
       </c>
       <c r="E252" s="3">
         <v>1356.09</v>
       </c>
       <c r="F252" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G252" s="3">
-        <v>1255.64</v>
+        <v>1246.45</v>
       </c>
       <c r="H252" s="4">
         <v>686.88</v>
       </c>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C253" s="10" t="s">
         <v>512</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>513</v>
       </c>
       <c r="E253" s="3">
         <v>211.54</v>
       </c>
       <c r="F253" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G253" s="3">
-        <v>187.42</v>
+        <v>181.1</v>
       </c>
       <c r="H253" s="4">
         <v>4.63</v>
       </c>
       <c r="I253" s="1"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C254" s="10" t="s">
         <v>514</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>515</v>
       </c>
       <c r="E254" s="3">
         <v>79.87</v>
       </c>
       <c r="F254" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G254" s="3">
-        <v>87.81</v>
+        <v>80.22</v>
       </c>
       <c r="H254" s="4">
         <v>96.03</v>
       </c>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C255" s="10" t="s">
         <v>516</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>517</v>
       </c>
       <c r="E255" s="3">
         <v>92.34</v>
       </c>
       <c r="F255" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G255" s="3">
-        <v>98.64</v>
+        <v>87.95</v>
       </c>
       <c r="H255" s="4">
         <v>91.83</v>
       </c>
       <c r="I255" s="1"/>
       <c r="J255" s="1"/>
       <c r="K255" s="1"/>
       <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
@@ -12794,54 +12794,54 @@
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C257" s="10" t="s">
         <v>520</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>521</v>
       </c>
       <c r="E257" s="3">
         <v>981.06</v>
       </c>
       <c r="F257" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G257" s="3">
-        <v>939.62</v>
+        <v>902.86</v>
       </c>
       <c r="H257" s="4">
         <v>619.2</v>
       </c>
       <c r="I257" s="1"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
@@ -12999,54 +12999,54 @@
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C262" s="10" t="s">
         <v>530</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>531</v>
       </c>
       <c r="E262" s="3">
         <v>2126.39</v>
       </c>
       <c r="F262" s="3">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G262" s="3">
-        <v>1373.06</v>
+        <v>1044.69</v>
       </c>
       <c r="H262" s="4">
         <v>1056.85</v>
       </c>
       <c r="I262" s="1"/>
       <c r="J262" s="1"/>
       <c r="K262" s="1"/>
       <c r="L262" s="1"/>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
       <c r="O262" s="1"/>
       <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1"/>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
@@ -13163,95 +13163,95 @@
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C266" s="10" t="s">
         <v>538</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>539</v>
       </c>
       <c r="E266" s="3">
         <v>1566.03</v>
       </c>
       <c r="F266" s="3">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G266" s="3">
-        <v>1028.9</v>
+        <v>1024.72</v>
       </c>
       <c r="H266" s="4">
         <v>706.79</v>
       </c>
       <c r="I266" s="1"/>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>540</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>541</v>
       </c>
       <c r="E267" s="3">
         <v>1222.99</v>
       </c>
       <c r="F267" s="3">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G267" s="3">
-        <v>1112.92</v>
+        <v>1043.66</v>
       </c>
       <c r="H267" s="4">
         <v>526.38</v>
       </c>
       <c r="I267" s="1"/>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
@@ -13286,464 +13286,464 @@
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C269" s="10" t="s">
         <v>544</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E269" s="3">
         <v>1149.66</v>
       </c>
       <c r="F269" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G269" s="3">
-        <v>1116.83</v>
+        <v>1006.13</v>
       </c>
       <c r="H269" s="4">
         <v>746.74</v>
       </c>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C270" s="10" t="s">
         <v>546</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>547</v>
       </c>
       <c r="E270" s="3">
         <v>172.98</v>
       </c>
       <c r="F270" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G270" s="3">
-        <v>149.02</v>
+        <v>139.12</v>
       </c>
       <c r="H270" s="4">
         <v>12.17</v>
       </c>
       <c r="I270" s="1"/>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C271" s="10" t="s">
         <v>548</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>549</v>
       </c>
       <c r="E271" s="3">
         <v>272.73</v>
       </c>
       <c r="F271" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G271" s="3">
-        <v>188.15</v>
+        <v>157.43</v>
       </c>
       <c r="H271" s="4">
         <v>121.81</v>
       </c>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C272" s="10" t="s">
         <v>550</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>551</v>
       </c>
       <c r="E272" s="3">
         <v>84.27</v>
       </c>
       <c r="F272" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G272" s="3">
-        <v>85.26</v>
+        <v>82.19</v>
       </c>
       <c r="H272" s="4">
         <v>39.54</v>
       </c>
       <c r="I272" s="1"/>
       <c r="J272" s="1"/>
       <c r="K272" s="1"/>
       <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
       <c r="O272" s="1"/>
       <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1"/>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C273" s="10" t="s">
         <v>552</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>553</v>
       </c>
       <c r="E273" s="3">
         <v>149.47</v>
       </c>
       <c r="F273" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G273" s="3">
-        <v>92.87</v>
+        <v>80.58</v>
       </c>
       <c r="H273" s="4">
         <v>53.89</v>
       </c>
       <c r="I273" s="1"/>
       <c r="J273" s="1"/>
       <c r="K273" s="1"/>
       <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C274" s="10" t="s">
         <v>554</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E274" s="3">
         <v>119.4</v>
       </c>
       <c r="F274" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G274" s="3">
-        <v>69.02</v>
+        <v>60.08</v>
       </c>
       <c r="H274" s="4">
         <v>66.66</v>
       </c>
       <c r="I274" s="1"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1"/>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="10" t="s">
         <v>556</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>557</v>
       </c>
       <c r="E275" s="3">
         <v>124.6</v>
       </c>
       <c r="F275" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G275" s="3">
-        <v>100.1</v>
+        <v>91.35</v>
       </c>
       <c r="H275" s="4">
         <v>65.36</v>
       </c>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C276" s="10" t="s">
         <v>558</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>559</v>
       </c>
       <c r="E276" s="3">
         <v>1264.51</v>
       </c>
       <c r="F276" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G276" s="3">
-        <v>1048.54</v>
+        <v>1042.54</v>
       </c>
       <c r="H276" s="4">
         <v>615.38</v>
       </c>
       <c r="I276" s="1"/>
       <c r="J276" s="1"/>
       <c r="K276" s="1"/>
       <c r="L276" s="1"/>
       <c r="M276" s="1"/>
       <c r="N276" s="1"/>
       <c r="O276" s="1"/>
       <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C277" s="10" t="s">
         <v>560</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>561</v>
       </c>
       <c r="E277" s="3">
         <v>881.16</v>
       </c>
       <c r="F277" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G277" s="3">
-        <v>804.12</v>
+        <v>795.37</v>
       </c>
       <c r="H277" s="4">
         <v>150.86</v>
       </c>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C278" s="10" t="s">
         <v>562</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>563</v>
       </c>
       <c r="E278" s="3">
         <v>390.5</v>
       </c>
       <c r="F278" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G278" s="3">
-        <v>327.56</v>
+        <v>228.42</v>
       </c>
       <c r="H278" s="4">
         <v>166.58</v>
       </c>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C279" s="10" t="s">
         <v>564</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>565</v>
       </c>
       <c r="E279" s="3">
         <v>131.66</v>
       </c>
       <c r="F279" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G279" s="3">
-        <v>119.92</v>
+        <v>85.32</v>
       </c>
       <c r="H279" s="4">
         <v>92.18</v>
       </c>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
@@ -13778,54 +13778,54 @@
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C281" s="10" t="s">
         <v>568</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>569</v>
       </c>
       <c r="E281" s="3">
         <v>49.53</v>
       </c>
       <c r="F281" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G281" s="3">
-        <v>43.8</v>
+        <v>11.61</v>
       </c>
       <c r="H281" s="4">
         <v>28.27</v>
       </c>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
@@ -13860,136 +13860,136 @@
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>572</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>573</v>
       </c>
       <c r="E283" s="3">
         <v>724.32</v>
       </c>
       <c r="F283" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G283" s="3">
-        <v>705.3</v>
+        <v>669.65</v>
       </c>
       <c r="H283" s="4">
         <v>409.47</v>
       </c>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="10" t="s">
         <v>574</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>575</v>
       </c>
       <c r="E284" s="3">
         <v>867.35</v>
       </c>
       <c r="F284" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G284" s="3">
-        <v>779.39</v>
+        <v>778.61</v>
       </c>
       <c r="H284" s="4">
         <v>471.29</v>
       </c>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="10" t="s">
         <v>576</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>577</v>
       </c>
       <c r="E285" s="3">
         <v>15363.32</v>
       </c>
       <c r="F285" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G285" s="3">
-        <v>14498.72</v>
+        <v>14567.71</v>
       </c>
       <c r="H285" s="4">
         <v>4044.88</v>
       </c>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1"/>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
@@ -14106,54 +14106,54 @@
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="10" t="s">
         <v>584</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>585</v>
       </c>
       <c r="E289" s="3">
         <v>0</v>
       </c>
       <c r="F289" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="G289" s="3">
-        <v>51.88</v>
+        <v>12.54</v>
       </c>
       <c r="H289" s="4">
         <v>17.41</v>
       </c>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
@@ -14270,54 +14270,54 @@
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="10" t="s">
         <v>592</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E293" s="3">
         <v>0</v>
       </c>
       <c r="F293" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G293" s="3">
-        <v>12.32</v>
+        <v>15.02</v>
       </c>
       <c r="H293" s="4">
         <v>21.54</v>
       </c>
       <c r="I293" s="1"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
@@ -14432,54 +14432,54 @@
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="10" t="s">
         <v>599</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>600</v>
       </c>
       <c r="E297" s="3">
         <v>0</v>
       </c>
       <c r="F297" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G297" s="3">
-        <v>87.27</v>
+        <v>83.85</v>
       </c>
       <c r="H297" s="4">
         <v>83.85</v>
       </c>
       <c r="I297" s="1"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
@@ -14514,54 +14514,54 @@
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="10" t="s">
         <v>603</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>604</v>
       </c>
       <c r="E299" s="3">
         <v>0</v>
       </c>
       <c r="F299" s="3">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="G299" s="3">
-        <v>149.45</v>
+        <v>132.65</v>
       </c>
       <c r="H299" s="4">
         <v>123.9</v>
       </c>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
@@ -14678,54 +14678,54 @@
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="10" t="s">
         <v>612</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>613</v>
       </c>
       <c r="E303" s="3">
         <v>0</v>
       </c>
       <c r="F303" s="3">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G303" s="3">
-        <v>58.07</v>
+        <v>76.32</v>
       </c>
       <c r="H303" s="4">
         <v>0</v>
       </c>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
@@ -14837,51 +14837,51 @@
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="7" t="s">
         <v>619</v>
       </c>
       <c r="B307" s="7"/>
       <c r="C307" s="11"/>
       <c r="D307" s="7"/>
       <c r="E307" s="7">
         <v>308914.29</v>
       </c>
       <c r="F307" s="7">
         <v>0</v>
       </c>
       <c r="G307" s="7">
-        <v>290880.54</v>
+        <v>283443.93</v>
       </c>
       <c r="H307" s="8">
         <v>123737.32</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A307:D307"/>