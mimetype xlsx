--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -3226,54 +3226,54 @@
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3">
         <v>99.83</v>
       </c>
       <c r="F3" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G3" s="3">
-        <v>70.5</v>
+        <v>71.7</v>
       </c>
       <c r="H3" s="4">
         <v>96.62</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
@@ -3926,215 +3926,215 @@
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="3">
         <v>460.65</v>
       </c>
       <c r="F20" s="3">
         <v>7</v>
       </c>
       <c r="G20" s="3">
-        <v>385.91</v>
+        <v>429.23</v>
       </c>
       <c r="H20" s="4">
         <v>176.47</v>
       </c>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="3">
         <v>866.75</v>
       </c>
       <c r="F21" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G21" s="3">
-        <v>656.93</v>
+        <v>706.07</v>
       </c>
       <c r="H21" s="4">
         <v>396.55</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>48</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E22" s="3">
         <v>952.55</v>
       </c>
       <c r="F22" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G22" s="3">
-        <v>825.99</v>
+        <v>770.84</v>
       </c>
       <c r="H22" s="4">
         <v>340.1</v>
       </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>50</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E23" s="3">
         <v>404.9</v>
       </c>
       <c r="F23" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G23" s="3">
-        <v>302.69</v>
+        <v>291.16</v>
       </c>
       <c r="H23" s="4">
         <v>193.96</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E24" s="3">
         <v>580.75</v>
       </c>
       <c r="F24" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G24" s="3">
-        <v>513.04</v>
+        <v>491.3</v>
       </c>
       <c r="H24" s="4">
         <v>286.77</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
@@ -4254,92 +4254,92 @@
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>60</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E28" s="3">
         <v>602.24</v>
       </c>
       <c r="F28" s="3">
         <v>6</v>
       </c>
       <c r="G28" s="3">
-        <v>564.29</v>
+        <v>547.89</v>
       </c>
       <c r="H28" s="4">
         <v>48.41</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E29" s="3">
         <v>540.87</v>
       </c>
       <c r="F29" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G29" s="3">
-        <v>513.49</v>
+        <v>513.16</v>
       </c>
       <c r="H29" s="4">
         <v>141.39</v>
       </c>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
@@ -4459,51 +4459,51 @@
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>70</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E33" s="3">
         <v>700.5</v>
       </c>
       <c r="F33" s="3">
         <v>19</v>
       </c>
       <c r="G33" s="3">
-        <v>526.99</v>
+        <v>531.66</v>
       </c>
       <c r="H33" s="4">
         <v>241.23</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
@@ -4620,54 +4620,54 @@
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>78</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E37" s="3">
         <v>133.59</v>
       </c>
       <c r="F37" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G37" s="3">
-        <v>116.43</v>
+        <v>116.33</v>
       </c>
       <c r="H37" s="4">
         <v>46.65</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
@@ -4702,54 +4702,54 @@
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>82</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="3">
         <v>181.42</v>
       </c>
       <c r="F39" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G39" s="3">
-        <v>119.48</v>
+        <v>110.89</v>
       </c>
       <c r="H39" s="4">
         <v>22.42</v>
       </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
@@ -4784,177 +4784,177 @@
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>87</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E41" s="3">
         <v>1226.41</v>
       </c>
       <c r="F41" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G41" s="3">
-        <v>1043.91</v>
+        <v>1010.51</v>
       </c>
       <c r="H41" s="4">
         <v>271.94</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>89</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="E42" s="3">
         <v>412.36</v>
       </c>
       <c r="F42" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G42" s="3">
-        <v>194.8</v>
+        <v>189.55</v>
       </c>
       <c r="H42" s="4">
         <v>103.15</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>91</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E43" s="3">
         <v>1112.55</v>
       </c>
       <c r="F43" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G43" s="3">
-        <v>1065.26</v>
+        <v>1026.87</v>
       </c>
       <c r="H43" s="4">
         <v>358.59</v>
       </c>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>93</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="E44" s="3">
         <v>1352.83</v>
       </c>
       <c r="F44" s="3">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G44" s="3">
-        <v>1177.55</v>
+        <v>1176.87</v>
       </c>
       <c r="H44" s="4">
         <v>392.81</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
@@ -4989,95 +4989,95 @@
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>97</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E46" s="3">
         <v>770.95</v>
       </c>
       <c r="F46" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G46" s="3">
-        <v>598.74</v>
+        <v>586.49</v>
       </c>
       <c r="H46" s="4">
         <v>289.79</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="E47" s="3">
         <v>650.8</v>
       </c>
       <c r="F47" s="3">
         <v>10</v>
       </c>
       <c r="G47" s="3">
-        <v>592.47</v>
+        <v>593.04</v>
       </c>
       <c r="H47" s="4">
         <v>403.2</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
@@ -5563,54 +5563,54 @@
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="E60" s="3">
         <v>1382.11</v>
       </c>
       <c r="F60" s="3">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G60" s="3">
-        <v>1134.88</v>
+        <v>1134.52</v>
       </c>
       <c r="H60" s="4">
         <v>392.46</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
@@ -5686,54 +5686,54 @@
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>131</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="E63" s="3">
         <v>63.86</v>
       </c>
       <c r="F63" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G63" s="3">
-        <v>55.23</v>
+        <v>44.81</v>
       </c>
       <c r="H63" s="4">
         <v>20.11</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
@@ -6014,54 +6014,54 @@
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>147</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E71" s="3">
         <v>503.57</v>
       </c>
       <c r="F71" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G71" s="3">
-        <v>426.71</v>
+        <v>377.61</v>
       </c>
       <c r="H71" s="4">
         <v>258.94</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
@@ -6219,136 +6219,136 @@
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>157</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="E76" s="3">
         <v>1311.18</v>
       </c>
       <c r="F76" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G76" s="3">
-        <v>1143.86</v>
+        <v>1139.42</v>
       </c>
       <c r="H76" s="4">
         <v>728.4</v>
       </c>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>159</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="E77" s="3">
         <v>667.17</v>
       </c>
       <c r="F77" s="3">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G77" s="3">
-        <v>573.17</v>
+        <v>538.13</v>
       </c>
       <c r="H77" s="4">
         <v>102.45</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="E78" s="3">
         <v>49.66</v>
       </c>
       <c r="F78" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G78" s="3">
-        <v>44.66</v>
+        <v>33.77</v>
       </c>
       <c r="H78" s="4">
         <v>39.26</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
@@ -6427,133 +6427,133 @@
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>167</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="E81" s="3">
         <v>49.54</v>
       </c>
       <c r="F81" s="3">
         <v>5</v>
       </c>
       <c r="G81" s="3">
-        <v>48.51</v>
+        <v>46.93</v>
       </c>
       <c r="H81" s="4">
         <v>40.07</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>169</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="E82" s="3">
         <v>1369.11</v>
       </c>
       <c r="F82" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G82" s="3">
-        <v>1247.41</v>
+        <v>1240.26</v>
       </c>
       <c r="H82" s="4">
         <v>98.16</v>
       </c>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>171</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="E83" s="3">
         <v>714.17</v>
       </c>
       <c r="F83" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G83" s="3">
-        <v>481.53</v>
+        <v>459.03</v>
       </c>
       <c r="H83" s="4">
         <v>192.72</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
@@ -6588,54 +6588,54 @@
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>175</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="E85" s="3">
         <v>921.63</v>
       </c>
       <c r="F85" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G85" s="3">
-        <v>523.37</v>
+        <v>512.16</v>
       </c>
       <c r="H85" s="4">
         <v>355.64</v>
       </c>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
@@ -6670,218 +6670,218 @@
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>179</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="E87" s="3">
         <v>512.31</v>
       </c>
       <c r="F87" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G87" s="3">
-        <v>505.76</v>
+        <v>504.04</v>
       </c>
       <c r="H87" s="4">
         <v>161.57</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E88" s="3">
         <v>1229.16</v>
       </c>
       <c r="F88" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G88" s="3">
-        <v>1031.19</v>
+        <v>1031.02</v>
       </c>
       <c r="H88" s="4">
         <v>369.99</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>183</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="E89" s="3">
         <v>1063.92</v>
       </c>
       <c r="F89" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G89" s="3">
-        <v>965.74</v>
+        <v>964.78</v>
       </c>
       <c r="H89" s="4">
         <v>92.72</v>
       </c>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E90" s="3">
         <v>1032.42</v>
       </c>
       <c r="F90" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G90" s="3">
-        <v>889.91</v>
+        <v>879.35</v>
       </c>
       <c r="H90" s="4">
         <v>235.11</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E91" s="3">
         <v>1068.47</v>
       </c>
       <c r="F91" s="3">
         <v>10</v>
       </c>
       <c r="G91" s="3">
-        <v>614.78</v>
+        <v>650.09</v>
       </c>
       <c r="H91" s="4">
         <v>209.83</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
@@ -6998,54 +6998,54 @@
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E95" s="3">
         <v>975.54</v>
       </c>
       <c r="F95" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G95" s="3">
-        <v>762.79</v>
+        <v>753.66</v>
       </c>
       <c r="H95" s="4">
         <v>9.81</v>
       </c>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
@@ -7080,54 +7080,54 @@
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>199</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="E97" s="3">
         <v>89.5</v>
       </c>
       <c r="F97" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G97" s="3">
-        <v>84.18</v>
+        <v>85.38</v>
       </c>
       <c r="H97" s="4">
         <v>169.11</v>
       </c>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
@@ -7572,95 +7572,95 @@
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>223</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="E109" s="3">
         <v>1178.23</v>
       </c>
       <c r="F109" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G109" s="3">
-        <v>977.61</v>
+        <v>952.57</v>
       </c>
       <c r="H109" s="4">
         <v>463.89</v>
       </c>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E110" s="3">
         <v>976.8</v>
       </c>
       <c r="F110" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G110" s="3">
-        <v>665.15</v>
+        <v>656.8</v>
       </c>
       <c r="H110" s="4">
         <v>40.99</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
@@ -7859,54 +7859,54 @@
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E116" s="3">
         <v>893.92</v>
       </c>
       <c r="F116" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G116" s="3">
-        <v>786.38</v>
+        <v>766.73</v>
       </c>
       <c r="H116" s="4">
         <v>212.2</v>
       </c>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
@@ -7941,136 +7941,136 @@
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>241</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="E118" s="3">
         <v>484.82</v>
       </c>
       <c r="F118" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G118" s="3">
-        <v>413.29</v>
+        <v>401.96</v>
       </c>
       <c r="H118" s="4">
         <v>232.92</v>
       </c>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E119" s="3">
         <v>781.36</v>
       </c>
       <c r="F119" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G119" s="3">
-        <v>692.73</v>
+        <v>693.93</v>
       </c>
       <c r="H119" s="4">
         <v>124.59</v>
       </c>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>245</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="E120" s="3">
         <v>573.51</v>
       </c>
       <c r="F120" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G120" s="3">
-        <v>502.74</v>
+        <v>455.55</v>
       </c>
       <c r="H120" s="4">
         <v>264.82</v>
       </c>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
@@ -8187,54 +8187,54 @@
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>253</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="E124" s="3">
         <v>898.8</v>
       </c>
       <c r="F124" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G124" s="3">
-        <v>802.44</v>
+        <v>781.16</v>
       </c>
       <c r="H124" s="4">
         <v>442.36</v>
       </c>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
@@ -8310,95 +8310,95 @@
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E127" s="3">
         <v>687.72</v>
       </c>
       <c r="F127" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G127" s="3">
-        <v>585.95</v>
+        <v>585.77</v>
       </c>
       <c r="H127" s="4">
         <v>310.68</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>261</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="E128" s="3">
         <v>750.86</v>
       </c>
       <c r="F128" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G128" s="3">
-        <v>657.57</v>
+        <v>646.71</v>
       </c>
       <c r="H128" s="4">
         <v>371.27</v>
       </c>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
@@ -8515,259 +8515,259 @@
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>269</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="E132" s="3">
         <v>49.54</v>
       </c>
       <c r="F132" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G132" s="3">
-        <v>45.31</v>
+        <v>34.46</v>
       </c>
       <c r="H132" s="4">
         <v>38.84</v>
       </c>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="E133" s="3">
         <v>670.23</v>
       </c>
       <c r="F133" s="3">
         <v>5</v>
       </c>
       <c r="G133" s="3">
-        <v>584.21</v>
+        <v>567.82</v>
       </c>
       <c r="H133" s="4">
         <v>17.81</v>
       </c>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>273</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="E134" s="3">
         <v>49.54</v>
       </c>
       <c r="F134" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G134" s="3">
-        <v>59.37</v>
+        <v>55.99</v>
       </c>
       <c r="H134" s="4">
         <v>16.66</v>
       </c>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>275</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="E135" s="3">
         <v>538.04</v>
       </c>
       <c r="F135" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G135" s="3">
-        <v>487.62</v>
+        <v>474.99</v>
       </c>
       <c r="H135" s="4">
         <v>176.61</v>
       </c>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>277</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="E136" s="3">
         <v>358.44</v>
       </c>
       <c r="F136" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G136" s="3">
-        <v>294.6</v>
+        <v>262.62</v>
       </c>
       <c r="H136" s="4">
         <v>63.46</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>279</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E137" s="3">
         <v>674.95</v>
       </c>
       <c r="F137" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G137" s="3">
-        <v>484.99</v>
+        <v>462.29</v>
       </c>
       <c r="H137" s="4">
         <v>190.22</v>
       </c>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
@@ -8802,54 +8802,54 @@
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>283</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E139" s="3">
         <v>1248.45</v>
       </c>
       <c r="F139" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G139" s="3">
-        <v>991.14</v>
+        <v>990.97</v>
       </c>
       <c r="H139" s="4">
         <v>322.62</v>
       </c>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
@@ -9215,51 +9215,51 @@
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>303</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E149" s="3">
         <v>53.17</v>
       </c>
       <c r="F149" s="3">
         <v>4</v>
       </c>
       <c r="G149" s="3">
-        <v>39.08</v>
+        <v>56.09</v>
       </c>
       <c r="H149" s="4">
         <v>30.25</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
@@ -9663,54 +9663,54 @@
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>325</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E160" s="3">
         <v>58.53</v>
       </c>
       <c r="F160" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G160" s="3">
-        <v>54.04</v>
+        <v>47.77</v>
       </c>
       <c r="H160" s="4">
         <v>6.27</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
@@ -9745,54 +9745,54 @@
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>329</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>330</v>
       </c>
       <c r="E162" s="3">
         <v>723.84</v>
       </c>
       <c r="F162" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G162" s="3">
-        <v>593.64</v>
+        <v>582.98</v>
       </c>
       <c r="H162" s="4">
         <v>290.77</v>
       </c>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
@@ -9909,95 +9909,95 @@
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>338</v>
       </c>
       <c r="E166" s="3">
         <v>741.95</v>
       </c>
       <c r="F166" s="3">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="G166" s="3">
-        <v>716.63</v>
+        <v>715.85</v>
       </c>
       <c r="H166" s="4">
         <v>349.53</v>
       </c>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>339</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>340</v>
       </c>
       <c r="E167" s="3">
         <v>821.68</v>
       </c>
       <c r="F167" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G167" s="3">
-        <v>725.57</v>
+        <v>722.46</v>
       </c>
       <c r="H167" s="4">
         <v>362.69</v>
       </c>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
@@ -10073,54 +10073,54 @@
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C170" s="10" t="s">
         <v>345</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>346</v>
       </c>
       <c r="E170" s="3">
         <v>895.79</v>
       </c>
       <c r="F170" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G170" s="3">
-        <v>857.28</v>
+        <v>835.99</v>
       </c>
       <c r="H170" s="4">
         <v>258.74</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
@@ -10155,95 +10155,95 @@
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>349</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>350</v>
       </c>
       <c r="E172" s="3">
         <v>545.87</v>
       </c>
       <c r="F172" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G172" s="3">
-        <v>456.86</v>
+        <v>451.13</v>
       </c>
       <c r="H172" s="4">
         <v>163.43</v>
       </c>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>351</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>352</v>
       </c>
       <c r="E173" s="3">
         <v>560.31</v>
       </c>
       <c r="F173" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G173" s="3">
-        <v>501.17</v>
+        <v>492.88</v>
       </c>
       <c r="H173" s="4">
         <v>101.41</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
@@ -10360,54 +10360,54 @@
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>359</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>360</v>
       </c>
       <c r="E177" s="3">
         <v>773.92</v>
       </c>
       <c r="F177" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G177" s="3">
-        <v>677.51</v>
+        <v>666.86</v>
       </c>
       <c r="H177" s="4">
         <v>230.3</v>
       </c>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
@@ -10524,95 +10524,95 @@
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>367</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>368</v>
       </c>
       <c r="E181" s="3">
         <v>974.62</v>
       </c>
       <c r="F181" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G181" s="3">
-        <v>804.75</v>
+        <v>805.95</v>
       </c>
       <c r="H181" s="4">
         <v>192.01</v>
       </c>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>369</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>370</v>
       </c>
       <c r="E182" s="3">
         <v>602.98</v>
       </c>
       <c r="F182" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G182" s="3">
-        <v>521.07</v>
+        <v>517.99</v>
       </c>
       <c r="H182" s="4">
         <v>128.76</v>
       </c>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
@@ -10647,54 +10647,54 @@
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>373</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>374</v>
       </c>
       <c r="E184" s="3">
         <v>833.07</v>
       </c>
       <c r="F184" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G184" s="3">
-        <v>753.42</v>
+        <v>751.17</v>
       </c>
       <c r="H184" s="4">
         <v>259.56</v>
       </c>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
@@ -10729,54 +10729,54 @@
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C186" s="10" t="s">
         <v>377</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>378</v>
       </c>
       <c r="E186" s="3">
         <v>496.17</v>
       </c>
       <c r="F186" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G186" s="3">
-        <v>462.82</v>
+        <v>458.12</v>
       </c>
       <c r="H186" s="4">
         <v>265.59</v>
       </c>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
@@ -10893,54 +10893,54 @@
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C190" s="10" t="s">
         <v>385</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>386</v>
       </c>
       <c r="E190" s="3">
         <v>546.12</v>
       </c>
       <c r="F190" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G190" s="3">
-        <v>523.04</v>
+        <v>517.75</v>
       </c>
       <c r="H190" s="4">
         <v>154.43</v>
       </c>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
@@ -10975,95 +10975,95 @@
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C192" s="10" t="s">
         <v>389</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>390</v>
       </c>
       <c r="E192" s="3">
         <v>812.41</v>
       </c>
       <c r="F192" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G192" s="3">
-        <v>503.06</v>
+        <v>494.06</v>
       </c>
       <c r="H192" s="4">
         <v>343.77</v>
       </c>
       <c r="I192" s="1"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>391</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>392</v>
       </c>
       <c r="E193" s="3">
         <v>91.89</v>
       </c>
       <c r="F193" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G193" s="3">
-        <v>82.41</v>
+        <v>75.26</v>
       </c>
       <c r="H193" s="4">
         <v>14.01</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
@@ -11098,54 +11098,54 @@
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>395</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E195" s="3">
         <v>185.7</v>
       </c>
       <c r="F195" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G195" s="3">
-        <v>164.46</v>
+        <v>157.3</v>
       </c>
       <c r="H195" s="4">
         <v>60.8</v>
       </c>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
@@ -11344,54 +11344,54 @@
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C201" s="10" t="s">
         <v>407</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>408</v>
       </c>
       <c r="E201" s="3">
         <v>915.05</v>
       </c>
       <c r="F201" s="3">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="G201" s="3">
-        <v>821.86</v>
+        <v>821.27</v>
       </c>
       <c r="H201" s="4">
         <v>326.41</v>
       </c>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
@@ -11757,51 +11757,51 @@
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>427</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>428</v>
       </c>
       <c r="E211" s="3">
         <v>25.17</v>
       </c>
       <c r="F211" s="3">
         <v>2</v>
       </c>
       <c r="G211" s="3">
-        <v>11.46</v>
+        <v>13.3</v>
       </c>
       <c r="H211" s="4">
         <v>11.07</v>
       </c>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
@@ -11839,51 +11839,51 @@
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>431</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>432</v>
       </c>
       <c r="E213" s="3">
         <v>47.07</v>
       </c>
       <c r="F213" s="3">
         <v>5</v>
       </c>
       <c r="G213" s="3">
-        <v>25.15</v>
+        <v>25.66</v>
       </c>
       <c r="H213" s="4">
         <v>25.01</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
@@ -12410,95 +12410,95 @@
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>459</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>460</v>
       </c>
       <c r="E227" s="3">
         <v>969.86</v>
       </c>
       <c r="F227" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G227" s="3">
-        <v>480.05</v>
+        <v>472.67</v>
       </c>
       <c r="H227" s="4">
         <v>7.38</v>
       </c>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="10" t="s">
         <v>461</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E228" s="3">
         <v>467.12</v>
       </c>
       <c r="F228" s="3">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G228" s="3">
-        <v>381.2</v>
+        <v>380.71</v>
       </c>
       <c r="H228" s="4">
         <v>298.33</v>
       </c>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
@@ -12574,95 +12574,95 @@
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C231" s="10" t="s">
         <v>467</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>468</v>
       </c>
       <c r="E231" s="3">
         <v>623.82</v>
       </c>
       <c r="F231" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G231" s="3">
-        <v>552.57</v>
+        <v>543.46</v>
       </c>
       <c r="H231" s="4">
         <v>276.72</v>
       </c>
       <c r="I231" s="1"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C232" s="10" t="s">
         <v>469</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>470</v>
       </c>
       <c r="E232" s="3">
         <v>1021.76</v>
       </c>
       <c r="F232" s="3">
         <v>10</v>
       </c>
       <c r="G232" s="3">
-        <v>811.49</v>
+        <v>816.97</v>
       </c>
       <c r="H232" s="4">
         <v>378</v>
       </c>
       <c r="I232" s="1"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
@@ -12738,177 +12738,177 @@
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C235" s="10" t="s">
         <v>475</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>476</v>
       </c>
       <c r="E235" s="3">
         <v>741.1</v>
       </c>
       <c r="F235" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G235" s="3">
-        <v>654.75</v>
+        <v>654.06</v>
       </c>
       <c r="H235" s="4">
         <v>379.89</v>
       </c>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C236" s="10" t="s">
         <v>477</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>478</v>
       </c>
       <c r="E236" s="3">
         <v>562.28</v>
       </c>
       <c r="F236" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G236" s="3">
-        <v>454.44</v>
+        <v>454.29</v>
       </c>
       <c r="H236" s="4">
         <v>245.83</v>
       </c>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="10" t="s">
         <v>479</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>480</v>
       </c>
       <c r="E237" s="3">
         <v>733.2</v>
       </c>
       <c r="F237" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G237" s="3">
-        <v>552.05</v>
+        <v>551.87</v>
       </c>
       <c r="H237" s="4">
         <v>316.49</v>
       </c>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="10" t="s">
         <v>481</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>482</v>
       </c>
       <c r="E238" s="3">
         <v>56.37</v>
       </c>
       <c r="F238" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G238" s="3">
-        <v>50.8</v>
+        <v>39.91</v>
       </c>
       <c r="H238" s="4">
         <v>28.28</v>
       </c>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
@@ -12943,95 +12943,95 @@
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C240" s="10" t="s">
         <v>485</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>486</v>
       </c>
       <c r="E240" s="3">
         <v>1171.44</v>
       </c>
       <c r="F240" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G240" s="3">
-        <v>1104.5</v>
+        <v>1088.79</v>
       </c>
       <c r="H240" s="4">
         <v>200.04</v>
       </c>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C241" s="10" t="s">
         <v>487</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>488</v>
       </c>
       <c r="E241" s="3">
         <v>83.86</v>
       </c>
       <c r="F241" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G241" s="3">
-        <v>82.46</v>
+        <v>75.84</v>
       </c>
       <c r="H241" s="4">
         <v>77.88</v>
       </c>
       <c r="I241" s="1"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1"/>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
@@ -13066,95 +13066,95 @@
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="10" t="s">
         <v>491</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>492</v>
       </c>
       <c r="E243" s="3">
         <v>885.92</v>
       </c>
       <c r="F243" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G243" s="3">
-        <v>583.78</v>
+        <v>583.73</v>
       </c>
       <c r="H243" s="4">
         <v>226.5</v>
       </c>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="10" t="s">
         <v>493</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>494</v>
       </c>
       <c r="E244" s="3">
         <v>847.33</v>
       </c>
       <c r="F244" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G244" s="3">
-        <v>552.18</v>
+        <v>548.61</v>
       </c>
       <c r="H244" s="4">
         <v>179.54</v>
       </c>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
@@ -13189,136 +13189,136 @@
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>497</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>498</v>
       </c>
       <c r="E246" s="3">
         <v>1298.23</v>
       </c>
       <c r="F246" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G246" s="3">
-        <v>1145.81</v>
+        <v>1096.29</v>
       </c>
       <c r="H246" s="4">
         <v>771.45</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="10" t="s">
         <v>499</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>500</v>
       </c>
       <c r="E247" s="3">
         <v>49.54</v>
       </c>
       <c r="F247" s="3">
         <v>5</v>
       </c>
       <c r="G247" s="3">
-        <v>41.65</v>
+        <v>42.05</v>
       </c>
       <c r="H247" s="4">
         <v>38.8</v>
       </c>
       <c r="I247" s="1"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C248" s="10" t="s">
         <v>501</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>502</v>
       </c>
       <c r="E248" s="3">
         <v>933.62</v>
       </c>
       <c r="F248" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G248" s="3">
-        <v>849.35</v>
+        <v>835.35</v>
       </c>
       <c r="H248" s="4">
         <v>293.92</v>
       </c>
       <c r="I248" s="1"/>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
@@ -13394,218 +13394,218 @@
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C251" s="10" t="s">
         <v>507</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>508</v>
       </c>
       <c r="E251" s="3">
         <v>705.61</v>
       </c>
       <c r="F251" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G251" s="3">
-        <v>549.97</v>
+        <v>549.66</v>
       </c>
       <c r="H251" s="4">
         <v>249.26</v>
       </c>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C252" s="10" t="s">
         <v>509</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>510</v>
       </c>
       <c r="E252" s="3">
         <v>624.52</v>
       </c>
       <c r="F252" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G252" s="3">
-        <v>403.54</v>
+        <v>380.59</v>
       </c>
       <c r="H252" s="4">
         <v>214.7</v>
       </c>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C253" s="10" t="s">
         <v>511</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>512</v>
       </c>
       <c r="E253" s="3">
         <v>1427.38</v>
       </c>
       <c r="F253" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G253" s="3">
-        <v>1168.39</v>
+        <v>1168.19</v>
       </c>
       <c r="H253" s="4">
         <v>529.67</v>
       </c>
       <c r="I253" s="1"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C254" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E254" s="3">
         <v>813.02</v>
       </c>
       <c r="F254" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G254" s="3">
-        <v>699.59</v>
+        <v>690.35</v>
       </c>
       <c r="H254" s="4">
         <v>257.58</v>
       </c>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C255" s="10" t="s">
         <v>515</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>516</v>
       </c>
       <c r="E255" s="3">
         <v>377.79</v>
       </c>
       <c r="F255" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G255" s="3">
-        <v>333.18</v>
+        <v>322.08</v>
       </c>
       <c r="H255" s="4">
         <v>92.34</v>
       </c>
       <c r="I255" s="1"/>
       <c r="J255" s="1"/>
       <c r="K255" s="1"/>
       <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
@@ -13640,54 +13640,54 @@
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C257" s="10" t="s">
         <v>519</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>520</v>
       </c>
       <c r="E257" s="3">
         <v>1200.16</v>
       </c>
       <c r="F257" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G257" s="3">
-        <v>1003</v>
+        <v>1035.3</v>
       </c>
       <c r="H257" s="4">
         <v>504.7</v>
       </c>
       <c r="I257" s="1"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
@@ -13763,54 +13763,54 @@
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>525</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>526</v>
       </c>
       <c r="E260" s="3">
         <v>1183.35</v>
       </c>
       <c r="F260" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G260" s="3">
-        <v>993.75</v>
+        <v>956.08</v>
       </c>
       <c r="H260" s="4">
         <v>396.46</v>
       </c>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
@@ -14624,54 +14624,54 @@
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C281" s="10" t="s">
         <v>566</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>567</v>
       </c>
       <c r="E281" s="3">
         <v>1037.52</v>
       </c>
       <c r="F281" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G281" s="3">
-        <v>587.22</v>
+        <v>553.41</v>
       </c>
       <c r="H281" s="4">
         <v>334.05</v>
       </c>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
@@ -14706,341 +14706,341 @@
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>570</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>571</v>
       </c>
       <c r="E283" s="3">
         <v>58.53</v>
       </c>
       <c r="F283" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G283" s="3">
-        <v>48.85</v>
+        <v>38.32</v>
       </c>
       <c r="H283" s="4">
         <v>33.56</v>
       </c>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="10" t="s">
         <v>572</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>573</v>
       </c>
       <c r="E284" s="3">
         <v>874.21</v>
       </c>
       <c r="F284" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G284" s="3">
-        <v>776.23</v>
+        <v>755.35</v>
       </c>
       <c r="H284" s="4">
         <v>419.91</v>
       </c>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="10" t="s">
         <v>574</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>575</v>
       </c>
       <c r="E285" s="3">
         <v>837.26</v>
       </c>
       <c r="F285" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G285" s="3">
-        <v>764.88</v>
+        <v>764.69</v>
       </c>
       <c r="H285" s="4">
         <v>441.62</v>
       </c>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1"/>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="10" t="s">
         <v>576</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>577</v>
       </c>
       <c r="E286" s="3">
         <v>978.29</v>
       </c>
       <c r="F286" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G286" s="3">
-        <v>604.51</v>
+        <v>587.69</v>
       </c>
       <c r="H286" s="4">
         <v>31.04</v>
       </c>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C287" s="10" t="s">
         <v>578</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>579</v>
       </c>
       <c r="E287" s="3">
         <v>762.95</v>
       </c>
       <c r="F287" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G287" s="3">
-        <v>672.05</v>
+        <v>693.08</v>
       </c>
       <c r="H287" s="4">
         <v>18.56</v>
       </c>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
       <c r="K287" s="1"/>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C288" s="10" t="s">
         <v>580</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>581</v>
       </c>
       <c r="E288" s="3">
         <v>423.08</v>
       </c>
       <c r="F288" s="3">
         <v>5</v>
       </c>
       <c r="G288" s="3">
-        <v>398.98</v>
+        <v>386.05</v>
       </c>
       <c r="H288" s="4">
         <v>68</v>
       </c>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="10" t="s">
         <v>582</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>583</v>
       </c>
       <c r="E289" s="3">
         <v>56.37</v>
       </c>
       <c r="F289" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G289" s="3">
-        <v>50.6</v>
+        <v>39.76</v>
       </c>
       <c r="H289" s="4">
         <v>26.55</v>
       </c>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="10" t="s">
         <v>584</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>585</v>
       </c>
       <c r="E290" s="3">
         <v>461.61</v>
       </c>
       <c r="F290" s="3">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G290" s="3">
-        <v>394</v>
+        <v>389.8</v>
       </c>
       <c r="H290" s="4">
         <v>221.39</v>
       </c>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
@@ -15239,95 +15239,95 @@
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>596</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>597</v>
       </c>
       <c r="E296" s="3">
         <v>726.29</v>
       </c>
       <c r="F296" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G296" s="3">
-        <v>569.7</v>
+        <v>558.16</v>
       </c>
       <c r="H296" s="4">
         <v>159.8</v>
       </c>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="10" t="s">
         <v>598</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>599</v>
       </c>
       <c r="E297" s="3">
         <v>764.07</v>
       </c>
       <c r="F297" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G297" s="3">
-        <v>606.96</v>
+        <v>627.72</v>
       </c>
       <c r="H297" s="4">
         <v>182.38</v>
       </c>
       <c r="I297" s="1"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
@@ -15365,133 +15365,133 @@
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="10" t="s">
         <v>602</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>603</v>
       </c>
       <c r="E299" s="3">
         <v>564.15</v>
       </c>
       <c r="F299" s="3">
         <v>19</v>
       </c>
       <c r="G299" s="3">
-        <v>469.24</v>
+        <v>468.84</v>
       </c>
       <c r="H299" s="4">
         <v>228.57</v>
       </c>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C300" s="10" t="s">
         <v>604</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>605</v>
       </c>
       <c r="E300" s="3">
         <v>1042.17</v>
       </c>
       <c r="F300" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G300" s="3">
-        <v>821.29</v>
+        <v>806.04</v>
       </c>
       <c r="H300" s="4">
         <v>342.69</v>
       </c>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C301" s="10" t="s">
         <v>606</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>607</v>
       </c>
       <c r="E301" s="3">
         <v>879.93</v>
       </c>
       <c r="F301" s="3">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G301" s="3">
-        <v>524.03</v>
+        <v>501.65</v>
       </c>
       <c r="H301" s="4">
         <v>193.17</v>
       </c>
       <c r="I301" s="1"/>
       <c r="J301" s="1"/>
       <c r="K301" s="1"/>
       <c r="L301" s="1"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
@@ -15608,95 +15608,95 @@
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="10" t="s">
         <v>614</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>615</v>
       </c>
       <c r="E305" s="3">
         <v>755.97</v>
       </c>
       <c r="F305" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G305" s="3">
-        <v>648.34</v>
+        <v>606.67</v>
       </c>
       <c r="H305" s="4">
         <v>344.02</v>
       </c>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1"/>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="10" t="s">
         <v>616</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>617</v>
       </c>
       <c r="E306" s="3">
         <v>1056.59</v>
       </c>
       <c r="F306" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="G306" s="3">
-        <v>792.76</v>
+        <v>744.77</v>
       </c>
       <c r="H306" s="4">
         <v>108.98</v>
       </c>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
@@ -15731,54 +15731,54 @@
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="10" t="s">
         <v>620</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>621</v>
       </c>
       <c r="E308" s="3">
         <v>1290.63</v>
       </c>
       <c r="F308" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G308" s="3">
-        <v>1126.66</v>
+        <v>1089.5</v>
       </c>
       <c r="H308" s="4">
         <v>145.32</v>
       </c>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
@@ -15813,95 +15813,95 @@
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="10" t="s">
         <v>624</v>
       </c>
       <c r="D310" s="3" t="s">
         <v>625</v>
       </c>
       <c r="E310" s="3">
         <v>1127.27</v>
       </c>
       <c r="F310" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G310" s="3">
-        <v>1093.94</v>
+        <v>1060.35</v>
       </c>
       <c r="H310" s="4">
         <v>376.42</v>
       </c>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="10" t="s">
         <v>626</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>627</v>
       </c>
       <c r="E311" s="3">
         <v>2257.53</v>
       </c>
       <c r="F311" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G311" s="3">
-        <v>1609.63</v>
+        <v>1596.33</v>
       </c>
       <c r="H311" s="4">
         <v>407.11</v>
       </c>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
@@ -15936,177 +15936,177 @@
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C313" s="10" t="s">
         <v>630</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>631</v>
       </c>
       <c r="E313" s="3">
         <v>56.65</v>
       </c>
       <c r="F313" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G313" s="3">
-        <v>49.86</v>
+        <v>34.26</v>
       </c>
       <c r="H313" s="4">
         <v>25.96</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>632</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>633</v>
       </c>
       <c r="E314" s="3">
         <v>49.56</v>
       </c>
       <c r="F314" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G314" s="3">
-        <v>43.88</v>
+        <v>43.28</v>
       </c>
       <c r="H314" s="4">
         <v>24.38</v>
       </c>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="10" t="s">
         <v>634</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>635</v>
       </c>
       <c r="E315" s="3">
         <v>403.41</v>
       </c>
       <c r="F315" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G315" s="3">
-        <v>334.96</v>
+        <v>303.72</v>
       </c>
       <c r="H315" s="4">
         <v>201.67</v>
       </c>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C316" s="10" t="s">
         <v>636</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>637</v>
       </c>
       <c r="E316" s="3">
         <v>85.49</v>
       </c>
       <c r="F316" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G316" s="3">
-        <v>80.45</v>
+        <v>81.65</v>
       </c>
       <c r="H316" s="4">
         <v>136.35</v>
       </c>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
@@ -16182,54 +16182,54 @@
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>642</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>643</v>
       </c>
       <c r="E319" s="3">
         <v>60.91</v>
       </c>
       <c r="F319" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G319" s="3">
-        <v>58.27</v>
+        <v>59.47</v>
       </c>
       <c r="H319" s="4">
         <v>79.09</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
@@ -16595,51 +16595,51 @@
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="10" t="s">
         <v>662</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>663</v>
       </c>
       <c r="E329" s="3">
         <v>7.77</v>
       </c>
       <c r="F329" s="3">
         <v>1</v>
       </c>
       <c r="G329" s="3">
-        <v>7.45</v>
+        <v>14.89</v>
       </c>
       <c r="H329" s="4">
         <v>7.44</v>
       </c>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
@@ -16674,54 +16674,54 @@
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="10" t="s">
         <v>666</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>667</v>
       </c>
       <c r="E331" s="3">
         <v>381.45</v>
       </c>
       <c r="F331" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G331" s="3">
-        <v>307.74</v>
+        <v>299.35</v>
       </c>
       <c r="H331" s="4">
         <v>189.39</v>
       </c>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
@@ -16800,51 +16800,51 @@
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>672</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>673</v>
       </c>
       <c r="E334" s="3">
         <v>894.05</v>
       </c>
       <c r="F334" s="3">
         <v>23</v>
       </c>
       <c r="G334" s="3">
-        <v>645.86</v>
+        <v>657.43</v>
       </c>
       <c r="H334" s="4">
         <v>278.22</v>
       </c>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
@@ -16961,54 +16961,54 @@
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="10" t="s">
         <v>680</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>681</v>
       </c>
       <c r="E338" s="3">
         <v>732.1</v>
       </c>
       <c r="F338" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G338" s="3">
-        <v>645.18</v>
+        <v>642.51</v>
       </c>
       <c r="H338" s="4">
         <v>243.63</v>
       </c>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
@@ -17043,95 +17043,95 @@
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="10" t="s">
         <v>684</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>685</v>
       </c>
       <c r="E340" s="3">
         <v>54.48</v>
       </c>
       <c r="F340" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G340" s="3">
-        <v>51.82</v>
+        <v>40.47</v>
       </c>
       <c r="H340" s="4">
         <v>30.91</v>
       </c>
       <c r="I340" s="1"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>686</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>687</v>
       </c>
       <c r="E341" s="3">
         <v>425.83</v>
       </c>
       <c r="F341" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G341" s="3">
-        <v>384.03</v>
+        <v>357.13</v>
       </c>
       <c r="H341" s="4">
         <v>228.33</v>
       </c>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
@@ -17166,177 +17166,177 @@
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="10" t="s">
         <v>690</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>691</v>
       </c>
       <c r="E343" s="3">
         <v>979.94</v>
       </c>
       <c r="F343" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G343" s="3">
-        <v>730.12</v>
+        <v>700.33</v>
       </c>
       <c r="H343" s="4">
         <v>243.6</v>
       </c>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="10" t="s">
         <v>692</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>693</v>
       </c>
       <c r="E344" s="3">
         <v>747.35</v>
       </c>
       <c r="F344" s="3">
         <v>14</v>
       </c>
       <c r="G344" s="3">
-        <v>579.46</v>
+        <v>608.95</v>
       </c>
       <c r="H344" s="4">
         <v>227.26</v>
       </c>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="10" t="s">
         <v>694</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>695</v>
       </c>
       <c r="E345" s="3">
         <v>767.67</v>
       </c>
       <c r="F345" s="3">
         <v>17</v>
       </c>
       <c r="G345" s="3">
-        <v>533.26</v>
+        <v>533.83</v>
       </c>
       <c r="H345" s="4">
         <v>324.29</v>
       </c>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="10" t="s">
         <v>696</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>697</v>
       </c>
       <c r="E346" s="3">
         <v>557.76</v>
       </c>
       <c r="F346" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G346" s="3">
-        <v>426.16</v>
+        <v>418.63</v>
       </c>
       <c r="H346" s="4">
         <v>160.66</v>
       </c>
       <c r="I346" s="1"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
@@ -17412,95 +17412,95 @@
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="10" t="s">
         <v>702</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>703</v>
       </c>
       <c r="E349" s="3">
         <v>719.4</v>
       </c>
       <c r="F349" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G349" s="3">
-        <v>446.03</v>
+        <v>423.51</v>
       </c>
       <c r="H349" s="4">
         <v>222.61</v>
       </c>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="10" t="s">
         <v>704</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>705</v>
       </c>
       <c r="E350" s="3">
         <v>831.68</v>
       </c>
       <c r="F350" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G350" s="3">
-        <v>711.85</v>
+        <v>704.02</v>
       </c>
       <c r="H350" s="4">
         <v>335.5</v>
       </c>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
@@ -17617,54 +17617,54 @@
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="10" t="s">
         <v>712</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>713</v>
       </c>
       <c r="E354" s="3">
         <v>378.98</v>
       </c>
       <c r="F354" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G354" s="3">
-        <v>349.41</v>
+        <v>345.2</v>
       </c>
       <c r="H354" s="4">
         <v>92.49</v>
       </c>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
@@ -17699,54 +17699,54 @@
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="10" t="s">
         <v>716</v>
       </c>
       <c r="D356" s="3" t="s">
         <v>717</v>
       </c>
       <c r="E356" s="3">
         <v>96.73</v>
       </c>
       <c r="F356" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G356" s="3">
-        <v>71.05</v>
+        <v>63.9</v>
       </c>
       <c r="H356" s="4">
         <v>60.91</v>
       </c>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
@@ -18068,136 +18068,136 @@
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="10" t="s">
         <v>734</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E365" s="3">
         <v>1067.42</v>
       </c>
       <c r="F365" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G365" s="3">
-        <v>970.54</v>
+        <v>947.26</v>
       </c>
       <c r="H365" s="4">
         <v>403.25</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="10" t="s">
         <v>736</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>737</v>
       </c>
       <c r="E366" s="3">
         <v>1301.95</v>
       </c>
       <c r="F366" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G366" s="3">
-        <v>1107.95</v>
+        <v>1079.2</v>
       </c>
       <c r="H366" s="4">
         <v>262.42</v>
       </c>
       <c r="I366" s="1"/>
       <c r="J366" s="1"/>
       <c r="K366" s="1"/>
       <c r="L366" s="1"/>
       <c r="M366" s="1"/>
       <c r="N366" s="1"/>
       <c r="O366" s="1"/>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="10" t="s">
         <v>738</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>739</v>
       </c>
       <c r="E367" s="3">
         <v>1372.82</v>
       </c>
       <c r="F367" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G367" s="3">
-        <v>1177.83</v>
+        <v>1142.91</v>
       </c>
       <c r="H367" s="4">
         <v>484.46</v>
       </c>
       <c r="I367" s="1"/>
       <c r="J367" s="1"/>
       <c r="K367" s="1"/>
       <c r="L367" s="1"/>
       <c r="M367" s="1"/>
       <c r="N367" s="1"/>
       <c r="O367" s="1"/>
       <c r="P367" s="1"/>
       <c r="Q367" s="1"/>
       <c r="R367" s="1"/>
       <c r="S367" s="1"/>
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
@@ -18314,177 +18314,177 @@
       <c r="Q370" s="1"/>
       <c r="R370" s="1"/>
       <c r="S370" s="1"/>
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C371" s="10" t="s">
         <v>746</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>747</v>
       </c>
       <c r="E371" s="3">
         <v>706.27</v>
       </c>
       <c r="F371" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G371" s="3">
-        <v>502.54</v>
+        <v>467.09</v>
       </c>
       <c r="H371" s="4">
         <v>214.75</v>
       </c>
       <c r="I371" s="1"/>
       <c r="J371" s="1"/>
       <c r="K371" s="1"/>
       <c r="L371" s="1"/>
       <c r="M371" s="1"/>
       <c r="N371" s="1"/>
       <c r="O371" s="1"/>
       <c r="P371" s="1"/>
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C372" s="10" t="s">
         <v>748</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>749</v>
       </c>
       <c r="E372" s="3">
         <v>1029.88</v>
       </c>
       <c r="F372" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G372" s="3">
-        <v>896.07</v>
+        <v>890.1</v>
       </c>
       <c r="H372" s="4">
         <v>288.88</v>
       </c>
       <c r="I372" s="1"/>
       <c r="J372" s="1"/>
       <c r="K372" s="1"/>
       <c r="L372" s="1"/>
       <c r="M372" s="1"/>
       <c r="N372" s="1"/>
       <c r="O372" s="1"/>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C373" s="10" t="s">
         <v>750</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>751</v>
       </c>
       <c r="E373" s="3">
         <v>654.21</v>
       </c>
       <c r="F373" s="3">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G373" s="3">
-        <v>536.19</v>
+        <v>485.16</v>
       </c>
       <c r="H373" s="4">
         <v>312.93</v>
       </c>
       <c r="I373" s="1"/>
       <c r="J373" s="1"/>
       <c r="K373" s="1"/>
       <c r="L373" s="1"/>
       <c r="M373" s="1"/>
       <c r="N373" s="1"/>
       <c r="O373" s="1"/>
       <c r="P373" s="1"/>
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>752</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E374" s="3">
         <v>713.08</v>
       </c>
       <c r="F374" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G374" s="3">
-        <v>665.04</v>
+        <v>641.98</v>
       </c>
       <c r="H374" s="4">
         <v>50.27</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
@@ -18604,54 +18604,54 @@
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="10" t="s">
         <v>760</v>
       </c>
       <c r="D378" s="3" t="s">
         <v>761</v>
       </c>
       <c r="E378" s="3">
         <v>60.22</v>
       </c>
       <c r="F378" s="3">
         <v>7</v>
       </c>
       <c r="G378" s="3">
-        <v>45.99</v>
+        <v>37.49</v>
       </c>
       <c r="H378" s="4">
-        <v>107.25</v>
+        <v>110.05</v>
       </c>
       <c r="I378" s="1"/>
       <c r="J378" s="1"/>
       <c r="K378" s="1"/>
       <c r="L378" s="1"/>
       <c r="M378" s="1"/>
       <c r="N378" s="1"/>
       <c r="O378" s="1"/>
       <c r="P378" s="1"/>
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C379" s="10" t="s">
@@ -19093,54 +19093,54 @@
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="10" t="s">
         <v>784</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>785</v>
       </c>
       <c r="E390" s="3">
         <v>429.52</v>
       </c>
       <c r="F390" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G390" s="3">
-        <v>343.59</v>
+        <v>328.14</v>
       </c>
       <c r="H390" s="4">
         <v>212.09</v>
       </c>
       <c r="I390" s="1"/>
       <c r="J390" s="1"/>
       <c r="K390" s="1"/>
       <c r="L390" s="1"/>
       <c r="M390" s="1"/>
       <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
@@ -19175,54 +19175,54 @@
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="10" t="s">
         <v>788</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>789</v>
       </c>
       <c r="E392" s="3">
         <v>840.56</v>
       </c>
       <c r="F392" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G392" s="3">
-        <v>779.69</v>
+        <v>767.8</v>
       </c>
       <c r="H392" s="4">
         <v>355.12</v>
       </c>
       <c r="I392" s="1"/>
       <c r="J392" s="1"/>
       <c r="K392" s="1"/>
       <c r="L392" s="1"/>
       <c r="M392" s="1"/>
       <c r="N392" s="1"/>
       <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
@@ -19257,54 +19257,54 @@
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="10" t="s">
         <v>792</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>793</v>
       </c>
       <c r="E394" s="3">
         <v>791.06</v>
       </c>
       <c r="F394" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G394" s="3">
-        <v>667.85</v>
+        <v>663.95</v>
       </c>
       <c r="H394" s="4">
         <v>388.23</v>
       </c>
       <c r="I394" s="1"/>
       <c r="J394" s="1"/>
       <c r="K394" s="1"/>
       <c r="L394" s="1"/>
       <c r="M394" s="1"/>
       <c r="N394" s="1"/>
       <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
@@ -19342,92 +19342,92 @@
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="10" t="s">
         <v>796</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>797</v>
       </c>
       <c r="E396" s="3">
         <v>54.98</v>
       </c>
       <c r="F396" s="3">
         <v>5</v>
       </c>
       <c r="G396" s="3">
-        <v>49.34</v>
+        <v>49.7</v>
       </c>
       <c r="H396" s="4">
         <v>31.55</v>
       </c>
       <c r="I396" s="1"/>
       <c r="J396" s="1"/>
       <c r="K396" s="1"/>
       <c r="L396" s="1"/>
       <c r="M396" s="1"/>
       <c r="N396" s="1"/>
       <c r="O396" s="1"/>
       <c r="P396" s="1"/>
       <c r="Q396" s="1"/>
       <c r="R396" s="1"/>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="10" t="s">
         <v>798</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>799</v>
       </c>
       <c r="E397" s="3">
         <v>54.98</v>
       </c>
       <c r="F397" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G397" s="3">
-        <v>52.32</v>
+        <v>41.41</v>
       </c>
       <c r="H397" s="4">
         <v>34.6</v>
       </c>
       <c r="I397" s="1"/>
       <c r="J397" s="1"/>
       <c r="K397" s="1"/>
       <c r="L397" s="1"/>
       <c r="M397" s="1"/>
       <c r="N397" s="1"/>
       <c r="O397" s="1"/>
       <c r="P397" s="1"/>
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
@@ -19503,95 +19503,95 @@
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="10" t="s">
         <v>804</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E400" s="3">
         <v>930.19</v>
       </c>
       <c r="F400" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G400" s="3">
-        <v>715.68</v>
+        <v>714.57</v>
       </c>
       <c r="H400" s="4">
         <v>353.38</v>
       </c>
       <c r="I400" s="1"/>
       <c r="J400" s="1"/>
       <c r="K400" s="1"/>
       <c r="L400" s="1"/>
       <c r="M400" s="1"/>
       <c r="N400" s="1"/>
       <c r="O400" s="1"/>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="10" t="s">
         <v>806</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>807</v>
       </c>
       <c r="E401" s="3">
         <v>417.17</v>
       </c>
       <c r="F401" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G401" s="3">
-        <v>380.57</v>
+        <v>366.08</v>
       </c>
       <c r="H401" s="4">
         <v>131.92</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
@@ -19667,54 +19667,54 @@
       <c r="Q403" s="1"/>
       <c r="R403" s="1"/>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
     <row r="404" spans="1:23">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="10" t="s">
         <v>812</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>813</v>
       </c>
       <c r="E404" s="3">
         <v>122.62</v>
       </c>
       <c r="F404" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G404" s="3">
-        <v>88.66</v>
+        <v>59.08</v>
       </c>
       <c r="H404" s="4">
         <v>46.64</v>
       </c>
       <c r="I404" s="1"/>
       <c r="J404" s="1"/>
       <c r="K404" s="1"/>
       <c r="L404" s="1"/>
       <c r="M404" s="1"/>
       <c r="N404" s="1"/>
       <c r="O404" s="1"/>
       <c r="P404" s="1"/>
       <c r="Q404" s="1"/>
       <c r="R404" s="1"/>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
@@ -19831,95 +19831,95 @@
       <c r="Q407" s="1"/>
       <c r="R407" s="1"/>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="10" t="s">
         <v>820</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>821</v>
       </c>
       <c r="E408" s="3">
         <v>708.54</v>
       </c>
       <c r="F408" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G408" s="3">
-        <v>702.98</v>
+        <v>691.64</v>
       </c>
       <c r="H408" s="4">
         <v>45.93</v>
       </c>
       <c r="I408" s="1"/>
       <c r="J408" s="1"/>
       <c r="K408" s="1"/>
       <c r="L408" s="1"/>
       <c r="M408" s="1"/>
       <c r="N408" s="1"/>
       <c r="O408" s="1"/>
       <c r="P408" s="1"/>
       <c r="Q408" s="1"/>
       <c r="R408" s="1"/>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="10" t="s">
         <v>822</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>823</v>
       </c>
       <c r="E409" s="3">
         <v>809.69</v>
       </c>
       <c r="F409" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G409" s="3">
-        <v>688.94</v>
+        <v>684.85</v>
       </c>
       <c r="H409" s="4">
         <v>249.87</v>
       </c>
       <c r="I409" s="1"/>
       <c r="J409" s="1"/>
       <c r="K409" s="1"/>
       <c r="L409" s="1"/>
       <c r="M409" s="1"/>
       <c r="N409" s="1"/>
       <c r="O409" s="1"/>
       <c r="P409" s="1"/>
       <c r="Q409" s="1"/>
       <c r="R409" s="1"/>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
@@ -19954,177 +19954,177 @@
       <c r="Q410" s="1"/>
       <c r="R410" s="1"/>
       <c r="S410" s="1"/>
       <c r="T410" s="1"/>
       <c r="U410" s="1"/>
       <c r="V410" s="1"/>
       <c r="W410" s="1"/>
     </row>
     <row r="411" spans="1:23">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C411" s="10" t="s">
         <v>826</v>
       </c>
       <c r="D411" s="3" t="s">
         <v>827</v>
       </c>
       <c r="E411" s="3">
         <v>480.89</v>
       </c>
       <c r="F411" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G411" s="3">
-        <v>366.22</v>
+        <v>361.1</v>
       </c>
       <c r="H411" s="4">
         <v>98.07</v>
       </c>
       <c r="I411" s="1"/>
       <c r="J411" s="1"/>
       <c r="K411" s="1"/>
       <c r="L411" s="1"/>
       <c r="M411" s="1"/>
       <c r="N411" s="1"/>
       <c r="O411" s="1"/>
       <c r="P411" s="1"/>
       <c r="Q411" s="1"/>
       <c r="R411" s="1"/>
       <c r="S411" s="1"/>
       <c r="T411" s="1"/>
       <c r="U411" s="1"/>
       <c r="V411" s="1"/>
       <c r="W411" s="1"/>
     </row>
     <row r="412" spans="1:23">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C412" s="10" t="s">
         <v>828</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>829</v>
       </c>
       <c r="E412" s="3">
         <v>132.68</v>
       </c>
       <c r="F412" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G412" s="3">
-        <v>75.23</v>
+        <v>69.79</v>
       </c>
       <c r="H412" s="4">
         <v>52.73</v>
       </c>
       <c r="I412" s="1"/>
       <c r="J412" s="1"/>
       <c r="K412" s="1"/>
       <c r="L412" s="1"/>
       <c r="M412" s="1"/>
       <c r="N412" s="1"/>
       <c r="O412" s="1"/>
       <c r="P412" s="1"/>
       <c r="Q412" s="1"/>
       <c r="R412" s="1"/>
       <c r="S412" s="1"/>
       <c r="T412" s="1"/>
       <c r="U412" s="1"/>
       <c r="V412" s="1"/>
       <c r="W412" s="1"/>
     </row>
     <row r="413" spans="1:23">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C413" s="10" t="s">
         <v>830</v>
       </c>
       <c r="D413" s="3" t="s">
         <v>831</v>
       </c>
       <c r="E413" s="3">
         <v>913.58</v>
       </c>
       <c r="F413" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G413" s="3">
-        <v>764.39</v>
+        <v>759.97</v>
       </c>
       <c r="H413" s="4">
         <v>375.74</v>
       </c>
       <c r="I413" s="1"/>
       <c r="J413" s="1"/>
       <c r="K413" s="1"/>
       <c r="L413" s="1"/>
       <c r="M413" s="1"/>
       <c r="N413" s="1"/>
       <c r="O413" s="1"/>
       <c r="P413" s="1"/>
       <c r="Q413" s="1"/>
       <c r="R413" s="1"/>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C414" s="10" t="s">
         <v>832</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>833</v>
       </c>
       <c r="E414" s="3">
         <v>178.3</v>
       </c>
       <c r="F414" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G414" s="3">
-        <v>124.12</v>
+        <v>114.63</v>
       </c>
       <c r="H414" s="4">
         <v>18.04</v>
       </c>
       <c r="I414" s="1"/>
       <c r="J414" s="1"/>
       <c r="K414" s="1"/>
       <c r="L414" s="1"/>
       <c r="M414" s="1"/>
       <c r="N414" s="1"/>
       <c r="O414" s="1"/>
       <c r="P414" s="1"/>
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
@@ -20159,95 +20159,95 @@
       <c r="Q415" s="1"/>
       <c r="R415" s="1"/>
       <c r="S415" s="1"/>
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C416" s="10" t="s">
         <v>836</v>
       </c>
       <c r="D416" s="3" t="s">
         <v>837</v>
       </c>
       <c r="E416" s="3">
         <v>268.43</v>
       </c>
       <c r="F416" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G416" s="3">
-        <v>196.81</v>
+        <v>186.4</v>
       </c>
       <c r="H416" s="4">
         <v>94.6</v>
       </c>
       <c r="I416" s="1"/>
       <c r="J416" s="1"/>
       <c r="K416" s="1"/>
       <c r="L416" s="1"/>
       <c r="M416" s="1"/>
       <c r="N416" s="1"/>
       <c r="O416" s="1"/>
       <c r="P416" s="1"/>
       <c r="Q416" s="1"/>
       <c r="R416" s="1"/>
       <c r="S416" s="1"/>
       <c r="T416" s="1"/>
       <c r="U416" s="1"/>
       <c r="V416" s="1"/>
       <c r="W416" s="1"/>
     </row>
     <row r="417" spans="1:23">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C417" s="10" t="s">
         <v>838</v>
       </c>
       <c r="D417" s="3" t="s">
         <v>839</v>
       </c>
       <c r="E417" s="3">
         <v>168.56</v>
       </c>
       <c r="F417" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G417" s="3">
-        <v>144.7</v>
+        <v>112.98</v>
       </c>
       <c r="H417" s="4">
         <v>64.59</v>
       </c>
       <c r="I417" s="1"/>
       <c r="J417" s="1"/>
       <c r="K417" s="1"/>
       <c r="L417" s="1"/>
       <c r="M417" s="1"/>
       <c r="N417" s="1"/>
       <c r="O417" s="1"/>
       <c r="P417" s="1"/>
       <c r="Q417" s="1"/>
       <c r="R417" s="1"/>
       <c r="S417" s="1"/>
       <c r="T417" s="1"/>
       <c r="U417" s="1"/>
       <c r="V417" s="1"/>
       <c r="W417" s="1"/>
     </row>
     <row r="418" spans="1:23">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
@@ -20490,51 +20490,51 @@
       <c r="T423" s="1"/>
       <c r="U423" s="1"/>
       <c r="V423" s="1"/>
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C424" s="10" t="s">
         <v>852</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>853</v>
       </c>
       <c r="E424" s="3">
         <v>1911.1</v>
       </c>
       <c r="F424" s="3">
         <v>12</v>
       </c>
       <c r="G424" s="3">
-        <v>1553</v>
+        <v>1520.2</v>
       </c>
       <c r="H424" s="4">
         <v>549.18</v>
       </c>
       <c r="I424" s="1"/>
       <c r="J424" s="1"/>
       <c r="K424" s="1"/>
       <c r="L424" s="1"/>
       <c r="M424" s="1"/>
       <c r="N424" s="1"/>
       <c r="O424" s="1"/>
       <c r="P424" s="1"/>
       <c r="Q424" s="1"/>
       <c r="R424" s="1"/>
       <c r="S424" s="1"/>
       <c r="T424" s="1"/>
       <c r="U424" s="1"/>
       <c r="V424" s="1"/>
       <c r="W424" s="1"/>
     </row>
     <row r="425" spans="1:23">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
@@ -20610,54 +20610,54 @@
       <c r="Q426" s="1"/>
       <c r="R426" s="1"/>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C427" s="10" t="s">
         <v>858</v>
       </c>
       <c r="D427" s="3" t="s">
         <v>859</v>
       </c>
       <c r="E427" s="3">
         <v>1057.12</v>
       </c>
       <c r="F427" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G427" s="3">
-        <v>868.64</v>
+        <v>836.84</v>
       </c>
       <c r="H427" s="4">
         <v>194.64</v>
       </c>
       <c r="I427" s="1"/>
       <c r="J427" s="1"/>
       <c r="K427" s="1"/>
       <c r="L427" s="1"/>
       <c r="M427" s="1"/>
       <c r="N427" s="1"/>
       <c r="O427" s="1"/>
       <c r="P427" s="1"/>
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
@@ -20815,54 +20815,54 @@
       <c r="Q431" s="1"/>
       <c r="R431" s="1"/>
       <c r="S431" s="1"/>
       <c r="T431" s="1"/>
       <c r="U431" s="1"/>
       <c r="V431" s="1"/>
       <c r="W431" s="1"/>
     </row>
     <row r="432" spans="1:23">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C432" s="10" t="s">
         <v>868</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>869</v>
       </c>
       <c r="E432" s="3">
         <v>0</v>
       </c>
       <c r="F432" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G432" s="3">
-        <v>2.05</v>
+        <v>0.65</v>
       </c>
       <c r="H432" s="4">
         <v>0.62</v>
       </c>
       <c r="I432" s="1"/>
       <c r="J432" s="1"/>
       <c r="K432" s="1"/>
       <c r="L432" s="1"/>
       <c r="M432" s="1"/>
       <c r="N432" s="1"/>
       <c r="O432" s="1"/>
       <c r="P432" s="1"/>
       <c r="Q432" s="1"/>
       <c r="R432" s="1"/>
       <c r="S432" s="1"/>
       <c r="T432" s="1"/>
       <c r="U432" s="1"/>
       <c r="V432" s="1"/>
       <c r="W432" s="1"/>
     </row>
     <row r="433" spans="1:23">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
@@ -20979,54 +20979,54 @@
       <c r="Q435" s="1"/>
       <c r="R435" s="1"/>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C436" s="10" t="s">
         <v>876</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>877</v>
       </c>
       <c r="E436" s="3">
         <v>0</v>
       </c>
       <c r="F436" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G436" s="3">
-        <v>34.5</v>
+        <v>4.03</v>
       </c>
       <c r="H436" s="4">
         <v>0</v>
       </c>
       <c r="I436" s="1"/>
       <c r="J436" s="1"/>
       <c r="K436" s="1"/>
       <c r="L436" s="1"/>
       <c r="M436" s="1"/>
       <c r="N436" s="1"/>
       <c r="O436" s="1"/>
       <c r="P436" s="1"/>
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
@@ -21184,136 +21184,136 @@
       <c r="Q440" s="1"/>
       <c r="R440" s="1"/>
       <c r="S440" s="1"/>
       <c r="T440" s="1"/>
       <c r="U440" s="1"/>
       <c r="V440" s="1"/>
       <c r="W440" s="1"/>
     </row>
     <row r="441" spans="1:23">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C441" s="10" t="s">
         <v>876</v>
       </c>
       <c r="D441" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E441" s="3">
         <v>0</v>
       </c>
       <c r="F441" s="3">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G441" s="3">
-        <v>28.34</v>
+        <v>23.93</v>
       </c>
       <c r="H441" s="4">
         <v>17.65</v>
       </c>
       <c r="I441" s="1"/>
       <c r="J441" s="1"/>
       <c r="K441" s="1"/>
       <c r="L441" s="1"/>
       <c r="M441" s="1"/>
       <c r="N441" s="1"/>
       <c r="O441" s="1"/>
       <c r="P441" s="1"/>
       <c r="Q441" s="1"/>
       <c r="R441" s="1"/>
       <c r="S441" s="1"/>
       <c r="T441" s="1"/>
       <c r="U441" s="1"/>
       <c r="V441" s="1"/>
       <c r="W441" s="1"/>
     </row>
     <row r="442" spans="1:23">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="10" t="s">
         <v>887</v>
       </c>
       <c r="D442" s="3" t="s">
         <v>888</v>
       </c>
       <c r="E442" s="3">
         <v>0</v>
       </c>
       <c r="F442" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G442" s="3">
-        <v>46.8</v>
+        <v>0</v>
       </c>
       <c r="H442" s="4">
         <v>0</v>
       </c>
       <c r="I442" s="1"/>
       <c r="J442" s="1"/>
       <c r="K442" s="1"/>
       <c r="L442" s="1"/>
       <c r="M442" s="1"/>
       <c r="N442" s="1"/>
       <c r="O442" s="1"/>
       <c r="P442" s="1"/>
       <c r="Q442" s="1"/>
       <c r="R442" s="1"/>
       <c r="S442" s="1"/>
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C443" s="10" t="s">
         <v>889</v>
       </c>
       <c r="D443" s="3" t="s">
         <v>890</v>
       </c>
       <c r="E443" s="3">
         <v>0</v>
       </c>
       <c r="F443" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G443" s="3">
-        <v>27.29</v>
+        <v>25.96</v>
       </c>
       <c r="H443" s="4">
         <v>25.78</v>
       </c>
       <c r="I443" s="1"/>
       <c r="J443" s="1"/>
       <c r="K443" s="1"/>
       <c r="L443" s="1"/>
       <c r="M443" s="1"/>
       <c r="N443" s="1"/>
       <c r="O443" s="1"/>
       <c r="P443" s="1"/>
       <c r="Q443" s="1"/>
       <c r="R443" s="1"/>
       <c r="S443" s="1"/>
       <c r="T443" s="1"/>
       <c r="U443" s="1"/>
       <c r="V443" s="1"/>
       <c r="W443" s="1"/>
     </row>
     <row r="444" spans="1:23">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
@@ -21509,54 +21509,54 @@
       <c r="N448" s="1"/>
       <c r="O448" s="1"/>
       <c r="P448" s="1"/>
       <c r="Q448" s="1"/>
       <c r="R448" s="1"/>
       <c r="S448" s="1"/>
       <c r="T448" s="1"/>
       <c r="U448" s="1"/>
       <c r="V448" s="1"/>
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="7" t="s">
         <v>901</v>
       </c>
       <c r="B449" s="7"/>
       <c r="C449" s="11"/>
       <c r="D449" s="7"/>
       <c r="E449" s="7">
         <v>184992.62</v>
       </c>
       <c r="F449" s="7">
         <v>0</v>
       </c>
       <c r="G449" s="7">
-        <v>152767.85</v>
+        <v>151091.38</v>
       </c>
       <c r="H449" s="8">
-        <v>64544.29</v>
+        <v>64547.09</v>
       </c>
       <c r="I449" s="1"/>
       <c r="J449" s="1"/>
       <c r="K449" s="1"/>
       <c r="L449" s="1"/>
       <c r="M449" s="1"/>
       <c r="N449" s="1"/>
       <c r="O449" s="1"/>
       <c r="P449" s="1"/>
       <c r="Q449" s="1"/>
       <c r="R449" s="1"/>
       <c r="S449" s="1"/>
       <c r="T449" s="1"/>
       <c r="U449" s="1"/>
       <c r="V449" s="1"/>
       <c r="W449" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A449:D449"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>