--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -2936,136 +2936,136 @@
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="3">
         <v>0</v>
       </c>
       <c r="F8" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G8" s="3">
-        <v>103.49</v>
+        <v>96.86</v>
       </c>
       <c r="H8" s="4">
         <v>21.88</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E9" s="3">
         <v>375.12</v>
       </c>
       <c r="F9" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G9" s="3">
-        <v>421.73</v>
+        <v>292.46</v>
       </c>
       <c r="H9" s="4">
         <v>287.61</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="3">
         <v>619.92</v>
       </c>
       <c r="F10" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G10" s="3">
-        <v>614.45</v>
+        <v>672.57</v>
       </c>
       <c r="H10" s="4">
         <v>348.49</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
@@ -3147,171 +3147,171 @@
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="3">
         <v>93.77</v>
       </c>
       <c r="F13" s="3">
         <v>5</v>
       </c>
       <c r="G13" s="3">
         <v>94.78</v>
       </c>
       <c r="H13" s="4">
-        <v>38.19</v>
+        <v>38.49</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="3">
         <v>2035.06</v>
       </c>
       <c r="F14" s="3">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" s="3">
-        <v>1831.18</v>
+        <v>1963.23</v>
       </c>
       <c r="H14" s="4">
         <v>1421.69</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>34</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="3">
         <v>505.77</v>
       </c>
       <c r="F15" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G15" s="3">
-        <v>343.3</v>
+        <v>334.97</v>
       </c>
       <c r="H15" s="4">
         <v>294.5</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>36</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="3">
         <v>496.33</v>
       </c>
       <c r="F16" s="3">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G16" s="3">
-        <v>588.08</v>
+        <v>587.15</v>
       </c>
       <c r="H16" s="4">
         <v>444.01</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
@@ -3346,95 +3346,95 @@
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="3">
         <v>100.03</v>
       </c>
       <c r="F18" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G18" s="3">
-        <v>101.4</v>
+        <v>101.39</v>
       </c>
       <c r="H18" s="4">
         <v>57.83</v>
       </c>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="3">
         <v>73.44</v>
       </c>
       <c r="F19" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G19" s="3">
-        <v>71.83</v>
+        <v>65.46</v>
       </c>
       <c r="H19" s="4">
         <v>16.35</v>
       </c>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
@@ -3472,95 +3472,95 @@
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="3">
         <v>1121.34</v>
       </c>
       <c r="F21" s="3">
         <v>23</v>
       </c>
       <c r="G21" s="3">
-        <v>1104.7</v>
+        <v>1148.92</v>
       </c>
       <c r="H21" s="4">
         <v>990.06</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>48</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E22" s="3">
         <v>738.83</v>
       </c>
       <c r="F22" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G22" s="3">
-        <v>720.49</v>
+        <v>169.67</v>
       </c>
       <c r="H22" s="4">
-        <v>544.08</v>
+        <v>545.86</v>
       </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="10" t="s">
@@ -3595,136 +3595,136 @@
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E24" s="3">
         <v>690.94</v>
       </c>
       <c r="F24" s="3">
         <v>11</v>
       </c>
       <c r="G24" s="3">
-        <v>615.27</v>
+        <v>619.57</v>
       </c>
       <c r="H24" s="4">
         <v>152.32</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>54</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E25" s="3">
         <v>639.34</v>
       </c>
       <c r="F25" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G25" s="3">
-        <v>620.08</v>
+        <v>600.72</v>
       </c>
       <c r="H25" s="4">
         <v>372.99</v>
       </c>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>56</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E26" s="3">
         <v>798.83</v>
       </c>
       <c r="F26" s="3">
         <v>13</v>
       </c>
       <c r="G26" s="3">
         <v>801.86</v>
       </c>
       <c r="H26" s="4">
-        <v>455.37</v>
+        <v>457.15</v>
       </c>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="10" t="s">
@@ -3759,92 +3759,92 @@
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>60</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E28" s="3">
         <v>299.26</v>
       </c>
       <c r="F28" s="3">
         <v>8</v>
       </c>
       <c r="G28" s="3">
-        <v>362.27</v>
+        <v>364.68</v>
       </c>
       <c r="H28" s="4">
         <v>239.28</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E29" s="3">
         <v>898.7</v>
       </c>
       <c r="F29" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G29" s="3">
-        <v>879.27</v>
+        <v>875.33</v>
       </c>
       <c r="H29" s="4">
         <v>444.93</v>
       </c>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
@@ -3879,180 +3879,180 @@
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E31" s="3">
         <v>496.67</v>
       </c>
       <c r="F31" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G31" s="3">
-        <v>460.76</v>
+        <v>429.46</v>
       </c>
       <c r="H31" s="4">
         <v>121.46</v>
       </c>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>68</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E32" s="3">
         <v>488.88</v>
       </c>
       <c r="F32" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G32" s="3">
-        <v>487.64</v>
+        <v>482.2</v>
       </c>
       <c r="H32" s="4">
         <v>186.03</v>
       </c>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>70</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E33" s="3">
         <v>1454.59</v>
       </c>
       <c r="F33" s="3">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G33" s="3">
-        <v>1450.85</v>
+        <v>1311.55</v>
       </c>
       <c r="H33" s="4">
         <v>953.1</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E34" s="3">
         <v>1124.16</v>
       </c>
       <c r="F34" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G34" s="3">
-        <v>1137.6</v>
+        <v>1145.86</v>
       </c>
       <c r="H34" s="4">
-        <v>744.9</v>
+        <v>746.68</v>
       </c>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="10" t="s">
@@ -4084,423 +4084,423 @@
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E36" s="3">
         <v>1851.84</v>
       </c>
       <c r="F36" s="3">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G36" s="3">
-        <v>1756.7</v>
+        <v>1751.74</v>
       </c>
       <c r="H36" s="4">
         <v>866.36</v>
       </c>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>78</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E37" s="3">
         <v>677.63</v>
       </c>
       <c r="F37" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G37" s="3">
-        <v>660.43</v>
+        <v>627.79</v>
       </c>
       <c r="H37" s="4">
         <v>482.44</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>80</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="E38" s="3">
         <v>523.63</v>
       </c>
       <c r="F38" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G38" s="3">
-        <v>512.88</v>
+        <v>515.85</v>
       </c>
       <c r="H38" s="4">
         <v>350.97</v>
       </c>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>82</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="3">
         <v>657.19</v>
       </c>
       <c r="F39" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G39" s="3">
-        <v>640.46</v>
+        <v>623.18</v>
       </c>
       <c r="H39" s="4">
-        <v>332.83</v>
+        <v>336.29</v>
       </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="3">
         <v>603.05</v>
       </c>
       <c r="F40" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G40" s="3">
-        <v>598.02</v>
+        <v>531.34</v>
       </c>
       <c r="H40" s="4">
-        <v>384.28</v>
+        <v>384.94</v>
       </c>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E41" s="3">
         <v>914.53</v>
       </c>
       <c r="F41" s="3">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G41" s="3">
-        <v>902.7</v>
+        <v>780.88</v>
       </c>
       <c r="H41" s="4">
-        <v>530.37</v>
+        <v>531.26</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>88</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="E42" s="3">
         <v>543.27</v>
       </c>
       <c r="F42" s="3">
         <v>9</v>
       </c>
       <c r="G42" s="3">
         <v>523.43</v>
       </c>
       <c r="H42" s="4">
-        <v>275.46</v>
+        <v>276.35</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>90</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E43" s="3">
         <v>635.08</v>
       </c>
       <c r="F43" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G43" s="3">
-        <v>623.3</v>
+        <v>612.44</v>
       </c>
       <c r="H43" s="4">
         <v>618.18</v>
       </c>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>92</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E44" s="3">
         <v>677.63</v>
       </c>
       <c r="F44" s="3">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G44" s="3">
-        <v>693.58</v>
+        <v>654.51</v>
       </c>
       <c r="H44" s="4">
         <v>229.17</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="E45" s="3">
         <v>240.36</v>
       </c>
       <c r="F45" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G45" s="3">
-        <v>212.95</v>
+        <v>206.91</v>
       </c>
       <c r="H45" s="4">
         <v>48.81</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
@@ -4658,95 +4658,95 @@
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>105</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E50" s="3">
         <v>0</v>
       </c>
       <c r="F50" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G50" s="3">
-        <v>6.49</v>
+        <v>6.23</v>
       </c>
       <c r="H50" s="4">
         <v>5.74</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>107</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E51" s="3">
         <v>940.9</v>
       </c>
       <c r="F51" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G51" s="3">
-        <v>923.69</v>
+        <v>891.75</v>
       </c>
       <c r="H51" s="4">
         <v>404.08</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
@@ -4787,130 +4787,130 @@
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>111</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="E53" s="3">
         <v>574.57</v>
       </c>
       <c r="F53" s="3">
         <v>8</v>
       </c>
       <c r="G53" s="3">
         <v>564.8</v>
       </c>
       <c r="H53" s="4">
-        <v>561.1</v>
+        <v>563.74</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>113</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="3">
         <v>996.96</v>
       </c>
       <c r="F54" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G54" s="3">
-        <v>996.6</v>
+        <v>978.52</v>
       </c>
       <c r="H54" s="4">
         <v>390</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>115</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="E55" s="3">
         <v>1218.17</v>
       </c>
       <c r="F55" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G55" s="3">
-        <v>1210.9</v>
+        <v>1197.57</v>
       </c>
       <c r="H55" s="4">
         <v>666.24</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
@@ -5071,51 +5071,51 @@
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="E60" s="3">
         <v>435.26</v>
       </c>
       <c r="F60" s="3">
         <v>25</v>
       </c>
       <c r="G60" s="3">
-        <v>507.95</v>
+        <v>514.85</v>
       </c>
       <c r="H60" s="4">
         <v>411.65</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
@@ -5153,92 +5153,92 @@
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>129</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="E62" s="3">
         <v>1719.81</v>
       </c>
       <c r="F62" s="3">
         <v>27</v>
       </c>
       <c r="G62" s="3">
-        <v>1756.78</v>
+        <v>1794.24</v>
       </c>
       <c r="H62" s="4">
         <v>1453.07</v>
       </c>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>131</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="E63" s="3">
         <v>591.57</v>
       </c>
       <c r="F63" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G63" s="3">
-        <v>568.64</v>
+        <v>511.07</v>
       </c>
       <c r="H63" s="4">
         <v>367.33</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
@@ -5273,98 +5273,98 @@
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>135</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="E65" s="3">
         <v>165.05</v>
       </c>
       <c r="F65" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G65" s="3">
-        <v>164.2</v>
+        <v>145.77</v>
       </c>
       <c r="H65" s="4">
-        <v>95.59</v>
+        <v>96.77</v>
       </c>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>137</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E66" s="3">
         <v>517.02</v>
       </c>
       <c r="F66" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G66" s="3">
-        <v>624.9</v>
+        <v>604.27</v>
       </c>
       <c r="H66" s="4">
-        <v>481.09</v>
+        <v>484.6</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="10" t="s">
@@ -5437,139 +5437,139 @@
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>143</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E69" s="3">
         <v>544.88</v>
       </c>
       <c r="F69" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G69" s="3">
-        <v>538.84</v>
+        <v>546.88</v>
       </c>
       <c r="H69" s="4">
         <v>328.84</v>
       </c>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>145</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E70" s="3">
         <v>476.16</v>
       </c>
       <c r="F70" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G70" s="3">
-        <v>469.83</v>
+        <v>469.49</v>
       </c>
       <c r="H70" s="4">
         <v>218.6</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>147</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E71" s="3">
         <v>596.28</v>
       </c>
       <c r="F71" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G71" s="3">
-        <v>621.05</v>
+        <v>668.21</v>
       </c>
       <c r="H71" s="4">
-        <v>459.47</v>
+        <v>461.25</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="10" t="s">
@@ -5601,139 +5601,139 @@
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>151</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="E73" s="3">
         <v>617.06</v>
       </c>
       <c r="F73" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G73" s="3">
-        <v>616.96</v>
+        <v>613.96</v>
       </c>
       <c r="H73" s="4">
         <v>253.94</v>
       </c>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>153</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="E74" s="3">
         <v>1640.51</v>
       </c>
       <c r="F74" s="3">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G74" s="3">
-        <v>1633.76</v>
+        <v>1593.72</v>
       </c>
       <c r="H74" s="4">
         <v>1071.08</v>
       </c>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>155</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="E75" s="3">
         <v>356.54</v>
       </c>
       <c r="F75" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G75" s="3">
-        <v>348.82</v>
+        <v>334.14</v>
       </c>
       <c r="H75" s="4">
-        <v>264.85</v>
+        <v>266.61</v>
       </c>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="10" t="s">
@@ -5771,89 +5771,89 @@
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>159</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="E77" s="3">
         <v>1324.12</v>
       </c>
       <c r="F77" s="3">
         <v>13</v>
       </c>
       <c r="G77" s="3">
         <v>1248.27</v>
       </c>
       <c r="H77" s="4">
-        <v>899.13</v>
+        <v>900.91</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="E78" s="3">
         <v>157.45</v>
       </c>
       <c r="F78" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G78" s="3">
-        <v>147.42</v>
+        <v>127.8</v>
       </c>
       <c r="H78" s="4">
         <v>56.59</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
@@ -6011,54 +6011,54 @@
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>171</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="E83" s="3">
         <v>885.93</v>
       </c>
       <c r="F83" s="3">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G83" s="3">
-        <v>866.84</v>
+        <v>859.88</v>
       </c>
       <c r="H83" s="4">
         <v>531.94</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
@@ -6093,95 +6093,95 @@
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>175</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="E85" s="3">
         <v>445.75</v>
       </c>
       <c r="F85" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G85" s="3">
-        <v>436.97</v>
+        <v>433.47</v>
       </c>
       <c r="H85" s="4">
         <v>127.66</v>
       </c>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>177</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="E86" s="3">
         <v>540.91</v>
       </c>
       <c r="F86" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G86" s="3">
-        <v>509.46</v>
+        <v>469.55</v>
       </c>
       <c r="H86" s="4">
         <v>356.47</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
@@ -6216,177 +6216,177 @@
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E88" s="3">
         <v>329.99</v>
       </c>
       <c r="F88" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G88" s="3">
-        <v>317.59</v>
+        <v>302.82</v>
       </c>
       <c r="H88" s="4">
         <v>244.43</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>183</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="E89" s="3">
         <v>1231.66</v>
       </c>
       <c r="F89" s="3">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G89" s="3">
-        <v>1215.43</v>
+        <v>742.2</v>
       </c>
       <c r="H89" s="4">
-        <v>579.43</v>
+        <v>581.21</v>
       </c>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E90" s="3">
         <v>1394.07</v>
       </c>
       <c r="F90" s="3">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G90" s="3">
-        <v>1414.94</v>
+        <v>1369.38</v>
       </c>
       <c r="H90" s="4">
         <v>681.78</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E91" s="3">
         <v>1163.9</v>
       </c>
       <c r="F91" s="3">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3">
-        <v>1139.02</v>
+        <v>1069.85</v>
       </c>
       <c r="H91" s="4">
         <v>701.31</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
@@ -6462,136 +6462,136 @@
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>193</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="E94" s="3">
         <v>218.09</v>
       </c>
       <c r="F94" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G94" s="3">
-        <v>210.5</v>
+        <v>200.09</v>
       </c>
       <c r="H94" s="4">
         <v>125.16</v>
       </c>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E95" s="3">
         <v>1076.42</v>
       </c>
       <c r="F95" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G95" s="3">
-        <v>1060.87</v>
+        <v>1001.07</v>
       </c>
       <c r="H95" s="4">
-        <v>775.28</v>
+        <v>779.96</v>
       </c>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>197</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E96" s="3">
         <v>1066.01</v>
       </c>
       <c r="F96" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G96" s="3">
-        <v>1043.33</v>
+        <v>968.7</v>
       </c>
       <c r="H96" s="4">
         <v>579.23</v>
       </c>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
@@ -6667,54 +6667,54 @@
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>203</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="E99" s="3">
         <v>184.05</v>
       </c>
       <c r="F99" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G99" s="3">
-        <v>201.03</v>
+        <v>217.59</v>
       </c>
       <c r="H99" s="4">
         <v>154.92</v>
       </c>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
@@ -6749,423 +6749,423 @@
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>207</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E101" s="3">
         <v>366.11</v>
       </c>
       <c r="F101" s="3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G101" s="3">
-        <v>510.69</v>
+        <v>500.3</v>
       </c>
       <c r="H101" s="4">
         <v>352.68</v>
       </c>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>209</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="E102" s="3">
         <v>305.36</v>
       </c>
       <c r="F102" s="3">
         <v>27</v>
       </c>
       <c r="G102" s="3">
-        <v>414.45</v>
+        <v>476.21</v>
       </c>
       <c r="H102" s="4">
         <v>287.05</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>211</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="E103" s="3">
         <v>192.5</v>
       </c>
       <c r="F103" s="3">
         <v>15</v>
       </c>
       <c r="G103" s="3">
         <v>206.06</v>
       </c>
       <c r="H103" s="4">
-        <v>179.47</v>
+        <v>182.06</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E104" s="3">
         <v>780.83</v>
       </c>
       <c r="F104" s="3">
         <v>15</v>
       </c>
       <c r="G104" s="3">
-        <v>775.85</v>
+        <v>776.13</v>
       </c>
       <c r="H104" s="4">
-        <v>556.45</v>
+        <v>562.33</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>215</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E105" s="3">
         <v>134.86</v>
       </c>
       <c r="F105" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G105" s="3">
-        <v>126.69</v>
+        <v>115.7</v>
       </c>
       <c r="H105" s="4">
         <v>71.6</v>
       </c>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>217</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="E106" s="3">
         <v>584.09</v>
       </c>
       <c r="F106" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G106" s="3">
-        <v>615.93</v>
+        <v>615.56</v>
       </c>
       <c r="H106" s="4">
         <v>245.28</v>
       </c>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>219</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="E107" s="3">
         <v>373.21</v>
       </c>
       <c r="F107" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G107" s="3">
-        <v>377.64</v>
+        <v>358.01</v>
       </c>
       <c r="H107" s="4">
-        <v>148.54</v>
+        <v>152.05</v>
       </c>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>221</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="E108" s="3">
         <v>436.97</v>
       </c>
       <c r="F108" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G108" s="3">
-        <v>407.41</v>
+        <v>405.94</v>
       </c>
       <c r="H108" s="4">
         <v>210.09</v>
       </c>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>223</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="E109" s="3">
         <v>985.9</v>
       </c>
       <c r="F109" s="3">
         <v>25</v>
       </c>
       <c r="G109" s="3">
         <v>998.57</v>
       </c>
       <c r="H109" s="4">
-        <v>815.03</v>
+        <v>818.58</v>
       </c>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E110" s="3">
         <v>688.69</v>
       </c>
       <c r="F110" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G110" s="3">
-        <v>680.49</v>
+        <v>658.58</v>
       </c>
       <c r="H110" s="4">
         <v>404.77</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
@@ -7203,338 +7203,338 @@
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>229</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="E112" s="3">
         <v>618.21</v>
       </c>
       <c r="F112" s="3">
         <v>13</v>
       </c>
       <c r="G112" s="3">
-        <v>607.07</v>
+        <v>589.54</v>
       </c>
       <c r="H112" s="4">
-        <v>407.16</v>
+        <v>408.94</v>
       </c>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>231</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E113" s="3">
         <v>678.94</v>
       </c>
       <c r="F113" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G113" s="3">
-        <v>667.54</v>
+        <v>633.77</v>
       </c>
       <c r="H113" s="4">
         <v>258.83</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>233</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="E114" s="3">
         <v>600.53</v>
       </c>
       <c r="F114" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G114" s="3">
-        <v>587.14</v>
+        <v>546.31</v>
       </c>
       <c r="H114" s="4">
         <v>330.35</v>
       </c>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>235</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="E115" s="3">
         <v>276.66</v>
       </c>
       <c r="F115" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G115" s="3">
-        <v>287.51</v>
+        <v>198.76</v>
       </c>
       <c r="H115" s="4">
         <v>222.54</v>
       </c>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E116" s="3">
         <v>473.77</v>
       </c>
       <c r="F116" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G116" s="3">
-        <v>480.04</v>
+        <v>468.67</v>
       </c>
       <c r="H116" s="4">
-        <v>275.56</v>
+        <v>277.78</v>
       </c>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>239</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E117" s="3">
         <v>851.44</v>
       </c>
       <c r="F117" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G117" s="3">
-        <v>846.68</v>
+        <v>803.8</v>
       </c>
       <c r="H117" s="4">
         <v>450.07</v>
       </c>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>241</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="E118" s="3">
         <v>473.94</v>
       </c>
       <c r="F118" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G118" s="3">
-        <v>471.45</v>
+        <v>471.15</v>
       </c>
       <c r="H118" s="4">
         <v>339.55</v>
       </c>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E119" s="3">
         <v>798.13</v>
       </c>
       <c r="F119" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G119" s="3">
-        <v>769.63</v>
+        <v>717.99</v>
       </c>
       <c r="H119" s="4">
         <v>166.3</v>
       </c>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
@@ -7569,628 +7569,628 @@
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>247</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E121" s="3">
         <v>948.34</v>
       </c>
       <c r="F121" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G121" s="3">
-        <v>917.07</v>
+        <v>812.72</v>
       </c>
       <c r="H121" s="4">
-        <v>502.44</v>
+        <v>504.19</v>
       </c>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>249</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="E122" s="3">
         <v>488.42</v>
       </c>
       <c r="F122" s="3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G122" s="3">
-        <v>487.97</v>
+        <v>440.09</v>
       </c>
       <c r="H122" s="4">
         <v>124.44</v>
       </c>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C123" s="10" t="s">
         <v>251</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E123" s="3">
         <v>580.49</v>
       </c>
       <c r="F123" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G123" s="3">
-        <v>569.2</v>
+        <v>536.14</v>
       </c>
       <c r="H123" s="4">
         <v>384.09</v>
       </c>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>253</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="E124" s="3">
         <v>937.55</v>
       </c>
       <c r="F124" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G124" s="3">
-        <v>928.05</v>
+        <v>845.68</v>
       </c>
       <c r="H124" s="4">
-        <v>622.39</v>
+        <v>624.17</v>
       </c>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>255</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E125" s="3">
         <v>120.36</v>
       </c>
       <c r="F125" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G125" s="3">
-        <v>113.39</v>
+        <v>103.61</v>
       </c>
       <c r="H125" s="4">
         <v>80.42</v>
       </c>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>257</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="E126" s="3">
         <v>551.8</v>
       </c>
       <c r="F126" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G126" s="3">
-        <v>570.37</v>
+        <v>556.22</v>
       </c>
       <c r="H126" s="4">
         <v>298.39</v>
       </c>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E127" s="3">
         <v>329.42</v>
       </c>
       <c r="F127" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G127" s="3">
-        <v>314.56</v>
+        <v>292.67</v>
       </c>
       <c r="H127" s="4">
         <v>137.82</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>261</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="E128" s="3">
         <v>1052.45</v>
       </c>
       <c r="F128" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G128" s="3">
         <v>1039.72</v>
       </c>
       <c r="H128" s="4">
         <v>334.13</v>
       </c>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>263</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E129" s="3">
         <v>445.03</v>
       </c>
       <c r="F129" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G129" s="3">
-        <v>429.65</v>
+        <v>424.51</v>
       </c>
       <c r="H129" s="4">
         <v>182.06</v>
       </c>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>265</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="E130" s="3">
         <v>523.99</v>
       </c>
       <c r="F130" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G130" s="3">
-        <v>506.49</v>
+        <v>499.64</v>
       </c>
       <c r="H130" s="4">
-        <v>142.59</v>
+        <v>143.46</v>
       </c>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>267</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E131" s="3">
         <v>999.87</v>
       </c>
       <c r="F131" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G131" s="3">
-        <v>990.17</v>
+        <v>959.37</v>
       </c>
       <c r="H131" s="4">
         <v>684.67</v>
       </c>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>269</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="E132" s="3">
         <v>961.15</v>
       </c>
       <c r="F132" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G132" s="3">
-        <v>927.95</v>
+        <v>918.82</v>
       </c>
       <c r="H132" s="4">
         <v>503.89</v>
       </c>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="E133" s="3">
         <v>0</v>
       </c>
       <c r="F133" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G133" s="3">
-        <v>6.45</v>
+        <v>6.23</v>
       </c>
       <c r="H133" s="4">
         <v>5.74</v>
       </c>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>273</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="E134" s="3">
         <v>392.61</v>
       </c>
       <c r="F134" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G134" s="3">
-        <v>387.22</v>
+        <v>382.72</v>
       </c>
       <c r="H134" s="4">
         <v>130.65</v>
       </c>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>275</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="E135" s="3">
         <v>538.1</v>
       </c>
       <c r="F135" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G135" s="3">
-        <v>519.22</v>
+        <v>516.53</v>
       </c>
       <c r="H135" s="4">
         <v>481.11</v>
       </c>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
@@ -8389,54 +8389,54 @@
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>287</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="E141" s="3">
         <v>1275.13</v>
       </c>
       <c r="F141" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G141" s="3">
-        <v>1285.13</v>
+        <v>1257.42</v>
       </c>
       <c r="H141" s="4">
         <v>906.06</v>
       </c>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
@@ -8474,54 +8474,54 @@
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="E143" s="3">
         <v>296.22</v>
       </c>
       <c r="F143" s="3">
         <v>9</v>
       </c>
       <c r="G143" s="3">
-        <v>293.17</v>
+        <v>303.84</v>
       </c>
       <c r="H143" s="4">
-        <v>148.55</v>
+        <v>152.99</v>
       </c>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C144" s="10" t="s">
@@ -8559,171 +8559,171 @@
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>295</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="E145" s="3">
         <v>418.12</v>
       </c>
       <c r="F145" s="3">
         <v>9</v>
       </c>
       <c r="G145" s="3">
         <v>405.81</v>
       </c>
       <c r="H145" s="4">
-        <v>321.37</v>
+        <v>323.15</v>
       </c>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>297</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="E146" s="3">
         <v>536.65</v>
       </c>
       <c r="F146" s="3">
         <v>30</v>
       </c>
       <c r="G146" s="3">
         <v>511.05</v>
       </c>
       <c r="H146" s="4">
-        <v>301.9</v>
+        <v>304.22</v>
       </c>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>299</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E147" s="3">
         <v>1292.69</v>
       </c>
       <c r="F147" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G147" s="3">
-        <v>1301.32</v>
+        <v>1123.4</v>
       </c>
       <c r="H147" s="4">
         <v>653</v>
       </c>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>301</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="E148" s="3">
         <v>476.17</v>
       </c>
       <c r="F148" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G148" s="3">
-        <v>470.18</v>
+        <v>131.11</v>
       </c>
       <c r="H148" s="4">
         <v>280.05</v>
       </c>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
@@ -8922,98 +8922,98 @@
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>313</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="E154" s="3">
         <v>104.14</v>
       </c>
       <c r="F154" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G154" s="3">
-        <v>103.99</v>
+        <v>95.05</v>
       </c>
       <c r="H154" s="4">
         <v>43.46</v>
       </c>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>315</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="E155" s="3">
         <v>412.88</v>
       </c>
       <c r="F155" s="3">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G155" s="3">
-        <v>387.52</v>
+        <v>376.84</v>
       </c>
       <c r="H155" s="4">
-        <v>333.09</v>
+        <v>337.04</v>
       </c>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C156" s="10" t="s">
@@ -9127,95 +9127,95 @@
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>323</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>324</v>
       </c>
       <c r="E159" s="3">
         <v>883.16</v>
       </c>
       <c r="F159" s="3">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G159" s="3">
-        <v>839.61</v>
+        <v>852.37</v>
       </c>
       <c r="H159" s="4">
         <v>501.13</v>
       </c>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>325</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E160" s="3">
         <v>209.84</v>
       </c>
       <c r="F160" s="3">
         <v>14</v>
       </c>
       <c r="G160" s="3">
-        <v>200.51</v>
+        <v>208.1</v>
       </c>
       <c r="H160" s="4">
         <v>94.32</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
@@ -9291,344 +9291,344 @@
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C163" s="10" t="s">
         <v>331</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>332</v>
       </c>
       <c r="E163" s="3">
         <v>1734.93</v>
       </c>
       <c r="F163" s="3">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G163" s="3">
-        <v>1790.96</v>
+        <v>1650.41</v>
       </c>
       <c r="H163" s="4">
         <v>1255.57</v>
       </c>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C164" s="10" t="s">
         <v>333</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>334</v>
       </c>
       <c r="E164" s="3">
         <v>110.72</v>
       </c>
       <c r="F164" s="3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G164" s="3">
-        <v>102.28</v>
+        <v>103.03</v>
       </c>
       <c r="H164" s="4">
         <v>103.12</v>
       </c>
       <c r="I164" s="1"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>335</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>336</v>
       </c>
       <c r="E165" s="3">
         <v>1689.1</v>
       </c>
       <c r="F165" s="3">
         <v>29</v>
       </c>
       <c r="G165" s="3">
-        <v>1860.9</v>
+        <v>1924.39</v>
       </c>
       <c r="H165" s="4">
-        <v>1236.96</v>
+        <v>1237.51</v>
       </c>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>338</v>
       </c>
       <c r="E166" s="3">
         <v>561.56</v>
       </c>
       <c r="F166" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G166" s="3">
-        <v>542.41</v>
+        <v>527.13</v>
       </c>
       <c r="H166" s="4">
         <v>226.72</v>
       </c>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>339</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>340</v>
       </c>
       <c r="E167" s="3">
         <v>833.61</v>
       </c>
       <c r="F167" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G167" s="3">
-        <v>821.29</v>
+        <v>800.64</v>
       </c>
       <c r="H167" s="4">
-        <v>449.2</v>
+        <v>452.7</v>
       </c>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>341</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>342</v>
       </c>
       <c r="E168" s="3">
         <v>435.95</v>
       </c>
       <c r="F168" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G168" s="3">
-        <v>428.05</v>
+        <v>419.29</v>
       </c>
       <c r="H168" s="4">
         <v>116.94</v>
       </c>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C169" s="10" t="s">
         <v>343</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>344</v>
       </c>
       <c r="E169" s="3">
         <v>568.34</v>
       </c>
       <c r="F169" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G169" s="3">
-        <v>554.39</v>
+        <v>534.46</v>
       </c>
       <c r="H169" s="4">
-        <v>353.91</v>
+        <v>359.18</v>
       </c>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C170" s="10" t="s">
         <v>345</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>346</v>
       </c>
       <c r="E170" s="3">
         <v>590.02</v>
       </c>
       <c r="F170" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G170" s="3">
-        <v>574.17</v>
+        <v>565.26</v>
       </c>
       <c r="H170" s="4">
-        <v>408.31</v>
+        <v>411.17</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C171" s="10" t="s">
@@ -9666,212 +9666,212 @@
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>349</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>350</v>
       </c>
       <c r="E172" s="3">
         <v>490.18</v>
       </c>
       <c r="F172" s="3">
         <v>12</v>
       </c>
       <c r="G172" s="3">
         <v>485.41</v>
       </c>
       <c r="H172" s="4">
-        <v>364.28</v>
+        <v>366.91</v>
       </c>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>351</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>352</v>
       </c>
       <c r="E173" s="3">
         <v>952.82</v>
       </c>
       <c r="F173" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G173" s="3">
-        <v>881.47</v>
+        <v>880.33</v>
       </c>
       <c r="H173" s="4">
         <v>529.72</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C174" s="10" t="s">
         <v>353</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>354</v>
       </c>
       <c r="E174" s="3">
         <v>2246.26</v>
       </c>
       <c r="F174" s="3">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G174" s="3">
-        <v>2225.74</v>
+        <v>2201.52</v>
       </c>
       <c r="H174" s="4">
-        <v>1828.45</v>
+        <v>1832.01</v>
       </c>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>355</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>356</v>
       </c>
       <c r="E175" s="3">
         <v>745.04</v>
       </c>
       <c r="F175" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G175" s="3">
-        <v>731.06</v>
+        <v>700.26</v>
       </c>
       <c r="H175" s="4">
-        <v>536.08</v>
+        <v>539.6</v>
       </c>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C176" s="10" t="s">
         <v>357</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>358</v>
       </c>
       <c r="E176" s="3">
         <v>757.77</v>
       </c>
       <c r="F176" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G176" s="3">
-        <v>752.97</v>
+        <v>729.85</v>
       </c>
       <c r="H176" s="4">
         <v>545.37</v>
       </c>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
@@ -9906,57 +9906,57 @@
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>361</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>362</v>
       </c>
       <c r="E178" s="3">
         <v>844.88</v>
       </c>
       <c r="F178" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G178" s="3">
-        <v>814.25</v>
+        <v>783.22</v>
       </c>
       <c r="H178" s="4">
-        <v>502.62</v>
+        <v>503.16</v>
       </c>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C179" s="10" t="s">
@@ -9988,54 +9988,54 @@
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>365</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>366</v>
       </c>
       <c r="E180" s="3">
         <v>313.71</v>
       </c>
       <c r="F180" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G180" s="3">
-        <v>310.78</v>
+        <v>305.05</v>
       </c>
       <c r="H180" s="4">
         <v>86.55</v>
       </c>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
@@ -10070,54 +10070,54 @@
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>369</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>370</v>
       </c>
       <c r="E182" s="3">
         <v>508.36</v>
       </c>
       <c r="F182" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G182" s="3">
-        <v>504.01</v>
+        <v>474.88</v>
       </c>
       <c r="H182" s="4">
         <v>337.01</v>
       </c>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
@@ -10275,180 +10275,180 @@
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>379</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>380</v>
       </c>
       <c r="E187" s="3">
         <v>1373.12</v>
       </c>
       <c r="F187" s="3">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G187" s="3">
-        <v>1355.53</v>
+        <v>1306.89</v>
       </c>
       <c r="H187" s="4">
         <v>929.07</v>
       </c>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C188" s="10" t="s">
         <v>381</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>382</v>
       </c>
       <c r="E188" s="3">
         <v>1211.5</v>
       </c>
       <c r="F188" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G188" s="3">
-        <v>1207.85</v>
+        <v>1153.28</v>
       </c>
       <c r="H188" s="4">
         <v>1034.3</v>
       </c>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C189" s="10" t="s">
         <v>383</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>384</v>
       </c>
       <c r="E189" s="3">
         <v>1441.79</v>
       </c>
       <c r="F189" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G189" s="3">
-        <v>1333.3</v>
+        <v>1274.53</v>
       </c>
       <c r="H189" s="4">
-        <v>442.15</v>
+        <v>447.24</v>
       </c>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C190" s="10" t="s">
         <v>385</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>386</v>
       </c>
       <c r="E190" s="3">
         <v>849.76</v>
       </c>
       <c r="F190" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G190" s="3">
-        <v>840.67</v>
+        <v>809.07</v>
       </c>
       <c r="H190" s="4">
-        <v>357.05</v>
+        <v>358.82</v>
       </c>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C191" s="10" t="s">
@@ -10521,54 +10521,54 @@
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>391</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>392</v>
       </c>
       <c r="E193" s="3">
         <v>535.85</v>
       </c>
       <c r="F193" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G193" s="3">
-        <v>480.72</v>
+        <v>409.52</v>
       </c>
       <c r="H193" s="4">
         <v>315.07</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
@@ -10975,95 +10975,95 @@
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C204" s="10" t="s">
         <v>413</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>414</v>
       </c>
       <c r="E204" s="3">
         <v>337.36</v>
       </c>
       <c r="F204" s="3">
         <v>12</v>
       </c>
       <c r="G204" s="3">
-        <v>323.67</v>
+        <v>323.82</v>
       </c>
       <c r="H204" s="4">
-        <v>224.88</v>
+        <v>227.49</v>
       </c>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C205" s="10" t="s">
         <v>415</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>416</v>
       </c>
       <c r="E205" s="3">
         <v>154.34</v>
       </c>
       <c r="F205" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G205" s="3">
-        <v>191.68</v>
+        <v>160.05</v>
       </c>
       <c r="H205" s="4">
-        <v>122.03</v>
+        <v>123.81</v>
       </c>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C206" s="10" t="s">
@@ -11136,177 +11136,177 @@
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C208" s="10" t="s">
         <v>421</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>422</v>
       </c>
       <c r="E208" s="3">
         <v>1206.57</v>
       </c>
       <c r="F208" s="3">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G208" s="3">
-        <v>1417.92</v>
+        <v>1364.26</v>
       </c>
       <c r="H208" s="4">
         <v>978.48</v>
       </c>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>423</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>424</v>
       </c>
       <c r="E209" s="3">
         <v>524.8</v>
       </c>
       <c r="F209" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G209" s="3">
-        <v>576.69</v>
+        <v>547.61</v>
       </c>
       <c r="H209" s="4">
         <v>357.36</v>
       </c>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>425</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>426</v>
       </c>
       <c r="E210" s="3">
         <v>327.91</v>
       </c>
       <c r="F210" s="3">
         <v>17</v>
       </c>
       <c r="G210" s="3">
-        <v>325.2</v>
+        <v>360.2</v>
       </c>
       <c r="H210" s="4">
         <v>278.46</v>
       </c>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>427</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>428</v>
       </c>
       <c r="E211" s="3">
         <v>1128.23</v>
       </c>
       <c r="F211" s="3">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G211" s="3">
-        <v>1138.49</v>
+        <v>1137.62</v>
       </c>
       <c r="H211" s="4">
         <v>904.75</v>
       </c>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
@@ -11423,262 +11423,262 @@
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C215" s="10" t="s">
         <v>435</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>436</v>
       </c>
       <c r="E215" s="3">
         <v>2511.71</v>
       </c>
       <c r="F215" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G215" s="3">
-        <v>2505.94</v>
+        <v>2398.73</v>
       </c>
       <c r="H215" s="4">
         <v>318.89</v>
       </c>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C216" s="10" t="s">
         <v>437</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>438</v>
       </c>
       <c r="E216" s="3">
         <v>931.09</v>
       </c>
       <c r="F216" s="3">
         <v>9</v>
       </c>
       <c r="G216" s="3">
         <v>935.11</v>
       </c>
       <c r="H216" s="4">
-        <v>488.43</v>
+        <v>490.79</v>
       </c>
       <c r="I216" s="1"/>
       <c r="J216" s="1"/>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>439</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>440</v>
       </c>
       <c r="E217" s="3">
         <v>950.27</v>
       </c>
       <c r="F217" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G217" s="3">
-        <v>885.11</v>
+        <v>785.67</v>
       </c>
       <c r="H217" s="4">
-        <v>271.22</v>
+        <v>273.89</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C218" s="10" t="s">
         <v>441</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>442</v>
       </c>
       <c r="E218" s="3">
         <v>496.18</v>
       </c>
       <c r="F218" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G218" s="3">
-        <v>506.54</v>
+        <v>499.82</v>
       </c>
       <c r="H218" s="4">
         <v>291.27</v>
       </c>
       <c r="I218" s="1"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="10" t="s">
         <v>443</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>444</v>
       </c>
       <c r="E219" s="3">
         <v>440.96</v>
       </c>
       <c r="F219" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G219" s="3">
-        <v>440.46</v>
+        <v>431.39</v>
       </c>
       <c r="H219" s="4">
         <v>248.17</v>
       </c>
       <c r="I219" s="1"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>445</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>446</v>
       </c>
       <c r="E220" s="3">
         <v>479.26</v>
       </c>
       <c r="F220" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G220" s="3">
-        <v>467.72</v>
+        <v>414.59</v>
       </c>
       <c r="H220" s="4">
-        <v>440.43</v>
+        <v>442.21</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="10" t="s">
@@ -11710,136 +11710,136 @@
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>449</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E222" s="3">
         <v>296.28</v>
       </c>
       <c r="F222" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G222" s="3">
-        <v>288.01</v>
+        <v>301.61</v>
       </c>
       <c r="H222" s="4">
-        <v>166.63</v>
+        <v>168.41</v>
       </c>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>451</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>452</v>
       </c>
       <c r="E223" s="3">
         <v>1775.8</v>
       </c>
       <c r="F223" s="3">
         <v>31</v>
       </c>
       <c r="G223" s="3">
-        <v>1772.27</v>
+        <v>1772.84</v>
       </c>
       <c r="H223" s="4">
-        <v>797.57</v>
+        <v>801.12</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>453</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>454</v>
       </c>
       <c r="E224" s="3">
         <v>985.67</v>
       </c>
       <c r="F224" s="3">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G224" s="3">
-        <v>941.35</v>
+        <v>900.14</v>
       </c>
       <c r="H224" s="4">
         <v>380.57</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
@@ -11915,57 +11915,57 @@
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>459</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>460</v>
       </c>
       <c r="E227" s="3">
         <v>575.24</v>
       </c>
       <c r="F227" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G227" s="3">
-        <v>631.88</v>
+        <v>637.66</v>
       </c>
       <c r="H227" s="4">
-        <v>257.61</v>
+        <v>259.36</v>
       </c>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="10" t="s">
@@ -11997,218 +11997,218 @@
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>463</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>464</v>
       </c>
       <c r="E229" s="3">
         <v>300.7</v>
       </c>
       <c r="F229" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G229" s="3">
-        <v>316.54</v>
+        <v>295.46</v>
       </c>
       <c r="H229" s="4">
         <v>221.22</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C230" s="10" t="s">
         <v>465</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>466</v>
       </c>
       <c r="E230" s="3">
         <v>940.17</v>
       </c>
       <c r="F230" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G230" s="3">
-        <v>889.34</v>
+        <v>880.55</v>
       </c>
       <c r="H230" s="4">
         <v>191.05</v>
       </c>
       <c r="I230" s="1"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C231" s="10" t="s">
         <v>467</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>468</v>
       </c>
       <c r="E231" s="3">
         <v>415</v>
       </c>
       <c r="F231" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G231" s="3">
-        <v>396.95</v>
+        <v>169.75</v>
       </c>
       <c r="H231" s="4">
-        <v>184.06</v>
+        <v>187.56</v>
       </c>
       <c r="I231" s="1"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C232" s="10" t="s">
         <v>469</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>470</v>
       </c>
       <c r="E232" s="3">
         <v>191.14</v>
       </c>
       <c r="F232" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G232" s="3">
-        <v>193.29</v>
+        <v>26.78</v>
       </c>
       <c r="H232" s="4">
         <v>122.25</v>
       </c>
       <c r="I232" s="1"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>471</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>472</v>
       </c>
       <c r="E233" s="3">
         <v>293.28</v>
       </c>
       <c r="F233" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G233" s="3">
-        <v>280.9</v>
+        <v>296.74</v>
       </c>
       <c r="H233" s="4">
         <v>171.83</v>
       </c>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
@@ -12615,174 +12615,174 @@
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="10" t="s">
         <v>493</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>494</v>
       </c>
       <c r="E244" s="3">
         <v>520.16</v>
       </c>
       <c r="F244" s="3">
         <v>20</v>
       </c>
       <c r="G244" s="3">
-        <v>549.43</v>
+        <v>583.43</v>
       </c>
       <c r="H244" s="4">
         <v>506.77</v>
       </c>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C245" s="10" t="s">
         <v>495</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>496</v>
       </c>
       <c r="E245" s="3">
         <v>180.12</v>
       </c>
       <c r="F245" s="3">
         <v>5</v>
       </c>
       <c r="G245" s="3">
-        <v>176.22</v>
+        <v>181.81</v>
       </c>
       <c r="H245" s="4">
         <v>59.9</v>
       </c>
       <c r="I245" s="1"/>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>497</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>498</v>
       </c>
       <c r="E246" s="3">
         <v>1764.97</v>
       </c>
       <c r="F246" s="3">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G246" s="3">
-        <v>1771.94</v>
+        <v>1771.01</v>
       </c>
       <c r="H246" s="4">
         <v>1666.67</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="10" t="s">
         <v>499</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>500</v>
       </c>
       <c r="E247" s="3">
         <v>1885.38</v>
       </c>
       <c r="F247" s="3">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G247" s="3">
-        <v>1949.66</v>
+        <v>2029.72</v>
       </c>
       <c r="H247" s="4">
         <v>1790.36</v>
       </c>
       <c r="I247" s="1"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
@@ -12817,136 +12817,136 @@
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="10" t="s">
         <v>503</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E249" s="3">
         <v>616.11</v>
       </c>
       <c r="F249" s="3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G249" s="3">
-        <v>841.35</v>
+        <v>830.18</v>
       </c>
       <c r="H249" s="4">
         <v>574.74</v>
       </c>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C250" s="10" t="s">
         <v>505</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>506</v>
       </c>
       <c r="E250" s="3">
         <v>744.73</v>
       </c>
       <c r="F250" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G250" s="3">
-        <v>686.99</v>
+        <v>744.54</v>
       </c>
       <c r="H250" s="4">
         <v>284.56</v>
       </c>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C251" s="10" t="s">
         <v>507</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>508</v>
       </c>
       <c r="E251" s="3">
         <v>241.38</v>
       </c>
       <c r="F251" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G251" s="3">
-        <v>204.42</v>
+        <v>199.41</v>
       </c>
       <c r="H251" s="4">
         <v>90.69</v>
       </c>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
@@ -12981,98 +12981,98 @@
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C253" s="10" t="s">
         <v>511</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>512</v>
       </c>
       <c r="E253" s="3">
         <v>849.21</v>
       </c>
       <c r="F253" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G253" s="3">
-        <v>840.46</v>
+        <v>836.66</v>
       </c>
       <c r="H253" s="4">
         <v>601.23</v>
       </c>
       <c r="I253" s="1"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C254" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E254" s="3">
         <v>468.31</v>
       </c>
       <c r="F254" s="3">
         <v>9</v>
       </c>
       <c r="G254" s="3">
         <v>473.75</v>
       </c>
       <c r="H254" s="4">
-        <v>249.85</v>
+        <v>250.73</v>
       </c>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C255" s="10" t="s">
@@ -13145,57 +13145,57 @@
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C257" s="10" t="s">
         <v>519</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>520</v>
       </c>
       <c r="E257" s="3">
         <v>739.64</v>
       </c>
       <c r="F257" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G257" s="3">
-        <v>734.57</v>
+        <v>698.07</v>
       </c>
       <c r="H257" s="4">
-        <v>370.93</v>
+        <v>371.51</v>
       </c>
       <c r="I257" s="1"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C258" s="10" t="s">
@@ -13227,136 +13227,136 @@
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C259" s="10" t="s">
         <v>523</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>524</v>
       </c>
       <c r="E259" s="3">
         <v>580.19</v>
       </c>
       <c r="F259" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G259" s="3">
-        <v>579.3</v>
+        <v>573.81</v>
       </c>
       <c r="H259" s="4">
         <v>89.33</v>
       </c>
       <c r="I259" s="1"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
       <c r="N259" s="1"/>
       <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>525</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>526</v>
       </c>
       <c r="E260" s="3">
         <v>725.42</v>
       </c>
       <c r="F260" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G260" s="3">
-        <v>726.59</v>
+        <v>707.73</v>
       </c>
       <c r="H260" s="4">
         <v>302.7</v>
       </c>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C261" s="10" t="s">
         <v>527</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>528</v>
       </c>
       <c r="E261" s="3">
         <v>525.64</v>
       </c>
       <c r="F261" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G261" s="3">
-        <v>519.02</v>
+        <v>508.51</v>
       </c>
       <c r="H261" s="4">
         <v>318.7</v>
       </c>
       <c r="I261" s="1"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
@@ -13397,51 +13397,51 @@
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C263" s="10" t="s">
         <v>531</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>532</v>
       </c>
       <c r="E263" s="3">
         <v>326.89</v>
       </c>
       <c r="F263" s="3">
         <v>10</v>
       </c>
       <c r="G263" s="3">
         <v>314.54</v>
       </c>
       <c r="H263" s="4">
-        <v>158.12</v>
+        <v>159.16</v>
       </c>
       <c r="I263" s="1"/>
       <c r="J263" s="1"/>
       <c r="K263" s="1"/>
       <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C264" s="10" t="s">
@@ -13555,54 +13555,54 @@
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>539</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>540</v>
       </c>
       <c r="E267" s="3">
         <v>488.35</v>
       </c>
       <c r="F267" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G267" s="3">
-        <v>462.07</v>
+        <v>453.24</v>
       </c>
       <c r="H267" s="4">
         <v>228.3</v>
       </c>
       <c r="I267" s="1"/>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
@@ -13678,54 +13678,54 @@
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C270" s="10" t="s">
         <v>545</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>546</v>
       </c>
       <c r="E270" s="3">
         <v>1693.56</v>
       </c>
       <c r="F270" s="3">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G270" s="3">
-        <v>1648.03</v>
+        <v>1513.21</v>
       </c>
       <c r="H270" s="4">
         <v>1214.47</v>
       </c>
       <c r="I270" s="1"/>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
@@ -13760,54 +13760,54 @@
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C272" s="10" t="s">
         <v>549</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E272" s="3">
         <v>704.23</v>
       </c>
       <c r="F272" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G272" s="3">
-        <v>701.47</v>
+        <v>696.72</v>
       </c>
       <c r="H272" s="4">
         <v>332.54</v>
       </c>
       <c r="I272" s="1"/>
       <c r="J272" s="1"/>
       <c r="K272" s="1"/>
       <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
       <c r="O272" s="1"/>
       <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1"/>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
@@ -13968,174 +13968,174 @@
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C277" s="10" t="s">
         <v>559</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>560</v>
       </c>
       <c r="E277" s="3">
         <v>485.38</v>
       </c>
       <c r="F277" s="3">
         <v>15</v>
       </c>
       <c r="G277" s="3">
-        <v>507.08</v>
+        <v>573.44</v>
       </c>
       <c r="H277" s="4">
         <v>403.5</v>
       </c>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C278" s="10" t="s">
         <v>561</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E278" s="3">
         <v>510.22</v>
       </c>
       <c r="F278" s="3">
         <v>21</v>
       </c>
       <c r="G278" s="3">
-        <v>497.65</v>
+        <v>498.75</v>
       </c>
       <c r="H278" s="4">
-        <v>265.89</v>
+        <v>272.31</v>
       </c>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C279" s="10" t="s">
         <v>563</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>564</v>
       </c>
       <c r="E279" s="3">
         <v>1535.1</v>
       </c>
       <c r="F279" s="3">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G279" s="3">
-        <v>1511.18</v>
+        <v>1509.79</v>
       </c>
       <c r="H279" s="4">
-        <v>1120.75</v>
+        <v>1124.22</v>
       </c>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C280" s="10" t="s">
         <v>565</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E280" s="3">
         <v>99.56</v>
       </c>
       <c r="F280" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G280" s="3">
-        <v>84.81</v>
+        <v>75.83</v>
       </c>
       <c r="H280" s="4">
         <v>53.61</v>
       </c>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1"/>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
@@ -14170,54 +14170,54 @@
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C282" s="10" t="s">
         <v>569</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>570</v>
       </c>
       <c r="E282" s="3">
         <v>526.17</v>
       </c>
       <c r="F282" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G282" s="3">
-        <v>517.33</v>
+        <v>475.17</v>
       </c>
       <c r="H282" s="4">
         <v>218.72</v>
       </c>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
@@ -14255,51 +14255,51 @@
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="10" t="s">
         <v>573</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E284" s="3">
         <v>528.58</v>
       </c>
       <c r="F284" s="3">
         <v>13</v>
       </c>
       <c r="G284" s="3">
-        <v>519.53</v>
+        <v>694.88</v>
       </c>
       <c r="H284" s="4">
         <v>470.27</v>
       </c>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
@@ -14416,136 +14416,136 @@
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C288" s="10" t="s">
         <v>581</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>582</v>
       </c>
       <c r="E288" s="3">
         <v>477.54</v>
       </c>
       <c r="F288" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G288" s="3">
-        <v>465.27</v>
+        <v>438.65</v>
       </c>
       <c r="H288" s="4">
-        <v>204.27</v>
+        <v>206.05</v>
       </c>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="10" t="s">
         <v>583</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>584</v>
       </c>
       <c r="E289" s="3">
         <v>2527.51</v>
       </c>
       <c r="F289" s="3">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G289" s="3">
-        <v>2562.74</v>
+        <v>2522.59</v>
       </c>
       <c r="H289" s="4">
         <v>1093.6</v>
       </c>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="10" t="s">
         <v>585</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>586</v>
       </c>
       <c r="E290" s="3">
         <v>461.75</v>
       </c>
       <c r="F290" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G290" s="3">
-        <v>477.07</v>
+        <v>452.19</v>
       </c>
       <c r="H290" s="4">
         <v>244.77</v>
       </c>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
@@ -14580,95 +14580,95 @@
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C292" s="10" t="s">
         <v>589</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>590</v>
       </c>
       <c r="E292" s="3">
         <v>576.51</v>
       </c>
       <c r="F292" s="3">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G292" s="3">
-        <v>587.87</v>
+        <v>561.9</v>
       </c>
       <c r="H292" s="4">
         <v>195.47</v>
       </c>
       <c r="I292" s="1"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="10" t="s">
         <v>591</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>592</v>
       </c>
       <c r="E293" s="3">
         <v>622.41</v>
       </c>
       <c r="F293" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G293" s="3">
-        <v>606.93</v>
+        <v>585.42</v>
       </c>
       <c r="H293" s="4">
         <v>338.22</v>
       </c>
       <c r="I293" s="1"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
@@ -14703,139 +14703,139 @@
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C295" s="10" t="s">
         <v>595</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>596</v>
       </c>
       <c r="E295" s="3">
         <v>482.38</v>
       </c>
       <c r="F295" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G295" s="3">
-        <v>490.89</v>
+        <v>461.84</v>
       </c>
       <c r="H295" s="4">
-        <v>250.7</v>
+        <v>252.48</v>
       </c>
       <c r="I295" s="1"/>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>597</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>598</v>
       </c>
       <c r="E296" s="3">
         <v>909.64</v>
       </c>
       <c r="F296" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G296" s="3">
-        <v>906.07</v>
+        <v>812.71</v>
       </c>
       <c r="H296" s="4">
         <v>538.29</v>
       </c>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="10" t="s">
         <v>599</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>600</v>
       </c>
       <c r="E297" s="3">
         <v>909.76</v>
       </c>
       <c r="F297" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G297" s="3">
-        <v>967.43</v>
+        <v>852.77</v>
       </c>
       <c r="H297" s="4">
-        <v>426.71</v>
+        <v>427.6</v>
       </c>
       <c r="I297" s="1"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C298" s="10" t="s">
@@ -14867,95 +14867,95 @@
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="10" t="s">
         <v>603</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>604</v>
       </c>
       <c r="E299" s="3">
         <v>321.78</v>
       </c>
       <c r="F299" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G299" s="3">
-        <v>319.7</v>
+        <v>315.49</v>
       </c>
       <c r="H299" s="4">
         <v>142.98</v>
       </c>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C300" s="10" t="s">
         <v>605</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>606</v>
       </c>
       <c r="E300" s="3">
         <v>564.56</v>
       </c>
       <c r="F300" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G300" s="3">
-        <v>539.25</v>
+        <v>519.98</v>
       </c>
       <c r="H300" s="4">
         <v>312.62</v>
       </c>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
@@ -15113,136 +15113,136 @@
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="10" t="s">
         <v>615</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>616</v>
       </c>
       <c r="E305" s="3">
         <v>1059.63</v>
       </c>
       <c r="F305" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G305" s="3">
-        <v>1054.24</v>
+        <v>1016.08</v>
       </c>
       <c r="H305" s="4">
         <v>440.62</v>
       </c>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1"/>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="10" t="s">
         <v>617</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>618</v>
       </c>
       <c r="E306" s="3">
         <v>423.73</v>
       </c>
       <c r="F306" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G306" s="3">
-        <v>392.16</v>
+        <v>388.38</v>
       </c>
       <c r="H306" s="4">
         <v>359.62</v>
       </c>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="10" t="s">
         <v>619</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E307" s="3">
         <v>1054.46</v>
       </c>
       <c r="F307" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G307" s="3">
-        <v>1048.6</v>
+        <v>1033.78</v>
       </c>
       <c r="H307" s="4">
         <v>844.59</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
@@ -15441,136 +15441,136 @@
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C313" s="10" t="s">
         <v>631</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>632</v>
       </c>
       <c r="E313" s="3">
         <v>185.28</v>
       </c>
       <c r="F313" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G313" s="3">
         <v>177.8</v>
       </c>
       <c r="H313" s="4">
         <v>159.91</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>633</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>634</v>
       </c>
       <c r="E314" s="3">
         <v>420.74</v>
       </c>
       <c r="F314" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G314" s="3">
-        <v>478.67</v>
+        <v>467.44</v>
       </c>
       <c r="H314" s="4">
         <v>404.79</v>
       </c>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="10" t="s">
         <v>635</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>636</v>
       </c>
       <c r="E315" s="3">
         <v>439.11</v>
       </c>
       <c r="F315" s="3">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G315" s="3">
-        <v>578.79</v>
+        <v>570.2</v>
       </c>
       <c r="H315" s="4">
         <v>407.95</v>
       </c>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
@@ -15687,95 +15687,95 @@
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>643</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>644</v>
       </c>
       <c r="E319" s="3">
         <v>444.27</v>
       </c>
       <c r="F319" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G319" s="3">
-        <v>448.82</v>
+        <v>430.35</v>
       </c>
       <c r="H319" s="4">
-        <v>234.14</v>
+        <v>235.92</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C320" s="10" t="s">
         <v>645</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>646</v>
       </c>
       <c r="E320" s="3">
         <v>821.73</v>
       </c>
       <c r="F320" s="3">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G320" s="3">
-        <v>826.74</v>
+        <v>749.11</v>
       </c>
       <c r="H320" s="4">
         <v>586.4</v>
       </c>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
@@ -15810,54 +15810,54 @@
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="10" t="s">
         <v>649</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>650</v>
       </c>
       <c r="E322" s="3">
         <v>688.35</v>
       </c>
       <c r="F322" s="3">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G322" s="3">
-        <v>686.62</v>
+        <v>664.73</v>
       </c>
       <c r="H322" s="4">
         <v>409.74</v>
       </c>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
@@ -15892,98 +15892,98 @@
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C324" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>654</v>
       </c>
       <c r="E324" s="3">
         <v>906.99</v>
       </c>
       <c r="F324" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G324" s="3">
-        <v>901.99</v>
+        <v>880.1</v>
       </c>
       <c r="H324" s="4">
         <v>581.75</v>
       </c>
       <c r="I324" s="1"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>655</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>656</v>
       </c>
       <c r="E325" s="3">
         <v>835.55</v>
       </c>
       <c r="F325" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G325" s="3">
-        <v>819.47</v>
+        <v>813.76</v>
       </c>
       <c r="H325" s="4">
-        <v>479.84</v>
+        <v>480.73</v>
       </c>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C326" s="10" t="s">
@@ -16056,136 +16056,136 @@
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="10" t="s">
         <v>661</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E328" s="3">
         <v>491.65</v>
       </c>
       <c r="F328" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G328" s="3">
-        <v>400.03</v>
+        <v>380.56</v>
       </c>
       <c r="H328" s="4">
         <v>170.58</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="10" t="s">
         <v>663</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>664</v>
       </c>
       <c r="E329" s="3">
         <v>850.86</v>
       </c>
       <c r="F329" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G329" s="3">
-        <v>842.89</v>
+        <v>836.07</v>
       </c>
       <c r="H329" s="4">
         <v>423.09</v>
       </c>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="10" t="s">
         <v>665</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>666</v>
       </c>
       <c r="E330" s="3">
         <v>990.25</v>
       </c>
       <c r="F330" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G330" s="3">
-        <v>909.84</v>
+        <v>894.71</v>
       </c>
       <c r="H330" s="4">
         <v>253.11</v>
       </c>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
@@ -16261,177 +16261,177 @@
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="10" t="s">
         <v>671</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>672</v>
       </c>
       <c r="E333" s="3">
         <v>344.1</v>
       </c>
       <c r="F333" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G333" s="3">
-        <v>346.62</v>
+        <v>309.67</v>
       </c>
       <c r="H333" s="4">
         <v>176.8</v>
       </c>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>673</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>674</v>
       </c>
       <c r="E334" s="3">
         <v>906.42</v>
       </c>
       <c r="F334" s="3">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G334" s="3">
-        <v>894.71</v>
+        <v>866.56</v>
       </c>
       <c r="H334" s="4">
-        <v>661.45</v>
+        <v>664.95</v>
       </c>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>675</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>676</v>
       </c>
       <c r="E335" s="3">
         <v>204.43</v>
       </c>
       <c r="F335" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G335" s="3">
-        <v>200.31</v>
+        <v>186.83</v>
       </c>
       <c r="H335" s="4">
         <v>133.69</v>
       </c>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E336" s="3">
         <v>317.15</v>
       </c>
       <c r="F336" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G336" s="3">
-        <v>315.19</v>
+        <v>314.3</v>
       </c>
       <c r="H336" s="4">
         <v>131.45</v>
       </c>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
@@ -16466,95 +16466,95 @@
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="10" t="s">
         <v>681</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>682</v>
       </c>
       <c r="E338" s="3">
         <v>306.15</v>
       </c>
       <c r="F338" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G338" s="3">
-        <v>290.3</v>
+        <v>253.62</v>
       </c>
       <c r="H338" s="4">
         <v>27.93</v>
       </c>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>683</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>684</v>
       </c>
       <c r="E339" s="3">
         <v>133.17</v>
       </c>
       <c r="F339" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G339" s="3">
-        <v>98.78</v>
+        <v>96.84</v>
       </c>
       <c r="H339" s="4">
         <v>140.1</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
@@ -16712,95 +16712,95 @@
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="10" t="s">
         <v>693</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>694</v>
       </c>
       <c r="E344" s="3">
         <v>468.19</v>
       </c>
       <c r="F344" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G344" s="3">
-        <v>449.15</v>
+        <v>445.15</v>
       </c>
       <c r="H344" s="4">
-        <v>192.42</v>
+        <v>193.28</v>
       </c>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="10" t="s">
         <v>695</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>696</v>
       </c>
       <c r="E345" s="3">
         <v>467.56</v>
       </c>
       <c r="F345" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G345" s="3">
-        <v>466.66</v>
+        <v>456.67</v>
       </c>
       <c r="H345" s="4">
         <v>192.41</v>
       </c>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
@@ -16876,98 +16876,98 @@
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="10" t="s">
         <v>701</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>702</v>
       </c>
       <c r="E348" s="3">
         <v>1076.58</v>
       </c>
       <c r="F348" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G348" s="3">
-        <v>1068.64</v>
+        <v>1065.16</v>
       </c>
       <c r="H348" s="4">
         <v>869.05</v>
       </c>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1"/>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="10" t="s">
         <v>703</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>704</v>
       </c>
       <c r="E349" s="3">
         <v>1206.98</v>
       </c>
       <c r="F349" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G349" s="3">
-        <v>1191.52</v>
+        <v>1157.68</v>
       </c>
       <c r="H349" s="4">
-        <v>851.77</v>
+        <v>852.95</v>
       </c>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="10" t="s">
@@ -16999,54 +16999,54 @@
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="10" t="s">
         <v>707</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>708</v>
       </c>
       <c r="E351" s="3">
         <v>60.23</v>
       </c>
       <c r="F351" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G351" s="3">
-        <v>49.56</v>
+        <v>39.56</v>
       </c>
       <c r="H351" s="4">
         <v>51.51</v>
       </c>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
@@ -17163,54 +17163,54 @@
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="10" t="s">
         <v>715</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>716</v>
       </c>
       <c r="E355" s="3">
         <v>0</v>
       </c>
       <c r="F355" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G355" s="3">
-        <v>155.06</v>
+        <v>151.77</v>
       </c>
       <c r="H355" s="4">
         <v>82.53</v>
       </c>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
@@ -17571,92 +17571,92 @@
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="10" t="s">
         <v>734</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E365" s="3">
         <v>0</v>
       </c>
       <c r="F365" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G365" s="3">
-        <v>30.39</v>
+        <v>27.35</v>
       </c>
       <c r="H365" s="4">
         <v>25.81</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="7" t="s">
         <v>736</v>
       </c>
       <c r="B366" s="7"/>
       <c r="C366" s="11"/>
       <c r="D366" s="7"/>
       <c r="E366" s="7">
         <v>193648.93</v>
       </c>
       <c r="F366" s="7">
         <v>0</v>
       </c>
       <c r="G366" s="7">
-        <v>196263.57</v>
+        <v>191132.57</v>
       </c>
       <c r="H366" s="8">
-        <v>119574.73</v>
+        <v>119717.92</v>
       </c>
       <c r="I366" s="1"/>
       <c r="J366" s="1"/>
       <c r="K366" s="1"/>
       <c r="L366" s="1"/>
       <c r="M366" s="1"/>
       <c r="N366" s="1"/>
       <c r="O366" s="1"/>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A366:D366"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>