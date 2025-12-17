--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -3587,95 +3587,95 @@
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="3">
         <v>613.39</v>
       </c>
       <c r="F11" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G11" s="3">
-        <v>643.51</v>
+        <v>621.95</v>
       </c>
       <c r="H11" s="4">
         <v>399.96</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="3">
         <v>566.48</v>
       </c>
       <c r="F12" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G12" s="3">
-        <v>583.5</v>
+        <v>566.42</v>
       </c>
       <c r="H12" s="4">
         <v>397.43</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
@@ -4120,54 +4120,54 @@
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E24" s="3">
         <v>807.68</v>
       </c>
       <c r="F24" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G24" s="3">
-        <v>737.99</v>
+        <v>722.99</v>
       </c>
       <c r="H24" s="4">
         <v>217.84</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
@@ -4205,51 +4205,51 @@
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>59</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="3">
         <v>123.11</v>
       </c>
       <c r="F26" s="3">
         <v>2</v>
       </c>
       <c r="G26" s="3">
-        <v>43.33</v>
+        <v>104.75</v>
       </c>
       <c r="H26" s="4">
         <v>65.36</v>
       </c>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
@@ -4287,92 +4287,92 @@
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>63</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E28" s="3">
         <v>91.97</v>
       </c>
       <c r="F28" s="3">
         <v>3</v>
       </c>
       <c r="G28" s="3">
-        <v>59.54</v>
+        <v>104.45</v>
       </c>
       <c r="H28" s="4">
         <v>46.04</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>65</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E29" s="3">
         <v>117.73</v>
       </c>
       <c r="F29" s="3">
         <v>4</v>
       </c>
       <c r="G29" s="3">
-        <v>45</v>
+        <v>86.78</v>
       </c>
       <c r="H29" s="4">
         <v>53.05</v>
       </c>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
@@ -4492,51 +4492,51 @@
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>73</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E33" s="3">
         <v>212.19</v>
       </c>
       <c r="F33" s="3">
         <v>3</v>
       </c>
       <c r="G33" s="3">
-        <v>221.67</v>
+        <v>392.32</v>
       </c>
       <c r="H33" s="4">
         <v>170.65</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
@@ -4858,54 +4858,54 @@
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>91</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E42" s="3">
         <v>339.93</v>
       </c>
       <c r="F42" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G42" s="3">
-        <v>292.76</v>
+        <v>269.25</v>
       </c>
       <c r="H42" s="4">
         <v>240.13</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
@@ -4940,95 +4940,95 @@
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>95</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E44" s="3">
         <v>148.34</v>
       </c>
       <c r="F44" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G44" s="3">
-        <v>135.9</v>
+        <v>128.5</v>
       </c>
       <c r="H44" s="4">
         <v>18.38</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>97</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E45" s="3">
         <v>188.14</v>
       </c>
       <c r="F45" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G45" s="3">
-        <v>162.41</v>
+        <v>157.05</v>
       </c>
       <c r="H45" s="4">
         <v>27.84</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
@@ -5145,136 +5145,136 @@
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>105</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E49" s="3">
         <v>368.86</v>
       </c>
       <c r="F49" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G49" s="3">
-        <v>352.28</v>
+        <v>340.23</v>
       </c>
       <c r="H49" s="4">
         <v>27.05</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>108</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>109</v>
       </c>
       <c r="E50" s="3">
         <v>0</v>
       </c>
       <c r="F50" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G50" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H50" s="4">
         <v>5.64</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>110</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>111</v>
       </c>
       <c r="E51" s="3">
         <v>295.85</v>
       </c>
       <c r="F51" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G51" s="3">
-        <v>255.34</v>
+        <v>251.87</v>
       </c>
       <c r="H51" s="4">
         <v>5.06</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
@@ -5309,136 +5309,136 @@
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>114</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E53" s="3">
         <v>705.57</v>
       </c>
       <c r="F53" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G53" s="3">
-        <v>693.47</v>
+        <v>8.68</v>
       </c>
       <c r="H53" s="4">
         <v>368.17</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>117</v>
       </c>
       <c r="E54" s="3">
         <v>610.28</v>
       </c>
       <c r="F54" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G54" s="3">
-        <v>585.64</v>
+        <v>579.52</v>
       </c>
       <c r="H54" s="4">
         <v>349.55</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>119</v>
       </c>
       <c r="E55" s="3">
         <v>858.49</v>
       </c>
       <c r="F55" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G55" s="3">
-        <v>740.66</v>
+        <v>715.66</v>
       </c>
       <c r="H55" s="4">
         <v>466.95</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
@@ -5678,95 +5678,95 @@
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>132</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>133</v>
       </c>
       <c r="E62" s="3">
         <v>2394.79</v>
       </c>
       <c r="F62" s="3">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G62" s="3">
-        <v>2091.26</v>
+        <v>2067.65</v>
       </c>
       <c r="H62" s="4">
         <v>665.79</v>
       </c>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>135</v>
       </c>
       <c r="E63" s="3">
         <v>230.73</v>
       </c>
       <c r="F63" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G63" s="3">
-        <v>219.33</v>
+        <v>215.95</v>
       </c>
       <c r="H63" s="4">
         <v>83.92</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
@@ -5804,133 +5804,133 @@
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>139</v>
       </c>
       <c r="E65" s="3">
         <v>2125.19</v>
       </c>
       <c r="F65" s="3">
         <v>4</v>
       </c>
       <c r="G65" s="3">
-        <v>709.68</v>
+        <v>2363.81</v>
       </c>
       <c r="H65" s="4">
         <v>1795.4</v>
       </c>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>140</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>141</v>
       </c>
       <c r="E66" s="3">
         <v>8823.99</v>
       </c>
       <c r="F66" s="3">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G66" s="3">
-        <v>8225.67</v>
+        <v>8214.91</v>
       </c>
       <c r="H66" s="4">
         <v>34.41</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>142</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>143</v>
       </c>
       <c r="E67" s="3">
         <v>7379.87</v>
       </c>
       <c r="F67" s="3">
         <v>6</v>
       </c>
       <c r="G67" s="3">
-        <v>6767.28</v>
+        <v>6767.13</v>
       </c>
       <c r="H67" s="4">
         <v>721.33</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
@@ -6250,54 +6250,54 @@
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>159</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>160</v>
       </c>
       <c r="E76" s="3">
         <v>98.86</v>
       </c>
       <c r="F76" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G76" s="3">
-        <v>6.74</v>
+        <v>6.51</v>
       </c>
       <c r="H76" s="4">
         <v>104.88</v>
       </c>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
@@ -6991,51 +6991,51 @@
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E94" s="3">
         <v>19.72</v>
       </c>
       <c r="F94" s="3">
         <v>2</v>
       </c>
       <c r="G94" s="3">
-        <v>18.78</v>
+        <v>36.52</v>
       </c>
       <c r="H94" s="4">
         <v>18.7</v>
       </c>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
@@ -7073,51 +7073,51 @@
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>199</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>200</v>
       </c>
       <c r="E96" s="3">
         <v>5.7</v>
       </c>
       <c r="F96" s="3">
         <v>1</v>
       </c>
       <c r="G96" s="3">
-        <v>0.35</v>
+        <v>5.48</v>
       </c>
       <c r="H96" s="4">
         <v>5.48</v>
       </c>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
@@ -7155,51 +7155,51 @@
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>203</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>204</v>
       </c>
       <c r="E98" s="3">
         <v>384.26</v>
       </c>
       <c r="F98" s="3">
         <v>4</v>
       </c>
       <c r="G98" s="3">
-        <v>377.71</v>
+        <v>616.14</v>
       </c>
       <c r="H98" s="4">
         <v>249.15</v>
       </c>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
@@ -7234,54 +7234,54 @@
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>207</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E100" s="3">
         <v>89.15</v>
       </c>
       <c r="F100" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G100" s="3">
-        <v>39.48</v>
+        <v>39.15</v>
       </c>
       <c r="H100" s="4">
         <v>42.26</v>
       </c>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
@@ -7319,133 +7319,133 @@
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>211</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>212</v>
       </c>
       <c r="E102" s="3">
         <v>768.51</v>
       </c>
       <c r="F102" s="3">
         <v>5</v>
       </c>
       <c r="G102" s="3">
-        <v>765.89</v>
+        <v>980.36</v>
       </c>
       <c r="H102" s="4">
         <v>698.32</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E103" s="3">
         <v>347.93</v>
       </c>
       <c r="F103" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G103" s="3">
-        <v>314.56</v>
+        <v>292.2</v>
       </c>
       <c r="H103" s="4">
         <v>210.24</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>215</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E104" s="3">
         <v>111.08</v>
       </c>
       <c r="F104" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G104" s="3">
-        <v>112.82</v>
+        <v>100.46</v>
       </c>
       <c r="H104" s="4">
         <v>40.72</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
@@ -7562,54 +7562,54 @@
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>223</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>224</v>
       </c>
       <c r="E108" s="3">
         <v>148.87</v>
       </c>
       <c r="F108" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G108" s="3">
-        <v>112.14</v>
+        <v>101.87</v>
       </c>
       <c r="H108" s="4">
         <v>71.45</v>
       </c>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
@@ -7647,51 +7647,51 @@
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>227</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>228</v>
       </c>
       <c r="E110" s="3">
         <v>716.55</v>
       </c>
       <c r="F110" s="3">
         <v>3</v>
       </c>
       <c r="G110" s="3">
-        <v>729.31</v>
+        <v>754.84</v>
       </c>
       <c r="H110" s="4">
         <v>429.1</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
@@ -7729,92 +7729,92 @@
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>231</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E112" s="3">
         <v>301.04</v>
       </c>
       <c r="F112" s="3">
         <v>3</v>
       </c>
       <c r="G112" s="3">
-        <v>284.76</v>
+        <v>312.26</v>
       </c>
       <c r="H112" s="4">
         <v>234.97</v>
       </c>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>233</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>234</v>
       </c>
       <c r="E113" s="3">
         <v>1182.41</v>
       </c>
       <c r="F113" s="3">
         <v>3</v>
       </c>
       <c r="G113" s="3">
-        <v>513.41</v>
+        <v>1352.71</v>
       </c>
       <c r="H113" s="4">
         <v>990.59</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
@@ -7852,174 +7852,174 @@
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E115" s="3">
         <v>442.66</v>
       </c>
       <c r="F115" s="3">
         <v>3</v>
       </c>
       <c r="G115" s="3">
-        <v>244.12</v>
+        <v>555.5</v>
       </c>
       <c r="H115" s="4">
         <v>369.27</v>
       </c>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>239</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E116" s="3">
         <v>656.45</v>
       </c>
       <c r="F116" s="3">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="G116" s="3">
-        <v>516.45</v>
+        <v>509.76</v>
       </c>
       <c r="H116" s="4">
         <v>74.94</v>
       </c>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>241</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>242</v>
       </c>
       <c r="E117" s="3">
         <v>1513.58</v>
       </c>
       <c r="F117" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G117" s="3">
-        <v>1458.51</v>
+        <v>8.4</v>
       </c>
       <c r="H117" s="4">
         <v>1002.59</v>
       </c>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E118" s="3">
         <v>1054.98</v>
       </c>
       <c r="F118" s="3">
         <v>4</v>
       </c>
       <c r="G118" s="3">
-        <v>1050.18</v>
+        <v>1062.82</v>
       </c>
       <c r="H118" s="4">
         <v>519.53</v>
       </c>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
@@ -8095,54 +8095,54 @@
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>249</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>250</v>
       </c>
       <c r="E121" s="3">
         <v>17368.24</v>
       </c>
       <c r="F121" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G121" s="3">
-        <v>15906.01</v>
+        <v>15905.62</v>
       </c>
       <c r="H121" s="4">
         <v>24.91</v>
       </c>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
@@ -8259,54 +8259,54 @@
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>257</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>258</v>
       </c>
       <c r="E125" s="3">
         <v>1047.38</v>
       </c>
       <c r="F125" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G125" s="3">
-        <v>1017.58</v>
+        <v>995.09</v>
       </c>
       <c r="H125" s="4">
         <v>464.86</v>
       </c>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
@@ -8708,54 +8708,54 @@
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E136" s="3">
         <v>386.83</v>
       </c>
       <c r="F136" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G136" s="3">
-        <v>350.13</v>
+        <v>337.86</v>
       </c>
       <c r="H136" s="4">
         <v>27</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
@@ -8916,51 +8916,51 @@
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>288</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E141" s="3">
         <v>98.99</v>
       </c>
       <c r="F141" s="3">
         <v>4</v>
       </c>
       <c r="G141" s="3">
-        <v>84.94</v>
+        <v>111.63</v>
       </c>
       <c r="H141" s="4">
         <v>64.07</v>
       </c>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
@@ -8998,51 +8998,51 @@
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>292</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>293</v>
       </c>
       <c r="E143" s="3">
         <v>27.54</v>
       </c>
       <c r="F143" s="3">
         <v>2</v>
       </c>
       <c r="G143" s="3">
-        <v>23.46</v>
+        <v>44.91</v>
       </c>
       <c r="H143" s="4">
         <v>22.8</v>
       </c>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
@@ -9200,136 +9200,136 @@
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>302</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>303</v>
       </c>
       <c r="E148" s="3">
         <v>267.54</v>
       </c>
       <c r="F148" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G148" s="3">
-        <v>247.06</v>
+        <v>235.17</v>
       </c>
       <c r="H148" s="4">
         <v>117.23</v>
       </c>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>304</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>305</v>
       </c>
       <c r="E149" s="3">
         <v>271.14</v>
       </c>
       <c r="F149" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G149" s="3">
-        <v>245.76</v>
+        <v>233.53</v>
       </c>
       <c r="H149" s="4">
         <v>85.37</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>306</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>307</v>
       </c>
       <c r="E150" s="3">
         <v>1660.67</v>
       </c>
       <c r="F150" s="3">
         <v>5</v>
       </c>
       <c r="G150" s="3">
-        <v>403.04</v>
+        <v>1846.54</v>
       </c>
       <c r="H150" s="4">
         <v>1521.5</v>
       </c>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
@@ -9408,92 +9408,92 @@
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>312</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>313</v>
       </c>
       <c r="E153" s="3">
         <v>2098.08</v>
       </c>
       <c r="F153" s="3">
         <v>2</v>
       </c>
       <c r="G153" s="3">
-        <v>2052.39</v>
+        <v>3222.38</v>
       </c>
       <c r="H153" s="4">
         <v>1175.59</v>
       </c>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>314</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>315</v>
       </c>
       <c r="E154" s="3">
         <v>194.82</v>
       </c>
       <c r="F154" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G154" s="3">
-        <v>166.55</v>
+        <v>152</v>
       </c>
       <c r="H154" s="4">
         <v>41.56</v>
       </c>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
@@ -9569,54 +9569,54 @@
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>320</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>321</v>
       </c>
       <c r="E157" s="3">
         <v>0</v>
       </c>
       <c r="F157" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G157" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H157" s="4">
         <v>5.64</v>
       </c>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
@@ -9654,51 +9654,51 @@
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>324</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>325</v>
       </c>
       <c r="E159" s="3">
         <v>870.41</v>
       </c>
       <c r="F159" s="3">
         <v>19</v>
       </c>
       <c r="G159" s="3">
-        <v>822.9</v>
+        <v>814.46</v>
       </c>
       <c r="H159" s="4">
         <v>549.79</v>
       </c>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
@@ -9777,51 +9777,51 @@
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>330</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>331</v>
       </c>
       <c r="E162" s="3">
         <v>790.03</v>
       </c>
       <c r="F162" s="3">
         <v>3</v>
       </c>
       <c r="G162" s="3">
-        <v>157.06</v>
+        <v>765.52</v>
       </c>
       <c r="H162" s="4">
         <v>736.63</v>
       </c>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
@@ -9900,92 +9900,92 @@
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>336</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>337</v>
       </c>
       <c r="E165" s="3">
         <v>1424.7</v>
       </c>
       <c r="F165" s="3">
         <v>1</v>
       </c>
       <c r="G165" s="3">
-        <v>1226.24</v>
+        <v>2347.22</v>
       </c>
       <c r="H165" s="4">
         <v>1120.97</v>
       </c>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>338</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>339</v>
       </c>
       <c r="E166" s="3">
         <v>1070.75</v>
       </c>
       <c r="F166" s="3">
         <v>3</v>
       </c>
       <c r="G166" s="3">
-        <v>147.78</v>
+        <v>1087.46</v>
       </c>
       <c r="H166" s="4">
         <v>1057.25</v>
       </c>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
@@ -10143,54 +10143,54 @@
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C171" s="10" t="s">
         <v>348</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>349</v>
       </c>
       <c r="E171" s="3">
         <v>1082.47</v>
       </c>
       <c r="F171" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G171" s="3">
-        <v>1051.56</v>
+        <v>1044.2</v>
       </c>
       <c r="H171" s="4">
         <v>504.19</v>
       </c>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
@@ -10307,54 +10307,54 @@
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>356</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>357</v>
       </c>
       <c r="E175" s="3">
         <v>335.45</v>
       </c>
       <c r="F175" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G175" s="3">
-        <v>285.53</v>
+        <v>272.68</v>
       </c>
       <c r="H175" s="4">
         <v>177.76</v>
       </c>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
@@ -10471,95 +10471,95 @@
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>364</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>365</v>
       </c>
       <c r="E179" s="3">
         <v>647.25</v>
       </c>
       <c r="F179" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G179" s="3">
-        <v>662.75</v>
+        <v>650.31</v>
       </c>
       <c r="H179" s="4">
         <v>429.04</v>
       </c>
       <c r="I179" s="1"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>367</v>
       </c>
       <c r="E180" s="3">
         <v>1681.3</v>
       </c>
       <c r="F180" s="3">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G180" s="3">
-        <v>1600.11</v>
+        <v>1598.63</v>
       </c>
       <c r="H180" s="4">
         <v>1183.27</v>
       </c>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
@@ -10597,174 +10597,174 @@
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>370</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>371</v>
       </c>
       <c r="E182" s="3">
         <v>218.24</v>
       </c>
       <c r="F182" s="3">
         <v>5</v>
       </c>
       <c r="G182" s="3">
-        <v>206.65</v>
+        <v>320.43</v>
       </c>
       <c r="H182" s="4">
         <v>199.12</v>
       </c>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>372</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E183" s="3">
         <v>65.26</v>
       </c>
       <c r="F183" s="3">
         <v>3</v>
       </c>
       <c r="G183" s="3">
-        <v>57.33</v>
+        <v>108.68</v>
       </c>
       <c r="H183" s="4">
         <v>55.23</v>
       </c>
       <c r="I183" s="1"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>374</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>375</v>
       </c>
       <c r="E184" s="3">
         <v>47.07</v>
       </c>
       <c r="F184" s="3">
         <v>3</v>
       </c>
       <c r="G184" s="3">
-        <v>37.19</v>
+        <v>42.69</v>
       </c>
       <c r="H184" s="4">
         <v>30.77</v>
       </c>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C185" s="10" t="s">
         <v>376</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>377</v>
       </c>
       <c r="E185" s="3">
         <v>122.75</v>
       </c>
       <c r="F185" s="3">
         <v>4</v>
       </c>
       <c r="G185" s="3">
-        <v>113.3</v>
+        <v>142.53</v>
       </c>
       <c r="H185" s="4">
         <v>105.36</v>
       </c>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
@@ -10840,54 +10840,54 @@
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C188" s="10" t="s">
         <v>382</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>383</v>
       </c>
       <c r="E188" s="3">
         <v>0</v>
       </c>
       <c r="F188" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G188" s="3">
-        <v>214.5</v>
+        <v>239.04</v>
       </c>
       <c r="H188" s="4">
         <v>209.76</v>
       </c>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
@@ -10966,51 +10966,51 @@
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C191" s="10" t="s">
         <v>388</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>389</v>
       </c>
       <c r="E191" s="3">
         <v>17.13</v>
       </c>
       <c r="F191" s="3">
         <v>2</v>
       </c>
       <c r="G191" s="3">
-        <v>13.56</v>
+        <v>25.66</v>
       </c>
       <c r="H191" s="4">
         <v>13.29</v>
       </c>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
@@ -11048,51 +11048,51 @@
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>392</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>393</v>
       </c>
       <c r="E193" s="3">
         <v>15.46</v>
       </c>
       <c r="F193" s="3">
         <v>2</v>
       </c>
       <c r="G193" s="3">
-        <v>13.38</v>
+        <v>25.61</v>
       </c>
       <c r="H193" s="4">
         <v>13.05</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
@@ -11578,218 +11578,218 @@
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C206" s="10" t="s">
         <v>418</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>419</v>
       </c>
       <c r="E206" s="3">
         <v>1217.59</v>
       </c>
       <c r="F206" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G206" s="3">
-        <v>1222.59</v>
+        <v>1222.2</v>
       </c>
       <c r="H206" s="4">
         <v>596.23</v>
       </c>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C207" s="10" t="s">
         <v>420</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E207" s="3">
         <v>240.06</v>
       </c>
       <c r="F207" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G207" s="3">
-        <v>210.39</v>
+        <v>198.56</v>
       </c>
       <c r="H207" s="4">
         <v>188.06</v>
       </c>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C208" s="10" t="s">
         <v>422</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>423</v>
       </c>
       <c r="E208" s="3">
         <v>417.78</v>
       </c>
       <c r="F208" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G208" s="3">
-        <v>379.67</v>
+        <v>371.87</v>
       </c>
       <c r="H208" s="4">
         <v>274.94</v>
       </c>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>424</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E209" s="3">
         <v>294.72</v>
       </c>
       <c r="F209" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G209" s="3">
-        <v>282.04</v>
+        <v>270.21</v>
       </c>
       <c r="H209" s="4">
         <v>168.04</v>
       </c>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>426</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>427</v>
       </c>
       <c r="E210" s="3">
         <v>112.01</v>
       </c>
       <c r="F210" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G210" s="3">
-        <v>115.6</v>
+        <v>7.77</v>
       </c>
       <c r="H210" s="4">
         <v>70.09</v>
       </c>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
@@ -11868,51 +11868,51 @@
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E213" s="3">
         <v>465.91</v>
       </c>
       <c r="F213" s="3">
         <v>3</v>
       </c>
       <c r="G213" s="3">
-        <v>459.56</v>
+        <v>774.12</v>
       </c>
       <c r="H213" s="4">
         <v>317.57</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
@@ -11947,54 +11947,54 @@
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C215" s="10" t="s">
         <v>436</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>437</v>
       </c>
       <c r="E215" s="3">
         <v>0</v>
       </c>
       <c r="F215" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G215" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H215" s="4">
         <v>5.64</v>
       </c>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
@@ -12152,95 +12152,95 @@
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>446</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>447</v>
       </c>
       <c r="E220" s="3">
         <v>1456.69</v>
       </c>
       <c r="F220" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G220" s="3">
-        <v>1440.76</v>
+        <v>230.25</v>
       </c>
       <c r="H220" s="4">
         <v>962.37</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>448</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>449</v>
       </c>
       <c r="E221" s="3">
         <v>452.96</v>
       </c>
       <c r="F221" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G221" s="3">
-        <v>445.76</v>
+        <v>436.52</v>
       </c>
       <c r="H221" s="4">
         <v>45.06</v>
       </c>
       <c r="I221" s="1"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
@@ -12524,92 +12524,92 @@
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>464</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>465</v>
       </c>
       <c r="E229" s="3">
         <v>244.94</v>
       </c>
       <c r="F229" s="3">
         <v>9</v>
       </c>
       <c r="G229" s="3">
-        <v>252.93</v>
+        <v>393.27</v>
       </c>
       <c r="H229" s="4">
         <v>153.53</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C230" s="10" t="s">
         <v>466</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>467</v>
       </c>
       <c r="E230" s="3">
         <v>318.71</v>
       </c>
       <c r="F230" s="3">
         <v>4</v>
       </c>
       <c r="G230" s="3">
-        <v>305.31</v>
+        <v>369.59</v>
       </c>
       <c r="H230" s="4">
         <v>300.02</v>
       </c>
       <c r="I230" s="1"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
@@ -12688,51 +12688,51 @@
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>472</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>473</v>
       </c>
       <c r="E233" s="3">
         <v>21.6</v>
       </c>
       <c r="F233" s="3">
         <v>3</v>
       </c>
       <c r="G233" s="3">
-        <v>19.16</v>
+        <v>36.09</v>
       </c>
       <c r="H233" s="4">
         <v>18.64</v>
       </c>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
@@ -12770,92 +12770,92 @@
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C235" s="10" t="s">
         <v>476</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>477</v>
       </c>
       <c r="E235" s="3">
         <v>151.73</v>
       </c>
       <c r="F235" s="3">
         <v>2</v>
       </c>
       <c r="G235" s="3">
-        <v>39.99</v>
+        <v>105.67</v>
       </c>
       <c r="H235" s="4">
         <v>68.92</v>
       </c>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C236" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E236" s="3">
         <v>461.01</v>
       </c>
       <c r="F236" s="3">
         <v>5</v>
       </c>
       <c r="G236" s="3">
-        <v>458.6</v>
+        <v>631.07</v>
       </c>
       <c r="H236" s="4">
         <v>412.96</v>
       </c>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
@@ -12893,51 +12893,51 @@
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C238" s="10" t="s">
         <v>482</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>483</v>
       </c>
       <c r="E238" s="3">
         <v>663.63</v>
       </c>
       <c r="F238" s="3">
         <v>3</v>
       </c>
       <c r="G238" s="3">
-        <v>659.12</v>
+        <v>805.85</v>
       </c>
       <c r="H238" s="4">
         <v>596.85</v>
       </c>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
@@ -13221,51 +13221,51 @@
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>498</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E246" s="3">
         <v>865.61</v>
       </c>
       <c r="F246" s="3">
         <v>3</v>
       </c>
       <c r="G246" s="3">
-        <v>566.48</v>
+        <v>900.1</v>
       </c>
       <c r="H246" s="4">
         <v>787.14</v>
       </c>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
@@ -13300,177 +13300,177 @@
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C248" s="10" t="s">
         <v>502</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E248" s="3">
         <v>255.93</v>
       </c>
       <c r="F248" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G248" s="3">
-        <v>177.94</v>
+        <v>183.22</v>
       </c>
       <c r="H248" s="4">
         <v>142.84</v>
       </c>
       <c r="I248" s="1"/>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="10" t="s">
         <v>504</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>505</v>
       </c>
       <c r="E249" s="3">
         <v>608.67</v>
       </c>
       <c r="F249" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G249" s="3">
-        <v>525.42</v>
+        <v>462.72</v>
       </c>
       <c r="H249" s="4">
         <v>350.69</v>
       </c>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C250" s="10" t="s">
         <v>506</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E250" s="3">
         <v>647.04</v>
       </c>
       <c r="F250" s="3">
         <v>10</v>
       </c>
       <c r="G250" s="3">
-        <v>458.42</v>
+        <v>458.44</v>
       </c>
       <c r="H250" s="4">
         <v>177.48</v>
       </c>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C251" s="10" t="s">
         <v>508</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>509</v>
       </c>
       <c r="E251" s="3">
         <v>2347.04</v>
       </c>
       <c r="F251" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G251" s="3">
-        <v>822.83</v>
+        <v>2390.29</v>
       </c>
       <c r="H251" s="4">
         <v>1991.91</v>
       </c>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
@@ -13546,54 +13546,54 @@
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C254" s="10" t="s">
         <v>514</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>515</v>
       </c>
       <c r="E254" s="3">
         <v>710.16</v>
       </c>
       <c r="F254" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G254" s="3">
-        <v>561.92</v>
+        <v>537.47</v>
       </c>
       <c r="H254" s="4">
         <v>360.44</v>
       </c>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
@@ -13669,218 +13669,218 @@
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C257" s="10" t="s">
         <v>520</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>521</v>
       </c>
       <c r="E257" s="3">
         <v>0</v>
       </c>
       <c r="F257" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G257" s="3">
-        <v>6.57</v>
+        <v>6.27</v>
       </c>
       <c r="H257" s="4">
         <v>5.95</v>
       </c>
       <c r="I257" s="1"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C258" s="10" t="s">
         <v>522</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>523</v>
       </c>
       <c r="E258" s="3">
         <v>0</v>
       </c>
       <c r="F258" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G258" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H258" s="4">
         <v>5.64</v>
       </c>
       <c r="I258" s="1"/>
       <c r="J258" s="1"/>
       <c r="K258" s="1"/>
       <c r="L258" s="1"/>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1"/>
       <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C259" s="10" t="s">
         <v>524</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>525</v>
       </c>
       <c r="E259" s="3">
         <v>1531.5</v>
       </c>
       <c r="F259" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G259" s="3">
-        <v>1550.91</v>
+        <v>94.02</v>
       </c>
       <c r="H259" s="4">
         <v>831.64</v>
       </c>
       <c r="I259" s="1"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
       <c r="N259" s="1"/>
       <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>526</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E260" s="3">
         <v>1055.89</v>
       </c>
       <c r="F260" s="3">
         <v>3</v>
       </c>
       <c r="G260" s="3">
-        <v>1050.21</v>
+        <v>1736.26</v>
       </c>
       <c r="H260" s="4">
         <v>695.65</v>
       </c>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C261" s="10" t="s">
         <v>528</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>529</v>
       </c>
       <c r="E261" s="3">
         <v>0</v>
       </c>
       <c r="F261" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G261" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H261" s="4">
         <v>5.64</v>
       </c>
       <c r="I261" s="1"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
@@ -13915,95 +13915,95 @@
       <c r="Q262" s="1"/>
       <c r="R262" s="1"/>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C263" s="10" t="s">
         <v>532</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>533</v>
       </c>
       <c r="E263" s="3">
         <v>954.9</v>
       </c>
       <c r="F263" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G263" s="3">
-        <v>947.12</v>
+        <v>944.22</v>
       </c>
       <c r="H263" s="4">
         <v>524.24</v>
       </c>
       <c r="I263" s="1"/>
       <c r="J263" s="1"/>
       <c r="K263" s="1"/>
       <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C264" s="10" t="s">
         <v>534</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>535</v>
       </c>
       <c r="E264" s="3">
         <v>0</v>
       </c>
       <c r="F264" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G264" s="3">
-        <v>6.6</v>
+        <v>6.27</v>
       </c>
       <c r="H264" s="4">
         <v>5.97</v>
       </c>
       <c r="I264" s="1"/>
       <c r="J264" s="1"/>
       <c r="K264" s="1"/>
       <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
@@ -14120,95 +14120,95 @@
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C268" s="10" t="s">
         <v>542</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>543</v>
       </c>
       <c r="E268" s="3">
         <v>743.37</v>
       </c>
       <c r="F268" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G268" s="3">
-        <v>748.88</v>
+        <v>733.47</v>
       </c>
       <c r="H268" s="4">
         <v>535.47</v>
       </c>
       <c r="I268" s="1"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C269" s="10" t="s">
         <v>544</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E269" s="3">
         <v>1713.48</v>
       </c>
       <c r="F269" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G269" s="3">
-        <v>1303.04</v>
+        <v>1295.69</v>
       </c>
       <c r="H269" s="4">
         <v>152.97</v>
       </c>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
@@ -14243,54 +14243,54 @@
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C271" s="10" t="s">
         <v>548</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>549</v>
       </c>
       <c r="E271" s="3">
         <v>1305.89</v>
       </c>
       <c r="F271" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G271" s="3">
-        <v>1310.09</v>
+        <v>101.82</v>
       </c>
       <c r="H271" s="4">
         <v>823.98</v>
       </c>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
@@ -14366,54 +14366,54 @@
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C274" s="10" t="s">
         <v>554</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E274" s="3">
         <v>2696.35</v>
       </c>
       <c r="F274" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G274" s="3">
-        <v>519.71</v>
+        <v>2696.38</v>
       </c>
       <c r="H274" s="4">
         <v>2492.39</v>
       </c>
       <c r="I274" s="1"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1"/>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
@@ -14448,136 +14448,136 @@
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C276" s="10" t="s">
         <v>558</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>559</v>
       </c>
       <c r="E276" s="3">
         <v>1017.38</v>
       </c>
       <c r="F276" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G276" s="3">
-        <v>833.04</v>
+        <v>775.95</v>
       </c>
       <c r="H276" s="4">
         <v>139.18</v>
       </c>
       <c r="I276" s="1"/>
       <c r="J276" s="1"/>
       <c r="K276" s="1"/>
       <c r="L276" s="1"/>
       <c r="M276" s="1"/>
       <c r="N276" s="1"/>
       <c r="O276" s="1"/>
       <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C277" s="10" t="s">
         <v>560</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>561</v>
       </c>
       <c r="E277" s="3">
         <v>1141.66</v>
       </c>
       <c r="F277" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G277" s="3">
-        <v>1131.01</v>
+        <v>138.71</v>
       </c>
       <c r="H277" s="4">
         <v>845.24</v>
       </c>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C278" s="10" t="s">
         <v>562</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>563</v>
       </c>
       <c r="E278" s="3">
         <v>194.06</v>
       </c>
       <c r="F278" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G278" s="3">
-        <v>181.21</v>
+        <v>164.21</v>
       </c>
       <c r="H278" s="4">
         <v>17</v>
       </c>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
@@ -14777,51 +14777,51 @@
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C284" s="10" t="s">
         <v>573</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E284" s="3">
         <v>25.05</v>
       </c>
       <c r="F284" s="3">
         <v>2</v>
       </c>
       <c r="G284" s="3">
-        <v>42.3</v>
+        <v>48.5</v>
       </c>
       <c r="H284" s="4">
         <v>24.32</v>
       </c>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
@@ -15269,51 +15269,51 @@
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>597</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>598</v>
       </c>
       <c r="E296" s="3">
         <v>123.59</v>
       </c>
       <c r="F296" s="3">
         <v>2</v>
       </c>
       <c r="G296" s="3">
-        <v>72.78</v>
+        <v>136.74</v>
       </c>
       <c r="H296" s="4">
         <v>64.9</v>
       </c>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
@@ -15351,51 +15351,51 @@
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C298" s="10" t="s">
         <v>601</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>602</v>
       </c>
       <c r="E298" s="3">
         <v>77.24</v>
       </c>
       <c r="F298" s="3">
         <v>2</v>
       </c>
       <c r="G298" s="3">
-        <v>63.32</v>
+        <v>122.1</v>
       </c>
       <c r="H298" s="4">
         <v>60.08</v>
       </c>
       <c r="I298" s="1"/>
       <c r="J298" s="1"/>
       <c r="K298" s="1"/>
       <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
@@ -15717,54 +15717,54 @@
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C307" s="10" t="s">
         <v>619</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E307" s="3">
         <v>6918</v>
       </c>
       <c r="F307" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G307" s="3">
-        <v>6767.88</v>
+        <v>5612.47</v>
       </c>
       <c r="H307" s="4">
         <v>5525.03</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
@@ -15799,54 +15799,54 @@
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="10" t="s">
         <v>623</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>624</v>
       </c>
       <c r="E309" s="3">
         <v>649.84</v>
       </c>
       <c r="F309" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G309" s="3">
-        <v>571.9</v>
+        <v>563.27</v>
       </c>
       <c r="H309" s="4">
         <v>146.72</v>
       </c>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
@@ -15966,51 +15966,51 @@
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C313" s="10" t="s">
         <v>631</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>632</v>
       </c>
       <c r="E313" s="3">
         <v>884.34</v>
       </c>
       <c r="F313" s="3">
         <v>3</v>
       </c>
       <c r="G313" s="3">
-        <v>170.21</v>
+        <v>998.67</v>
       </c>
       <c r="H313" s="4">
         <v>870.1</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
@@ -16130,51 +16130,51 @@
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C317" s="10" t="s">
         <v>639</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>640</v>
       </c>
       <c r="E317" s="3">
         <v>142.59</v>
       </c>
       <c r="F317" s="3">
         <v>5</v>
       </c>
       <c r="G317" s="3">
-        <v>83.62</v>
+        <v>141.05</v>
       </c>
       <c r="H317" s="4">
         <v>92.71</v>
       </c>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
@@ -16212,92 +16212,92 @@
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>643</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>644</v>
       </c>
       <c r="E319" s="3">
         <v>485.98</v>
       </c>
       <c r="F319" s="3">
         <v>5</v>
       </c>
       <c r="G319" s="3">
-        <v>439.45</v>
+        <v>719.96</v>
       </c>
       <c r="H319" s="4">
         <v>283.1</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C320" s="10" t="s">
         <v>645</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>646</v>
       </c>
       <c r="E320" s="3">
         <v>0</v>
       </c>
       <c r="F320" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G320" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H320" s="4">
         <v>0.01</v>
       </c>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
@@ -16414,95 +16414,95 @@
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C324" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>654</v>
       </c>
       <c r="E324" s="3">
         <v>0</v>
       </c>
       <c r="F324" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G324" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H324" s="4">
         <v>5.64</v>
       </c>
       <c r="I324" s="1"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>655</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>656</v>
       </c>
       <c r="E325" s="3">
         <v>611</v>
       </c>
       <c r="F325" s="3">
         <v>1</v>
       </c>
       <c r="G325" s="3">
-        <v>604.64</v>
+        <v>1069.1</v>
       </c>
       <c r="H325" s="4">
         <v>464.46</v>
       </c>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
@@ -16742,54 +16742,54 @@
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="10" t="s">
         <v>669</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>670</v>
       </c>
       <c r="E332" s="3">
         <v>1323.79</v>
       </c>
       <c r="F332" s="3">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G332" s="3">
-        <v>1347.37</v>
+        <v>1335.29</v>
       </c>
       <c r="H332" s="4">
         <v>299.15</v>
       </c>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
@@ -17114,92 +17114,92 @@
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>687</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>688</v>
       </c>
       <c r="E341" s="3">
         <v>16.01</v>
       </c>
       <c r="F341" s="3">
         <v>2</v>
       </c>
       <c r="G341" s="3">
-        <v>14.83</v>
+        <v>28.33</v>
       </c>
       <c r="H341" s="4">
         <v>14.31</v>
       </c>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>689</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>690</v>
       </c>
       <c r="E342" s="3">
         <v>14.21</v>
       </c>
       <c r="F342" s="3">
         <v>4</v>
       </c>
       <c r="G342" s="3">
-        <v>13.8</v>
+        <v>26.56</v>
       </c>
       <c r="H342" s="4">
         <v>13.18</v>
       </c>
       <c r="I342" s="1"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
@@ -17237,51 +17237,51 @@
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C344" s="10" t="s">
         <v>693</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>694</v>
       </c>
       <c r="E344" s="3">
         <v>76.94</v>
       </c>
       <c r="F344" s="3">
         <v>4</v>
       </c>
       <c r="G344" s="3">
-        <v>59.27</v>
+        <v>106.51</v>
       </c>
       <c r="H344" s="4">
         <v>53.64</v>
       </c>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
@@ -17357,54 +17357,54 @@
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="10" t="s">
         <v>699</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>700</v>
       </c>
       <c r="E347" s="3">
         <v>157.45</v>
       </c>
       <c r="F347" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G347" s="3">
-        <v>117.34</v>
+        <v>105.85</v>
       </c>
       <c r="H347" s="4">
         <v>34.99</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
@@ -17524,297 +17524,297 @@
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C351" s="10" t="s">
         <v>707</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>708</v>
       </c>
       <c r="E351" s="3">
         <v>33.35</v>
       </c>
       <c r="F351" s="3">
         <v>2</v>
       </c>
       <c r="G351" s="3">
-        <v>24.47</v>
+        <v>41.41</v>
       </c>
       <c r="H351" s="4">
         <v>18.45</v>
       </c>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C352" s="10" t="s">
         <v>709</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>710</v>
       </c>
       <c r="E352" s="3">
         <v>923.75</v>
       </c>
       <c r="F352" s="3">
         <v>4</v>
       </c>
       <c r="G352" s="3">
-        <v>940.85</v>
+        <v>1312.55</v>
       </c>
       <c r="H352" s="4">
         <v>881.14</v>
       </c>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C353" s="10" t="s">
         <v>711</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>712</v>
       </c>
       <c r="E353" s="3">
         <v>1786.06</v>
       </c>
       <c r="F353" s="3">
         <v>2</v>
       </c>
       <c r="G353" s="3">
-        <v>1747.59</v>
+        <v>3248.01</v>
       </c>
       <c r="H353" s="4">
         <v>1508.53</v>
       </c>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C354" s="10" t="s">
         <v>713</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>714</v>
       </c>
       <c r="E354" s="3">
         <v>2044.39</v>
       </c>
       <c r="F354" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G354" s="3">
-        <v>2020.66</v>
+        <v>1774.37</v>
       </c>
       <c r="H354" s="4">
         <v>1884.07</v>
       </c>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="10" t="s">
         <v>715</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>716</v>
       </c>
       <c r="E355" s="3">
         <v>484.93</v>
       </c>
       <c r="F355" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G355" s="3">
-        <v>452.86</v>
+        <v>451.67</v>
       </c>
       <c r="H355" s="4">
         <v>159.4</v>
       </c>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C356" s="10" t="s">
         <v>717</v>
       </c>
       <c r="D356" s="3" t="s">
         <v>718</v>
       </c>
       <c r="E356" s="3">
         <v>26.38</v>
       </c>
       <c r="F356" s="3">
         <v>3</v>
       </c>
       <c r="G356" s="3">
-        <v>25.78</v>
+        <v>50.96</v>
       </c>
       <c r="H356" s="4">
         <v>25.62</v>
       </c>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="10" t="s">
         <v>719</v>
       </c>
       <c r="D357" s="3" t="s">
         <v>720</v>
       </c>
       <c r="E357" s="3">
         <v>669.61</v>
       </c>
       <c r="F357" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G357" s="3">
-        <v>649.21</v>
+        <v>628.73</v>
       </c>
       <c r="H357" s="4">
         <v>317.1</v>
       </c>
       <c r="I357" s="1"/>
       <c r="J357" s="1"/>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
@@ -17849,54 +17849,54 @@
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="10" t="s">
         <v>723</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>724</v>
       </c>
       <c r="E359" s="3">
         <v>513.64</v>
       </c>
       <c r="F359" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G359" s="3">
-        <v>309.11</v>
+        <v>295.95</v>
       </c>
       <c r="H359" s="4">
         <v>257.55</v>
       </c>
       <c r="I359" s="1"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
@@ -18382,177 +18382,177 @@
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C372" s="10" t="s">
         <v>749</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>750</v>
       </c>
       <c r="E372" s="3">
         <v>476.33</v>
       </c>
       <c r="F372" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G372" s="3">
-        <v>469.42</v>
+        <v>14.72</v>
       </c>
       <c r="H372" s="4">
         <v>291.35</v>
       </c>
       <c r="I372" s="1"/>
       <c r="J372" s="1"/>
       <c r="K372" s="1"/>
       <c r="L372" s="1"/>
       <c r="M372" s="1"/>
       <c r="N372" s="1"/>
       <c r="O372" s="1"/>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C373" s="10" t="s">
         <v>751</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>752</v>
       </c>
       <c r="E373" s="3">
         <v>560.14</v>
       </c>
       <c r="F373" s="3">
         <v>5</v>
       </c>
       <c r="G373" s="3">
-        <v>85.96</v>
+        <v>557.38</v>
       </c>
       <c r="H373" s="4">
         <v>505.43</v>
       </c>
       <c r="I373" s="1"/>
       <c r="J373" s="1"/>
       <c r="K373" s="1"/>
       <c r="L373" s="1"/>
       <c r="M373" s="1"/>
       <c r="N373" s="1"/>
       <c r="O373" s="1"/>
       <c r="P373" s="1"/>
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>753</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>754</v>
       </c>
       <c r="E374" s="3">
         <v>752.32</v>
       </c>
       <c r="F374" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G374" s="3">
-        <v>175.99</v>
+        <v>694.48</v>
       </c>
       <c r="H374" s="4">
         <v>694.48</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C375" s="10" t="s">
         <v>755</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>756</v>
       </c>
       <c r="E375" s="3">
         <v>335.44</v>
       </c>
       <c r="F375" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G375" s="3">
-        <v>328.93</v>
+        <v>324.89</v>
       </c>
       <c r="H375" s="4">
         <v>251.66</v>
       </c>
       <c r="I375" s="1"/>
       <c r="J375" s="1"/>
       <c r="K375" s="1"/>
       <c r="L375" s="1"/>
       <c r="M375" s="1"/>
       <c r="N375" s="1"/>
       <c r="O375" s="1"/>
       <c r="P375" s="1"/>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
@@ -18587,54 +18587,54 @@
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C377" s="10" t="s">
         <v>759</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>760</v>
       </c>
       <c r="E377" s="3">
         <v>1305.54</v>
       </c>
       <c r="F377" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G377" s="3">
-        <v>1291.6</v>
+        <v>13.66</v>
       </c>
       <c r="H377" s="4">
         <v>796.56</v>
       </c>
       <c r="I377" s="1"/>
       <c r="J377" s="1"/>
       <c r="K377" s="1"/>
       <c r="L377" s="1"/>
       <c r="M377" s="1"/>
       <c r="N377" s="1"/>
       <c r="O377" s="1"/>
       <c r="P377" s="1"/>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
@@ -18672,133 +18672,133 @@
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C379" s="10" t="s">
         <v>763</v>
       </c>
       <c r="D379" s="3" t="s">
         <v>764</v>
       </c>
       <c r="E379" s="3">
         <v>313.13</v>
       </c>
       <c r="F379" s="3">
         <v>4</v>
       </c>
       <c r="G379" s="3">
-        <v>314.01</v>
+        <v>352.35</v>
       </c>
       <c r="H379" s="4">
         <v>303.72</v>
       </c>
       <c r="I379" s="1"/>
       <c r="J379" s="1"/>
       <c r="K379" s="1"/>
       <c r="L379" s="1"/>
       <c r="M379" s="1"/>
       <c r="N379" s="1"/>
       <c r="O379" s="1"/>
       <c r="P379" s="1"/>
       <c r="Q379" s="1"/>
       <c r="R379" s="1"/>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C380" s="10" t="s">
         <v>765</v>
       </c>
       <c r="D380" s="3" t="s">
         <v>766</v>
       </c>
       <c r="E380" s="3">
         <v>1262.02</v>
       </c>
       <c r="F380" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G380" s="3">
-        <v>1251.55</v>
+        <v>28.61</v>
       </c>
       <c r="H380" s="4">
         <v>682.86</v>
       </c>
       <c r="I380" s="1"/>
       <c r="J380" s="1"/>
       <c r="K380" s="1"/>
       <c r="L380" s="1"/>
       <c r="M380" s="1"/>
       <c r="N380" s="1"/>
       <c r="O380" s="1"/>
       <c r="P380" s="1"/>
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C381" s="10" t="s">
         <v>767</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>768</v>
       </c>
       <c r="E381" s="3">
         <v>3724.46</v>
       </c>
       <c r="F381" s="3">
         <v>4</v>
       </c>
       <c r="G381" s="3">
-        <v>3711.54</v>
+        <v>5837.77</v>
       </c>
       <c r="H381" s="4">
         <v>2140.67</v>
       </c>
       <c r="I381" s="1"/>
       <c r="J381" s="1"/>
       <c r="K381" s="1"/>
       <c r="L381" s="1"/>
       <c r="M381" s="1"/>
       <c r="N381" s="1"/>
       <c r="O381" s="1"/>
       <c r="P381" s="1"/>
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
@@ -19038,54 +19038,54 @@
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="10" t="s">
         <v>781</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>782</v>
       </c>
       <c r="E388" s="3">
         <v>849.31</v>
       </c>
       <c r="F388" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G388" s="3">
-        <v>816.24</v>
+        <v>770.97</v>
       </c>
       <c r="H388" s="4">
         <v>354.38</v>
       </c>
       <c r="I388" s="1"/>
       <c r="J388" s="1"/>
       <c r="K388" s="1"/>
       <c r="L388" s="1"/>
       <c r="M388" s="1"/>
       <c r="N388" s="1"/>
       <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
@@ -19123,92 +19123,92 @@
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C390" s="10" t="s">
         <v>785</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>786</v>
       </c>
       <c r="E390" s="3">
         <v>101.18</v>
       </c>
       <c r="F390" s="3">
         <v>3</v>
       </c>
       <c r="G390" s="3">
-        <v>110.48</v>
+        <v>169.77</v>
       </c>
       <c r="H390" s="4">
         <v>77.61</v>
       </c>
       <c r="I390" s="1"/>
       <c r="J390" s="1"/>
       <c r="K390" s="1"/>
       <c r="L390" s="1"/>
       <c r="M390" s="1"/>
       <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C391" s="10" t="s">
         <v>787</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>788</v>
       </c>
       <c r="E391" s="3">
         <v>33.5</v>
       </c>
       <c r="F391" s="3">
         <v>1</v>
       </c>
       <c r="G391" s="3">
-        <v>27.82</v>
+        <v>48.69</v>
       </c>
       <c r="H391" s="4">
         <v>20.87</v>
       </c>
       <c r="I391" s="1"/>
       <c r="J391" s="1"/>
       <c r="K391" s="1"/>
       <c r="L391" s="1"/>
       <c r="M391" s="1"/>
       <c r="N391" s="1"/>
       <c r="O391" s="1"/>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
@@ -19369,51 +19369,51 @@
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C396" s="10" t="s">
         <v>797</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>798</v>
       </c>
       <c r="E396" s="3">
         <v>0</v>
       </c>
       <c r="F396" s="3">
         <v>5</v>
       </c>
       <c r="G396" s="3">
-        <v>17.79</v>
+        <v>25.92</v>
       </c>
       <c r="H396" s="4">
         <v>8.13</v>
       </c>
       <c r="I396" s="1"/>
       <c r="J396" s="1"/>
       <c r="K396" s="1"/>
       <c r="L396" s="1"/>
       <c r="M396" s="1"/>
       <c r="N396" s="1"/>
       <c r="O396" s="1"/>
       <c r="P396" s="1"/>
       <c r="Q396" s="1"/>
       <c r="R396" s="1"/>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
@@ -19448,95 +19448,95 @@
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C398" s="10" t="s">
         <v>801</v>
       </c>
       <c r="D398" s="3" t="s">
         <v>802</v>
       </c>
       <c r="E398" s="3">
         <v>80.89</v>
       </c>
       <c r="F398" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G398" s="3">
-        <v>27.2</v>
+        <v>58.04</v>
       </c>
       <c r="H398" s="4">
         <v>42.08</v>
       </c>
       <c r="I398" s="1"/>
       <c r="J398" s="1"/>
       <c r="K398" s="1"/>
       <c r="L398" s="1"/>
       <c r="M398" s="1"/>
       <c r="N398" s="1"/>
       <c r="O398" s="1"/>
       <c r="P398" s="1"/>
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C399" s="10" t="s">
         <v>803</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>804</v>
       </c>
       <c r="E399" s="3">
         <v>122.1</v>
       </c>
       <c r="F399" s="3">
         <v>3</v>
       </c>
       <c r="G399" s="3">
-        <v>22.46</v>
+        <v>82.59</v>
       </c>
       <c r="H399" s="4">
         <v>63.34</v>
       </c>
       <c r="I399" s="1"/>
       <c r="J399" s="1"/>
       <c r="K399" s="1"/>
       <c r="L399" s="1"/>
       <c r="M399" s="1"/>
       <c r="N399" s="1"/>
       <c r="O399" s="1"/>
       <c r="P399" s="1"/>
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
@@ -19571,95 +19571,95 @@
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C401" s="10" t="s">
         <v>807</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>808</v>
       </c>
       <c r="E401" s="3">
         <v>422.1</v>
       </c>
       <c r="F401" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G401" s="3">
-        <v>421.78</v>
+        <v>633.22</v>
       </c>
       <c r="H401" s="4">
         <v>239.53</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C402" s="10" t="s">
         <v>809</v>
       </c>
       <c r="D402" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E402" s="3">
         <v>167.48</v>
       </c>
       <c r="F402" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G402" s="3">
-        <v>127.63</v>
+        <v>124.64</v>
       </c>
       <c r="H402" s="4">
         <v>24.54</v>
       </c>
       <c r="I402" s="1"/>
       <c r="J402" s="1"/>
       <c r="K402" s="1"/>
       <c r="L402" s="1"/>
       <c r="M402" s="1"/>
       <c r="N402" s="1"/>
       <c r="O402" s="1"/>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
@@ -19902,51 +19902,51 @@
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C409" s="10" t="s">
         <v>823</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>824</v>
       </c>
       <c r="E409" s="3">
         <v>1292.66</v>
       </c>
       <c r="F409" s="3">
         <v>3</v>
       </c>
       <c r="G409" s="3">
-        <v>879</v>
+        <v>1322.39</v>
       </c>
       <c r="H409" s="4">
         <v>1225.41</v>
       </c>
       <c r="I409" s="1"/>
       <c r="J409" s="1"/>
       <c r="K409" s="1"/>
       <c r="L409" s="1"/>
       <c r="M409" s="1"/>
       <c r="N409" s="1"/>
       <c r="O409" s="1"/>
       <c r="P409" s="1"/>
       <c r="Q409" s="1"/>
       <c r="R409" s="1"/>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
@@ -20063,136 +20063,136 @@
       <c r="Q412" s="1"/>
       <c r="R412" s="1"/>
       <c r="S412" s="1"/>
       <c r="T412" s="1"/>
       <c r="U412" s="1"/>
       <c r="V412" s="1"/>
       <c r="W412" s="1"/>
     </row>
     <row r="413" spans="1:23">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C413" s="10" t="s">
         <v>831</v>
       </c>
       <c r="D413" s="3" t="s">
         <v>832</v>
       </c>
       <c r="E413" s="3">
         <v>165.38</v>
       </c>
       <c r="F413" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G413" s="3">
-        <v>147.39</v>
+        <v>145.22</v>
       </c>
       <c r="H413" s="4">
         <v>21.16</v>
       </c>
       <c r="I413" s="1"/>
       <c r="J413" s="1"/>
       <c r="K413" s="1"/>
       <c r="L413" s="1"/>
       <c r="M413" s="1"/>
       <c r="N413" s="1"/>
       <c r="O413" s="1"/>
       <c r="P413" s="1"/>
       <c r="Q413" s="1"/>
       <c r="R413" s="1"/>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C414" s="10" t="s">
         <v>833</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>834</v>
       </c>
       <c r="E414" s="3">
         <v>1420.81</v>
       </c>
       <c r="F414" s="3">
         <v>3</v>
       </c>
       <c r="G414" s="3">
-        <v>1143.28</v>
+        <v>2185.93</v>
       </c>
       <c r="H414" s="4">
         <v>1128.09</v>
       </c>
       <c r="I414" s="1"/>
       <c r="J414" s="1"/>
       <c r="K414" s="1"/>
       <c r="L414" s="1"/>
       <c r="M414" s="1"/>
       <c r="N414" s="1"/>
       <c r="O414" s="1"/>
       <c r="P414" s="1"/>
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C415" s="10" t="s">
         <v>835</v>
       </c>
       <c r="D415" s="3" t="s">
         <v>836</v>
       </c>
       <c r="E415" s="3">
         <v>244.41</v>
       </c>
       <c r="F415" s="3">
         <v>9</v>
       </c>
       <c r="G415" s="3">
-        <v>211.3</v>
+        <v>213.67</v>
       </c>
       <c r="H415" s="4">
         <v>206.45</v>
       </c>
       <c r="I415" s="1"/>
       <c r="J415" s="1"/>
       <c r="K415" s="1"/>
       <c r="L415" s="1"/>
       <c r="M415" s="1"/>
       <c r="N415" s="1"/>
       <c r="O415" s="1"/>
       <c r="P415" s="1"/>
       <c r="Q415" s="1"/>
       <c r="R415" s="1"/>
       <c r="S415" s="1"/>
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
@@ -20350,54 +20350,54 @@
       <c r="Q419" s="1"/>
       <c r="R419" s="1"/>
       <c r="S419" s="1"/>
       <c r="T419" s="1"/>
       <c r="U419" s="1"/>
       <c r="V419" s="1"/>
       <c r="W419" s="1"/>
     </row>
     <row r="420" spans="1:23">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C420" s="10" t="s">
         <v>845</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>846</v>
       </c>
       <c r="E420" s="3">
         <v>92.86</v>
       </c>
       <c r="F420" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G420" s="3">
-        <v>79.32</v>
+        <v>68.74</v>
       </c>
       <c r="H420" s="4">
         <v>19.78</v>
       </c>
       <c r="I420" s="1"/>
       <c r="J420" s="1"/>
       <c r="K420" s="1"/>
       <c r="L420" s="1"/>
       <c r="M420" s="1"/>
       <c r="N420" s="1"/>
       <c r="O420" s="1"/>
       <c r="P420" s="1"/>
       <c r="Q420" s="1"/>
       <c r="R420" s="1"/>
       <c r="S420" s="1"/>
       <c r="T420" s="1"/>
       <c r="U420" s="1"/>
       <c r="V420" s="1"/>
       <c r="W420" s="1"/>
     </row>
     <row r="421" spans="1:23">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
@@ -20514,54 +20514,54 @@
       <c r="Q423" s="1"/>
       <c r="R423" s="1"/>
       <c r="S423" s="1"/>
       <c r="T423" s="1"/>
       <c r="U423" s="1"/>
       <c r="V423" s="1"/>
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C424" s="10" t="s">
         <v>853</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>854</v>
       </c>
       <c r="E424" s="3">
         <v>0</v>
       </c>
       <c r="F424" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G424" s="3">
-        <v>6.57</v>
+        <v>6.27</v>
       </c>
       <c r="H424" s="4">
         <v>5.95</v>
       </c>
       <c r="I424" s="1"/>
       <c r="J424" s="1"/>
       <c r="K424" s="1"/>
       <c r="L424" s="1"/>
       <c r="M424" s="1"/>
       <c r="N424" s="1"/>
       <c r="O424" s="1"/>
       <c r="P424" s="1"/>
       <c r="Q424" s="1"/>
       <c r="R424" s="1"/>
       <c r="S424" s="1"/>
       <c r="T424" s="1"/>
       <c r="U424" s="1"/>
       <c r="V424" s="1"/>
       <c r="W424" s="1"/>
     </row>
     <row r="425" spans="1:23">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
@@ -20596,95 +20596,95 @@
       <c r="Q425" s="1"/>
       <c r="R425" s="1"/>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C426" s="10" t="s">
         <v>857</v>
       </c>
       <c r="D426" s="3" t="s">
         <v>858</v>
       </c>
       <c r="E426" s="3">
         <v>0</v>
       </c>
       <c r="F426" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G426" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H426" s="4">
         <v>5.64</v>
       </c>
       <c r="I426" s="1"/>
       <c r="J426" s="1"/>
       <c r="K426" s="1"/>
       <c r="L426" s="1"/>
       <c r="M426" s="1"/>
       <c r="N426" s="1"/>
       <c r="O426" s="1"/>
       <c r="P426" s="1"/>
       <c r="Q426" s="1"/>
       <c r="R426" s="1"/>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C427" s="10" t="s">
         <v>859</v>
       </c>
       <c r="D427" s="3" t="s">
         <v>860</v>
       </c>
       <c r="E427" s="3">
         <v>890.47</v>
       </c>
       <c r="F427" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G427" s="3">
-        <v>795.34</v>
+        <v>768.81</v>
       </c>
       <c r="H427" s="4">
         <v>413.35</v>
       </c>
       <c r="I427" s="1"/>
       <c r="J427" s="1"/>
       <c r="K427" s="1"/>
       <c r="L427" s="1"/>
       <c r="M427" s="1"/>
       <c r="N427" s="1"/>
       <c r="O427" s="1"/>
       <c r="P427" s="1"/>
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
@@ -20763,215 +20763,215 @@
       <c r="T429" s="1"/>
       <c r="U429" s="1"/>
       <c r="V429" s="1"/>
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C430" s="10" t="s">
         <v>865</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>866</v>
       </c>
       <c r="E430" s="3">
         <v>150.23</v>
       </c>
       <c r="F430" s="3">
         <v>2</v>
       </c>
       <c r="G430" s="3">
-        <v>136.43</v>
+        <v>251.29</v>
       </c>
       <c r="H430" s="4">
         <v>115.52</v>
       </c>
       <c r="I430" s="1"/>
       <c r="J430" s="1"/>
       <c r="K430" s="1"/>
       <c r="L430" s="1"/>
       <c r="M430" s="1"/>
       <c r="N430" s="1"/>
       <c r="O430" s="1"/>
       <c r="P430" s="1"/>
       <c r="Q430" s="1"/>
       <c r="R430" s="1"/>
       <c r="S430" s="1"/>
       <c r="T430" s="1"/>
       <c r="U430" s="1"/>
       <c r="V430" s="1"/>
       <c r="W430" s="1"/>
     </row>
     <row r="431" spans="1:23">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C431" s="10" t="s">
         <v>867</v>
       </c>
       <c r="D431" s="3" t="s">
         <v>868</v>
       </c>
       <c r="E431" s="3">
         <v>27.68</v>
       </c>
       <c r="F431" s="3">
         <v>2</v>
       </c>
       <c r="G431" s="3">
-        <v>19.15</v>
+        <v>33.59</v>
       </c>
       <c r="H431" s="4">
         <v>14.44</v>
       </c>
       <c r="I431" s="1"/>
       <c r="J431" s="1"/>
       <c r="K431" s="1"/>
       <c r="L431" s="1"/>
       <c r="M431" s="1"/>
       <c r="N431" s="1"/>
       <c r="O431" s="1"/>
       <c r="P431" s="1"/>
       <c r="Q431" s="1"/>
       <c r="R431" s="1"/>
       <c r="S431" s="1"/>
       <c r="T431" s="1"/>
       <c r="U431" s="1"/>
       <c r="V431" s="1"/>
       <c r="W431" s="1"/>
     </row>
     <row r="432" spans="1:23">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C432" s="10" t="s">
         <v>869</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E432" s="3">
         <v>1046.24</v>
       </c>
       <c r="F432" s="3">
         <v>2</v>
       </c>
       <c r="G432" s="3">
-        <v>738.88</v>
+        <v>1582.17</v>
       </c>
       <c r="H432" s="4">
         <v>916.88</v>
       </c>
       <c r="I432" s="1"/>
       <c r="J432" s="1"/>
       <c r="K432" s="1"/>
       <c r="L432" s="1"/>
       <c r="M432" s="1"/>
       <c r="N432" s="1"/>
       <c r="O432" s="1"/>
       <c r="P432" s="1"/>
       <c r="Q432" s="1"/>
       <c r="R432" s="1"/>
       <c r="S432" s="1"/>
       <c r="T432" s="1"/>
       <c r="U432" s="1"/>
       <c r="V432" s="1"/>
       <c r="W432" s="1"/>
     </row>
     <row r="433" spans="1:23">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C433" s="10" t="s">
         <v>871</v>
       </c>
       <c r="D433" s="3" t="s">
         <v>872</v>
       </c>
       <c r="E433" s="3">
         <v>1470.02</v>
       </c>
       <c r="F433" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G433" s="3">
-        <v>1412.08</v>
+        <v>66.98</v>
       </c>
       <c r="H433" s="4">
         <v>946.45</v>
       </c>
       <c r="I433" s="1"/>
       <c r="J433" s="1"/>
       <c r="K433" s="1"/>
       <c r="L433" s="1"/>
       <c r="M433" s="1"/>
       <c r="N433" s="1"/>
       <c r="O433" s="1"/>
       <c r="P433" s="1"/>
       <c r="Q433" s="1"/>
       <c r="R433" s="1"/>
       <c r="S433" s="1"/>
       <c r="T433" s="1"/>
       <c r="U433" s="1"/>
       <c r="V433" s="1"/>
       <c r="W433" s="1"/>
     </row>
     <row r="434" spans="1:23">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C434" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E434" s="3">
         <v>1120.63</v>
       </c>
       <c r="F434" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G434" s="3">
-        <v>1118.84</v>
+        <v>25.93</v>
       </c>
       <c r="H434" s="4">
         <v>737.6</v>
       </c>
       <c r="I434" s="1"/>
       <c r="J434" s="1"/>
       <c r="K434" s="1"/>
       <c r="L434" s="1"/>
       <c r="M434" s="1"/>
       <c r="N434" s="1"/>
       <c r="O434" s="1"/>
       <c r="P434" s="1"/>
       <c r="Q434" s="1"/>
       <c r="R434" s="1"/>
       <c r="S434" s="1"/>
       <c r="T434" s="1"/>
       <c r="U434" s="1"/>
       <c r="V434" s="1"/>
       <c r="W434" s="1"/>
     </row>
     <row r="435" spans="1:23">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
@@ -21047,95 +21047,95 @@
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C437" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D437" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E437" s="3">
         <v>0</v>
       </c>
       <c r="F437" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G437" s="3">
-        <v>6.27</v>
+        <v>6.26</v>
       </c>
       <c r="H437" s="4">
         <v>5.64</v>
       </c>
       <c r="I437" s="1"/>
       <c r="J437" s="1"/>
       <c r="K437" s="1"/>
       <c r="L437" s="1"/>
       <c r="M437" s="1"/>
       <c r="N437" s="1"/>
       <c r="O437" s="1"/>
       <c r="P437" s="1"/>
       <c r="Q437" s="1"/>
       <c r="R437" s="1"/>
       <c r="S437" s="1"/>
       <c r="T437" s="1"/>
       <c r="U437" s="1"/>
       <c r="V437" s="1"/>
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C438" s="10" t="s">
         <v>881</v>
       </c>
       <c r="D438" s="3" t="s">
         <v>882</v>
       </c>
       <c r="E438" s="3">
         <v>3073.44</v>
       </c>
       <c r="F438" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G438" s="3">
-        <v>3000.85</v>
+        <v>2993.98</v>
       </c>
       <c r="H438" s="4">
         <v>357.07</v>
       </c>
       <c r="I438" s="1"/>
       <c r="J438" s="1"/>
       <c r="K438" s="1"/>
       <c r="L438" s="1"/>
       <c r="M438" s="1"/>
       <c r="N438" s="1"/>
       <c r="O438" s="1"/>
       <c r="P438" s="1"/>
       <c r="Q438" s="1"/>
       <c r="R438" s="1"/>
       <c r="S438" s="1"/>
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
@@ -21252,54 +21252,54 @@
       <c r="Q441" s="1"/>
       <c r="R441" s="1"/>
       <c r="S441" s="1"/>
       <c r="T441" s="1"/>
       <c r="U441" s="1"/>
       <c r="V441" s="1"/>
       <c r="W441" s="1"/>
     </row>
     <row r="442" spans="1:23">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="10" t="s">
         <v>889</v>
       </c>
       <c r="D442" s="3" t="s">
         <v>890</v>
       </c>
       <c r="E442" s="3">
         <v>0</v>
       </c>
       <c r="F442" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G442" s="3">
-        <v>2.88</v>
+        <v>0</v>
       </c>
       <c r="H442" s="4">
         <v>2.88</v>
       </c>
       <c r="I442" s="1"/>
       <c r="J442" s="1"/>
       <c r="K442" s="1"/>
       <c r="L442" s="1"/>
       <c r="M442" s="1"/>
       <c r="N442" s="1"/>
       <c r="O442" s="1"/>
       <c r="P442" s="1"/>
       <c r="Q442" s="1"/>
       <c r="R442" s="1"/>
       <c r="S442" s="1"/>
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
@@ -21375,54 +21375,54 @@
       <c r="Q444" s="1"/>
       <c r="R444" s="1"/>
       <c r="S444" s="1"/>
       <c r="T444" s="1"/>
       <c r="U444" s="1"/>
       <c r="V444" s="1"/>
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C445" s="10" t="s">
         <v>895</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>896</v>
       </c>
       <c r="E445" s="3">
         <v>0</v>
       </c>
       <c r="F445" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G445" s="3">
-        <v>43.27</v>
+        <v>0</v>
       </c>
       <c r="H445" s="4">
         <v>43.27</v>
       </c>
       <c r="I445" s="1"/>
       <c r="J445" s="1"/>
       <c r="K445" s="1"/>
       <c r="L445" s="1"/>
       <c r="M445" s="1"/>
       <c r="N445" s="1"/>
       <c r="O445" s="1"/>
       <c r="P445" s="1"/>
       <c r="Q445" s="1"/>
       <c r="R445" s="1"/>
       <c r="S445" s="1"/>
       <c r="T445" s="1"/>
       <c r="U445" s="1"/>
       <c r="V445" s="1"/>
       <c r="W445" s="1"/>
     </row>
     <row r="446" spans="1:23">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
@@ -21776,51 +21776,51 @@
       <c r="N454" s="1"/>
       <c r="O454" s="1"/>
       <c r="P454" s="1"/>
       <c r="Q454" s="1"/>
       <c r="R454" s="1"/>
       <c r="S454" s="1"/>
       <c r="T454" s="1"/>
       <c r="U454" s="1"/>
       <c r="V454" s="1"/>
       <c r="W454" s="1"/>
     </row>
     <row r="455" spans="1:23">
       <c r="A455" s="7" t="s">
         <v>912</v>
       </c>
       <c r="B455" s="7"/>
       <c r="C455" s="11"/>
       <c r="D455" s="7"/>
       <c r="E455" s="7">
         <v>255130.73</v>
       </c>
       <c r="F455" s="7">
         <v>0</v>
       </c>
       <c r="G455" s="7">
-        <v>228962.13</v>
+        <v>238960.72</v>
       </c>
       <c r="H455" s="8">
         <v>116326.98</v>
       </c>
       <c r="I455" s="1"/>
       <c r="J455" s="1"/>
       <c r="K455" s="1"/>
       <c r="L455" s="1"/>
       <c r="M455" s="1"/>
       <c r="N455" s="1"/>
       <c r="O455" s="1"/>
       <c r="P455" s="1"/>
       <c r="Q455" s="1"/>
       <c r="R455" s="1"/>
       <c r="S455" s="1"/>
       <c r="T455" s="1"/>
       <c r="U455" s="1"/>
       <c r="V455" s="1"/>
       <c r="W455" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A455:D455"/>