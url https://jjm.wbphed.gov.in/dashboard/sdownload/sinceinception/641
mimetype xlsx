--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -32,87 +32,87 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>FHTC Coverage (Since Inception)</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Household</t>
   </si>
   <si>
     <t>FHTC Provided</t>
   </si>
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>ALIPURDUAR-I</t>
   </si>
   <si>
-    <t>57.58 %</t>
+    <t>57.76 %</t>
   </si>
   <si>
     <t>ALIPURDUAR-II</t>
   </si>
   <si>
-    <t>70.35 %</t>
+    <t>70.37 %</t>
   </si>
   <si>
     <t>FALAKATA</t>
   </si>
   <si>
     <t>46.89 %</t>
   </si>
   <si>
     <t>KALCHINI</t>
   </si>
   <si>
     <t>67.7 %</t>
   </si>
   <si>
     <t>KUMARGRAM</t>
   </si>
   <si>
     <t>65.39 %</t>
   </si>
   <si>
     <t>MADARIHAT</t>
   </si>
   <si>
-    <t>44.01 %</t>
+    <t>44.02 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>58.22 %</t>
+    <t>58.26 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -531,81 +531,81 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3">
         <v>58656</v>
       </c>
       <c r="C3" s="3">
-        <v>33777</v>
+        <v>33882</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="3">
         <v>59120</v>
       </c>
       <c r="C4" s="3">
-        <v>41591</v>
+        <v>41601</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
@@ -681,81 +681,81 @@
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="3">
         <v>69125</v>
       </c>
       <c r="C8" s="3">
-        <v>30420</v>
+        <v>30430</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="5">
         <v>365008</v>
       </c>
       <c r="C9" s="5">
-        <v>212519</v>
+        <v>212644</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>