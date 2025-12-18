--- v1 (2025-12-18)
+++ v2 (2025-12-18)
@@ -32,57 +32,57 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>FHTC Coverage (Since Inception)</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Household</t>
   </si>
   <si>
     <t>FHTC Provided</t>
   </si>
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>ALIPURDUAR-I</t>
   </si>
   <si>
-    <t>57.76 %</t>
+    <t>57.78 %</t>
   </si>
   <si>
     <t>ALIPURDUAR-II</t>
   </si>
   <si>
-    <t>70.37 %</t>
+    <t>70.38 %</t>
   </si>
   <si>
     <t>FALAKATA</t>
   </si>
   <si>
     <t>46.89 %</t>
   </si>
   <si>
     <t>KALCHINI</t>
   </si>
   <si>
     <t>67.7 %</t>
   </si>
   <si>
     <t>KUMARGRAM</t>
   </si>
   <si>
     <t>65.39 %</t>
   </si>
   <si>
     <t>MADARIHAT</t>
   </si>
   <si>
     <t>44.02 %</t>
   </si>
@@ -531,81 +531,81 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3">
         <v>58656</v>
       </c>
       <c r="C3" s="3">
-        <v>33882</v>
+        <v>33893</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="3">
         <v>59120</v>
       </c>
       <c r="C4" s="3">
-        <v>41601</v>
+        <v>41611</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
@@ -711,51 +711,51 @@
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="5">
         <v>365008</v>
       </c>
       <c r="C9" s="5">
-        <v>212644</v>
+        <v>212665</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>