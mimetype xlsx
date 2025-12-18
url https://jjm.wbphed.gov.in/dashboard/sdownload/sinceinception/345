--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -110,51 +110,51 @@
   <si>
     <t>50.38 %</t>
   </si>
   <si>
     <t>KHEJURI-II</t>
   </si>
   <si>
     <t>75.95 %</t>
   </si>
   <si>
     <t>KOLAGHAT</t>
   </si>
   <si>
     <t>97.1 %</t>
   </si>
   <si>
     <t>MAHISADAL</t>
   </si>
   <si>
     <t>69.88 %</t>
   </si>
   <si>
     <t>MOYNA</t>
   </si>
   <si>
-    <t>57.24 %</t>
+    <t>58.47 %</t>
   </si>
   <si>
     <t>NANDAKUMAR</t>
   </si>
   <si>
     <t>55.69 %</t>
   </si>
   <si>
     <t>NANDIGRAM-I</t>
   </si>
   <si>
     <t>15.51 %</t>
   </si>
   <si>
     <t>NANDIGRAM-II</t>
   </si>
   <si>
     <t>24.03 %</t>
   </si>
   <si>
     <t>PANSKURA</t>
   </si>
   <si>
     <t>20.3 %</t>
   </si>
@@ -182,51 +182,51 @@
   <si>
     <t>76.82 %</t>
   </si>
   <si>
     <t>SAHID MATANGINI</t>
   </si>
   <si>
     <t>61.33 %</t>
   </si>
   <si>
     <t>SUTAHATA</t>
   </si>
   <si>
     <t>74.38 %</t>
   </si>
   <si>
     <t>TAMLUK</t>
   </si>
   <si>
     <t>64.35 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>54.75 %</t>
+    <t>54.81 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1035,51 +1035,51 @@
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="3">
         <v>57450</v>
       </c>
       <c r="C16" s="3">
-        <v>32883</v>
+        <v>33593</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3" t="s">
         <v>33</v>
       </c>
@@ -1395,51 +1395,51 @@
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="5">
         <v>1163833</v>
       </c>
       <c r="C28" s="5">
-        <v>637219</v>
+        <v>637929</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>