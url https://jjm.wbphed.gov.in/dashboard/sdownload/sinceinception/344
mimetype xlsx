--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -74,57 +74,57 @@
   <si>
     <t>27.99 %</t>
   </si>
   <si>
     <t>DASPUR-I</t>
   </si>
   <si>
     <t>74.84 %</t>
   </si>
   <si>
     <t>DASPUR-II</t>
   </si>
   <si>
     <t>42.25 %</t>
   </si>
   <si>
     <t>DEBRA</t>
   </si>
   <si>
     <t>41.75 %</t>
   </si>
   <si>
     <t>GARBETA-I</t>
   </si>
   <si>
-    <t>27.52 %</t>
+    <t>27.81 %</t>
   </si>
   <si>
     <t>GARBETA-II</t>
   </si>
   <si>
-    <t>27.64 %</t>
+    <t>28.01 %</t>
   </si>
   <si>
     <t>GARBETA-III</t>
   </si>
   <si>
     <t>32.22 %</t>
   </si>
   <si>
     <t>GHATAL</t>
   </si>
   <si>
     <t>63.38 %</t>
   </si>
   <si>
     <t>KESHIARY</t>
   </si>
   <si>
     <t>14.23 %</t>
   </si>
   <si>
     <t>KESHPUR</t>
   </si>
   <si>
     <t>47.55 %</t>
   </si>
@@ -158,51 +158,51 @@
   <si>
     <t>17.92 %</t>
   </si>
   <si>
     <t>PINGLA</t>
   </si>
   <si>
     <t>48.78 %</t>
   </si>
   <si>
     <t>SABANG</t>
   </si>
   <si>
     <t>62.8 %</t>
   </si>
   <si>
     <t>SALBANI</t>
   </si>
   <si>
     <t>31.04 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>39.58 %</t>
+    <t>39.6 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -831,81 +831,81 @@
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="3">
         <v>44849</v>
       </c>
       <c r="C10" s="3">
-        <v>12343</v>
+        <v>12474</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="3">
         <v>32230</v>
       </c>
       <c r="C11" s="3">
-        <v>8908</v>
+        <v>9028</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3" t="s">
         <v>23</v>
       </c>
@@ -1251,51 +1251,51 @@
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B24" s="5">
         <v>1042708</v>
       </c>
       <c r="C24" s="5">
-        <v>412661</v>
+        <v>412912</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>48</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>