--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -38,57 +38,57 @@
   <si>
     <t>FHTC Coverage (Since Inception)</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Household</t>
   </si>
   <si>
     <t>FHTC Provided</t>
   </si>
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>BARUIPUR</t>
   </si>
   <si>
     <t>70.95 %</t>
   </si>
   <si>
     <t>BASANTI</t>
   </si>
   <si>
-    <t>52.37 %</t>
+    <t>52.56 %</t>
   </si>
   <si>
     <t>BHANGAR-I</t>
   </si>
   <si>
-    <t>30.47 %</t>
+    <t>30.7 %</t>
   </si>
   <si>
     <t>BHANGAR-II</t>
   </si>
   <si>
     <t>3.23 %</t>
   </si>
   <si>
     <t>BISHNUPUR-I</t>
   </si>
   <si>
     <t>58.88 %</t>
   </si>
   <si>
     <t>BISHNUPUR-II</t>
   </si>
   <si>
     <t>51.41 %</t>
   </si>
   <si>
     <t>BUDGE BUDGE-I</t>
   </si>
   <si>
     <t>95.14 %</t>
   </si>
@@ -182,75 +182,75 @@
   <si>
     <t>16.68 %</t>
   </si>
   <si>
     <t>MATHURAPUR-I</t>
   </si>
   <si>
     <t>74.15 %</t>
   </si>
   <si>
     <t>MATHURAPUR-II</t>
   </si>
   <si>
     <t>46.4 %</t>
   </si>
   <si>
     <t>NAMKHANA</t>
   </si>
   <si>
     <t>65.4 %</t>
   </si>
   <si>
     <t>PATHARPRATIMA</t>
   </si>
   <si>
-    <t>55.62 %</t>
+    <t>55.69 %</t>
   </si>
   <si>
     <t>SAGAR</t>
   </si>
   <si>
     <t>62.45 %</t>
   </si>
   <si>
     <t>SONARPUR</t>
   </si>
   <si>
     <t>48.61 %</t>
   </si>
   <si>
     <t>THAKURPUKUR MAHESHTOLA</t>
   </si>
   <si>
     <t>58.03 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>52.62 %</t>
+    <t>52.64 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -699,81 +699,81 @@
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="3">
         <v>88750</v>
       </c>
       <c r="C4" s="3">
-        <v>46482</v>
+        <v>46648</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="3">
         <v>63933</v>
       </c>
       <c r="C5" s="3">
-        <v>19483</v>
+        <v>19629</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
@@ -1419,51 +1419,51 @@
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="3">
         <v>90173</v>
       </c>
       <c r="C28" s="3">
-        <v>50152</v>
+        <v>50221</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3" t="s">
         <v>57</v>
       </c>
@@ -1539,51 +1539,51 @@
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="5">
         <v>1914544</v>
       </c>
       <c r="C32" s="5">
-        <v>1007502</v>
+        <v>1007883</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>64</v>
       </c>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>