--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -104,63 +104,63 @@
   <si>
     <t>10.74 %</t>
   </si>
   <si>
     <t>SHYAMPUR I</t>
   </si>
   <si>
     <t>19.6 %</t>
   </si>
   <si>
     <t>SHYAMPUR II</t>
   </si>
   <si>
     <t>12.95 %</t>
   </si>
   <si>
     <t>UDAYNARAYANPUR</t>
   </si>
   <si>
     <t>84.46 %</t>
   </si>
   <si>
     <t>ULUBERIA I</t>
   </si>
   <si>
-    <t>33.72 %</t>
+    <t>34.78 %</t>
   </si>
   <si>
     <t>ULUBERIA II</t>
   </si>
   <si>
     <t>22.74 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>59.34 %</t>
+    <t>59.41 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -939,51 +939,51 @@
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="3">
         <v>46641</v>
       </c>
       <c r="C15" s="3">
-        <v>15727</v>
+        <v>16223</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3" t="s">
         <v>31</v>
       </c>
@@ -999,51 +999,51 @@
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="5">
         <v>678067</v>
       </c>
       <c r="C17" s="5">
-        <v>402376</v>
+        <v>402872</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>