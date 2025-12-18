--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -110,51 +110,51 @@
   <si>
     <t>55.08 %</t>
   </si>
   <si>
     <t>KOTULPUR</t>
   </si>
   <si>
     <t>22.5 %</t>
   </si>
   <si>
     <t>MEJHIA</t>
   </si>
   <si>
     <t>0.88 %</t>
   </si>
   <si>
     <t>ONDA</t>
   </si>
   <si>
     <t>81.7 %</t>
   </si>
   <si>
     <t>PATRASAYER</t>
   </si>
   <si>
-    <t>16.03 %</t>
+    <t>16.39 %</t>
   </si>
   <si>
     <t>RAIPUR</t>
   </si>
   <si>
     <t>50.76 %</t>
   </si>
   <si>
     <t>RANIBUNDH</t>
   </si>
   <si>
     <t>80.13 %</t>
   </si>
   <si>
     <t>SALTORA</t>
   </si>
   <si>
     <t>69.85 %</t>
   </si>
   <si>
     <t>SARENGA</t>
   </si>
   <si>
     <t>75.35 %</t>
   </si>
@@ -164,51 +164,51 @@
   <si>
     <t>79.65 %</t>
   </si>
   <si>
     <t>SONAMUKHI</t>
   </si>
   <si>
     <t>13.93 %</t>
   </si>
   <si>
     <t>TALDANGRA</t>
   </si>
   <si>
     <t>0.23 %</t>
   </si>
   <si>
     <t>VISHNUPUR</t>
   </si>
   <si>
     <t>91.85 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>58.36 %</t>
+    <t>58.38 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -657,51 +657,51 @@
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="3">
         <v>34752</v>
       </c>
       <c r="C4" s="3">
-        <v>34248</v>
+        <v>34249</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
@@ -1017,51 +1017,51 @@
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="3">
         <v>40631</v>
       </c>
       <c r="C16" s="3">
-        <v>6515</v>
+        <v>6659</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3" t="s">
         <v>33</v>
       </c>
@@ -1287,51 +1287,51 @@
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B25" s="5">
         <v>742508</v>
       </c>
       <c r="C25" s="5">
-        <v>433355</v>
+        <v>433500</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>50</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>