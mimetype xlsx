--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -47,51 +47,51 @@
   <si>
     <t>FHTC Provided</t>
   </si>
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>74.39 %</t>
   </si>
   <si>
     <t>CHAKDAH</t>
   </si>
   <si>
     <t>92.35 %</t>
   </si>
   <si>
     <t>CHAPRA</t>
   </si>
   <si>
     <t>88.54 %</t>
   </si>
   <si>
     <t>HANSKHALI</t>
   </si>
   <si>
-    <t>92.37 %</t>
+    <t>92.61 %</t>
   </si>
   <si>
     <t>HARINGHATA</t>
   </si>
   <si>
     <t>96.47 %</t>
   </si>
   <si>
     <t>KALIGANJ</t>
   </si>
   <si>
     <t>84.72 %</t>
   </si>
   <si>
     <t>KALYANI</t>
   </si>
   <si>
     <t>88.92 %</t>
   </si>
   <si>
     <t>KARIMPUR-I</t>
   </si>
   <si>
     <t>100 %</t>
   </si>
@@ -119,75 +119,75 @@
   <si>
     <t>82.04 %</t>
   </si>
   <si>
     <t>NABADWIP</t>
   </si>
   <si>
     <t>84.83 %</t>
   </si>
   <si>
     <t>NAKASHIPARA</t>
   </si>
   <si>
     <t>86.78 %</t>
   </si>
   <si>
     <t>RANAGHAT-I</t>
   </si>
   <si>
     <t>88.01 %</t>
   </si>
   <si>
     <t>RANAGHAT-II</t>
   </si>
   <si>
-    <t>84.1 %</t>
+    <t>84.13 %</t>
   </si>
   <si>
     <t>SHANTIPUR</t>
   </si>
   <si>
     <t>91.03 %</t>
   </si>
   <si>
     <t>TEHATTA-I</t>
   </si>
   <si>
     <t>93.1 %</t>
   </si>
   <si>
     <t>TEHATTA-II</t>
   </si>
   <si>
     <t>89.88 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>88.97 %</t>
+    <t>88.99 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -694,51 +694,51 @@
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3">
         <v>80121</v>
       </c>
       <c r="C6" s="3">
-        <v>74010</v>
+        <v>74198</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
@@ -1054,51 +1054,51 @@
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="3">
         <v>110948</v>
       </c>
       <c r="C18" s="3">
-        <v>93306</v>
+        <v>93336</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3" t="s">
         <v>36</v>
       </c>
@@ -1174,51 +1174,51 @@
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="5">
         <v>1193370</v>
       </c>
       <c r="C22" s="5">
-        <v>1061775</v>
+        <v>1061993</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>