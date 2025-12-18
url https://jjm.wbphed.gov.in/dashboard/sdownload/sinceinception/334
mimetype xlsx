--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -32,165 +32,165 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>FHTC Coverage (Since Inception)</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Household</t>
   </si>
   <si>
     <t>FHTC Provided</t>
   </si>
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>BOLPUR SRINIKETAN</t>
   </si>
   <si>
-    <t>58.9 %</t>
+    <t>58.92 %</t>
   </si>
   <si>
     <t>DUBRAJPUR</t>
   </si>
   <si>
     <t>16.21 %</t>
   </si>
   <si>
     <t>ILLAMBAZAR</t>
   </si>
   <si>
     <t>49.54 %</t>
   </si>
   <si>
     <t>KHOYRASOL</t>
   </si>
   <si>
-    <t>57 %</t>
+    <t>57.07 %</t>
   </si>
   <si>
     <t>LABPUR</t>
   </si>
   <si>
     <t>23.98 %</t>
   </si>
   <si>
     <t>MAYURESWAR-I</t>
   </si>
   <si>
     <t>48.68 %</t>
   </si>
   <si>
     <t>MAYURESWAR-II</t>
   </si>
   <si>
     <t>53.73 %</t>
   </si>
   <si>
     <t>MOHAMMAD BAZAR</t>
   </si>
   <si>
     <t>52.1 %</t>
   </si>
   <si>
     <t>MURARAI-I</t>
   </si>
   <si>
     <t>36.45 %</t>
   </si>
   <si>
     <t>MURARAI-II</t>
   </si>
   <si>
     <t>54.31 %</t>
   </si>
   <si>
     <t>NALHATI-I</t>
   </si>
   <si>
-    <t>57.93 %</t>
+    <t>58 %</t>
   </si>
   <si>
     <t>NALHATI-II</t>
   </si>
   <si>
     <t>53.52 %</t>
   </si>
   <si>
     <t>NANOOR</t>
   </si>
   <si>
-    <t>36.41 %</t>
+    <t>36.42 %</t>
   </si>
   <si>
     <t>RAJNAGAR</t>
   </si>
   <si>
     <t>44.16 %</t>
   </si>
   <si>
     <t>RAMPURHAT-I</t>
   </si>
   <si>
     <t>11.99 %</t>
   </si>
   <si>
     <t>RAMPURHAT-II</t>
   </si>
   <si>
     <t>45.81 %</t>
   </si>
   <si>
     <t>SAINTHIA</t>
   </si>
   <si>
-    <t>35.58 %</t>
+    <t>35.59 %</t>
   </si>
   <si>
     <t>SURI-I</t>
   </si>
   <si>
     <t>48.14 %</t>
   </si>
   <si>
     <t>SURI-II</t>
   </si>
   <si>
     <t>70.58 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>43.97 %</t>
+    <t>43.98 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -609,51 +609,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3">
         <v>53124</v>
       </c>
       <c r="C3" s="3">
-        <v>31290</v>
+        <v>31301</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
@@ -669,81 +669,81 @@
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="3">
         <v>43470</v>
       </c>
       <c r="C5" s="3">
-        <v>21534</v>
+        <v>21536</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="3">
         <v>37785</v>
       </c>
       <c r="C6" s="3">
-        <v>21539</v>
+        <v>21563</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
@@ -909,51 +909,51 @@
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="3">
         <v>59619</v>
       </c>
       <c r="C13" s="3">
-        <v>34536</v>
+        <v>34581</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3" t="s">
         <v>27</v>
       </c>
@@ -969,51 +969,51 @@
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="3">
         <v>54411</v>
       </c>
       <c r="C15" s="3">
-        <v>19812</v>
+        <v>19817</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3" t="s">
         <v>31</v>
       </c>
@@ -1089,51 +1089,51 @@
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="3">
         <v>50197</v>
       </c>
       <c r="C19" s="3">
-        <v>17860</v>
+        <v>17863</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3" t="s">
         <v>39</v>
       </c>
@@ -1179,51 +1179,51 @@
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="5">
         <v>854370</v>
       </c>
       <c r="C22" s="5">
-        <v>375684</v>
+        <v>375774</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>44</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>