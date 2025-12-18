--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -140,99 +140,99 @@
   <si>
     <t>54.52 %</t>
   </si>
   <si>
     <t>MURSHIDABAD JIAGANJ</t>
   </si>
   <si>
     <t>65.52 %</t>
   </si>
   <si>
     <t>NABAGRAM</t>
   </si>
   <si>
     <t>5.17 %</t>
   </si>
   <si>
     <t>NAWDA</t>
   </si>
   <si>
     <t>62.06 %</t>
   </si>
   <si>
     <t>RAGHUNATHGANJ-I</t>
   </si>
   <si>
-    <t>45.19 %</t>
+    <t>45.31 %</t>
   </si>
   <si>
     <t>RAGHUNATHGANJ-II</t>
   </si>
   <si>
     <t>41.32 %</t>
   </si>
   <si>
     <t>RANINAGAR-I</t>
   </si>
   <si>
-    <t>61.2 %</t>
+    <t>61.24 %</t>
   </si>
   <si>
     <t>RANINAGAR-II</t>
   </si>
   <si>
     <t>68.34 %</t>
   </si>
   <si>
     <t>SAGARDIGHI</t>
   </si>
   <si>
     <t>3.15 %</t>
   </si>
   <si>
     <t>SAMSERGANJ</t>
   </si>
   <si>
     <t>21.07 %</t>
   </si>
   <si>
     <t>SUTI-I</t>
   </si>
   <si>
     <t>30.48 %</t>
   </si>
   <si>
     <t>SUTI-II</t>
   </si>
   <si>
     <t>32.51 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>43.31 %</t>
+    <t>43.32 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -681,51 +681,51 @@
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="3">
         <v>66891</v>
       </c>
       <c r="C4" s="3">
-        <v>34925</v>
+        <v>34927</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
@@ -1191,51 +1191,51 @@
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="3">
         <v>45450</v>
       </c>
       <c r="C21" s="3">
-        <v>20537</v>
+        <v>20594</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3" t="s">
         <v>43</v>
       </c>
@@ -1251,51 +1251,51 @@
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B23" s="3">
         <v>50278</v>
       </c>
       <c r="C23" s="3">
-        <v>30768</v>
+        <v>30790</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>46</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3" t="s">
         <v>47</v>
       </c>
@@ -1431,51 +1431,51 @@
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="5">
         <v>1678493</v>
       </c>
       <c r="C29" s="5">
-        <v>726989</v>
+        <v>727070</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>