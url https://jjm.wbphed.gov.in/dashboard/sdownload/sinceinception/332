--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -56,51 +56,51 @@
   <si>
     <t>37.65 %</t>
   </si>
   <si>
     <t>CHANCHAL-I</t>
   </si>
   <si>
     <t>28.68 %</t>
   </si>
   <si>
     <t>CHANCHAL-II</t>
   </si>
   <si>
     <t>37.19 %</t>
   </si>
   <si>
     <t>ENGLISH BAZAR</t>
   </si>
   <si>
     <t>52.9 %</t>
   </si>
   <si>
     <t>GAZOLE</t>
   </si>
   <si>
-    <t>29.76 %</t>
+    <t>29.92 %</t>
   </si>
   <si>
     <t>HABIBPUR</t>
   </si>
   <si>
     <t>53.04 %</t>
   </si>
   <si>
     <t>HARISCHANDRAPUR-I</t>
   </si>
   <si>
     <t>34.11 %</t>
   </si>
   <si>
     <t>HARISCHANDRAPUR-II</t>
   </si>
   <si>
     <t>52.22 %</t>
   </si>
   <si>
     <t>KALIACHAK-I</t>
   </si>
   <si>
     <t>33.92 %</t>
   </si>
@@ -122,51 +122,51 @@
   <si>
     <t>41.26 %</t>
   </si>
   <si>
     <t>MANIKCHAK</t>
   </si>
   <si>
     <t>44.99 %</t>
   </si>
   <si>
     <t>RATUA-I</t>
   </si>
   <si>
     <t>17.17 %</t>
   </si>
   <si>
     <t>RATUA-II</t>
   </si>
   <si>
     <t>25.76 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>37.93 %</t>
+    <t>37.94 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -705,51 +705,51 @@
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="3">
         <v>90134</v>
       </c>
       <c r="C7" s="3">
-        <v>26821</v>
+        <v>26969</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
@@ -1035,51 +1035,51 @@
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="5">
         <v>870236</v>
       </c>
       <c r="C18" s="5">
-        <v>330045</v>
+        <v>330193</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>