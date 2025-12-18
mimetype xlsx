--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -32,123 +32,123 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>FHTC Coverage (Since Inception)</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Household</t>
   </si>
   <si>
     <t>FHTC Provided</t>
   </si>
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>COOCH BEHAR-I</t>
   </si>
   <si>
-    <t>59.38 %</t>
+    <t>59.46 %</t>
   </si>
   <si>
     <t>COOCH BEHAR-II</t>
   </si>
   <si>
-    <t>62.54 %</t>
+    <t>62.57 %</t>
   </si>
   <si>
     <t>DINHATA-I</t>
   </si>
   <si>
-    <t>69.16 %</t>
+    <t>69.18 %</t>
   </si>
   <si>
     <t>DINHATA-II</t>
   </si>
   <si>
-    <t>54.78 %</t>
+    <t>54.82 %</t>
   </si>
   <si>
     <t>HALDIBARI</t>
   </si>
   <si>
     <t>74.81 %</t>
   </si>
   <si>
     <t>MATHABHANGA-I</t>
   </si>
   <si>
-    <t>72.04 %</t>
+    <t>72.3 %</t>
   </si>
   <si>
     <t>MATHABHANGA-II</t>
   </si>
   <si>
-    <t>59.86 %</t>
+    <t>59.92 %</t>
   </si>
   <si>
     <t>MEKLIGANJ</t>
   </si>
   <si>
     <t>62.18 %</t>
   </si>
   <si>
     <t>SITAI</t>
   </si>
   <si>
-    <t>54.39 %</t>
+    <t>54.42 %</t>
   </si>
   <si>
     <t>SITALKUCHI</t>
   </si>
   <si>
     <t>64.94 %</t>
   </si>
   <si>
     <t>TUFANGANJ-I</t>
   </si>
   <si>
     <t>80.99 %</t>
   </si>
   <si>
     <t>TUFANGANJ-II</t>
   </si>
   <si>
     <t>82.19 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>65.72 %</t>
+    <t>65.77 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -567,141 +567,141 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3">
         <v>95106</v>
       </c>
       <c r="C3" s="3">
-        <v>56470</v>
+        <v>56546</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="3">
         <v>78266</v>
       </c>
       <c r="C4" s="3">
-        <v>48947</v>
+        <v>48968</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="3">
         <v>87899</v>
       </c>
       <c r="C5" s="3">
-        <v>60793</v>
+        <v>60806</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="3">
         <v>69754</v>
       </c>
       <c r="C6" s="3">
-        <v>38213</v>
+        <v>38239</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
@@ -717,81 +717,81 @@
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="3">
         <v>53500</v>
       </c>
       <c r="C8" s="3">
-        <v>38539</v>
+        <v>38682</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="3">
         <v>54831</v>
       </c>
       <c r="C9" s="3">
-        <v>32822</v>
+        <v>32852</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3" t="s">
         <v>19</v>
       </c>
@@ -807,51 +807,51 @@
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="3">
         <v>32966</v>
       </c>
       <c r="C11" s="3">
-        <v>17931</v>
+        <v>17940</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3" t="s">
         <v>23</v>
       </c>
@@ -927,51 +927,51 @@
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="5">
         <v>696553</v>
       </c>
       <c r="C15" s="5">
-        <v>457772</v>
+        <v>458090</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>