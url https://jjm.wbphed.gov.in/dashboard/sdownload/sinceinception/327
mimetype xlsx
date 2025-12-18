--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -50,87 +50,87 @@
   <si>
     <t>% Progress</t>
   </si>
   <si>
     <t>DARJEELING PULBAZAR</t>
   </si>
   <si>
     <t>43.82 %</t>
   </si>
   <si>
     <t>JOREBUNGLOW SUKIAPOKHRI</t>
   </si>
   <si>
     <t>57.45 %</t>
   </si>
   <si>
     <t>KHARIBARI</t>
   </si>
   <si>
     <t>54.19 %</t>
   </si>
   <si>
     <t>KURSEONG</t>
   </si>
   <si>
-    <t>37.09 %</t>
+    <t>37.13 %</t>
   </si>
   <si>
     <t>MATIGARA</t>
   </si>
   <si>
-    <t>60.91 %</t>
+    <t>61.64 %</t>
   </si>
   <si>
     <t>MIRIK</t>
   </si>
   <si>
-    <t>44.41 %</t>
+    <t>44.42 %</t>
   </si>
   <si>
     <t>NAXALBARI</t>
   </si>
   <si>
     <t>52.12 %</t>
   </si>
   <si>
     <t>PHANSIDEWA</t>
   </si>
   <si>
     <t>37.38 %</t>
   </si>
   <si>
     <t>RANGLI RANGLIOT</t>
   </si>
   <si>
     <t>53.84 %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>48.82 %</t>
+    <t>48.93 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -639,111 +639,111 @@
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="3">
         <v>49684</v>
       </c>
       <c r="C6" s="3">
-        <v>18429</v>
+        <v>18447</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="3">
         <v>49240</v>
       </c>
       <c r="C7" s="3">
-        <v>29991</v>
+        <v>30353</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="3">
         <v>18529</v>
       </c>
       <c r="C8" s="3">
-        <v>8229</v>
+        <v>8231</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3" t="s">
         <v>17</v>
       </c>
@@ -819,51 +819,51 @@
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="5">
         <v>342091</v>
       </c>
       <c r="C12" s="5">
-        <v>166995</v>
+        <v>167377</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>