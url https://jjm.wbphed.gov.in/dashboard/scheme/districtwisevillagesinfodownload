--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -630,51 +630,51 @@
       </c>
       <c r="H3" s="4">
         <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="3">
         <v>3742</v>
       </c>
       <c r="D4" s="4">
         <v>3327</v>
       </c>
       <c r="E4" s="4">
         <v>3831</v>
       </c>
       <c r="F4" s="4">
         <v>756</v>
       </c>
       <c r="G4" s="4">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="H4" s="4">
         <v>3728</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="3">
         <v>2294</v>
       </c>
       <c r="D5" s="4">
         <v>2265</v>
       </c>
       <c r="E5" s="4">
         <v>2435</v>
       </c>
       <c r="F5" s="4">
         <v>269</v>
       </c>
       <c r="G5" s="4">
@@ -682,51 +682,51 @@
       </c>
       <c r="H5" s="4">
         <v>2215</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="3">
         <v>1137</v>
       </c>
       <c r="D6" s="4">
         <v>1181</v>
       </c>
       <c r="E6" s="4">
         <v>1199</v>
       </c>
       <c r="F6" s="4">
         <v>35</v>
       </c>
       <c r="G6" s="4">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="H6" s="4">
         <v>1133</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="3">
         <v>1600</v>
       </c>
       <c r="D7" s="4">
         <v>1375</v>
       </c>
       <c r="E7" s="4">
         <v>1634</v>
       </c>
       <c r="F7" s="4">
         <v>156</v>
       </c>
       <c r="G7" s="4">
@@ -783,54 +783,54 @@
       </c>
       <c r="G9" s="4">
         <v>1502</v>
       </c>
       <c r="H9" s="4">
         <v>1876</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="3">
         <v>802</v>
       </c>
       <c r="D10" s="4">
         <v>745</v>
       </c>
       <c r="E10" s="4">
         <v>781</v>
       </c>
       <c r="F10" s="4">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G10" s="4">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="H10" s="4">
         <v>771</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="3">
         <v>438</v>
       </c>
       <c r="D11" s="4">
         <v>391</v>
       </c>
       <c r="E11" s="4">
         <v>406</v>
       </c>
       <c r="F11" s="4">
         <v>34</v>
       </c>
       <c r="G11" s="4">
@@ -1020,103 +1020,103 @@
       </c>
       <c r="H18" s="4">
         <v>373</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="3">
         <v>5042</v>
       </c>
       <c r="D19" s="4">
         <v>5534</v>
       </c>
       <c r="E19" s="4">
         <v>5656</v>
       </c>
       <c r="F19" s="4">
         <v>38</v>
       </c>
       <c r="G19" s="4">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="H19" s="4">
         <v>5029</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="3">
         <v>2169</v>
       </c>
       <c r="D20" s="4">
         <v>2115</v>
       </c>
       <c r="E20" s="4">
         <v>2142</v>
       </c>
       <c r="F20" s="4">
         <v>359</v>
       </c>
       <c r="G20" s="4">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="H20" s="4">
         <v>2101</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="3">
         <v>2954</v>
       </c>
       <c r="D21" s="4">
         <v>2859</v>
       </c>
       <c r="E21" s="4">
         <v>2986</v>
       </c>
       <c r="F21" s="4">
         <v>401</v>
       </c>
       <c r="G21" s="4">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="H21" s="4">
         <v>2928</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="3">
         <v>2621</v>
       </c>
       <c r="D22" s="4">
         <v>2074</v>
       </c>
       <c r="E22" s="4">
         <v>2681</v>
       </c>
       <c r="F22" s="4">
         <v>186</v>
       </c>
       <c r="G22" s="4">
@@ -1173,54 +1173,54 @@
       </c>
       <c r="G24" s="4">
         <v>832</v>
       </c>
       <c r="H24" s="4">
         <v>1468</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="9">
         <v>39179</v>
       </c>
       <c r="D25" s="10">
         <v>37945</v>
       </c>
       <c r="E25" s="10">
         <v>40415</v>
       </c>
       <c r="F25" s="10">
-        <v>4124</v>
+        <v>4125</v>
       </c>
       <c r="G25" s="10">
-        <v>23666</v>
+        <v>23687</v>
       </c>
       <c r="H25" s="10">
         <v>38094</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>