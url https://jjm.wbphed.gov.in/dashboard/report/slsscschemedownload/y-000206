--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List of Scheme Sanctioned" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1333">
   <si>
     <t>List of Scheme Sanctioned (Rs. in Lakh)</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>SlSSC No.</t>
   </si>
   <si>
     <t>Scheme Type</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
@@ -155,1377 +155,3903 @@
   <si>
     <t>SM/01396</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
     <t>Junior Engineer-I</t>
   </si>
   <si>
     <t>Administrative Approval Issued</t>
   </si>
   <si>
     <t>MVS</t>
   </si>
   <si>
     <t>09/02/2021</t>
   </si>
   <si>
     <t>GO2021006713PH</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
+    <t>04/12/2020</t>
+  </si>
+  <si>
+    <t>Lalgola</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Nasipur (Code-314186) In The Command Area Of Nasipur Zone-I Ground Water Supply Scheme (Part-C) (SM/07690)</t>
+  </si>
+  <si>
+    <t>SM/07690</t>
+  </si>
+  <si>
+    <t>TSM/006448</t>
+  </si>
+  <si>
+    <t>SM/00871</t>
+  </si>
+  <si>
+    <t>Assistant Engineer-I</t>
+  </si>
+  <si>
+    <t>JE</t>
+  </si>
+  <si>
+    <t>SVS</t>
+  </si>
+  <si>
+    <t>07/01/2021</t>
+  </si>
+  <si>
+    <t>GO2021004283PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Mirzapur (Zone-H) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block In (SM/07704)</t>
+  </si>
+  <si>
+    <t>SM/07704</t>
+  </si>
+  <si>
+    <t>TSM/006901</t>
+  </si>
+  <si>
+    <t>SM/03343</t>
+  </si>
+  <si>
+    <t>GO2021004288PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Rajarampur (Code-314196) In The Command Area Of Rajarampur Ground Water Supply Scheme (Part-C) Under Lalgola Block In Murshidaba (SM/07705)</t>
+  </si>
+  <si>
+    <t>SM/07705</t>
+  </si>
+  <si>
+    <t>TSM/006428</t>
+  </si>
+  <si>
+    <t>SM/01495</t>
+  </si>
+  <si>
+    <t>GO2021004279PH</t>
+  </si>
+  <si>
+    <t>Bhagawangola - I</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Mathbarenda (Code-314480), Madapur (Code-314482), Sultanpur (Code-314490),Patti Bahadurpur (Code-314489) In The C (SM/07724)</t>
+  </si>
+  <si>
+    <t>SM/07724</t>
+  </si>
+  <si>
+    <t>TSM/006434</t>
+  </si>
+  <si>
+    <t>SM/01539</t>
+  </si>
+  <si>
+    <t>GO2021004265PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Gopinathpur (Zone-B) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block (SM/08114)</t>
+  </si>
+  <si>
+    <t>SM/08114</t>
+  </si>
+  <si>
+    <t>TSM/006897</t>
+  </si>
+  <si>
+    <t>GO2021006696PH</t>
+  </si>
+  <si>
+    <t>Murshidabad Jiaganj</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Begamnagar (Zone-D) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (P (SM/08115)</t>
+  </si>
+  <si>
+    <t>SM/08115</t>
+  </si>
+  <si>
+    <t>TSM/006902</t>
+  </si>
+  <si>
+    <t>SM/01013</t>
+  </si>
+  <si>
+    <t>JE_RAJIB BISWAS</t>
+  </si>
+  <si>
+    <t>GO2021006702PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Sashidharpur (Zone-B) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (SM/08117)</t>
+  </si>
+  <si>
+    <t>SM/08117</t>
+  </si>
+  <si>
+    <t>TSM/006904</t>
+  </si>
+  <si>
+    <t>GO2021006709PH</t>
+  </si>
+  <si>
+    <t>3rd (2020-2021)</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for the Village of Aragi Kulgachi (VillageCode-314471) , Subarnamrigi (VillageCode-314473) under command area of Digha ground wate (SM/06976)</t>
+  </si>
+  <si>
+    <t>SM/06976</t>
+  </si>
+  <si>
+    <t>TSM/006028</t>
+  </si>
+  <si>
+    <t>SM/01462</t>
+  </si>
+  <si>
+    <t>09/11/2020</t>
+  </si>
+  <si>
+    <t>GO2021002464PH</t>
+  </si>
+  <si>
+    <t>25/09/2020</t>
+  </si>
+  <si>
+    <t>Bhagawangola - II</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Harirampur ground water supply scheme (SM/06979)</t>
+  </si>
+  <si>
+    <t>SM/06979</t>
+  </si>
+  <si>
+    <t>TSM/006032</t>
+  </si>
+  <si>
+    <t>SM/01947</t>
+  </si>
+  <si>
+    <t>GO2021002467PH</t>
+  </si>
+  <si>
+    <t>Raninagar - II</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Ramchandrapur ground water supply scheme (SM/07232)</t>
+  </si>
+  <si>
+    <t>SM/07232</t>
+  </si>
+  <si>
+    <t>TSM/006067</t>
+  </si>
+  <si>
+    <t>SM/02437</t>
+  </si>
+  <si>
+    <t>Raghunathganj Sub-Division</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer-II</t>
+  </si>
+  <si>
+    <t>08/12/2020</t>
+  </si>
+  <si>
+    <t>GO2021003163PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for Village of Paschim Gobindapur (VillageCode-314448)&amp; Barbaria(Village Code-314462) under command area of Gobra ground water s (SM/07234)</t>
+  </si>
+  <si>
+    <t>SM/07234</t>
+  </si>
+  <si>
+    <t>TSM/006073</t>
+  </si>
+  <si>
+    <t>SM/01943</t>
+  </si>
+  <si>
+    <t>GO2021003165PH</t>
+  </si>
+  <si>
+    <t>Beldanga - II</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA at Sadatpur(VillageCode-315671) ,Chhatiani (Village Code-315673) under command area of Sadhukhali ground water supply scheme (Part-B) (SM/07236)</t>
+  </si>
+  <si>
+    <t>SM/07236</t>
+  </si>
+  <si>
+    <t>TSM/006024</t>
+  </si>
+  <si>
+    <t>SM/01407</t>
+  </si>
+  <si>
+    <t>GO2021003171PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Mahatpur (Code-314442) In The Command Area Of Telia Ground Water Supply Scheme (Part-A) Under Bhagwangola-I Block In Murshidabad (SM/07786)</t>
+  </si>
+  <si>
+    <t>SM/07786</t>
+  </si>
+  <si>
+    <t>TSM/006455</t>
+  </si>
+  <si>
+    <t>SM/01944</t>
+  </si>
+  <si>
+    <t>GO2021004220PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Karttikpur (Code-314220) In The Command Area Of Bansgara Ground Water Supply Scheme (Part-C) Under Lalgola Block (SM/07787)</t>
+  </si>
+  <si>
+    <t>SM/07787</t>
+  </si>
+  <si>
+    <t>TSM/006460</t>
+  </si>
+  <si>
+    <t>SM/03277</t>
+  </si>
+  <si>
+    <t>GO2021004219PH</t>
+  </si>
+  <si>
+    <t>Nawda</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Bali Zone-II Ground Water Supply Scheme Under Nawda Block In Murshidabad District Under Berhampore Division-I, (SM/08903)</t>
+  </si>
+  <si>
+    <t>SM/08903</t>
+  </si>
+  <si>
+    <t>TSM/006488</t>
+  </si>
+  <si>
+    <t>SM/02306</t>
+  </si>
+  <si>
+    <t>29/09/2021</t>
+  </si>
+  <si>
+    <t>GO2122003903PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Ramnachadpur Ground Water Supply Scheme Under Nawda Block In Murshidabad District Under Berhampore Division-I, (SM/08905)</t>
+  </si>
+  <si>
+    <t>SM/08905</t>
+  </si>
+  <si>
+    <t>TSM/006500</t>
+  </si>
+  <si>
+    <t>SM/02219</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Begunbari (Zone-I) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block (SM/08909)</t>
+  </si>
+  <si>
+    <t>SM/08909</t>
+  </si>
+  <si>
+    <t>TSM/006504</t>
+  </si>
+  <si>
+    <t>SM/00199</t>
+  </si>
+  <si>
+    <t>Berhampore</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Daulatabad (Zone-F) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (P (SM/08913)</t>
+  </si>
+  <si>
+    <t>SM/08913</t>
+  </si>
+  <si>
+    <t>TSM/006887</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Chaitanyapur (Zone-C) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Blo (SM/08908)</t>
+  </si>
+  <si>
+    <t>SM/08908</t>
+  </si>
+  <si>
+    <t>TSM/006882</t>
+  </si>
+  <si>
+    <t>2nd (2022-2023)</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Hasanpur (SM/12584)</t>
+  </si>
+  <si>
+    <t>SM/12584</t>
+  </si>
+  <si>
+    <t>TSM/011876</t>
+  </si>
+  <si>
+    <t>SM/01946</t>
+  </si>
+  <si>
+    <t>JE_RAJIB BISWAS,Junior engineer-III</t>
+  </si>
+  <si>
+    <t>Ground Water</t>
+  </si>
+  <si>
+    <t>PH222360897M000</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>GO2223007744PH</t>
+  </si>
+  <si>
+    <t>20/05/2022</t>
+  </si>
+  <si>
+    <t>Hariharpara</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Rukunpur (Zone-G) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Par (SM/08112)</t>
+  </si>
+  <si>
+    <t>SM/08112</t>
+  </si>
+  <si>
+    <t>TSM/006894</t>
+  </si>
+  <si>
+    <t>GO2021006698PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Sundarpur to Accommodate FHTC. (SM/12822)</t>
+  </si>
+  <si>
+    <t>SM/12822</t>
+  </si>
+  <si>
+    <t>TSM/011874</t>
+  </si>
+  <si>
+    <t>SM/01503</t>
+  </si>
+  <si>
+    <t>JE,Junior engineer-III</t>
+  </si>
+  <si>
+    <t>PH222360853M000</t>
+  </si>
+  <si>
+    <t>22/09/2022</t>
+  </si>
+  <si>
+    <t>GO2223008129PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Diar Syampur Zone- I to Accommodate FHTC. (SM/12738)</t>
+  </si>
+  <si>
+    <t>SM/12738</t>
+  </si>
+  <si>
+    <t>TSM/011934</t>
+  </si>
+  <si>
+    <t>SM/01461</t>
+  </si>
+  <si>
+    <t>PH222360846S000</t>
+  </si>
+  <si>
+    <t>20/09/2022</t>
+  </si>
+  <si>
+    <t>GO2223007999PH</t>
+  </si>
+  <si>
+    <t>7th (2022-2023)</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR BRAHAMOTTAR MANIKCHAK ,BLOCK - LALGOLA , DISTRICT- MURSHIDABAD. (SM/14433)</t>
+  </si>
+  <si>
+    <t>SM/14433</t>
+  </si>
+  <si>
+    <t>TSM/014465</t>
+  </si>
+  <si>
+    <t>SM/01446</t>
+  </si>
+  <si>
+    <t>Berhampur M/E Division</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,ASSISTANT ENGINEER-I</t>
+  </si>
+  <si>
+    <t>PH222365418M000</t>
+  </si>
+  <si>
+    <t>20/01/2023</t>
+  </si>
+  <si>
+    <t>GO2223012258PH</t>
+  </si>
+  <si>
+    <t>26/09/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Ramnachandpur Zone-IV pipe water supply scheme . (SM/15227)</t>
+  </si>
+  <si>
+    <t>SM/15227</t>
+  </si>
+  <si>
+    <t>TSM/016325</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER-I,Assistant Engineer-II</t>
+  </si>
+  <si>
+    <t>PH222365371M000</t>
+  </si>
+  <si>
+    <t>07/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223013383PH</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR JUMRA NAYAGRAM ,BLOCK - LALGOLA , DISTRICT- MURSHIDABAD. (SM/14923)</t>
+  </si>
+  <si>
+    <t>SM/14923</t>
+  </si>
+  <si>
+    <t>TSM/014461</t>
+  </si>
+  <si>
+    <t>SM/01471</t>
+  </si>
+  <si>
+    <t>PH222365424M000</t>
+  </si>
+  <si>
+    <t>03/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223012927PH</t>
+  </si>
+  <si>
+    <t>Jalangi</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Udaynagar Diar . (SM/14739)</t>
+  </si>
+  <si>
+    <t>SM/14739</t>
+  </si>
+  <si>
+    <t>TSM/011839</t>
+  </si>
+  <si>
+    <t>SM/01948</t>
+  </si>
+  <si>
+    <t>JE,Junior engineer-II</t>
+  </si>
+  <si>
+    <t>PH222365435M000</t>
+  </si>
+  <si>
+    <t>31/01/2023</t>
+  </si>
+  <si>
+    <t>GO2223012661PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Sadhukhali Zone-I pipe water supply scheme . (SM/15518)</t>
+  </si>
+  <si>
+    <t>SM/15518</t>
+  </si>
+  <si>
+    <t>TSM/016301</t>
+  </si>
+  <si>
+    <t>Junior Engineer-I,Junior engineer-III</t>
+  </si>
+  <si>
+    <t>PH222365403M000</t>
+  </si>
+  <si>
+    <t>15/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223013866PH</t>
+  </si>
+  <si>
+    <t>10th(2022-2023)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) Village- Sibnagar Zone IV, Block- Nawda, District- Murshidabad. (SM/16437)</t>
+  </si>
+  <si>
+    <t>SM/16437</t>
+  </si>
+  <si>
+    <t>TSM/017930</t>
+  </si>
+  <si>
+    <t>PH222371944M000</t>
+  </si>
+  <si>
+    <t>28/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223014999PH</t>
+  </si>
+  <si>
+    <t>28/12/2022</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE - DURGAPUR ZONE-IV, BLOCK - LALGOLA, DISTRICT - MURSHIDABAD. (SM/16049)</t>
+  </si>
+  <si>
+    <t>SM/16049</t>
+  </si>
+  <si>
+    <t>TSM/017920</t>
+  </si>
+  <si>
+    <t>PH222371945M000</t>
+  </si>
+  <si>
+    <t>22/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223014714PH</t>
+  </si>
+  <si>
+    <t>8th (2022-2023)</t>
+  </si>
+  <si>
+    <t>HARIGANJA AND ADJOINING MOUJAS PIPED WATER SUPPLY SCHEME (SM/16377)</t>
+  </si>
+  <si>
+    <t>SM/16377</t>
+  </si>
+  <si>
+    <t>TSM/015748</t>
+  </si>
+  <si>
+    <t>PH222367556M000</t>
+  </si>
+  <si>
+    <t>GO2223015061PH</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>MALIPUR PIPED WATER SUPPLY SCHEME. (SM/16785)</t>
+  </si>
+  <si>
+    <t>SM/16785</t>
+  </si>
+  <si>
+    <t>TSM/017831</t>
+  </si>
+  <si>
+    <t>JE_Pravin Kumar Gupta,Junior engineer-III</t>
+  </si>
+  <si>
+    <t>PH222371455M000</t>
+  </si>
+  <si>
+    <t>13/03/2023</t>
+  </si>
+  <si>
+    <t>GO2223015697PH</t>
+  </si>
+  <si>
+    <t>Raninagar - I</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Char Alampur Village (Code-314767), Maheswarpur Village (Code-314768), Chatra Village (Code-314769) Under Command Area Of Moktarp (SM/07703)</t>
+  </si>
+  <si>
+    <t>SM/07703</t>
+  </si>
+  <si>
+    <t>TSM/006489</t>
+  </si>
+  <si>
+    <t>SM/01400</t>
+  </si>
+  <si>
+    <t>GO2021004270PH</t>
+  </si>
+  <si>
+    <t>KRISHNAPUR DINURPARA AND ADJIONING MOUJAS PWSS (SM/18695)</t>
+  </si>
+  <si>
+    <t>SM/18695</t>
+  </si>
+  <si>
+    <t>TSM/016512</t>
+  </si>
+  <si>
+    <t>PH222367554M000</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>2248/PHE-28011/137/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Komnagar ground water supply scheme (SM/07223)</t>
+  </si>
+  <si>
+    <t>SM/07223</t>
+  </si>
+  <si>
+    <t>TSM/006033</t>
+  </si>
+  <si>
+    <t>SM/01545</t>
+  </si>
+  <si>
+    <t>GO2021003174PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Sitesnagar ground water supply scheme (SM/07226)</t>
+  </si>
+  <si>
+    <t>SM/07226</t>
+  </si>
+  <si>
+    <t>TSM/006049</t>
+  </si>
+  <si>
+    <t>SM/01500</t>
+  </si>
+  <si>
+    <t>GO2021003170PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Jagarpara (Code-314183), Janardanpur (Code-314184),Chamunda(Code-314171) In The Command Area Of Nasipur Zone-I Gr (SM/07688)</t>
+  </si>
+  <si>
+    <t>SM/07688</t>
+  </si>
+  <si>
+    <t>TSM/006412</t>
+  </si>
+  <si>
+    <t>GO2021004285PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Sahapur (Code-314210), Ekdalla (Code-314213), Narayanpur (Code-314214) In The Command Area Of Bajupur Madhapur Gr (SM/07691)</t>
+  </si>
+  <si>
+    <t>SM/07691</t>
+  </si>
+  <si>
+    <t>TSM/006429</t>
+  </si>
+  <si>
+    <t>SM/02241</t>
+  </si>
+  <si>
+    <t>GO2021004276PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Purbonarayanpur (Zone-B) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sect (SM/08108)</t>
+  </si>
+  <si>
+    <t>SM/08108</t>
+  </si>
+  <si>
+    <t>TSM/006889</t>
+  </si>
+  <si>
+    <t>GO2021006710PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Opar Orahar (Code-314444) In The Command Area Of Sundarpur Ground Water Supply Scheme (Part-A) (SM/07729)</t>
+  </si>
+  <si>
+    <t>SM/07729</t>
+  </si>
+  <si>
+    <t>TSM/006439</t>
+  </si>
+  <si>
+    <t>GO2021004256PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Diar Syampur ground water supply scheme (SM/06980)</t>
+  </si>
+  <si>
+    <t>SM/06980</t>
+  </si>
+  <si>
+    <t>TSM/006034</t>
+  </si>
+  <si>
+    <t>GO2021002468PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Hurshi zone-II ground water supply scheme (SM/07231)</t>
+  </si>
+  <si>
+    <t>SM/07231</t>
+  </si>
+  <si>
+    <t>TSM/006065</t>
+  </si>
+  <si>
+    <t>SM/01594</t>
+  </si>
+  <si>
+    <t>GO2021003162PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Khemrajpur Village (Code-314761), Srirampur Village (Code-314762), Naodapara Village (Code-314763) Under Command Area Of Lochanpu (SM/07698)</t>
+  </si>
+  <si>
+    <t>SM/07698</t>
+  </si>
+  <si>
+    <t>TSM/006484</t>
+  </si>
+  <si>
+    <t>SM/01450</t>
+  </si>
+  <si>
+    <t>GO2021004266PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Charkamnagar Village (Code-315620), Nagar Village (Code-315622), Maklishpur Village(Code-315623) Under Command Area Of Charkamnag (SM/07694)</t>
+  </si>
+  <si>
+    <t>SM/07694</t>
+  </si>
+  <si>
+    <t>TSM/006474</t>
+  </si>
+  <si>
+    <t>SM/01397</t>
+  </si>
+  <si>
+    <t>GO2021004257PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Mohanpur Village (Code-314764), Gopinathpur Village (Code-314765) Under Command Area Of Lochanpur Ground Water Supply Scheme(Part (SM/07718)</t>
+  </si>
+  <si>
+    <t>SM/07718</t>
+  </si>
+  <si>
+    <t>TSM/006512</t>
+  </si>
+  <si>
+    <t>08/01/2021</t>
+  </si>
+  <si>
+    <t>GO2021004310PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Maheshpur (Zone-F) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block I (SM/07890)</t>
+  </si>
+  <si>
+    <t>SM/07890</t>
+  </si>
+  <si>
+    <t>TSM/006900</t>
+  </si>
+  <si>
+    <t>19/01/2021</t>
+  </si>
+  <si>
+    <t>GO2021004751PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Amaipara (Zone-A) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Par (SM/08911)</t>
+  </si>
+  <si>
+    <t>SM/08911</t>
+  </si>
+  <si>
+    <t>TSM/006885</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Habipur (Zone-G) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Par (SM/08914)</t>
+  </si>
+  <si>
+    <t>SM/08914</t>
+  </si>
+  <si>
+    <t>TSM/006888</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Kasba Bahadurpur (SM/12582)</t>
+  </si>
+  <si>
+    <t>SM/12582</t>
+  </si>
+  <si>
+    <t>TSM/011872</t>
+  </si>
+  <si>
+    <t>PH222360850M000</t>
+  </si>
+  <si>
+    <t>GO2223007743PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Harirampur to Accommodate FHTC. (SM/12586)</t>
+  </si>
+  <si>
+    <t>SM/12586</t>
+  </si>
+  <si>
+    <t>TSM/011668</t>
+  </si>
+  <si>
+    <t>PH222360922M000</t>
+  </si>
+  <si>
+    <t>GO2223007732PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Kajipara Zone- II Piped Water Supply Scheme. (SM/14047)</t>
+  </si>
+  <si>
+    <t>SM/14047</t>
+  </si>
+  <si>
+    <t>TSM/015857</t>
+  </si>
+  <si>
+    <t>SM/01697</t>
+  </si>
+  <si>
+    <t>PH222365383M000</t>
+  </si>
+  <si>
+    <t>12/12/2022</t>
+  </si>
+  <si>
+    <t>GO2223010886PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF MASHIMPUR PIPED WATER SUPPLY SCHEME. (SM/14431)</t>
+  </si>
+  <si>
+    <t>SM/14431</t>
+  </si>
+  <si>
+    <t>TSM/015998</t>
+  </si>
+  <si>
+    <t>SM/01546</t>
+  </si>
+  <si>
+    <t>PH222365412M000</t>
+  </si>
+  <si>
+    <t>GO2223012270PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Komnagar . (SM/14049)</t>
+  </si>
+  <si>
+    <t>SM/14049</t>
+  </si>
+  <si>
+    <t>TSM/011842</t>
+  </si>
+  <si>
+    <t>PH222365393M000</t>
+  </si>
+  <si>
+    <t>GO2223010882PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based pipe water supply scheme for Bansgara Zone-III (SM/15231)</t>
+  </si>
+  <si>
+    <t>SM/15231</t>
+  </si>
+  <si>
+    <t>TSM/017872</t>
+  </si>
+  <si>
+    <t>PH222365401M000</t>
+  </si>
+  <si>
+    <t>GO2223013388PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF ANDULBERIA ZONE-II PIPED WATER SUPPLY SCHEME. (SM/15519)</t>
+  </si>
+  <si>
+    <t>SM/15519</t>
+  </si>
+  <si>
+    <t>TSM/017576</t>
+  </si>
+  <si>
+    <t>SM/01750</t>
+  </si>
+  <si>
+    <t>PH222365453M000</t>
+  </si>
+  <si>
+    <t>16/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223013906PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bansgara Zone- II. (SM/14734)</t>
+  </si>
+  <si>
+    <t>SM/14734</t>
+  </si>
+  <si>
+    <t>TSM/011844</t>
+  </si>
+  <si>
+    <t>SM/02200</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,ASSISTANT ENGINEER-I,ASSISTANT ENGINEER-II</t>
+  </si>
+  <si>
+    <t>PH222365392M000</t>
+  </si>
+  <si>
+    <t>GO2223012653PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED HURSHI ZONE -I PWSS RANINAGAR -I BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/14920)</t>
+  </si>
+  <si>
+    <t>SM/14920</t>
+  </si>
+  <si>
+    <t>TSM/016373</t>
+  </si>
+  <si>
+    <t>PH222365386M000</t>
+  </si>
+  <si>
+    <t>GO2223012925PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (maximum 100 households) Village-Char Halalpur Zone-IV, Block-Berhampore, District- Murshidabad. (SM/16433)</t>
+  </si>
+  <si>
+    <t>SM/16433</t>
+  </si>
+  <si>
+    <t>TSM/018011</t>
+  </si>
+  <si>
+    <t>PH222371928M000</t>
+  </si>
+  <si>
+    <t>GO2223014997PH</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE CHAR NARAYANPUR , BLOCK- BERHAMPORE, DISTRICT MURSHIDABAD. (SM/16441)</t>
+  </si>
+  <si>
+    <t>SM/16441</t>
+  </si>
+  <si>
+    <t>TSM/013372</t>
+  </si>
+  <si>
+    <t>PH222371951M000</t>
+  </si>
+  <si>
+    <t>GO2223015006PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (maximum 100 households) Village-Sonadiar Zone-I, Block-Berhampore, District- Murshidabad. (SM/16500)</t>
+  </si>
+  <si>
+    <t>SM/16500</t>
+  </si>
+  <si>
+    <t>TSM/017951</t>
+  </si>
+  <si>
+    <t>PH222371940M000</t>
+  </si>
+  <si>
+    <t>03/03/2023</t>
+  </si>
+  <si>
+    <t>GO2223015214PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Durgapur Zone-I Block- Lalgola, District- Murshidabad. (SM/16210)</t>
+  </si>
+  <si>
+    <t>SM/16210</t>
+  </si>
+  <si>
+    <t>TSM/018009</t>
+  </si>
+  <si>
+    <t>PH222371929M000</t>
+  </si>
+  <si>
+    <t>24/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223014900PH</t>
+  </si>
+  <si>
+    <t>9th (2022-2023)</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Maia Zone- II Block - Lalgola, Dist- Murshidabad. (SM/16380)</t>
+  </si>
+  <si>
+    <t>SM/16380</t>
+  </si>
+  <si>
+    <t>TSM/017963</t>
+  </si>
+  <si>
+    <t>SM/01751</t>
+  </si>
+  <si>
+    <t>PH222370519M000</t>
+  </si>
+  <si>
+    <t>GO2223015033PH</t>
+  </si>
+  <si>
+    <t>16/11/2022</t>
+  </si>
+  <si>
+    <t>PURBA GOBINDAPUR AND ADJOINING MOUJAS PWSS (SM/16783)</t>
+  </si>
+  <si>
+    <t>SM/16783</t>
+  </si>
+  <si>
+    <t>TSM/017648</t>
+  </si>
+  <si>
+    <t>PH222371390M000</t>
+  </si>
+  <si>
+    <t>GO2223015795PH</t>
+  </si>
+  <si>
+    <t>NAMOORAHAR AND ADJOINING MOUJAS PWSS (SM/18186)</t>
+  </si>
+  <si>
+    <t>SM/18186</t>
+  </si>
+  <si>
+    <t>TSM/017667</t>
+  </si>
+  <si>
+    <t>PH222371467M000</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>GO2223018091PH</t>
+  </si>
+  <si>
+    <t>KHAMARDIAR AND ADJOINING MOUJAS PWSS (SM/18690)</t>
+  </si>
+  <si>
+    <t>SM/18690</t>
+  </si>
+  <si>
+    <t>TSM/016515</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER-I</t>
+  </si>
+  <si>
+    <t>Junior engineer-III</t>
+  </si>
+  <si>
+    <t>PH222367557M000</t>
+  </si>
+  <si>
+    <t>2247/PHE-28011/102/2023-ESTT CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bishnupur Zone- I . (SM/18529)</t>
+  </si>
+  <si>
+    <t>SM/18529</t>
+  </si>
+  <si>
+    <t>TSM/012745</t>
+  </si>
+  <si>
+    <t>SM/01582</t>
+  </si>
+  <si>
+    <t>PH222365430M000</t>
+  </si>
+  <si>
+    <t>26/07/2023</t>
+  </si>
+  <si>
+    <t>2049/PHE-28011/30/2023-ESTT CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Kulgachi (Code-314169), Bilnasipur (Code-314170), Singa (Code-314181), Salmara(Code-3174182),Haripur(Code-314185) (SM/07687)</t>
+  </si>
+  <si>
+    <t>SM/07687</t>
+  </si>
+  <si>
+    <t>TSM/006395</t>
+  </si>
+  <si>
+    <t>GO2021004286PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Telia Village (Code-314466) In The Command Area Of Telia Ground Water Supply Scheme (Part-B) (SM/07732)</t>
+  </si>
+  <si>
+    <t>SM/07732</t>
+  </si>
+  <si>
+    <t>TSM/006457</t>
+  </si>
+  <si>
+    <t>GO2021004268PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Benipur (Code-314546) In The Command Area Of Benipur Ground Water Supply Scheme (Part-A) Under Bhagwangola-II Bloc (SM/07789)</t>
+  </si>
+  <si>
+    <t>SM/07789</t>
+  </si>
+  <si>
+    <t>TSM/006462</t>
+  </si>
+  <si>
+    <t>SM/02521</t>
+  </si>
+  <si>
+    <t>GO2021004215PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Pukhuria (Code-314547) In The Command Area Of Benipur Ground Water Supply Scheme (Part-B) Under Bhagwangola-II Blo (SM/07790)</t>
+  </si>
+  <si>
+    <t>SM/07790</t>
+  </si>
+  <si>
+    <t>TSM/006463</t>
+  </si>
+  <si>
+    <t>GO2021004214PH</t>
+  </si>
+  <si>
+    <t>11th(2021-2022)</t>
+  </si>
+  <si>
+    <t>MOKTARPUR PIPED WATER SUPPLY SCHEME (SM/11620)</t>
+  </si>
+  <si>
+    <t>SM/11620</t>
+  </si>
+  <si>
+    <t>TSM/010430</t>
+  </si>
+  <si>
+    <t>JE,Junior engineer-I,Junior engineer-II,Junior engineer-III</t>
+  </si>
+  <si>
+    <t>PH222354836M000</t>
+  </si>
+  <si>
+    <t>26/07/2022</t>
+  </si>
+  <si>
+    <t>GO2223005563PH</t>
+  </si>
+  <si>
+    <t>30/03/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Sarkarpara . (SM/14051)</t>
+  </si>
+  <si>
+    <t>SM/14051</t>
+  </si>
+  <si>
+    <t>TSM/011836</t>
+  </si>
+  <si>
+    <t>SM/01701</t>
+  </si>
+  <si>
+    <t>PH222365396M000</t>
+  </si>
+  <si>
+    <t>GO2223010881PH</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR RAJARAMPUR,BLOCK - LALGOLA , DISTRICT- MURSHIDABAD. (SM/14432)</t>
+  </si>
+  <si>
+    <t>SM/14432</t>
+  </si>
+  <si>
+    <t>TSM/015869</t>
+  </si>
+  <si>
+    <t>PH222365416M000</t>
+  </si>
+  <si>
+    <t>GO2223012268PH</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR MAKIMNAGAR ,BLOCK - LALGOLA , DISTRICT- MURSHIDABAD. (SM/14434)</t>
+  </si>
+  <si>
+    <t>SM/14434</t>
+  </si>
+  <si>
+    <t>TSM/014464</t>
+  </si>
+  <si>
+    <t>SM/01484</t>
+  </si>
+  <si>
+    <t>PH222365421M000</t>
+  </si>
+  <si>
+    <t>GO2223012261PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED RAMNAGAR DOEMKANUN ZONE-II PWSS RANINAGAR -II BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/14046)</t>
+  </si>
+  <si>
+    <t>SM/14046</t>
+  </si>
+  <si>
+    <t>TSM/016385</t>
+  </si>
+  <si>
+    <t>SM/01748</t>
+  </si>
+  <si>
+    <t>PH222365380M000</t>
+  </si>
+  <si>
+    <t>GO2223010890PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Sibnagar Zone-III, Block- Nawda, District- Murshidabad. (SM/16436)</t>
+  </si>
+  <si>
+    <t>SM/16436</t>
+  </si>
+  <si>
+    <t>TSM/017970</t>
+  </si>
+  <si>
+    <t>PH222371935M000</t>
+  </si>
+  <si>
+    <t>GO2223014996PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (maximum 100 households) Village-Sona Diar Zone-II, Block-Berhampore, District- Murshidabad. (SM/16047)</t>
+  </si>
+  <si>
+    <t>SM/16047</t>
+  </si>
+  <si>
+    <t>TSM/017993</t>
+  </si>
+  <si>
+    <t>PH222371931M000</t>
+  </si>
+  <si>
+    <t>GO2223014716PH</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE - MOHESPUR , BLOCK BELDANGA -I ,DISTRICT - MURSHIDABAD. (SM/16050)</t>
+  </si>
+  <si>
+    <t>SM/16050</t>
+  </si>
+  <si>
+    <t>TSM/013364</t>
+  </si>
+  <si>
+    <t>PH222371952M000</t>
+  </si>
+  <si>
+    <t>GO2223014712PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Alighata, Block- Lalgola, District- Murshidabad. (SM/16496)</t>
+  </si>
+  <si>
+    <t>SM/16496</t>
+  </si>
+  <si>
+    <t>TSM/017998</t>
+  </si>
+  <si>
+    <t>PH222371930M000</t>
+  </si>
+  <si>
+    <t>GO2223015218PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (maximum 100 households) Village-Sibnagar Zone-V, Block-Nawda, District- Murshidabad. (SM/16501)</t>
+  </si>
+  <si>
+    <t>SM/16501</t>
+  </si>
+  <si>
+    <t>TSM/017937</t>
+  </si>
+  <si>
+    <t>PH222371942M000</t>
+  </si>
+  <si>
+    <t>GO2223015210PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Bairgachi (Zone-C) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Pa (SM/08916)</t>
+  </si>
+  <si>
+    <t>SM/08916</t>
+  </si>
+  <si>
+    <t>TSM/006890</t>
+  </si>
+  <si>
+    <t>HABASPUR AND ADJOINING MOUJAS PWSS (SM/18238)</t>
+  </si>
+  <si>
+    <t>SM/18238</t>
+  </si>
+  <si>
+    <t>TSM/015749</t>
+  </si>
+  <si>
+    <t>PH222371575M000</t>
+  </si>
+  <si>
+    <t>15/06/2023</t>
+  </si>
+  <si>
+    <t>1533/PHE-28011/197/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
     <t>No</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
-    <t>04/12/2020</t>
-[...1319 lines deleted...]
-    <t>GO2223010890PH</t>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Ramchandrapur (Code-314219) In The Command Area Of Bansgara Ground Water Supply Scheme(Part-B) (SM/07733)</t>
+  </si>
+  <si>
+    <t>SM/07733</t>
+  </si>
+  <si>
+    <t>TSM/006459</t>
+  </si>
+  <si>
+    <t>GO2021004267PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Dakshin Hanumantanagar (SM/12579)</t>
+  </si>
+  <si>
+    <t>SM/12579</t>
+  </si>
+  <si>
+    <t>TSM/011670</t>
+  </si>
+  <si>
+    <t>SM/01459</t>
+  </si>
+  <si>
+    <t>PH222360844M000</t>
+  </si>
+  <si>
+    <t>GO2223007741PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bansgara Zone- I . (SM/14736)</t>
+  </si>
+  <si>
+    <t>SM/14736</t>
+  </si>
+  <si>
+    <t>TSM/012747</t>
+  </si>
+  <si>
+    <t>PH222365429M000</t>
+  </si>
+  <si>
+    <t>GO2223012663PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF RAMPARA FARIDPUR PIPED WATER SUPPLY SCHEME. (SM/18603)</t>
+  </si>
+  <si>
+    <t>SM/18603</t>
+  </si>
+  <si>
+    <t>TSM/015997</t>
+  </si>
+  <si>
+    <t>SM/01498</t>
+  </si>
+  <si>
+    <t>PH222365413M000</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>2154/PHE-28011/19/2023-ESTT CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Illampur Village (Code-314175) In The Command Area Of Maiya Ground Water Supply Scheme (Part-B) Under Lalgola Block In Murshidaba (SM/07784)</t>
+  </si>
+  <si>
+    <t>SM/07784</t>
+  </si>
+  <si>
+    <t>TSM/006453</t>
+  </si>
+  <si>
+    <t>GO2021004193PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Kazipara Village (Code-314608) Under Command Area Of Kazipara Ground Water Supply Scheme (Part-B) (SM/07700)</t>
+  </si>
+  <si>
+    <t>SM/07700</t>
+  </si>
+  <si>
+    <t>TSM/006501</t>
+  </si>
+  <si>
+    <t>GO2021004272PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Udaynagar Diar ground water supply scheme (SM/07224)</t>
+  </si>
+  <si>
+    <t>SM/07224</t>
+  </si>
+  <si>
+    <t>TSM/006035</t>
+  </si>
+  <si>
+    <t>GO2021003175PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area Jumra Nayagram (VillageCode-314190) in Jumra Nayagram ground water supply scheme (Part-A) (SM/06973)</t>
+  </si>
+  <si>
+    <t>SM/06973</t>
+  </si>
+  <si>
+    <t>TSM/006025</t>
+  </si>
+  <si>
+    <t>GO2021002461PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Hurshi zone-I ground water supply scheme (SM/06984)</t>
+  </si>
+  <si>
+    <t>SM/06984</t>
+  </si>
+  <si>
+    <t>TSM/006063</t>
+  </si>
+  <si>
+    <t>GO2021002459PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Naudaparavillage (Code-314456) In The Command Area Of Paschim Rampur Ground Water Supply Scheme (Part-B) (SM/07727)</t>
+  </si>
+  <si>
+    <t>SM/07727</t>
+  </si>
+  <si>
+    <t>TSM/006437</t>
+  </si>
+  <si>
+    <t>SM/01491</t>
+  </si>
+  <si>
+    <t>GO2021004260PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Kamnagar Village (Code-315621), Saharbati Village (Code-315625) Under Command Area Of Charkamnagar Ground Water Supply Scheme (Pa (SM/07695)</t>
+  </si>
+  <si>
+    <t>SM/07695</t>
+  </si>
+  <si>
+    <t>TSM/006476</t>
+  </si>
+  <si>
+    <t>GO2021004259PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Jhaudanga (Code-314195) In The Command Area Of Rajarampur Ground Water Supply Scheme (Part-B) (SM/07716)</t>
+  </si>
+  <si>
+    <t>SM/07716</t>
+  </si>
+  <si>
+    <t>TSM/006510</t>
+  </si>
+  <si>
+    <t>GO2021004308PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Gobindotala Village (Code-314454), Paschim Rampur (Code-314455) In The Command Area Of Paschim Rampur Ground Water Supply Scheme (SM/07783)</t>
+  </si>
+  <si>
+    <t>SM/07783</t>
+  </si>
+  <si>
+    <t>TSM/006433</t>
+  </si>
+  <si>
+    <t>GO2021004190PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Dayanagar (Zone-E) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block (SM/08906)</t>
+  </si>
+  <si>
+    <t>SM/08906</t>
+  </si>
+  <si>
+    <t>TSM/006881</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Ayesbag (Zone-E) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Part (SM/08912)</t>
+  </si>
+  <si>
+    <t>SM/08912</t>
+  </si>
+  <si>
+    <t>TSM/006886</t>
+  </si>
+  <si>
+    <t>7th (2020-2021)</t>
+  </si>
+  <si>
+    <t>RETROFITTING FOR PROVIDING FUNCTIONAL HOUSEHOLD TAP CONNECTION (FHTC) IN CONNECTION WITH JAL JEEVAN MISSION AND JAL SWAPNA IN THE COMMAND AREA OF BRAHIMOTTAR MANIKCKCHAK GROUND WATER SUPPLY SCHEME UNDER LALGOLA BLOCK IN MURSHIDABAD DISTRICT UNDER BERHAM (SM/08919)</t>
+  </si>
+  <si>
+    <t>SM/08919</t>
+  </si>
+  <si>
+    <t>TSM/007491</t>
+  </si>
+  <si>
+    <t>19/02/2021</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Balijana (Code-314514), Nandanpur (Code-314515), Jibanpur (Code-314516) In The Command Area Of Jhikra Ground Wate (SM/07796)</t>
+  </si>
+  <si>
+    <t>SM/07796</t>
+  </si>
+  <si>
+    <t>TSM/006469</t>
+  </si>
+  <si>
+    <t>SM/01696</t>
+  </si>
+  <si>
+    <t>GO2021004196PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA at Sadhukali (VillageCode-315672) under command area of Sadhukhali ground water supply scheme (Part-A) (SM/07221)</t>
+  </si>
+  <si>
+    <t>SM/07221</t>
+  </si>
+  <si>
+    <t>TSM/006023</t>
+  </si>
+  <si>
+    <t>GO2021003172PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Telia to Accommodate FHTC. (SM/12588)</t>
+  </si>
+  <si>
+    <t>SM/12588</t>
+  </si>
+  <si>
+    <t>TSM/011667</t>
+  </si>
+  <si>
+    <t>PH222360927M000</t>
+  </si>
+  <si>
+    <t>GO2223007733PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED HURSHI ZONE -II PWSS RANINAGAR -I BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/14048)</t>
+  </si>
+  <si>
+    <t>SM/14048</t>
+  </si>
+  <si>
+    <t>TSM/016368</t>
+  </si>
+  <si>
+    <t>PH222365389M000</t>
+  </si>
+  <si>
+    <t>GO2223010889PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Bansgara Zone-I (SM/14924)</t>
+  </si>
+  <si>
+    <t>SM/14924</t>
+  </si>
+  <si>
+    <t>TSM/017870</t>
+  </si>
+  <si>
+    <t>PH222365447M000</t>
+  </si>
+  <si>
+    <t>GO2223012923PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Dakshin Gopalpur . (SM/14066)</t>
+  </si>
+  <si>
+    <t>SM/14066</t>
+  </si>
+  <si>
+    <t>TSM/012749</t>
+  </si>
+  <si>
+    <t>SM/01548</t>
+  </si>
+  <si>
+    <t>PH222365425M000</t>
+  </si>
+  <si>
+    <t>GO2223010888PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ramnachandpur Zone-III pipe water supply scheme . (SM/15229)</t>
+  </si>
+  <si>
+    <t>SM/15229</t>
+  </si>
+  <si>
+    <t>TSM/016308</t>
+  </si>
+  <si>
+    <t>PH222365377M000</t>
+  </si>
+  <si>
+    <t>GO2223013382PH</t>
+  </si>
+  <si>
+    <t>AMARKUNDA AND ADJONING MOUJAS Pipe Water Supply Scheme (SM/16263)</t>
+  </si>
+  <si>
+    <t>SM/16263</t>
+  </si>
+  <si>
+    <t>TSM/016508</t>
+  </si>
+  <si>
+    <t>PH222367555M000</t>
+  </si>
+  <si>
+    <t>GO2223014889PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Village Panisala (VillageCode-314191) &amp; Rianpur (VillageCode-314192) under Jumra Nayagram ground water supply (SM/06974)</t>
+  </si>
+  <si>
+    <t>SM/06974</t>
+  </si>
+  <si>
+    <t>TSM/006026</t>
+  </si>
+  <si>
+    <t>GO2021002462PH</t>
+  </si>
+  <si>
+    <t>MAHISHASTHALI AND ADJOINING MOUJAS PWSS (SM/16015)</t>
+  </si>
+  <si>
+    <t>SM/16015</t>
+  </si>
+  <si>
+    <t>TSM/017606</t>
+  </si>
+  <si>
+    <t>PH222371359M000</t>
+  </si>
+  <si>
+    <t>GO2223014723PH</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) Village- Chhalimpur, Block- Murshidabad Jiaganj, District- Murshidabad. (SM/16048)</t>
+  </si>
+  <si>
+    <t>SM/16048</t>
+  </si>
+  <si>
+    <t>TSM/017934</t>
+  </si>
+  <si>
+    <t>Assistant Engineer-I,ASSISTANT ENGINEER-II</t>
+  </si>
+  <si>
+    <t>PH222371943M000</t>
+  </si>
+  <si>
+    <t>GO2223014717PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Ramnagar Doemkanun Ground Water Supply Scheme Under Raninagar-II Block In Murshidabad District Under Berhampor (SM/08900)</t>
+  </si>
+  <si>
+    <t>SM/08900</t>
+  </si>
+  <si>
+    <t>TSM/006471</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Sibnagar Zone-I, Block- Nawda, District- Murshidabad. (SM/16499)</t>
+  </si>
+  <si>
+    <t>SM/16499</t>
+  </si>
+  <si>
+    <t>TSM/017957</t>
+  </si>
+  <si>
+    <t>PH222371938M000</t>
+  </si>
+  <si>
+    <t>GO2223015212PH</t>
+  </si>
+  <si>
+    <t>BELIA SYAMPUR AND ADJOINING MOUJAS PWSS (SM/15996)</t>
+  </si>
+  <si>
+    <t>SM/15996</t>
+  </si>
+  <si>
+    <t>TSM/018385</t>
+  </si>
+  <si>
+    <t>PH222371246M000</t>
+  </si>
+  <si>
+    <t>GO2223014722PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED KOASBAGOAS PWSS RANINAGAR -I BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/16353)</t>
+  </si>
+  <si>
+    <t>SM/16353</t>
+  </si>
+  <si>
+    <t>TSM/016383</t>
+  </si>
+  <si>
+    <t>SM/01395</t>
+  </si>
+  <si>
+    <t>PH222365384M000</t>
+  </si>
+  <si>
+    <t>GO2223014962PH</t>
+  </si>
+  <si>
+    <t>KALIAGACHHI AND ADJOINING MOUJAS PWSS (SM/16789)</t>
+  </si>
+  <si>
+    <t>SM/16789</t>
+  </si>
+  <si>
+    <t>TSM/017598</t>
+  </si>
+  <si>
+    <t>PH222371559M000</t>
+  </si>
+  <si>
+    <t>GO2223015749PH</t>
+  </si>
+  <si>
+    <t>Farakka</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BENIAGRAM SURFACE WATER BASED WATER SUPPLY SCHEME (SM/18699)</t>
+  </si>
+  <si>
+    <t>SM/18699</t>
+  </si>
+  <si>
+    <t>TSM/016559</t>
+  </si>
+  <si>
+    <t>SM/02293</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,ASSISTANT ENGINEER-II</t>
+  </si>
+  <si>
+    <t>Surface Water</t>
+  </si>
+  <si>
+    <t>PH222370680M000</t>
+  </si>
+  <si>
+    <t>2251/PHE-28011/143/2023-ESTT CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Krishnapur (Code-314218), Bansgara (Code-314222) In The Command Area Of Bansgara Ground Water Supply Scheme(Part- (SM/08106)</t>
+  </si>
+  <si>
+    <t>SM/08106</t>
+  </si>
+  <si>
+    <t>TSM/006458</t>
+  </si>
+  <si>
+    <t>GO2021006700PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Dakshin Hanumantanagar Ground Water Supply Scheme Under Bhagwangola-I Block In Murshidabad District (SM/07692)</t>
+  </si>
+  <si>
+    <t>SM/07692</t>
+  </si>
+  <si>
+    <t>TSM/006470</t>
+  </si>
+  <si>
+    <t>GO2021004274PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Hasanpur ground water supply scheme (SM/06985)</t>
+  </si>
+  <si>
+    <t>SM/06985</t>
+  </si>
+  <si>
+    <t>TSM/006070</t>
+  </si>
+  <si>
+    <t>GO2021002460PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Maniknagar (Zone-D) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block (SM/07701)</t>
+  </si>
+  <si>
+    <t>SM/07701</t>
+  </si>
+  <si>
+    <t>TSM/006503</t>
+  </si>
+  <si>
+    <t>GO2021004289PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Chandipur Ramkantapur (Code-314483), Rasulpur (Code-314492) In The Command Area Of Kasba Bahadurpur Ground Water (SM/07726)</t>
+  </si>
+  <si>
+    <t>SM/07726</t>
+  </si>
+  <si>
+    <t>TSM/006436</t>
+  </si>
+  <si>
+    <t>GO2021004261PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Malipara Village (Code-314452), Saaragachi Village (Code-314453),Chainpara Village (Code-314457),Rameswarbati Village (Code-31445 (SM/07728)</t>
+  </si>
+  <si>
+    <t>SM/07728</t>
+  </si>
+  <si>
+    <t>TSM/006438</t>
+  </si>
+  <si>
+    <t>GO2021004258PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Pradipdanga (Zone-H) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector ( (SM/08110)</t>
+  </si>
+  <si>
+    <t>SM/08110</t>
+  </si>
+  <si>
+    <t>TSM/006891</t>
+  </si>
+  <si>
+    <t>GO2021006712PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Rampur (Zone-C) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Part- (SM/08116)</t>
+  </si>
+  <si>
+    <t>SM/08116</t>
+  </si>
+  <si>
+    <t>TSM/006903</t>
+  </si>
+  <si>
+    <t>GO2021006703PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Sundarpur (Code-314445) In The Command Area Of Sundarpur Ground Water Supply Scheme (Part-B) (SM/07730)</t>
+  </si>
+  <si>
+    <t>SM/07730</t>
+  </si>
+  <si>
+    <t>TSM/006440</t>
+  </si>
+  <si>
+    <t>GO2021004255PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Bansgara ground water supply scheme (SM/07233)</t>
+  </si>
+  <si>
+    <t>SM/07233</t>
+  </si>
+  <si>
+    <t>TSM/006069</t>
+  </si>
+  <si>
+    <t>GO2021003164PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Jhikra (Code-314512), Ranitala (Code-314513) In The Command Area Of Jhikra Ground Water Supply Scheme (Part-A) Un (SM/07795)</t>
+  </si>
+  <si>
+    <t>SM/07795</t>
+  </si>
+  <si>
+    <t>TSM/006468</t>
+  </si>
+  <si>
+    <t>GO2021004199PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Manganpara Village (Code-315662) Under Command Area Of Rampara Faridpur Ground Water Supply Scheme (Part-A) (SM/07717)</t>
+  </si>
+  <si>
+    <t>SM/07717</t>
+  </si>
+  <si>
+    <t>TSM/006511</t>
+  </si>
+  <si>
+    <t>GO2021004309PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Bikalnagar Village (Code-315678) Under Command Area Of Kashipur Ground Water Supply Scheme (Part-A) (SM/07719)</t>
+  </si>
+  <si>
+    <t>SM/07719</t>
+  </si>
+  <si>
+    <t>TSM/006513</t>
+  </si>
+  <si>
+    <t>SM/01756</t>
+  </si>
+  <si>
+    <t>GO2021004311PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Moktarpur Village (Code-314766), Under Command Area Of Moktarpur Ground Water Supply Scheme(Part-A) Under Raninagar-I Block In M (SM/07888)</t>
+  </si>
+  <si>
+    <t>SM/07888</t>
+  </si>
+  <si>
+    <t>TSM/006516</t>
+  </si>
+  <si>
+    <t>GO2021004750PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Mohula (Zone-A) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block In (SM/08907)</t>
+  </si>
+  <si>
+    <t>SM/08907</t>
+  </si>
+  <si>
+    <t>TSM/006502</t>
+  </si>
+  <si>
+    <t>SM/01549</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Hatinagar (Zone-A) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Pa (SM/08915)</t>
+  </si>
+  <si>
+    <t>SM/08915</t>
+  </si>
+  <si>
+    <t>TSM/006506</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bhundar Kismat (SM/12578)</t>
+  </si>
+  <si>
+    <t>SM/12578</t>
+  </si>
+  <si>
+    <t>TSM/011669</t>
+  </si>
+  <si>
+    <t>SM/01945</t>
+  </si>
+  <si>
+    <t>PH222360795M000</t>
+  </si>
+  <si>
+    <t>GO2223007749PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Diar Syampur Zone- II (SM/12580)</t>
+  </si>
+  <si>
+    <t>SM/12580</t>
+  </si>
+  <si>
+    <t>TSM/011935</t>
+  </si>
+  <si>
+    <t>PH222360847S000</t>
+  </si>
+  <si>
+    <t>GO2223007739PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Ramnapara. (SM/12740)</t>
+  </si>
+  <si>
+    <t>SM/12740</t>
+  </si>
+  <si>
+    <t>TSM/011878</t>
+  </si>
+  <si>
+    <t>SM/01700</t>
+  </si>
+  <si>
+    <t>PH222360904S000</t>
+  </si>
+  <si>
+    <t>GO2223008001PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Nasipur Zone-II. (SM/14069)</t>
+  </si>
+  <si>
+    <t>SM/14069</t>
+  </si>
+  <si>
+    <t>TSM/017305</t>
+  </si>
+  <si>
+    <t>PH222365455M000</t>
+  </si>
+  <si>
+    <t>GO2223010892PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SADHUKHALI ZONE-II PIPED WATER SUPPLY SCHEME. (SM/14951)</t>
+  </si>
+  <si>
+    <t>SM/14951</t>
+  </si>
+  <si>
+    <t>TSM/017573</t>
+  </si>
+  <si>
+    <t>PH222365454M000</t>
+  </si>
+  <si>
+    <t>04/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223013226PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Bali Zone-III pipe water supply scheme . (SM/15228)</t>
+  </si>
+  <si>
+    <t>SM/15228</t>
+  </si>
+  <si>
+    <t>TSM/016317</t>
+  </si>
+  <si>
+    <t>PH222365376M000</t>
+  </si>
+  <si>
+    <t>GO2223013381PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Kajipara Zone- I Piped Water Supply Scheme. (SM/14950)</t>
+  </si>
+  <si>
+    <t>SM/14950</t>
+  </si>
+  <si>
+    <t>TSM/015856</t>
+  </si>
+  <si>
+    <t>PH222365385M000</t>
+  </si>
+  <si>
+    <t>GO2223012926PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Lochanmati (Zone-E) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (P (SM/08917)</t>
+  </si>
+  <si>
+    <t>SM/08917</t>
+  </si>
+  <si>
+    <t>TSM/006508</t>
+  </si>
+  <si>
+    <t>KHAGJANA AND ITS ADJOINING MOUJAS PIPED WATER SUPPLY SCHEME (SM/16266)</t>
+  </si>
+  <si>
+    <t>SM/16266</t>
+  </si>
+  <si>
+    <t>TSM/017650</t>
+  </si>
+  <si>
+    <t>PH222370042M000</t>
+  </si>
+  <si>
+    <t>GO2223014827PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (maximum 100 households) Village-Arazi Saikuli, Block-Murshidabad -Jiaganj, District- Murshidabad. (SM/16431)</t>
+  </si>
+  <si>
+    <t>SM/16431</t>
+  </si>
+  <si>
+    <t>TSM/018035</t>
+  </si>
+  <si>
+    <t>PH222371921M000</t>
+  </si>
+  <si>
+    <t>GO2223015003PH</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) Village- Pashchim Gobindapur, Block- Murshidabad Jiaganj, District- Murshidabad. (SM/16438)</t>
+  </si>
+  <si>
+    <t>SM/16438</t>
+  </si>
+  <si>
+    <t>TSM/017906</t>
+  </si>
+  <si>
+    <t>PH222371947M000</t>
+  </si>
+  <si>
+    <t>GO2223014990PH</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE ¿ BILGOBRA , BLOCK- BHAGAWANGOLA-I, DISTRICT MURSHIDABAD. (SM/16439)</t>
+  </si>
+  <si>
+    <t>SM/16439</t>
+  </si>
+  <si>
+    <t>TSM/013375</t>
+  </si>
+  <si>
+    <t>PH222371949M000</t>
+  </si>
+  <si>
+    <t>GO2223015000PH</t>
+  </si>
+  <si>
+    <t>GOBINDAPUR PWSS (SM/16784)</t>
+  </si>
+  <si>
+    <t>SM/16784</t>
+  </si>
+  <si>
+    <t>TSM/017597</t>
+  </si>
+  <si>
+    <t>PH222371444M000</t>
+  </si>
+  <si>
+    <t>GO2223015800PH</t>
+  </si>
+  <si>
+    <t>KISMATTATLA AND ADJOINING MOUJAS PWSS (SM/16786)</t>
+  </si>
+  <si>
+    <t>SM/16786</t>
+  </si>
+  <si>
+    <t>TSM/017660</t>
+  </si>
+  <si>
+    <t>PH222371487M000</t>
+  </si>
+  <si>
+    <t>GO2223015700PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Char Sujapur Zone-III, Block- Berhampore, District- Murshidabad. (SM/16812)</t>
+  </si>
+  <si>
+    <t>SM/16812</t>
+  </si>
+  <si>
+    <t>TSM/018012</t>
+  </si>
+  <si>
+    <t>PH222371926M000</t>
+  </si>
+  <si>
+    <t>GO2223015792PH</t>
+  </si>
+  <si>
+    <t>BHAGWANGOLA AND ADJOING MOUJAS PWSS (SM/16780)</t>
+  </si>
+  <si>
+    <t>SM/16780</t>
+  </si>
+  <si>
+    <t>TSM/017654</t>
+  </si>
+  <si>
+    <t>PH222371295M000</t>
+  </si>
+  <si>
+    <t>GO2223015799PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Ramnapara ground water supply scheme (SM/07229)</t>
+  </si>
+  <si>
+    <t>SM/07229</t>
+  </si>
+  <si>
+    <t>TSM/006056</t>
+  </si>
+  <si>
+    <t>GO2021003160PH</t>
+  </si>
+  <si>
+    <t>NASIPUR AND ADJOINIONG MOUJAS PWSS (SM/18517)</t>
+  </si>
+  <si>
+    <t>SM/18517</t>
+  </si>
+  <si>
+    <t>TSM/017622</t>
+  </si>
+  <si>
+    <t>PH222371332M000</t>
+  </si>
+  <si>
+    <t>2044/PHE-28011/123/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Augmentation of Ramnachandpur Zone-II pipe water supply scheme . (SM/18536)</t>
+  </si>
+  <si>
+    <t>SM/18536</t>
+  </si>
+  <si>
+    <t>TSM/016365</t>
+  </si>
+  <si>
+    <t>Junior engineer-II</t>
+  </si>
+  <si>
+    <t>PH222365400M000</t>
+  </si>
+  <si>
+    <t>2055/PHE-28011/93/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Sarpakia (Code-314194) In The Command Area Of Rajarampur Ground Water Supply Scheme (Part-A) (SM/07689)</t>
+  </si>
+  <si>
+    <t>SM/07689</t>
+  </si>
+  <si>
+    <t>TSM/006427</t>
+  </si>
+  <si>
+    <t>GO2021004281PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Makimnagar ground water supply scheme (SM/06981)</t>
+  </si>
+  <si>
+    <t>SM/06981</t>
+  </si>
+  <si>
+    <t>TSM/006036</t>
+  </si>
+  <si>
+    <t>GO2021002469PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for Village of Kosbagoas (VillageCode-314795) under command area of Kosbagoas ground water supply scheme (Part-A) (SM/06983)</t>
+  </si>
+  <si>
+    <t>SM/06983</t>
+  </si>
+  <si>
+    <t>TSM/006059</t>
+  </si>
+  <si>
+    <t>GO2021002458PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Naopukuria (Zone-K) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block (SM/07702)</t>
+  </si>
+  <si>
+    <t>SM/07702</t>
+  </si>
+  <si>
+    <t>TSM/006883</t>
+  </si>
+  <si>
+    <t>GO2021004223PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Kasba Bahadurpur (Code-314488) In The Command Area Of Kasba Bahadurpur Ground Water Supply Scheme (Part-B) (SM/07725)</t>
+  </si>
+  <si>
+    <t>SM/07725</t>
+  </si>
+  <si>
+    <t>TSM/006435</t>
+  </si>
+  <si>
+    <t>GO2021004263PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Basantapur Village (Code-314446),Lalitakuri (Code-314449) In The Command Area Of Sundarpur Ground Water Supply Scheme (Part-C) (SM/07731)</t>
+  </si>
+  <si>
+    <t>SM/07731</t>
+  </si>
+  <si>
+    <t>TSM/006442</t>
+  </si>
+  <si>
+    <t>GO2021004254PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for Village of Chengta (VillageCode-314463), Gobra (Village code- 314470)&amp; Ramnagobra (Village Code-314461) under command area o (SM/07235)</t>
+  </si>
+  <si>
+    <t>SM/07235</t>
+  </si>
+  <si>
+    <t>TSM/006075</t>
+  </si>
+  <si>
+    <t>GO2021003166PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Kulberia Village (Code-315685) Under Command Area Of Andulberia Ground Water Supply Scheme (Part-A) (SM/07696)</t>
+  </si>
+  <si>
+    <t>SM/07696</t>
+  </si>
+  <si>
+    <t>TSM/006479</t>
+  </si>
+  <si>
+    <t>GO2021004262PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Bhikan (Code-314211), Ganespur (Code-314215) In The Command Area Of Bajupur Madhapur Ground Water Supply Scheme(P (SM/07715)</t>
+  </si>
+  <si>
+    <t>SM/07715</t>
+  </si>
+  <si>
+    <t>TSM/006431</t>
+  </si>
+  <si>
+    <t>GO2021004307PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Char Molladanga (Code-314558) In The Command Area Of Benipur Ground Water Supply Scheme (Part-C) Under Bhagwangola (SM/07791)</t>
+  </si>
+  <si>
+    <t>SM/07791</t>
+  </si>
+  <si>
+    <t>TSM/006464</t>
+  </si>
+  <si>
+    <t>GO2021004204PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Bishnupur Ground Water Supply Scheme Under Raninagar-I Block In Murshidabad District Under Berhampore Division (SM/08904)</t>
+  </si>
+  <si>
+    <t>SM/08904</t>
+  </si>
+  <si>
+    <t>TSM/006499</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Gobra to Accommodate FHTC. (SM/12587)</t>
+  </si>
+  <si>
+    <t>SM/12587</t>
+  </si>
+  <si>
+    <t>TSM/011661</t>
+  </si>
+  <si>
+    <t>PH222360925M000</t>
+  </si>
+  <si>
+    <t>GO2223007745PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Jhikra. (SM/12823)</t>
+  </si>
+  <si>
+    <t>SM/12823</t>
+  </si>
+  <si>
+    <t>TSM/011877</t>
+  </si>
+  <si>
+    <t>PH222360899M000</t>
+  </si>
+  <si>
+    <t>GO2223008118PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Benipur Water Sub Mission Scheme to accommodate FHTC ( Functional House Hold Tap Connection ) in Bhagawangola - II Block of Murshidabad District under Berhampore Division -I , PHE Dte. (SM/12824)</t>
+  </si>
+  <si>
+    <t>SM/12824</t>
+  </si>
+  <si>
+    <t>TSM/011535</t>
+  </si>
+  <si>
+    <t>PH222360913M000</t>
+  </si>
+  <si>
+    <t>GO2223008125PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bishnupur Zone- II . (SM/14429)</t>
+  </si>
+  <si>
+    <t>SM/14429</t>
+  </si>
+  <si>
+    <t>TSM/012746</t>
+  </si>
+  <si>
+    <t>PH222365390M000</t>
+  </si>
+  <si>
+    <t>GO2223012254PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF CHARKAMNAGAR PIPED WATER SUPPLY SCHEME. (SM/14430)</t>
+  </si>
+  <si>
+    <t>SM/14430</t>
+  </si>
+  <si>
+    <t>TSM/016002</t>
+  </si>
+  <si>
+    <t>PH222365409M000</t>
+  </si>
+  <si>
+    <t>GO2223012256PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED RAMNAGAR DOEMKANUN ZONE-I (PART-B) PWSS RANINAGAR -II BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/14044)</t>
+  </si>
+  <si>
+    <t>SM/14044</t>
+  </si>
+  <si>
+    <t>TSM/016396</t>
+  </si>
+  <si>
+    <t>PH222365374M000</t>
+  </si>
+  <si>
+    <t>GO2223010883PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED RAMNAGAR DOEMKANUN ZONE-I (PART-A) PWSS RANINAGAR -II BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/14045)</t>
+  </si>
+  <si>
+    <t>SM/14045</t>
+  </si>
+  <si>
+    <t>TSM/016394</t>
+  </si>
+  <si>
+    <t>PH222365375M000</t>
+  </si>
+  <si>
+    <t>GO2223010885PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BAJUPUR MADHUPURZONE-II PIPED WATER SUPPLY SCHEME (SM/14067)</t>
+  </si>
+  <si>
+    <t>SM/14067</t>
+  </si>
+  <si>
+    <t>TSM/017856</t>
+  </si>
+  <si>
+    <t>PH222365449M000</t>
+  </si>
+  <si>
+    <t>GO2223010894PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF RAMNACHANDPUR ZONE-I PIPED WATER SUPPLY SCHEME. (SM/14068)</t>
+  </si>
+  <si>
+    <t>SM/14068</t>
+  </si>
+  <si>
+    <t>TSM/017786</t>
+  </si>
+  <si>
+    <t>PH222365452M000</t>
+  </si>
+  <si>
+    <t>GO2223010893PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BALI ZONE-II PIPED WATER SUPPLY SCHEME. (SM/14922)</t>
+  </si>
+  <si>
+    <t>SM/14922</t>
+  </si>
+  <si>
+    <t>TSM/017580</t>
+  </si>
+  <si>
+    <t>PH222365404M000</t>
+  </si>
+  <si>
+    <t>GO2223012924PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Lochanpur Zone- I . (SM/14738)</t>
+  </si>
+  <si>
+    <t>SM/14738</t>
+  </si>
+  <si>
+    <t>TSM/012743</t>
+  </si>
+  <si>
+    <t>PH222365433M000</t>
+  </si>
+  <si>
+    <t>GO2223012656PH</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE - CHAK KATALIA , BLOCK- BERHAMPORE ,DISTRICT - MURSHIDABAD. (SM/16429)</t>
+  </si>
+  <si>
+    <t>SM/16429</t>
+  </si>
+  <si>
+    <t>TSM/019617</t>
+  </si>
+  <si>
+    <t>PH222371918M000</t>
+  </si>
+  <si>
+    <t>GO2223014993PH</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE - CHAR SUJAPUR , BLOCK- BERHAMPORE ,DISTRICT - MURSHIDABAD. (SM/16430)</t>
+  </si>
+  <si>
+    <t>SM/16430</t>
+  </si>
+  <si>
+    <t>TSM/019612</t>
+  </si>
+  <si>
+    <t>PH222371919M000</t>
+  </si>
+  <si>
+    <t>GO2223014998PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Char Sujapur Zone-I, Block- Berhampore, District- Murshidabad. (SM/16432)</t>
+  </si>
+  <si>
+    <t>SM/16432</t>
+  </si>
+  <si>
+    <t>TSM/018020</t>
+  </si>
+  <si>
+    <t>PH222371924M000</t>
+  </si>
+  <si>
+    <t>GO2223015005PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Chandabag, Block- Murshidabad-Jiagunj, District- Murshidabad. (SM/16435)</t>
+  </si>
+  <si>
+    <t>SM/16435</t>
+  </si>
+  <si>
+    <t>TSM/017981</t>
+  </si>
+  <si>
+    <t>PH222371934M000</t>
+  </si>
+  <si>
+    <t>GO2223014994PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Char Halalpur Zone-I, Block- Berhampore, District- Murshidabad. (SM/16044)</t>
+  </si>
+  <si>
+    <t>SM/16044</t>
+  </si>
+  <si>
+    <t>TSM/018029</t>
+  </si>
+  <si>
+    <t>PH222371922M000</t>
+  </si>
+  <si>
+    <t>GO2223014713PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Char Halalpur Zone-II, Block- Berhampore, District- Murshidabad. (SM/16046)</t>
+  </si>
+  <si>
+    <t>SM/16046</t>
+  </si>
+  <si>
+    <t>TSM/018019</t>
+  </si>
+  <si>
+    <t>Assistant Engineer-I,Assistant Engineer-II</t>
+  </si>
+  <si>
+    <t>PH222371925M000</t>
+  </si>
+  <si>
+    <t>GO2223014715PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Durgapur Zone-II, Block- Lalgola, District- Murshidabad. (SM/16211)</t>
+  </si>
+  <si>
+    <t>SM/16211</t>
+  </si>
+  <si>
+    <t>TSM/017967</t>
+  </si>
+  <si>
+    <t>PH222371936M000</t>
+  </si>
+  <si>
+    <t>GO2223014902PH</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) Village- Kuchidanga, Block- Lalgola, District- Murshidabad. (SM/16503)</t>
+  </si>
+  <si>
+    <t>SM/16503</t>
+  </si>
+  <si>
+    <t>TSM/017900</t>
+  </si>
+  <si>
+    <t>PH222371948M000</t>
+  </si>
+  <si>
+    <t>GO2223015211PH</t>
+  </si>
+  <si>
+    <t>KATALIA AND ADJOINING MOUJAS PIPED WATER SUPPLY SCHEME (SM/16376)</t>
+  </si>
+  <si>
+    <t>SM/16376</t>
+  </si>
+  <si>
+    <t>TSM/016156</t>
+  </si>
+  <si>
+    <t>JE_RAJIB BISWAS,Junior engineer-II</t>
+  </si>
+  <si>
+    <t>PH222367552M000</t>
+  </si>
+  <si>
+    <t>GO2223014973PH</t>
+  </si>
+  <si>
+    <t>KULGACHI AND ITS ADJOINING MOUJAS PWSS (SM/16302)</t>
+  </si>
+  <si>
+    <t>SM/16302</t>
+  </si>
+  <si>
+    <t>TSM/017656</t>
+  </si>
+  <si>
+    <t>PH222371513M000</t>
+  </si>
+  <si>
+    <t>23/02/2023</t>
+  </si>
+  <si>
+    <t>GO2223014807PH</t>
+  </si>
+  <si>
+    <t>KESABPUR AND ADJOINING MOUJAS PWSS (SM/16788)</t>
+  </si>
+  <si>
+    <t>SM/16788</t>
+  </si>
+  <si>
+    <t>TSM/017602</t>
+  </si>
+  <si>
+    <t>PH222371548M000</t>
+  </si>
+  <si>
+    <t>GO2223015739PH</t>
+  </si>
+  <si>
+    <t>BAYRA AND ITS ADJOINING MOUJAS PWSS (SM/18414)</t>
+  </si>
+  <si>
+    <t>SM/18414</t>
+  </si>
+  <si>
+    <t>TSM/016056</t>
+  </si>
+  <si>
+    <t>PH222367551M000</t>
+  </si>
+  <si>
+    <t>12/07/2023</t>
+  </si>
+  <si>
+    <t>1856/PHE-28011/108/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>PAIKPARA AND ADJOINING MOUJAS PWSS (SM/18579)</t>
+  </si>
+  <si>
+    <t>SM/18579</t>
+  </si>
+  <si>
+    <t>TSM/017625</t>
+  </si>
+  <si>
+    <t>PH222370059M000</t>
+  </si>
+  <si>
+    <t>2144/PHE-28011/129/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>PALITPARA AND ADJOINING MOUJAS PWSS (SM/18709)</t>
+  </si>
+  <si>
+    <t>SM/18709</t>
+  </si>
+  <si>
+    <t>TSM/017596</t>
+  </si>
+  <si>
+    <t>PH222370062M000</t>
+  </si>
+  <si>
+    <t>2253/PHE-28011/128/2023-ESTT CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for Village of Sahebnagar (VillageCode-314609) under command area of Kazipara ground water supply scheme (Part-A) (SM/07222)</t>
+  </si>
+  <si>
+    <t>SM/07222</t>
+  </si>
+  <si>
+    <t>TSM/006029</t>
+  </si>
+  <si>
+    <t>GO2021003173PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Rampara Faridpur Village (Code-315664) Under Command Area Of Rampara Faridpur Ground Water Supply Scheme (Part-B) (SM/07693)</t>
+  </si>
+  <si>
+    <t>SM/07693</t>
+  </si>
+  <si>
+    <t>TSM/006472</t>
+  </si>
+  <si>
+    <t>GO2021004251PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Gaukhana ground water supply scheme (SM/06982)</t>
+  </si>
+  <si>
+    <t>SM/06982</t>
+  </si>
+  <si>
+    <t>TSM/006052</t>
+  </si>
+  <si>
+    <t>SM/01465</t>
+  </si>
+  <si>
+    <t>GO2021002457PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Raipur (Zone-D) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Part- (SM/08111)</t>
+  </si>
+  <si>
+    <t>SM/08111</t>
+  </si>
+  <si>
+    <t>TSM/006892</t>
+  </si>
+  <si>
+    <t>GO2021006697PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for Village of Digha (VillageCode-314460) under command area under Digha ground water supply scheme (Part-A) (SM/06975)</t>
+  </si>
+  <si>
+    <t>SM/06975</t>
+  </si>
+  <si>
+    <t>TSM/006027</t>
+  </si>
+  <si>
+    <t>GO2021002463PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Maiya Village (Code-314146) In The Command Area Of Maiya Ground Water Supply Scheme (Part-A) (SM/07734)</t>
+  </si>
+  <si>
+    <t>SM/07734</t>
+  </si>
+  <si>
+    <t>TSM/006451</t>
+  </si>
+  <si>
+    <t>GO2021004253PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Dakhsin Gopalpur ground water supply scheme (SM/07228)</t>
+  </si>
+  <si>
+    <t>SM/07228</t>
+  </si>
+  <si>
+    <t>TSM/006054</t>
+  </si>
+  <si>
+    <t>GO2021003168PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA for Village of Nalbatta (VillageCode-314801) under command area of Kosbagoas ground water supply scheme (Part-B) (SM/07230)</t>
+  </si>
+  <si>
+    <t>SM/07230</t>
+  </si>
+  <si>
+    <t>TSM/006061</t>
+  </si>
+  <si>
+    <t>GO2021003161PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Madhya Gobindopur (Code-314485), Maheshpur(Code-314486) In The Command Area Of Bhundar Kismat Ground Water Supply (SM/07794)</t>
+  </si>
+  <si>
+    <t>SM/07794</t>
+  </si>
+  <si>
+    <t>TSM/006467</t>
+  </si>
+  <si>
+    <t>GO2021004201PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Bausi (Code-314208) In The Command Area Of Bajupur Madhapur Ground Water Supply Scheme(Part-B) (SM/07714)</t>
+  </si>
+  <si>
+    <t>SM/07714</t>
+  </si>
+  <si>
+    <t>TSM/006430</t>
+  </si>
+  <si>
+    <t>GO2021004305PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Bali Zone-I Ground Water Supply Scheme Under Nawda Block In Murshidabad District (SM/07721)</t>
+  </si>
+  <si>
+    <t>SM/07721</t>
+  </si>
+  <si>
+    <t>TSM/006517</t>
+  </si>
+  <si>
+    <t>GO2021004302PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Santoshpur Village (Code-315634), Chandpur Village (Code-315635) Under Command Area Of Mashimpur Ground Water Supply Scheme (Part (SM/07889)</t>
+  </si>
+  <si>
+    <t>SM/07889</t>
+  </si>
+  <si>
+    <t>TSM/006515</t>
+  </si>
+  <si>
+    <t>GO2021004746PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Kalmegha (Code-314221) In The Command Area Of Bansgara Ground Water Supply Scheme (Part-D) Under Lalgola Block In (SM/07788)</t>
+  </si>
+  <si>
+    <t>SM/07788</t>
+  </si>
+  <si>
+    <t>TSM/006461</t>
+  </si>
+  <si>
+    <t>GO2021004218PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Village Of Bhundar Kismat (Code-314468) In The Command Area Of Bhundar Kismat Ground Water Supply Scheme (Part-A) Under Bhagw (SM/07793)</t>
+  </si>
+  <si>
+    <t>SM/07793</t>
+  </si>
+  <si>
+    <t>TSM/006466</t>
+  </si>
+  <si>
+    <t>GO2021004202PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Bajupur Madhapur (Code-314235), Nadaipur (Code-314205), Upar Fatepur (Code-314212) In The Command Area Of Bajupu (SM/08899)</t>
+  </si>
+  <si>
+    <t>SM/08899</t>
+  </si>
+  <si>
+    <t>TSM/006432</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Kashipur Village (Code-315687), Jhikra Village (Code-315688) Under Command Area Of Kashipur Ground Water Supply Scheme (Part-C) U (SM/08902)</t>
+  </si>
+  <si>
+    <t>SM/08902</t>
+  </si>
+  <si>
+    <t>TSM/006486</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Hazi Mohammadpur Zone - I to Accommodate FHTC. (SM/12589)</t>
+  </si>
+  <si>
+    <t>SM/12589</t>
+  </si>
+  <si>
+    <t>TSM/011696</t>
+  </si>
+  <si>
+    <t>SM/01467</t>
+  </si>
+  <si>
+    <t>PH222360928M000</t>
+  </si>
+  <si>
+    <t>GO2223007752PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Hazi Mohammadpur Zone - II to Accommodate FHTC. (SM/12590)</t>
+  </si>
+  <si>
+    <t>SM/12590</t>
+  </si>
+  <si>
+    <t>TSM/011681</t>
+  </si>
+  <si>
+    <t>PH222360929M000</t>
+  </si>
+  <si>
+    <t>GO2223007737PH</t>
+  </si>
+  <si>
+    <t>9th (2021-2022)</t>
+  </si>
+  <si>
+    <t>SURFACE WATER BASED PIPED WATER SUPPLY SCHEME FOR ENTIRE NABAGRAM BLOCK AND PART OF BERHAMPORE &amp; MURSHIDABAD-JIAGANJ BLOCKS OF DISTRICT MURSHIDABAD (SM/12360)</t>
+  </si>
+  <si>
+    <t>SM/12360</t>
+  </si>
+  <si>
+    <t>TSM/010176</t>
+  </si>
+  <si>
+    <t>PH222352538000</t>
+  </si>
+  <si>
+    <t>13/09/2022</t>
+  </si>
+  <si>
+    <t>GO2223007576PH</t>
+  </si>
+  <si>
+    <t>17/02/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Ramchandrapur . (SM/14050)</t>
+  </si>
+  <si>
+    <t>SM/14050</t>
+  </si>
+  <si>
+    <t>TSM/011837</t>
+  </si>
+  <si>
+    <t>PH222365394M000</t>
+  </si>
+  <si>
+    <t>GO2223010884PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Nasipur Zone-I. (SM/14070)</t>
+  </si>
+  <si>
+    <t>SM/14070</t>
+  </si>
+  <si>
+    <t>TSM/017303</t>
+  </si>
+  <si>
+    <t>PH222365456M000</t>
+  </si>
+  <si>
+    <t>GO2223010891PH</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based pipe water supply scheme for Bajupur Madhupur Zone-I (SM/15233)</t>
+  </si>
+  <si>
+    <t>SM/15233</t>
+  </si>
+  <si>
+    <t>TSM/017832</t>
+  </si>
+  <si>
+    <t>PH222365451M000</t>
+  </si>
+  <si>
+    <t>GO2223013386PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Gaukhana . (SM/15234)</t>
+  </si>
+  <si>
+    <t>SM/15234</t>
+  </si>
+  <si>
+    <t>TSM/011699</t>
+  </si>
+  <si>
+    <t>PH222365457M000</t>
+  </si>
+  <si>
+    <t>GO2223013384PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Moktarpur. (SM/14735)</t>
+  </si>
+  <si>
+    <t>SM/14735</t>
+  </si>
+  <si>
+    <t>TSM/012748</t>
+  </si>
+  <si>
+    <t>JE,Junior Engineer-II</t>
+  </si>
+  <si>
+    <t>PH222365428M000</t>
+  </si>
+  <si>
+    <t>GO2223012654PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Durgapur Zone- III, Block- Lalgola, District- Murshidabad. (SM/16434)</t>
+  </si>
+  <si>
+    <t>SM/16434</t>
+  </si>
+  <si>
+    <t>TSM/017985</t>
+  </si>
+  <si>
+    <t>PH222371933M000</t>
+  </si>
+  <si>
+    <t>GO2223014995PH</t>
+  </si>
+  <si>
+    <t>SAMSASKAR AND ADJOINING MOUJAS PWSS (SM/16454)</t>
+  </si>
+  <si>
+    <t>SM/16454</t>
+  </si>
+  <si>
+    <t>TSM/015747</t>
+  </si>
+  <si>
+    <t>PH222367553M000</t>
+  </si>
+  <si>
+    <t>02/03/2023</t>
+  </si>
+  <si>
+    <t>GO2223015195PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Lahari, Block- Bhagwangola-II, District- Murshidabad. (SM/16213)</t>
+  </si>
+  <si>
+    <t>SM/16213</t>
+  </si>
+  <si>
+    <t>TSM/017946</t>
+  </si>
+  <si>
+    <t>PH222371941M000</t>
+  </si>
+  <si>
+    <t>GO2223014898PH</t>
+  </si>
+  <si>
+    <t>DIAR FATEPUR PWSS (SM/16781)</t>
+  </si>
+  <si>
+    <t>SM/16781</t>
+  </si>
+  <si>
+    <t>TSM/017637</t>
+  </si>
+  <si>
+    <t>PH222371318M000</t>
+  </si>
+  <si>
+    <t>GO2223015742PH</t>
+  </si>
+  <si>
+    <t>SHUKUR PUKUR PWSS (SM/16782)</t>
+  </si>
+  <si>
+    <t>SM/16782</t>
+  </si>
+  <si>
+    <t>TSM/017611</t>
+  </si>
+  <si>
+    <t>PH222371345M000</t>
+  </si>
+  <si>
+    <t>GO2223015797PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Alikpur Village (Code-315626), Mashimpur Village (Code-315627), Sekandarpur (Code-315628) Under Command Area Of Mashimpur Ground (SM/07720)</t>
+  </si>
+  <si>
+    <t>SM/07720</t>
+  </si>
+  <si>
+    <t>TSM/006514</t>
+  </si>
+  <si>
+    <t>GO2021004312PH</t>
+  </si>
+  <si>
+    <t>GHOLLA AND ADJOINING MOUJAS PWSS (SM/18581)</t>
+  </si>
+  <si>
+    <t>SM/18581</t>
+  </si>
+  <si>
+    <t>TSM/017640</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER-II</t>
+  </si>
+  <si>
+    <t>PH222370057M000</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF KASHIPUR (ZONE I) PIPED WATER SUPPLY SCHEME. (SM/18602)</t>
+  </si>
+  <si>
+    <t>SM/18602</t>
+  </si>
+  <si>
+    <t>TSM/016004</t>
+  </si>
+  <si>
+    <t>PH222365406M000</t>
+  </si>
+  <si>
+    <t>11th(2022-2023)</t>
+  </si>
+  <si>
+    <t>Augmentation of surface water based piped water supply scheme for arsenic affected areas of Murshidabad District (Central Sector) (Part-I &amp; Part-II) (SM/19189)</t>
+  </si>
+  <si>
+    <t>SM/19189</t>
+  </si>
+  <si>
+    <t>TSM/017609</t>
+  </si>
+  <si>
+    <t>PH222370066M000</t>
+  </si>
+  <si>
+    <t>07/03/2024</t>
+  </si>
+  <si>
+    <t>659/PHE-28011/101/2023-SCHM CELL-Dept. of PHE</t>
+  </si>
+  <si>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Sarkarpara ground water supply scheme (SM/07225)</t>
+  </si>
+  <si>
+    <t>SM/07225</t>
+  </si>
+  <si>
+    <t>TSM/006037</t>
+  </si>
+  <si>
+    <t>GO2021003167PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Choa (Zone-F) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Central Sector (Part-II (SM/08109)</t>
+  </si>
+  <si>
+    <t>SM/08109</t>
+  </si>
+  <si>
+    <t>TSM/006507</t>
+  </si>
+  <si>
+    <t>GO2021006711PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area for the Village of Kalyannagar (VillageCode-314519) , Faridpur (VillageCode-314520) &amp; Jot sahabaj (Village Code (SM/06977)</t>
+  </si>
+  <si>
+    <t>SM/06977</t>
+  </si>
+  <si>
+    <t>TSM/006030</t>
+  </si>
+  <si>
+    <t>SM/01694</t>
+  </si>
+  <si>
+    <t>GO2021002465PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection(FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area for the Village of Topidanga (VillageCode-314522) , Dhwajamat (VillageCode-314528) ,Kamal Chak (Village Code-3 (SM/06978)</t>
+  </si>
+  <si>
+    <t>SM/06978</t>
+  </si>
+  <si>
+    <t>TSM/006031</t>
+  </si>
+  <si>
+    <t>GO2021002466PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Lochanpur Village (Code-314758), Char Pirojpur Village (Code-314760) Under Command Area Of Lochanpur Ground Water Supply Scheme(P (SM/07697)</t>
+  </si>
+  <si>
+    <t>SM/07697</t>
+  </si>
+  <si>
+    <t>TSM/006483</t>
+  </si>
+  <si>
+    <t>GO2021004264PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Gopalpur Village (Code-315686) Under Command Area Of Kashipur Ground Water Supply Scheme (Part-B) (SM/07699)</t>
+  </si>
+  <si>
+    <t>SM/07699</t>
+  </si>
+  <si>
+    <t>TSM/006485</t>
+  </si>
+  <si>
+    <t>GO2021004269PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Fulpur (Code-314511), Rajabati (Code-314552) In The Command Area Of Dakshin Sahar Ground Water Supply Scheme (Part-B) (SM/07722)</t>
+  </si>
+  <si>
+    <t>SM/07722</t>
+  </si>
+  <si>
+    <t>TSM/006518</t>
+  </si>
+  <si>
+    <t>SM/02300</t>
+  </si>
+  <si>
+    <t>GO2021004303PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Jogopur (Code-314533), Kamari (Code-314551) In The Command Area Of Dakshin Sahar Ground Water Supply Scheme (Part-A) (SM/07723)</t>
+  </si>
+  <si>
+    <t>SM/07723</t>
+  </si>
+  <si>
+    <t>TSM/006519</t>
+  </si>
+  <si>
+    <t>GO2021004304PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Paranpur Village (Code-314173), Fatepur(Code-314174) In The Command Area Of Maiya Ground Water Supply Scheme (Part-C) Under Lalgo (SM/07785)</t>
+  </si>
+  <si>
+    <t>SM/07785</t>
+  </si>
+  <si>
+    <t>TSM/006454</t>
+  </si>
+  <si>
+    <t>GO2021004216PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At The Villages Of Saralpur (Code-314538), Debaipur (Code-314548) In The Command Area Of Benipur Ground Water Supply Scheme (Part-D) (SM/07792)</t>
+  </si>
+  <si>
+    <t>SM/07792</t>
+  </si>
+  <si>
+    <t>TSM/006465</t>
+  </si>
+  <si>
+    <t>GO2021004203PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Nazirpur Village (Code-315684), Andulberia Village (Code-315690) Under Command Area Of Andulberia Ground Water Supply Scheme (P (SM/08901)</t>
+  </si>
+  <si>
+    <t>SM/08901</t>
+  </si>
+  <si>
+    <t>TSM/006481</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of (Zone-G) Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Of Beldanga-I Block In Murshid (SM/08910)</t>
+  </si>
+  <si>
+    <t>SM/08910</t>
+  </si>
+  <si>
+    <t>TSM/006884</t>
+  </si>
+  <si>
+    <t>RETROFITTING FOR PROVIDING FUNCTIONAL HOUSEHOLDTAP CONNECTION (FHTC) IN CONNECTION WITH JALJEEVAN MISSION AND JAL SWAPNA AT KASIMBAZAR CT(CODE-315444) UNDER COMMAND AREA OF (ZONE-A) OFSURFACE WATER BASED WATER SUPPLY SCHEME IN THEARSENIC AFFECTED AREAS OF (SM/08918)</t>
+  </si>
+  <si>
+    <t>SM/08918</t>
+  </si>
+  <si>
+    <t>TSM/007705</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Digha (SM/12581)</t>
+  </si>
+  <si>
+    <t>SM/12581</t>
+  </si>
+  <si>
+    <t>TSM/011636</t>
+  </si>
+  <si>
+    <t>PH222360849M000</t>
+  </si>
+  <si>
+    <t>GO2223007742PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Paschim Rampur (SM/12583)</t>
+  </si>
+  <si>
+    <t>SM/12583</t>
+  </si>
+  <si>
+    <t>TSM/011873</t>
+  </si>
+  <si>
+    <t>PH222360852M000</t>
+  </si>
+  <si>
+    <t>GO2223007740PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Dakshin Sahar to Accommodate FHTC. (SM/12585)</t>
+  </si>
+  <si>
+    <t>SM/12585</t>
+  </si>
+  <si>
+    <t>TSM/011654</t>
+  </si>
+  <si>
+    <t>PH222360919M000</t>
+  </si>
+  <si>
+    <t>GO2223007750PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Faridpur (SM/12739)</t>
+  </si>
+  <si>
+    <t>SM/12739</t>
+  </si>
+  <si>
+    <t>TSM/011875</t>
+  </si>
+  <si>
+    <t>PH222360856M000</t>
+  </si>
+  <si>
+    <t>GO2223008000PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BALI (ZONE I) PIPED WATER SUPPLY SCHEME. (SM/14426)</t>
+  </si>
+  <si>
+    <t>SM/14426</t>
+  </si>
+  <si>
+    <t>TSM/016001</t>
+  </si>
+  <si>
+    <t>PH222365379M000</t>
+  </si>
+  <si>
+    <t>GO2223012271PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF KASHIPUR (ZONE II) PIPED WATER SUPPLY SCHEME. (SM/14427)</t>
+  </si>
+  <si>
+    <t>SM/14427</t>
+  </si>
+  <si>
+    <t>TSM/015999</t>
+  </si>
+  <si>
+    <t>PH222365381M000</t>
+  </si>
+  <si>
+    <t>GO2223012263PH</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR SITESHNAGAR ,BLOCK - LALGOLA , DISTRICT- MURSHIDABAD. (SM/14428)</t>
+  </si>
+  <si>
+    <t>SM/14428</t>
+  </si>
+  <si>
+    <t>TSM/014463</t>
+  </si>
+  <si>
+    <t>PH222365387M000</t>
+  </si>
+  <si>
+    <t>GO2223012265PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR MAIA ZONE-I (SM/15230)</t>
+  </si>
+  <si>
+    <t>SM/15230</t>
+  </si>
+  <si>
+    <t>TSM/017877</t>
+  </si>
+  <si>
+    <t>PH222365398M000</t>
+  </si>
+  <si>
+    <t>GO2223013387PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bansgara Zone- II Block - Lalgola, Dist- Murshidabad. (SM/15232)</t>
+  </si>
+  <si>
+    <t>SM/15232</t>
+  </si>
+  <si>
+    <t>TSM/017976</t>
+  </si>
+  <si>
+    <t>PH222365445M000</t>
+  </si>
+  <si>
+    <t>GO2223013389PH</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF ANDULBERIA ZONE-I PIPED WATER SUPPLY SCHEME. (SM/14921)</t>
+  </si>
+  <si>
+    <t>SM/14921</t>
+  </si>
+  <si>
+    <t>TSM/017776</t>
+  </si>
+  <si>
+    <t>PH222365402M000</t>
+  </si>
+  <si>
+    <t>GO2223012922PH</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Lochanpur Zone- II . (SM/14737)</t>
+  </si>
+  <si>
+    <t>SM/14737</t>
+  </si>
+  <si>
+    <t>TSM/012744</t>
+  </si>
+  <si>
+    <t>PH222365432M000</t>
+  </si>
+  <si>
+    <t>GO2223012658PH</t>
+  </si>
+  <si>
+    <t>PURBA KASIPUR AND ADJOINING MOUJAS Piped Water Supply Scheme (SM/16267)</t>
+  </si>
+  <si>
+    <t>SM/16267</t>
+  </si>
+  <si>
+    <t>TSM/017619</t>
+  </si>
+  <si>
+    <t>PH222370061M000</t>
+  </si>
+  <si>
+    <t>GO2223014789PH</t>
+  </si>
+  <si>
+    <t>GAYSEPUR PIPED WATER SUPPLY SCHEME (SM/16018)</t>
+  </si>
+  <si>
+    <t>SM/16018</t>
+  </si>
+  <si>
+    <t>TSM/017605</t>
+  </si>
+  <si>
+    <t>PH222371374M000</t>
+  </si>
+  <si>
+    <t>GO2223014721PH</t>
+  </si>
+  <si>
+    <t>MINI PIPED WATER SUPPLY SCHEME (MAXIMUM 100 HOUSE HOLDS ) VILLAGE CHAK CHANDPARA , BLOCK- BERHAMPORE, DISTRICT MURSHIDABAD. (SM/16440)</t>
+  </si>
+  <si>
+    <t>SM/16440</t>
+  </si>
+  <si>
+    <t>TSM/013373</t>
+  </si>
+  <si>
+    <t>PH222371950M000</t>
+  </si>
+  <si>
+    <t>GO2223015001PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Char Halalpur Zone-III, Block- Berhampore, District- Murshidabad. (SM/16045)</t>
+  </si>
+  <si>
+    <t>SM/16045</t>
+  </si>
+  <si>
+    <t>TSM/018027</t>
+  </si>
+  <si>
+    <t>PH222371923M000</t>
+  </si>
+  <si>
+    <t>GO2223014718PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Char Sujapur Zone-II, Block- Berhampore, District- Murshidabad. (SM/16497)</t>
+  </si>
+  <si>
+    <t>SM/16497</t>
+  </si>
+  <si>
+    <t>TSM/017989</t>
+  </si>
+  <si>
+    <t>PH222371932M000</t>
+  </si>
+  <si>
+    <t>GO2223015213PH</t>
+  </si>
+  <si>
+    <t>Mini piped water supply scheme (Maximum 100 house holds) Village- Sibnagar Zone-II, Block- Nawda, District- Murshidabad. (SM/16498)</t>
+  </si>
+  <si>
+    <t>SM/16498</t>
+  </si>
+  <si>
+    <t>TSM/017964</t>
+  </si>
+  <si>
+    <t>PH222371937M000</t>
+  </si>
+  <si>
+    <t>GO2223015215PH</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) Village- Arazi Narayanpur, Block- Lalgola, District- Murshidabad. (SM/16502)</t>
+  </si>
+  <si>
+    <t>SM/16502</t>
+  </si>
+  <si>
+    <t>TSM/017910</t>
+  </si>
+  <si>
+    <t>PH222371946M000</t>
+  </si>
+  <si>
+    <t>GO2223015216PH</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) Village- Darura, Block- Murshidabad Jiaganj, District- Murshidabad. (SM/16212)</t>
+  </si>
+  <si>
+    <t>SM/16212</t>
+  </si>
+  <si>
+    <t>TSM/017953</t>
+  </si>
+  <si>
+    <t>PH222371939M000</t>
+  </si>
+  <si>
+    <t>GO2223014901PH</t>
+  </si>
+  <si>
+    <t>SYAMPUR AND ADJOINING MOUJAS PIPED WATER SUPPLY SCHEME (SM/16375)</t>
+  </si>
+  <si>
+    <t>SM/16375</t>
+  </si>
+  <si>
+    <t>TSM/016155</t>
+  </si>
+  <si>
+    <t>GO2223014976PH</t>
+  </si>
+  <si>
+    <t>GOURIDASPUR AND ADJOINIONG MOUJAS PWSS (SM/16787)</t>
+  </si>
+  <si>
+    <t>SM/16787</t>
+  </si>
+  <si>
+    <t>TSM/017629</t>
+  </si>
+  <si>
+    <t>PH222371526M000</t>
+  </si>
+  <si>
+    <t>GO2223015746PH</t>
+  </si>
+  <si>
+    <t>Retrofitting for Providing Functional Household Tap Connection (FHTC) in connection with JAL JEEVAN MISSION and JAL SWAPNA under command area of Hazi Mahammadpur ground water supply scheme (SM/07227)</t>
+  </si>
+  <si>
+    <t>SM/07227</t>
+  </si>
+  <si>
+    <t>TSM/006051</t>
+  </si>
+  <si>
+    <t>GO2021003169PH</t>
+  </si>
+  <si>
+    <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna Under Command Area Of Beniagram &amp; Its Adjoining Mouzas Surface Water Based Water Supply Scheme In The Arsenic Affected Areas Under F (SM/08113)</t>
+  </si>
+  <si>
+    <t>SM/08113</t>
+  </si>
+  <si>
+    <t>TSM/006509</t>
+  </si>
+  <si>
+    <t>GO2021006699PH</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1890,54 +4416,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AD79"/>
+  <dimension ref="A1:AD259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A79" sqref="A79"/>
+      <selection activeCell="A259" sqref="A259"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -2104,6681 +4630,22459 @@
       </c>
       <c r="S3" s="3">
         <v>383.46</v>
       </c>
       <c r="T3" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y3" s="2" t="s">
         <v>45</v>
       </c>
       <c r="Z3" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA3" s="2">
         <v>259.69</v>
       </c>
       <c r="AB3" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC3" s="2">
+        <v>259.69</v>
+      </c>
+      <c r="AD3" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:30">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G4" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I4" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="J4" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="K4" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="M4" s="3" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="N4" s="3"/>
       <c r="O4" s="3">
         <v>2723</v>
       </c>
       <c r="P4" s="3">
         <v>1920</v>
       </c>
       <c r="Q4" s="3">
         <v>1920</v>
       </c>
       <c r="R4" s="3">
         <v>129.56</v>
       </c>
       <c r="S4" s="3">
         <v>129.56</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X4" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y4" s="2" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="Z4" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA4" s="2">
         <v>111.5</v>
       </c>
       <c r="AB4" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC4" s="2">
+        <v>111.5</v>
+      </c>
+      <c r="AD4" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I5" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="H5" s="3" t="s">
+      <c r="J5" s="3" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="3"/>
       <c r="O5" s="3">
         <v>6340</v>
       </c>
       <c r="P5" s="3">
         <v>767</v>
       </c>
       <c r="Q5" s="3">
         <v>5380</v>
       </c>
       <c r="R5" s="3">
         <v>64.01</v>
       </c>
       <c r="S5" s="3">
         <v>64.01</v>
       </c>
       <c r="T5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X5" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y5" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="Z5" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA5" s="2">
         <v>118.11</v>
       </c>
       <c r="AB5" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC5" s="2">
+        <v>43.31</v>
+      </c>
+      <c r="AD5" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="H6" s="3" t="s">
+      <c r="J6" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="I6" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M6" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N6" s="3"/>
       <c r="O6" s="3">
         <v>2570</v>
       </c>
       <c r="P6" s="3">
         <v>2126</v>
       </c>
       <c r="Q6" s="3">
         <v>2126</v>
       </c>
       <c r="R6" s="3">
         <v>143.18</v>
       </c>
       <c r="S6" s="3">
         <v>143.18</v>
       </c>
       <c r="T6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X6" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y6" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="Z6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA6" s="2">
         <v>32.28</v>
       </c>
       <c r="AB6" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC6" s="2">
+        <v>32.27</v>
+      </c>
+      <c r="AD6" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I7" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="H7" s="3" t="s">
+      <c r="J7" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="I7" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M7" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N7" s="3"/>
       <c r="O7" s="3">
         <v>1966</v>
       </c>
       <c r="P7" s="3">
         <v>1454</v>
       </c>
       <c r="Q7" s="3">
         <v>1454</v>
       </c>
       <c r="R7" s="3">
         <v>99.92</v>
       </c>
       <c r="S7" s="3">
         <v>99.92</v>
       </c>
       <c r="T7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X7" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y7" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="Z7" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA7" s="2">
         <v>18.37</v>
       </c>
       <c r="AB7" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC7" s="2">
+        <v>84.66</v>
+      </c>
+      <c r="AD7" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="I8" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="H8" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J8" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N8" s="3"/>
       <c r="O8" s="3">
         <v>7500</v>
       </c>
       <c r="P8" s="3">
         <v>4053</v>
       </c>
       <c r="Q8" s="3">
         <v>9240</v>
       </c>
       <c r="R8" s="3">
         <v>312.34</v>
       </c>
       <c r="S8" s="3">
         <v>312.34</v>
       </c>
       <c r="T8" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y8" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="Z8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA8" s="2">
         <v>34.66</v>
       </c>
       <c r="AB8" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC8" s="2">
+        <v>301.55</v>
+      </c>
+      <c r="AD8" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="I9" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="H9" s="3" t="s">
+      <c r="J9" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="I9" s="3" t="s">
+      <c r="K9" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L9" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M9" s="3" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N9" s="3"/>
       <c r="O9" s="3">
         <v>4114</v>
       </c>
       <c r="P9" s="3">
         <v>7186</v>
       </c>
       <c r="Q9" s="3">
         <v>3458</v>
       </c>
       <c r="R9" s="3">
         <v>552.45</v>
       </c>
       <c r="S9" s="3">
         <v>552.45</v>
       </c>
       <c r="T9" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y9" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="Z9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA9" s="2">
         <v>400.92</v>
       </c>
       <c r="AB9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC9" s="2">
+        <v>400.92</v>
+      </c>
+      <c r="AD9" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G10" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="I10" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="H10" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J10" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M10" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N10" s="3"/>
       <c r="O10" s="3">
         <v>8044</v>
       </c>
       <c r="P10" s="3">
         <v>6774</v>
       </c>
       <c r="Q10" s="3">
         <v>6844</v>
       </c>
       <c r="R10" s="3">
         <v>533.01</v>
       </c>
       <c r="S10" s="3">
         <v>533.01</v>
       </c>
       <c r="T10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y10" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="Z10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA10" s="2">
         <v>326.26</v>
       </c>
       <c r="AB10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC10" s="2">
+        <v>326.26</v>
+      </c>
+      <c r="AD10" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G11" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I11" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="H11" s="3" t="s">
+      <c r="J11" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M11" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N11" s="3"/>
       <c r="O11" s="3">
         <v>826</v>
       </c>
       <c r="P11" s="3">
         <v>1169</v>
       </c>
       <c r="Q11" s="3">
         <v>1169</v>
       </c>
       <c r="R11" s="3">
         <v>72.72</v>
       </c>
       <c r="S11" s="3">
         <v>72.72</v>
       </c>
       <c r="T11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X11" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="Y11" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="Z11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA11" s="2">
         <v>64.2</v>
       </c>
       <c r="AB11" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC11" s="2">
+        <v>64.2</v>
       </c>
       <c r="AD11" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G12" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="I12" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="H12" s="3" t="s">
+      <c r="J12" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="I12" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M12" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N12" s="3"/>
       <c r="O12" s="3">
         <v>857</v>
       </c>
       <c r="P12" s="3">
         <v>717</v>
       </c>
       <c r="Q12" s="3">
         <v>717</v>
       </c>
       <c r="R12" s="3">
         <v>46.15</v>
       </c>
       <c r="S12" s="3">
         <v>46.15</v>
       </c>
       <c r="T12" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X12" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="Y12" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="Z12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA12" s="2">
         <v>27.23</v>
       </c>
       <c r="AB12" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC12" s="2">
+        <v>33.77</v>
       </c>
       <c r="AD12" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I13" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="H13" s="3" t="s">
+      <c r="J13" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="I13" s="3" t="s">
+      <c r="K13" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="J13" s="3" t="s">
+      <c r="L13" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="K13" s="3" t="s">
+      <c r="M13" s="3" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N13" s="3"/>
       <c r="O13" s="3">
         <v>281</v>
       </c>
       <c r="P13" s="3">
         <v>250</v>
       </c>
       <c r="Q13" s="3">
         <v>250</v>
       </c>
       <c r="R13" s="3">
         <v>21.55</v>
       </c>
       <c r="S13" s="3">
         <v>21.55</v>
       </c>
       <c r="T13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X13" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y13" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="Z13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA13" s="2">
         <v>5.13</v>
       </c>
       <c r="AB13" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC13" s="2">
+        <v>18.9</v>
       </c>
       <c r="AD13" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="H14" s="3" t="s">
+      <c r="J14" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="I14" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M14" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N14" s="3"/>
       <c r="O14" s="3">
         <v>1590</v>
       </c>
       <c r="P14" s="3">
         <v>1305</v>
       </c>
       <c r="Q14" s="3">
         <v>1305</v>
       </c>
       <c r="R14" s="3">
         <v>87.8</v>
       </c>
       <c r="S14" s="3">
         <v>87.8</v>
       </c>
       <c r="T14" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X14" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y14" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="Z14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA14" s="2">
         <v>19.75</v>
       </c>
       <c r="AB14" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC14" s="2">
+        <v>67.33</v>
       </c>
       <c r="AD14" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:30">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="I15" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="H15" s="3" t="s">
+      <c r="J15" s="3" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M15" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="N15" s="3"/>
       <c r="O15" s="3">
         <v>1127</v>
       </c>
       <c r="P15" s="3">
         <v>837</v>
       </c>
       <c r="Q15" s="3">
         <v>837</v>
       </c>
       <c r="R15" s="3">
         <v>58.14</v>
       </c>
       <c r="S15" s="3">
         <v>58.14</v>
       </c>
       <c r="T15" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X15" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y15" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="Z15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA15" s="2">
         <v>3.55</v>
       </c>
       <c r="AB15" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC15" s="2">
+        <v>58</v>
       </c>
       <c r="AD15" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" s="2">
         <v>14</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I16" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="H16" s="3" t="s">
+      <c r="J16" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="I16" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M16" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N16" s="3"/>
       <c r="O16" s="3">
         <v>524</v>
       </c>
       <c r="P16" s="3">
         <v>235</v>
       </c>
       <c r="Q16" s="3">
         <v>386</v>
       </c>
       <c r="R16" s="3">
         <v>16.62</v>
       </c>
       <c r="S16" s="3">
         <v>16.62</v>
       </c>
       <c r="T16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X16" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y16" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="Z16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA16" s="2">
         <v>10.54</v>
       </c>
       <c r="AB16" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC16" s="2">
+        <v>10.54</v>
+      </c>
+      <c r="AD16" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G17" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I17" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="H17" s="3" t="s">
+      <c r="J17" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="I17" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M17" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N17" s="3"/>
       <c r="O17" s="3">
         <v>1853</v>
       </c>
       <c r="P17" s="3">
         <v>1220</v>
       </c>
       <c r="Q17" s="3">
         <v>1220</v>
       </c>
       <c r="R17" s="3">
         <v>76.68</v>
       </c>
       <c r="S17" s="3">
         <v>76.68</v>
       </c>
       <c r="T17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X17" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y17" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="Z17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA17" s="2">
         <v>61.23</v>
       </c>
       <c r="AB17" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC17" s="2">
+        <v>61.23</v>
+      </c>
+      <c r="AD17" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G18" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="I18" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="H18" s="3" t="s">
+      <c r="J18" s="3" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M18" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N18" s="3"/>
       <c r="O18" s="3">
         <v>5694</v>
       </c>
       <c r="P18" s="3">
         <v>5343</v>
       </c>
       <c r="Q18" s="3">
         <v>5343</v>
       </c>
       <c r="R18" s="3">
         <v>362.25</v>
       </c>
       <c r="S18" s="3">
         <v>362.25</v>
       </c>
       <c r="T18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X18" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y18" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z18" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA18" s="2">
         <v>338.24</v>
       </c>
       <c r="AB18" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC18" s="2">
+        <v>338.24</v>
+      </c>
+      <c r="AD18" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:30">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G19" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I19" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="H19" s="3" t="s">
+      <c r="J19" s="3" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N19" s="3"/>
       <c r="O19" s="3">
         <v>4204</v>
       </c>
       <c r="P19" s="3">
         <v>9334</v>
       </c>
       <c r="Q19" s="3">
         <v>4492</v>
       </c>
       <c r="R19" s="3">
         <v>650.52</v>
       </c>
       <c r="S19" s="3">
         <v>650.52</v>
       </c>
       <c r="T19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X19" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y19" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z19" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA19" s="2">
         <v>574.81</v>
       </c>
       <c r="AB19" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC19" s="2">
+        <v>574.81</v>
+      </c>
+      <c r="AD19" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:30">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G20" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="I20" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="H20" s="3" t="s">
+      <c r="J20" s="3" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="K20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N20" s="3"/>
       <c r="O20" s="3">
         <v>12852</v>
       </c>
       <c r="P20" s="3">
         <v>6617</v>
       </c>
       <c r="Q20" s="3">
         <v>9496</v>
       </c>
       <c r="R20" s="3">
         <v>460.21</v>
       </c>
       <c r="S20" s="3">
         <v>460.21</v>
       </c>
       <c r="T20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X20" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y20" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA20" s="2">
         <v>350.09</v>
       </c>
       <c r="AB20" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC20" s="2">
+        <v>350.09</v>
+      </c>
+      <c r="AD20" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:30">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G21" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="H21" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J21" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M21" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N21" s="3"/>
       <c r="O21" s="3">
         <v>6613</v>
       </c>
       <c r="P21" s="3">
         <v>13110</v>
       </c>
       <c r="Q21" s="3">
         <v>5663</v>
       </c>
       <c r="R21" s="3">
         <v>964.85</v>
       </c>
       <c r="S21" s="3">
         <v>964.85</v>
       </c>
       <c r="T21" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X21" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y21" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA21" s="2">
         <v>42.93</v>
       </c>
       <c r="AB21" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC21" s="2">
+        <v>810.12</v>
+      </c>
+      <c r="AD21" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:30">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G22" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="I22" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="H22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J22" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N22" s="3"/>
       <c r="O22" s="3">
         <v>3682</v>
       </c>
       <c r="P22" s="3">
         <v>5174</v>
       </c>
       <c r="Q22" s="3">
         <v>3493</v>
       </c>
       <c r="R22" s="3">
         <v>384.82</v>
       </c>
       <c r="S22" s="3">
         <v>384.82</v>
       </c>
       <c r="T22" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X22" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y22" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z22" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA22" s="2">
         <v>1.46</v>
       </c>
       <c r="AB22" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC22" s="2">
+        <v>346.94</v>
+      </c>
+      <c r="AD22" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:30">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E23" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G23" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="F23" s="2" t="s">
+      <c r="H23" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="G23" s="2" t="s">
+      <c r="I23" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="H23" s="3" t="s">
+      <c r="J23" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="I23" s="3" t="s">
+      <c r="K23" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M23" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="J23" s="3" t="s">
+      <c r="N23" s="3" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>165</v>
       </c>
       <c r="O23" s="3">
         <v>1279</v>
       </c>
       <c r="P23" s="3">
         <v>349</v>
       </c>
       <c r="Q23" s="3">
         <v>349</v>
       </c>
       <c r="R23" s="3">
         <v>354.9</v>
       </c>
       <c r="S23" s="3">
         <v>354.9</v>
       </c>
       <c r="T23" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U23" s="3"/>
       <c r="V23" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X23" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="Y23" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="Z23" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA23" s="2">
         <v>752.33</v>
       </c>
       <c r="AB23" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC23" s="2">
+        <v>256.94</v>
       </c>
       <c r="AD23" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24" spans="1:30">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G24" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="I24" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="H24" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J24" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="N24" s="3"/>
       <c r="O24" s="3">
         <v>6892</v>
       </c>
       <c r="P24" s="3">
         <v>10847</v>
       </c>
       <c r="Q24" s="3">
         <v>6837</v>
       </c>
       <c r="R24" s="3">
         <v>777.42</v>
       </c>
       <c r="S24" s="3">
         <v>777.42</v>
       </c>
       <c r="T24" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X24" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y24" s="2" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="Z24" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA24" s="2">
         <v>4.86</v>
       </c>
       <c r="AB24" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC24" s="2">
+        <v>707.49</v>
+      </c>
+      <c r="AD24" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:30">
       <c r="A25" s="2">
         <v>23</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G25" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="I25" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="H25" s="3" t="s">
+      <c r="J25" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="I25" s="3" t="s">
+      <c r="K25" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M25" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="J25" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N25" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O25" s="3">
         <v>3777</v>
       </c>
       <c r="P25" s="3">
         <v>2695</v>
       </c>
       <c r="Q25" s="3">
         <v>2695</v>
       </c>
       <c r="R25" s="3">
         <v>899.98</v>
       </c>
       <c r="S25" s="3">
         <v>899.98</v>
       </c>
       <c r="T25" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U25" s="3"/>
       <c r="V25" s="3" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X25" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="Y25" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="Z25" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA25" s="2">
         <v>146.03</v>
       </c>
       <c r="AB25" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC25" s="2">
+        <v>675.54</v>
       </c>
       <c r="AD25" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:30">
       <c r="A26" s="2">
         <v>24</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G26" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I26" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="H26" s="3" t="s">
+      <c r="J26" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M26" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N26" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O26" s="3">
         <v>452</v>
       </c>
       <c r="P26" s="3">
         <v>299</v>
       </c>
       <c r="Q26" s="3">
         <v>299</v>
       </c>
       <c r="R26" s="3">
         <v>231.37</v>
       </c>
       <c r="S26" s="3">
         <v>231.37</v>
       </c>
       <c r="T26" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U26" s="3"/>
       <c r="V26" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X26" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="Y26" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="Z26" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA26" s="2">
         <v>146.9</v>
       </c>
       <c r="AB26" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC26" s="2">
+        <v>136.44</v>
       </c>
       <c r="AD26" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="27" spans="1:30">
       <c r="A27" s="2">
         <v>25</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E27" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H27" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="2" t="s">
+      <c r="I27" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="H27" s="3" t="s">
+      <c r="J27" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="I27" s="3" t="s">
+      <c r="K27" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="J27" s="3" t="s">
+      <c r="L27" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="K27" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M27" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N27" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O27" s="3">
         <v>2369</v>
       </c>
       <c r="P27" s="3">
         <v>671</v>
       </c>
       <c r="Q27" s="3">
         <v>671</v>
       </c>
       <c r="R27" s="3">
         <v>838.18</v>
       </c>
       <c r="S27" s="3">
         <v>838.18</v>
       </c>
       <c r="T27" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U27" s="3"/>
       <c r="V27" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X27" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="Y27" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="Z27" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA27" s="2">
         <v>26.59</v>
       </c>
       <c r="AB27" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC27" s="2">
+        <v>537.19</v>
       </c>
       <c r="AD27" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:30">
       <c r="A28" s="2">
         <v>26</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G28" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="I28" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="H28" s="3" t="s">
+      <c r="J28" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="K28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L28" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="I28" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M28" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="N28" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O28" s="3">
         <v>4204</v>
       </c>
       <c r="P28" s="3">
         <v>342</v>
       </c>
       <c r="Q28" s="3">
         <v>342</v>
       </c>
       <c r="R28" s="3">
         <v>804.99</v>
       </c>
       <c r="S28" s="3">
         <v>804.99</v>
       </c>
       <c r="T28" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U28" s="3"/>
       <c r="V28" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="W28" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X28" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y28" s="2" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="Z28" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA28" s="2">
         <v>600.88</v>
       </c>
       <c r="AB28" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC28" s="2">
+        <v>535.26</v>
       </c>
       <c r="AD28" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:30">
       <c r="A29" s="2">
         <v>27</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G29" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="I29" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="H29" s="3" t="s">
+      <c r="J29" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="I29" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K29" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M29" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N29" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O29" s="3">
         <v>2390</v>
       </c>
       <c r="P29" s="3">
         <v>369</v>
       </c>
       <c r="Q29" s="3">
         <v>369</v>
       </c>
       <c r="R29" s="3">
         <v>775.12</v>
       </c>
       <c r="S29" s="3">
         <v>775.12</v>
       </c>
       <c r="T29" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U29" s="3"/>
       <c r="V29" s="3" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X29" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="Y29" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="Z29" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA29" s="2">
         <v>449.79</v>
       </c>
       <c r="AB29" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC29" s="2">
+        <v>520.19</v>
       </c>
       <c r="AD29" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:30">
       <c r="A30" s="2">
         <v>28</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="H30" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G30" s="2" t="s">
+      <c r="I30" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="H30" s="3" t="s">
+      <c r="J30" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="I30" s="3" t="s">
+      <c r="K30" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M30" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="J30" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N30" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O30" s="3">
         <v>1869</v>
       </c>
       <c r="P30" s="3">
         <v>214</v>
       </c>
       <c r="Q30" s="3">
         <v>797</v>
       </c>
       <c r="R30" s="3">
         <v>244.16</v>
       </c>
       <c r="S30" s="3">
         <v>244.16</v>
       </c>
       <c r="T30" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U30" s="3"/>
       <c r="V30" s="3" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X30" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="Y30" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="Z30" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA30" s="2">
         <v>199.33</v>
       </c>
       <c r="AB30" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC30" s="2">
+        <v>147.68</v>
       </c>
       <c r="AD30" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:30">
       <c r="A31" s="2">
         <v>29</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G31" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="I31" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="H31" s="3" t="s">
+      <c r="J31" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="K31" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="I31" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N31" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O31" s="3">
         <v>2588</v>
       </c>
       <c r="P31" s="3">
         <v>250</v>
       </c>
       <c r="Q31" s="3">
         <v>250</v>
       </c>
       <c r="R31" s="3">
         <v>436.62</v>
       </c>
       <c r="S31" s="3">
         <v>436.62</v>
       </c>
       <c r="T31" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U31" s="3"/>
       <c r="V31" s="3" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X31" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="Y31" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="Z31" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA31" s="2">
         <v>36.21</v>
       </c>
       <c r="AB31" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC31" s="2">
+        <v>273.41</v>
       </c>
       <c r="AD31" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:30">
       <c r="A32" s="2">
         <v>30</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E32" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G32" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="H32" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="G32" s="2" t="s">
+      <c r="I32" s="3" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="J32" s="3"/>
       <c r="K32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M32" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N32" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O32" s="3">
         <v>528</v>
       </c>
       <c r="P32" s="3">
         <v>100</v>
       </c>
       <c r="Q32" s="3">
         <v>100</v>
       </c>
       <c r="R32" s="3">
         <v>40.62</v>
       </c>
       <c r="S32" s="3">
         <v>40.62</v>
       </c>
       <c r="T32" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U32" s="3"/>
       <c r="V32" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="W32" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X32" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y32" s="2" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="Z32" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA32" s="2">
         <v>61.08</v>
       </c>
       <c r="AB32" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC32" s="2">
+        <v>36.8</v>
       </c>
       <c r="AD32" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="33" spans="1:30">
       <c r="A33" s="2">
         <v>31</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G33" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="I33" s="3" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="J33" s="3"/>
       <c r="K33" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M33" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N33" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O33" s="3">
         <v>332</v>
       </c>
       <c r="P33" s="3">
         <v>100</v>
       </c>
       <c r="Q33" s="3">
         <v>100</v>
       </c>
       <c r="R33" s="3">
         <v>40.62</v>
       </c>
       <c r="S33" s="3">
         <v>40.62</v>
       </c>
       <c r="T33" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U33" s="3"/>
       <c r="V33" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="W33" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X33" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y33" s="2" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
       <c r="Z33" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA33" s="2">
         <v>61.08</v>
       </c>
       <c r="AB33" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC33" s="2">
+        <v>36.35</v>
       </c>
       <c r="AD33" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:30">
       <c r="A34" s="2">
         <v>32</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E34" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="H34" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="2" t="s">
+      <c r="I34" s="3" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
       <c r="J34" s="3"/>
       <c r="K34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M34" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N34" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O34" s="3">
         <v>400</v>
       </c>
       <c r="P34" s="3">
         <v>814</v>
       </c>
       <c r="Q34" s="3">
         <v>814</v>
       </c>
       <c r="R34" s="3">
         <v>439.33</v>
       </c>
       <c r="S34" s="3">
         <v>439.33</v>
       </c>
       <c r="T34" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U34" s="3"/>
       <c r="V34" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X34" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="Y34" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="Z34" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA34" s="2">
         <v>127.2</v>
       </c>
       <c r="AB34" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC34" s="2">
+        <v>383.24</v>
       </c>
       <c r="AD34" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:30">
       <c r="A35" s="2">
         <v>33</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G35" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="I35" s="3" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J35" s="3"/>
       <c r="K35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M35" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="N35" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O35" s="3">
         <v>435</v>
       </c>
       <c r="P35" s="3">
         <v>446</v>
       </c>
       <c r="Q35" s="3">
         <v>446</v>
       </c>
       <c r="R35" s="3">
         <v>421.98</v>
       </c>
       <c r="S35" s="3">
         <v>421.98</v>
       </c>
       <c r="T35" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U35" s="3"/>
       <c r="V35" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="W35" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X35" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y35" s="2" t="s">
         <v>257</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
       <c r="Z35" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA35" s="2">
         <v>238.78</v>
       </c>
       <c r="AB35" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC35" s="2">
+        <v>175.6</v>
       </c>
       <c r="AD35" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="36" spans="1:30">
       <c r="A36" s="2">
         <v>34</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G36" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="I36" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="H36" s="3" t="s">
+      <c r="J36" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="I36" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K36" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M36" s="3" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N36" s="3"/>
       <c r="O36" s="3">
         <v>1050</v>
       </c>
       <c r="P36" s="3">
         <v>856</v>
       </c>
       <c r="Q36" s="3">
         <v>856</v>
       </c>
       <c r="R36" s="3">
         <v>65.9</v>
       </c>
       <c r="S36" s="3">
         <v>65.9</v>
       </c>
       <c r="T36" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U36" s="3"/>
       <c r="V36" s="3"/>
       <c r="W36" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X36" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y36" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="Z36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA36" s="2">
         <v>35.66</v>
       </c>
       <c r="AB36" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC36" s="2">
+        <v>35.66</v>
+      </c>
+      <c r="AD36" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:30">
       <c r="A37" s="2">
         <v>35</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G37" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="I37" s="3" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J37" s="3"/>
       <c r="K37" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M37" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N37" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O37" s="3">
         <v>2771</v>
       </c>
       <c r="P37" s="3">
         <v>3460</v>
       </c>
       <c r="Q37" s="3">
         <v>3460</v>
       </c>
       <c r="R37" s="3">
         <v>1265.2</v>
       </c>
       <c r="S37" s="3">
         <v>1265.2</v>
       </c>
       <c r="T37" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U37" s="3"/>
       <c r="V37" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X37" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="Y37" s="2" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="Z37" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA37" s="2">
         <v>730.65</v>
       </c>
       <c r="AB37" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC37" s="2">
+        <v>821.44</v>
       </c>
       <c r="AD37" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="38" spans="1:30">
       <c r="A38" s="2">
         <v>36</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G38" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="I38" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="H38" s="3" t="s">
+      <c r="J38" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="I38" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K38" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M38" s="3" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N38" s="3"/>
       <c r="O38" s="3">
         <v>983</v>
       </c>
       <c r="P38" s="3">
         <v>882</v>
       </c>
       <c r="Q38" s="3">
         <v>882</v>
       </c>
       <c r="R38" s="3">
         <v>59.03</v>
       </c>
       <c r="S38" s="3">
         <v>59.03</v>
       </c>
       <c r="T38" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U38" s="3"/>
       <c r="V38" s="3"/>
       <c r="W38" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X38" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y38" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="Z38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA38" s="2">
         <v>18.78</v>
       </c>
       <c r="AB38" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC38" s="2">
+        <v>58.66</v>
       </c>
       <c r="AD38" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:30">
       <c r="A39" s="2">
         <v>37</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G39" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="I39" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="H39" s="3" t="s">
+      <c r="J39" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="I39" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M39" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N39" s="3"/>
       <c r="O39" s="3">
         <v>1547</v>
       </c>
       <c r="P39" s="3">
         <v>1410</v>
       </c>
       <c r="Q39" s="3">
         <v>1410</v>
       </c>
       <c r="R39" s="3">
         <v>87.91</v>
       </c>
       <c r="S39" s="3">
         <v>87.91</v>
       </c>
       <c r="T39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U39" s="3"/>
       <c r="V39" s="3"/>
       <c r="W39" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X39" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y39" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="Z39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA39" s="2">
         <v>16.64</v>
       </c>
       <c r="AB39" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC39" s="2">
+        <v>87.36</v>
       </c>
       <c r="AD39" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:30">
       <c r="A40" s="2">
         <v>38</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G40" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="I40" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="H40" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J40" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="K40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M40" s="3" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="N40" s="3"/>
       <c r="O40" s="3">
         <v>2113</v>
       </c>
       <c r="P40" s="3">
         <v>1471</v>
       </c>
       <c r="Q40" s="3">
         <v>1587</v>
       </c>
       <c r="R40" s="3">
         <v>98.85</v>
       </c>
       <c r="S40" s="3">
         <v>98.85</v>
       </c>
       <c r="T40" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U40" s="3"/>
       <c r="V40" s="3"/>
       <c r="W40" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X40" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y40" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="Z40" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA40" s="2">
         <v>11.94</v>
       </c>
       <c r="AB40" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC40" s="2">
+        <v>91.04</v>
+      </c>
+      <c r="AD40" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:30">
       <c r="A41" s="2">
         <v>39</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G41" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="I41" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="H41" s="3" t="s">
+      <c r="J41" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="I41" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M41" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N41" s="3"/>
       <c r="O41" s="3">
         <v>1431</v>
       </c>
       <c r="P41" s="3">
         <v>1206</v>
       </c>
       <c r="Q41" s="3">
         <v>1207</v>
       </c>
       <c r="R41" s="3">
         <v>84.54</v>
       </c>
       <c r="S41" s="3">
         <v>84.54</v>
       </c>
       <c r="T41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
       <c r="W41" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X41" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y41" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="Z41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA41" s="2">
         <v>91.48</v>
       </c>
       <c r="AB41" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC41" s="2">
+        <v>46.83</v>
+      </c>
+      <c r="AD41" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:30">
       <c r="A42" s="2">
         <v>40</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G42" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="I42" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="H42" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J42" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M42" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N42" s="3"/>
       <c r="O42" s="3">
         <v>5125</v>
       </c>
       <c r="P42" s="3">
         <v>14430</v>
       </c>
       <c r="Q42" s="3">
         <v>4593</v>
       </c>
       <c r="R42" s="3">
         <v>1063.3</v>
       </c>
       <c r="S42" s="3">
         <v>1063.3</v>
       </c>
       <c r="T42" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X42" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y42" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="Z42" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA42" s="2">
         <v>35.32</v>
       </c>
       <c r="AB42" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC42" s="2">
+        <v>862.26</v>
+      </c>
+      <c r="AD42" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:30">
       <c r="A43" s="2">
         <v>41</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G43" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="I43" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="H43" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J43" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="K43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M43" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N43" s="3"/>
       <c r="O43" s="3">
         <v>1264</v>
       </c>
       <c r="P43" s="3">
         <v>959</v>
       </c>
       <c r="Q43" s="3">
         <v>959</v>
       </c>
       <c r="R43" s="3">
         <v>64.96</v>
       </c>
       <c r="S43" s="3">
         <v>64.96</v>
       </c>
       <c r="T43" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U43" s="3"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X43" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y43" s="2" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="Z43" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA43" s="2">
         <v>55.66</v>
       </c>
       <c r="AB43" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC43" s="2">
+        <v>55.66</v>
+      </c>
+      <c r="AD43" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:30">
       <c r="A44" s="2">
         <v>42</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G44" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="I44" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="H44" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J44" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="K44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M44" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N44" s="3"/>
       <c r="O44" s="3">
         <v>1649</v>
       </c>
       <c r="P44" s="3">
         <v>1274</v>
       </c>
       <c r="Q44" s="3">
         <v>1275</v>
       </c>
       <c r="R44" s="3">
         <v>80.61</v>
       </c>
       <c r="S44" s="3">
         <v>80.61</v>
       </c>
       <c r="T44" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U44" s="3"/>
       <c r="V44" s="3"/>
       <c r="W44" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X44" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="Y44" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="Z44" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA44" s="2">
         <v>5.82</v>
       </c>
       <c r="AB44" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC44" s="2">
+        <v>80.47</v>
       </c>
       <c r="AD44" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:30">
       <c r="A45" s="2">
         <v>43</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G45" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="I45" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="H45" s="3" t="s">
+      <c r="J45" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="I45" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K45" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M45" s="3" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N45" s="3"/>
       <c r="O45" s="3">
         <v>1125</v>
       </c>
       <c r="P45" s="3">
         <v>1069</v>
       </c>
       <c r="Q45" s="3">
         <v>1069</v>
       </c>
       <c r="R45" s="3">
         <v>71.2</v>
       </c>
       <c r="S45" s="3">
         <v>71.2</v>
       </c>
       <c r="T45" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U45" s="3"/>
       <c r="V45" s="3"/>
       <c r="W45" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X45" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y45" s="2" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="Z45" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA45" s="2">
         <v>71.9</v>
       </c>
       <c r="AB45" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC45" s="2">
+        <v>71.9</v>
       </c>
       <c r="AD45" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:30">
       <c r="A46" s="2">
         <v>44</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G46" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="I46" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="H46" s="3" t="s">
+      <c r="J46" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="I46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K46" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M46" s="3" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N46" s="3"/>
       <c r="O46" s="3">
         <v>1493</v>
       </c>
       <c r="P46" s="3">
         <v>1363</v>
       </c>
       <c r="Q46" s="3">
         <v>1363</v>
       </c>
       <c r="R46" s="3">
         <v>95.9</v>
       </c>
       <c r="S46" s="3">
         <v>95.9</v>
       </c>
       <c r="T46" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U46" s="3"/>
       <c r="V46" s="3"/>
       <c r="W46" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X46" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y46" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="Z46" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA46" s="2">
         <v>47.01</v>
       </c>
       <c r="AB46" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC46" s="2">
+        <v>94.76</v>
+      </c>
+      <c r="AD46" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="47" spans="1:30">
       <c r="A47" s="2">
         <v>45</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G47" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="I47" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="H47" s="3" t="s">
+      <c r="J47" s="3" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
       <c r="K47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="N47" s="3"/>
       <c r="O47" s="3">
         <v>1174</v>
       </c>
       <c r="P47" s="3">
         <v>1290</v>
       </c>
       <c r="Q47" s="3">
         <v>1290</v>
       </c>
       <c r="R47" s="3">
         <v>83.34</v>
       </c>
       <c r="S47" s="3">
         <v>83.34</v>
       </c>
       <c r="T47" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U47" s="3"/>
       <c r="V47" s="3"/>
       <c r="W47" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X47" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y47" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="Z47" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA47" s="2">
         <v>27.05</v>
       </c>
       <c r="AB47" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC47" s="2">
+        <v>82.71</v>
+      </c>
+      <c r="AD47" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:30">
       <c r="A48" s="2">
         <v>46</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G48" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="I48" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="H48" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J48" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="K48" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M48" s="3" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N48" s="3"/>
       <c r="O48" s="3">
         <v>1648</v>
       </c>
       <c r="P48" s="3">
         <v>1238</v>
       </c>
       <c r="Q48" s="3">
         <v>1238</v>
       </c>
       <c r="R48" s="3">
         <v>93.76</v>
       </c>
       <c r="S48" s="3">
         <v>93.76</v>
       </c>
       <c r="T48" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
       <c r="W48" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X48" s="2" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="Y48" s="2" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="Z48" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA48" s="2">
         <v>19.17</v>
       </c>
       <c r="AB48" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC48" s="2">
+        <v>93.14</v>
+      </c>
+      <c r="AD48" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="49" spans="1:30">
       <c r="A49" s="2">
         <v>47</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G49" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="I49" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="H49" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J49" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="K49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N49" s="3"/>
       <c r="O49" s="3">
         <v>5237</v>
       </c>
       <c r="P49" s="3">
         <v>2141</v>
       </c>
       <c r="Q49" s="3">
         <v>4583</v>
       </c>
       <c r="R49" s="3">
         <v>173.44</v>
       </c>
       <c r="S49" s="3">
         <v>173.44</v>
       </c>
       <c r="T49" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U49" s="3"/>
       <c r="V49" s="3"/>
       <c r="W49" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X49" s="2" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="Y49" s="2" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="Z49" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA49" s="2">
         <v>21.7</v>
       </c>
       <c r="AB49" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC49" s="2">
+        <v>128.03</v>
+      </c>
+      <c r="AD49" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:30">
       <c r="A50" s="2">
         <v>48</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G50" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="I50" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="H50" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J50" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M50" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N50" s="3"/>
       <c r="O50" s="3">
         <v>7035</v>
       </c>
       <c r="P50" s="3">
         <v>9759</v>
       </c>
       <c r="Q50" s="3">
         <v>6259</v>
       </c>
       <c r="R50" s="3">
         <v>717.96</v>
       </c>
       <c r="S50" s="3">
         <v>717.96</v>
       </c>
       <c r="T50" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U50" s="3"/>
       <c r="V50" s="3"/>
       <c r="W50" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X50" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y50" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z50" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA50" s="2">
         <v>102.77</v>
       </c>
       <c r="AB50" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC50" s="2">
+        <v>542.96</v>
+      </c>
+      <c r="AD50" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="51" spans="1:30">
       <c r="A51" s="2">
         <v>49</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G51" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="I51" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="H51" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J51" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M51" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N51" s="3"/>
       <c r="O51" s="3">
         <v>5242</v>
       </c>
       <c r="P51" s="3">
         <v>11888</v>
       </c>
       <c r="Q51" s="3">
         <v>7620</v>
       </c>
       <c r="R51" s="3">
         <v>870.99</v>
       </c>
       <c r="S51" s="3">
         <v>870.99</v>
       </c>
       <c r="T51" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U51" s="3"/>
       <c r="V51" s="3"/>
       <c r="W51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X51" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="Y51" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="Z51" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA51" s="2">
         <v>793.79</v>
       </c>
       <c r="AB51" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC51" s="2">
+        <v>793.79</v>
+      </c>
+      <c r="AD51" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="52" spans="1:30">
       <c r="A52" s="2">
         <v>50</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G52" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="I52" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="H52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J52" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="K52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M52" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N52" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O52" s="3">
         <v>4681</v>
       </c>
       <c r="P52" s="3">
         <v>2310</v>
       </c>
       <c r="Q52" s="3">
         <v>2310</v>
       </c>
       <c r="R52" s="3">
         <v>902.24</v>
       </c>
       <c r="S52" s="3">
         <v>902.24</v>
       </c>
       <c r="T52" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U52" s="3"/>
       <c r="V52" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X52" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="Y52" s="2" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="Z52" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA52" s="2">
         <v>130.74</v>
       </c>
       <c r="AB52" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC52" s="2">
+        <v>559.26</v>
       </c>
       <c r="AD52" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="53" spans="1:30">
       <c r="A53" s="2">
         <v>51</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G53" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="I53" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="H53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J53" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="K53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M53" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="N53" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O53" s="3">
         <v>857</v>
       </c>
       <c r="P53" s="3">
         <v>552</v>
       </c>
       <c r="Q53" s="3">
         <v>552</v>
       </c>
       <c r="R53" s="3">
         <v>512.37</v>
       </c>
       <c r="S53" s="3">
         <v>512.37</v>
       </c>
       <c r="T53" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U53" s="3"/>
       <c r="V53" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X53" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="Y53" s="2" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="Z53" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA53" s="2">
         <v>441.4</v>
       </c>
       <c r="AB53" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC53" s="2">
+        <v>441.4</v>
       </c>
       <c r="AD53" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="54" spans="1:30">
       <c r="A54" s="2">
         <v>52</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G54" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="I54" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="H54" s="3" t="s">
+      <c r="J54" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="I54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K54" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M54" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N54" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O54" s="3">
         <v>1178</v>
       </c>
       <c r="P54" s="3">
         <v>300</v>
       </c>
       <c r="Q54" s="3">
         <v>300</v>
       </c>
       <c r="R54" s="3">
         <v>797.62</v>
       </c>
       <c r="S54" s="3">
         <v>797.62</v>
       </c>
       <c r="T54" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U54" s="3"/>
       <c r="V54" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="W54" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X54" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y54" s="2" t="s">
         <v>348</v>
-      </c>
-[...7 lines deleted...]
-        <v>350</v>
       </c>
       <c r="Z54" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA54" s="2">
         <v>41.38</v>
       </c>
       <c r="AB54" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC54" s="2">
+        <v>385.6</v>
       </c>
       <c r="AD54" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:30">
       <c r="A55" s="2">
         <v>53</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G55" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="I55" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="H55" s="3" t="s">
+      <c r="J55" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="I55" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M55" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N55" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O55" s="3">
         <v>2133</v>
       </c>
       <c r="P55" s="3">
         <v>653</v>
       </c>
       <c r="Q55" s="3">
         <v>653</v>
       </c>
       <c r="R55" s="3">
         <v>591.27</v>
       </c>
       <c r="S55" s="3">
         <v>591.27</v>
       </c>
       <c r="T55" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U55" s="3"/>
       <c r="V55" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X55" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="Y55" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="Z55" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA55" s="2">
         <v>564.83</v>
       </c>
       <c r="AB55" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC55" s="2">
+        <v>304.31</v>
       </c>
       <c r="AD55" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="56" spans="1:30">
       <c r="A56" s="2">
         <v>54</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G56" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="I56" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="H56" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J56" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="K56" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M56" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="L56" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N56" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O56" s="3">
         <v>983</v>
       </c>
       <c r="P56" s="3">
         <v>312</v>
       </c>
       <c r="Q56" s="3">
         <v>312</v>
       </c>
       <c r="R56" s="3">
         <v>662.31</v>
       </c>
       <c r="S56" s="3">
         <v>662.31</v>
       </c>
       <c r="T56" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U56" s="3"/>
       <c r="V56" s="3" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X56" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="Y56" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="Z56" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA56" s="2">
         <v>454.99</v>
       </c>
       <c r="AB56" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC56" s="2">
+        <v>431.49</v>
       </c>
       <c r="AD56" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="57" spans="1:30">
       <c r="A57" s="2">
         <v>55</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G57" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="I57" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="H57" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J57" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="K57" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M57" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N57" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O57" s="3">
         <v>2114</v>
       </c>
       <c r="P57" s="3">
         <v>330</v>
       </c>
       <c r="Q57" s="3">
         <v>330</v>
       </c>
       <c r="R57" s="3">
         <v>527.09</v>
       </c>
       <c r="S57" s="3">
         <v>527.09</v>
       </c>
       <c r="T57" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U57" s="3"/>
       <c r="V57" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X57" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="Y57" s="2" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="Z57" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA57" s="2">
         <v>18.02</v>
       </c>
       <c r="AB57" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC57" s="2">
+        <v>382.56</v>
       </c>
       <c r="AD57" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:30">
       <c r="A58" s="2">
         <v>56</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G58" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="I58" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="H58" s="3" t="s">
+      <c r="J58" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="I58" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M58" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N58" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O58" s="3">
         <v>3138</v>
       </c>
       <c r="P58" s="3">
         <v>385</v>
       </c>
       <c r="Q58" s="3">
         <v>385</v>
       </c>
       <c r="R58" s="3">
         <v>969.51</v>
       </c>
       <c r="S58" s="3">
         <v>969.51</v>
       </c>
       <c r="T58" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U58" s="3"/>
       <c r="V58" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X58" s="2" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="Y58" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="Z58" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA58" s="2">
         <v>850.06</v>
       </c>
       <c r="AB58" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC58" s="2">
+        <v>693.97</v>
       </c>
       <c r="AD58" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:30">
       <c r="A59" s="2">
         <v>57</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G59" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="I59" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="H59" s="3" t="s">
+      <c r="J59" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="I59" s="3" t="s">
+      <c r="K59" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L59" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="J59" s="3" t="s">
-[...2 lines deleted...]
-      <c r="K59" s="3" t="s">
+      <c r="M59" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="L59" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N59" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O59" s="3">
         <v>2271</v>
       </c>
       <c r="P59" s="3">
         <v>721</v>
       </c>
       <c r="Q59" s="3">
         <v>721</v>
       </c>
       <c r="R59" s="3">
         <v>546.4</v>
       </c>
       <c r="S59" s="3">
         <v>546.4</v>
       </c>
       <c r="T59" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U59" s="3"/>
       <c r="V59" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X59" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="Y59" s="2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="Z59" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA59" s="2">
         <v>45.47</v>
       </c>
       <c r="AB59" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC59" s="2">
+        <v>358.39</v>
       </c>
       <c r="AD59" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="60" spans="1:30">
       <c r="A60" s="2">
         <v>58</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G60" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="I60" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="H60" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J60" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="K60" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M60" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N60" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O60" s="3">
         <v>1817</v>
       </c>
       <c r="P60" s="3">
         <v>664</v>
       </c>
       <c r="Q60" s="3">
         <v>748</v>
       </c>
       <c r="R60" s="3">
         <v>933.72</v>
       </c>
       <c r="S60" s="3">
         <v>933.72</v>
       </c>
       <c r="T60" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U60" s="3"/>
       <c r="V60" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X60" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="Y60" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="Z60" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA60" s="2">
         <v>1326.37</v>
       </c>
       <c r="AB60" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC60" s="2">
+        <v>535.31</v>
       </c>
       <c r="AD60" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="61" spans="1:30">
       <c r="A61" s="2">
         <v>59</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G61" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="I61" s="3" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
       <c r="J61" s="3"/>
       <c r="K61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M61" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N61" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O61" s="3">
         <v>469</v>
       </c>
       <c r="P61" s="3">
         <v>28</v>
       </c>
       <c r="Q61" s="3">
         <v>28</v>
       </c>
       <c r="R61" s="3">
         <v>31.51</v>
       </c>
       <c r="S61" s="3">
         <v>31.51</v>
       </c>
       <c r="T61" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U61" s="3"/>
       <c r="V61" s="3" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X61" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="Y61" s="2" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="Z61" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA61" s="2">
         <v>45.02</v>
       </c>
       <c r="AB61" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC61" s="2">
+        <v>28.81</v>
       </c>
       <c r="AD61" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:30">
       <c r="A62" s="2">
         <v>60</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G62" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="I62" s="3" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
       <c r="J62" s="3"/>
       <c r="K62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M62" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N62" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O62" s="3">
         <v>141</v>
       </c>
       <c r="P62" s="3">
         <v>78</v>
       </c>
       <c r="Q62" s="3">
         <v>78</v>
       </c>
       <c r="R62" s="3">
         <v>38.14</v>
       </c>
       <c r="S62" s="3">
         <v>38.14</v>
       </c>
       <c r="T62" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U62" s="3"/>
       <c r="V62" s="3" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X62" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="Y62" s="2" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="Z62" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA62" s="2">
         <v>57.07</v>
       </c>
       <c r="AB62" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC62" s="2">
+        <v>34.85</v>
       </c>
       <c r="AD62" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:30">
       <c r="A63" s="2">
         <v>61</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G63" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="I63" s="3" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
       <c r="J63" s="3"/>
       <c r="K63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M63" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N63" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O63" s="3">
         <v>120</v>
       </c>
       <c r="P63" s="3">
         <v>100</v>
       </c>
       <c r="Q63" s="3">
         <v>100</v>
       </c>
       <c r="R63" s="3">
         <v>40.62</v>
       </c>
       <c r="S63" s="3">
         <v>40.62</v>
       </c>
       <c r="T63" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U63" s="3"/>
       <c r="V63" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="W63" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X63" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y63" s="2" t="s">
         <v>399</v>
-      </c>
-[...7 lines deleted...]
-        <v>401</v>
       </c>
       <c r="Z63" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA63" s="2">
         <v>61</v>
       </c>
       <c r="AB63" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC63" s="2">
+        <v>36.77</v>
       </c>
       <c r="AD63" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="64" spans="1:30">
       <c r="A64" s="2">
         <v>62</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G64" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="I64" s="3" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
       <c r="J64" s="3"/>
       <c r="K64" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M64" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N64" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O64" s="3">
         <v>332</v>
       </c>
       <c r="P64" s="3">
         <v>100</v>
       </c>
       <c r="Q64" s="3">
         <v>100</v>
       </c>
       <c r="R64" s="3">
         <v>40.62</v>
       </c>
       <c r="S64" s="3">
         <v>40.62</v>
       </c>
       <c r="T64" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U64" s="3"/>
       <c r="V64" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="W64" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X64" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y64" s="2" t="s">
         <v>405</v>
-      </c>
-[...7 lines deleted...]
-        <v>407</v>
       </c>
       <c r="Z64" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA64" s="2">
         <v>61.08</v>
       </c>
       <c r="AB64" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC64" s="2">
+        <v>36.53</v>
       </c>
       <c r="AD64" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:30">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E65" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="H65" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="F65" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G65" s="2" t="s">
+      <c r="I65" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="H65" s="3" t="s">
+      <c r="J65" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="I65" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K65" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M65" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N65" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O65" s="3">
         <v>6299</v>
       </c>
       <c r="P65" s="3">
         <v>1169</v>
       </c>
       <c r="Q65" s="3">
         <v>1169</v>
       </c>
       <c r="R65" s="3">
         <v>994.64</v>
       </c>
       <c r="S65" s="3">
         <v>994.64</v>
       </c>
       <c r="T65" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U65" s="3"/>
       <c r="V65" s="3" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X65" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="Y65" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="Z65" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA65" s="2">
         <v>68.85</v>
       </c>
       <c r="AB65" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC65" s="2">
+        <v>479.69</v>
       </c>
       <c r="AD65" s="2" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="66" spans="1:30">
       <c r="A66" s="2">
         <v>64</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G66" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="I66" s="3" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="J66" s="3"/>
       <c r="K66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M66" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="N66" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O66" s="3">
         <v>1556</v>
       </c>
       <c r="P66" s="3">
         <v>1482</v>
       </c>
       <c r="Q66" s="3">
         <v>1482</v>
       </c>
       <c r="R66" s="3">
         <v>711.04</v>
       </c>
       <c r="S66" s="3">
         <v>711.04</v>
       </c>
       <c r="T66" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U66" s="3"/>
       <c r="V66" s="3" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X66" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="Y66" s="2" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="Z66" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA66" s="2">
         <v>49.94</v>
       </c>
       <c r="AB66" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC66" s="2">
+        <v>385.31</v>
       </c>
       <c r="AD66" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="67" spans="1:30">
       <c r="A67" s="2">
         <v>65</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G67" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="I67" s="3" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="J67" s="3"/>
       <c r="K67" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M67" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N67" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O67" s="3">
         <v>961</v>
       </c>
       <c r="P67" s="3">
         <v>1042</v>
       </c>
       <c r="Q67" s="3">
         <v>1042</v>
       </c>
       <c r="R67" s="3">
         <v>613.13</v>
       </c>
       <c r="S67" s="3">
         <v>613.13</v>
       </c>
       <c r="T67" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U67" s="3"/>
       <c r="V67" s="3" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X67" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="Y67" s="2" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="Z67" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA67" s="2">
         <v>558.26</v>
       </c>
       <c r="AB67" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC67" s="2">
+        <v>339.35</v>
       </c>
       <c r="AD67" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="68" spans="1:30">
       <c r="A68" s="2">
         <v>66</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G68" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="I68" s="3" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="J68" s="3"/>
       <c r="K68" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="M68" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="N68" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O68" s="3">
         <v>8079</v>
       </c>
       <c r="P68" s="3">
         <v>3022</v>
       </c>
       <c r="Q68" s="3">
         <v>3022</v>
       </c>
       <c r="R68" s="3">
         <v>1308.69</v>
       </c>
       <c r="S68" s="3">
         <v>1308.69</v>
       </c>
       <c r="T68" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U68" s="3"/>
       <c r="V68" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X68" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="Y68" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="Z68" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA68" s="2">
         <v>1064.18</v>
       </c>
       <c r="AB68" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC68" s="2">
+        <v>936.71</v>
       </c>
       <c r="AD68" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:30">
       <c r="A69" s="2">
         <v>67</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G69" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="I69" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="H69" s="3" t="s">
+      <c r="J69" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="I69" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K69" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M69" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N69" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O69" s="3">
         <v>3765</v>
       </c>
       <c r="P69" s="3">
         <v>1091</v>
       </c>
       <c r="Q69" s="3">
         <v>1091</v>
       </c>
       <c r="R69" s="3">
         <v>1074.75</v>
       </c>
       <c r="S69" s="3">
         <v>1074.75</v>
       </c>
       <c r="T69" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U69" s="3"/>
       <c r="V69" s="3" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X69" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="Y69" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="Z69" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA69" s="2">
         <v>110.29</v>
       </c>
       <c r="AB69" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC69" s="2">
+        <v>780.94</v>
       </c>
       <c r="AD69" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="70" spans="1:30">
       <c r="A70" s="2">
         <v>68</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G70" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="I70" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="H70" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J70" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="K70" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M70" s="3" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="N70" s="3"/>
       <c r="O70" s="3">
         <v>1965</v>
       </c>
       <c r="P70" s="3">
         <v>1461</v>
       </c>
       <c r="Q70" s="3">
         <v>1461</v>
       </c>
       <c r="R70" s="3">
         <v>99.51</v>
       </c>
       <c r="S70" s="3">
         <v>99.51</v>
       </c>
       <c r="T70" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U70" s="3"/>
       <c r="V70" s="3"/>
       <c r="W70" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X70" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y70" s="2" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="Z70" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA70" s="2">
         <v>19.95</v>
       </c>
       <c r="AB70" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC70" s="2">
+        <v>98.47</v>
+      </c>
+      <c r="AD70" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="71" spans="1:30">
       <c r="A71" s="2">
         <v>69</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G71" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="I71" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="H71" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J71" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="K71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M71" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="N71" s="3"/>
       <c r="O71" s="3">
         <v>2620</v>
       </c>
       <c r="P71" s="3">
         <v>1906</v>
       </c>
       <c r="Q71" s="3">
         <v>1906</v>
       </c>
       <c r="R71" s="3">
         <v>118.61</v>
       </c>
       <c r="S71" s="3">
         <v>118.61</v>
       </c>
       <c r="T71" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U71" s="3"/>
       <c r="V71" s="3"/>
       <c r="W71" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X71" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y71" s="2" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="Z71" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA71" s="2">
         <v>95.85</v>
       </c>
       <c r="AB71" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC71" s="2">
+        <v>95.85</v>
+      </c>
+      <c r="AD71" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="72" spans="1:30">
       <c r="A72" s="2">
         <v>70</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G72" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="I72" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="H72" s="3" t="s">
+      <c r="J72" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="I72" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M72" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N72" s="3"/>
       <c r="O72" s="3">
         <v>2306</v>
       </c>
       <c r="P72" s="3">
         <v>1738</v>
       </c>
       <c r="Q72" s="3">
         <v>1738</v>
       </c>
       <c r="R72" s="3">
         <v>115.48</v>
       </c>
       <c r="S72" s="3">
         <v>115.48</v>
       </c>
       <c r="T72" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U72" s="3"/>
       <c r="V72" s="3"/>
       <c r="W72" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X72" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y72" s="2" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="Z72" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA72" s="2">
         <v>78.84</v>
       </c>
       <c r="AB72" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC72" s="2">
+        <v>78.84</v>
+      </c>
+      <c r="AD72" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="73" spans="1:30">
       <c r="A73" s="2">
         <v>71</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G73" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="I73" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="H73" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J73" s="3" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="K73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M73" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N73" s="3"/>
       <c r="O73" s="3">
         <v>1574</v>
       </c>
       <c r="P73" s="3">
         <v>1347</v>
       </c>
       <c r="Q73" s="3">
         <v>1349</v>
       </c>
       <c r="R73" s="3">
         <v>89.83</v>
       </c>
       <c r="S73" s="3">
         <v>89.83</v>
       </c>
       <c r="T73" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U73" s="3"/>
       <c r="V73" s="3"/>
       <c r="W73" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X73" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Y73" s="2" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="Z73" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA73" s="2">
         <v>17.89</v>
       </c>
       <c r="AB73" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC73" s="2">
+        <v>89.28</v>
+      </c>
+      <c r="AD73" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:30">
       <c r="A74" s="2">
         <v>72</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E74" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="H74" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G74" s="2" t="s">
+      <c r="I74" s="3" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J74" s="3"/>
       <c r="K74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="M74" s="3" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="N74" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O74" s="3">
         <v>366</v>
       </c>
       <c r="P74" s="3">
         <v>436</v>
       </c>
       <c r="Q74" s="3">
         <v>436</v>
       </c>
       <c r="R74" s="3">
         <v>300.98</v>
       </c>
       <c r="S74" s="3">
         <v>300.98</v>
       </c>
       <c r="T74" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U74" s="3"/>
       <c r="V74" s="3" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X74" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="Y74" s="2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="Z74" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA74" s="2">
         <v>233.8</v>
       </c>
       <c r="AB74" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC74" s="2">
+        <v>236.24</v>
       </c>
       <c r="AD74" s="2" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
     </row>
     <row r="75" spans="1:30">
       <c r="A75" s="2">
         <v>73</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G75" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="I75" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="H75" s="3" t="s">
+      <c r="J75" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="I75" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K75" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M75" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N75" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O75" s="3">
         <v>477</v>
       </c>
       <c r="P75" s="3">
         <v>57</v>
       </c>
       <c r="Q75" s="3">
         <v>57</v>
       </c>
       <c r="R75" s="3">
         <v>360.07</v>
       </c>
       <c r="S75" s="3">
         <v>360.07</v>
       </c>
       <c r="T75" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U75" s="3"/>
       <c r="V75" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="X75" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="Y75" s="2" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="Z75" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA75" s="2">
         <v>144.92</v>
       </c>
       <c r="AB75" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC75" s="2">
+        <v>113.07</v>
       </c>
       <c r="AD75" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="76" spans="1:30">
       <c r="A76" s="2">
         <v>74</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G76" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="I76" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="H76" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J76" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K76" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M76" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N76" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O76" s="3">
         <v>3250</v>
       </c>
       <c r="P76" s="3">
         <v>1303</v>
       </c>
       <c r="Q76" s="3">
         <v>1303</v>
       </c>
       <c r="R76" s="3">
         <v>649.29</v>
       </c>
       <c r="S76" s="3">
         <v>649.29</v>
       </c>
       <c r="T76" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U76" s="3"/>
       <c r="V76" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X76" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="Y76" s="2" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="Z76" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA76" s="2">
         <v>448.37</v>
       </c>
       <c r="AB76" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC76" s="2">
+        <v>486.51</v>
       </c>
       <c r="AD76" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="77" spans="1:30">
       <c r="A77" s="2">
         <v>75</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G77" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="I77" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="H77" s="3" t="s">
+      <c r="J77" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="I77" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K77" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="M77" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N77" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O77" s="3">
         <v>1997</v>
       </c>
       <c r="P77" s="3">
         <v>1100</v>
       </c>
       <c r="Q77" s="3">
         <v>1100</v>
       </c>
       <c r="R77" s="3">
         <v>770.8</v>
       </c>
       <c r="S77" s="3">
         <v>770.8</v>
       </c>
       <c r="T77" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U77" s="3"/>
       <c r="V77" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X77" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="Y77" s="2" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="Z77" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA77" s="2">
         <v>62.25</v>
       </c>
       <c r="AB77" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC77" s="2">
+        <v>549.69</v>
       </c>
       <c r="AD77" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="78" spans="1:30">
       <c r="A78" s="2">
         <v>76</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G78" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="I78" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="H78" s="3" t="s">
+      <c r="J78" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="I78" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K78" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M78" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="L78" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N78" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="O78" s="3">
         <v>4454</v>
       </c>
       <c r="P78" s="3">
         <v>255</v>
       </c>
       <c r="Q78" s="3">
         <v>255</v>
       </c>
       <c r="R78" s="3">
         <v>686.91</v>
       </c>
       <c r="S78" s="3">
         <v>686.91</v>
       </c>
       <c r="T78" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U78" s="3"/>
       <c r="V78" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X78" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="Y78" s="2" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="Z78" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA78" s="2">
         <v>43.12</v>
       </c>
       <c r="AB78" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>46</v>
+      </c>
+      <c r="AC78" s="2">
+        <v>273.79</v>
       </c>
       <c r="AD78" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="79" spans="1:30">
-      <c r="A79" s="6" t="s">
+      <c r="A79" s="2">
+        <v>77</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="I79" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B79" s="6"/>
-[...41 lines deleted...]
-      <c r="AD79" s="6"/>
+      <c r="J79" s="3"/>
+      <c r="K79" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M79" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N79" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O79" s="3">
+        <v>528</v>
+      </c>
+      <c r="P79" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q79" s="3">
+        <v>100</v>
+      </c>
+      <c r="R79" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S79" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T79" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U79" s="3"/>
+      <c r="V79" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="W79" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X79" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y79" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="Z79" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA79" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB79" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC79" s="2">
+        <v>36.8</v>
+      </c>
+      <c r="AD79" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="80" spans="1:30">
+      <c r="A80" s="2">
+        <v>78</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="J80" s="3"/>
+      <c r="K80" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L80" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M80" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N80" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O80" s="3">
+        <v>120</v>
+      </c>
+      <c r="P80" s="3">
+        <v>54</v>
+      </c>
+      <c r="Q80" s="3">
+        <v>54</v>
+      </c>
+      <c r="R80" s="3">
+        <v>35.93</v>
+      </c>
+      <c r="S80" s="3">
+        <v>35.93</v>
+      </c>
+      <c r="T80" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U80" s="3"/>
+      <c r="V80" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="W80" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X80" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y80" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="Z80" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA80" s="2">
+        <v>53.1</v>
+      </c>
+      <c r="AB80" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC80" s="2">
+        <v>32.82</v>
+      </c>
+      <c r="AD80" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="81" spans="1:30">
+      <c r="A81" s="2">
+        <v>79</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="J81" s="3"/>
+      <c r="K81" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M81" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N81" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O81" s="3">
+        <v>1371</v>
+      </c>
+      <c r="P81" s="3">
+        <v>65</v>
+      </c>
+      <c r="Q81" s="3">
+        <v>65</v>
+      </c>
+      <c r="R81" s="3">
+        <v>37.34</v>
+      </c>
+      <c r="S81" s="3">
+        <v>37.34</v>
+      </c>
+      <c r="T81" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U81" s="3"/>
+      <c r="V81" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="W81" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X81" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y81" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="Z81" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA81" s="2">
+        <v>55.64</v>
+      </c>
+      <c r="AB81" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC81" s="2">
+        <v>33.92</v>
+      </c>
+      <c r="AD81" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="82" spans="1:30">
+      <c r="A82" s="2">
+        <v>80</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="J82" s="3"/>
+      <c r="K82" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M82" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N82" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O82" s="3">
+        <v>116</v>
+      </c>
+      <c r="P82" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q82" s="3">
+        <v>100</v>
+      </c>
+      <c r="R82" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S82" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T82" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U82" s="3"/>
+      <c r="V82" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="W82" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X82" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y82" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="Z82" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA82" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB82" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC82" s="2">
+        <v>36.81</v>
+      </c>
+      <c r="AD82" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="83" spans="1:30">
+      <c r="A83" s="2">
+        <v>81</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="J83" s="3"/>
+      <c r="K83" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M83" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N83" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O83" s="3">
+        <v>528</v>
+      </c>
+      <c r="P83" s="3">
+        <v>40</v>
+      </c>
+      <c r="Q83" s="3">
+        <v>40</v>
+      </c>
+      <c r="R83" s="3">
+        <v>33.09</v>
+      </c>
+      <c r="S83" s="3">
+        <v>33.09</v>
+      </c>
+      <c r="T83" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U83" s="3"/>
+      <c r="V83" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="W83" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X83" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y83" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="Z83" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA83" s="2">
+        <v>47.83</v>
+      </c>
+      <c r="AB83" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC83" s="2">
+        <v>30.23</v>
+      </c>
+      <c r="AD83" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="84" spans="1:30">
+      <c r="A84" s="2">
+        <v>82</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="J84" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K84" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M84" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N84" s="3"/>
+      <c r="O84" s="3">
+        <v>23691</v>
+      </c>
+      <c r="P84" s="3">
+        <v>17596</v>
+      </c>
+      <c r="Q84" s="3">
+        <v>20292</v>
+      </c>
+      <c r="R84" s="3">
+        <v>1325.56</v>
+      </c>
+      <c r="S84" s="3">
+        <v>1325.56</v>
+      </c>
+      <c r="T84" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U84" s="3"/>
+      <c r="V84" s="3"/>
+      <c r="W84" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X84" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y84" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z84" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA84" s="2">
+        <v>88.62</v>
+      </c>
+      <c r="AB84" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC84" s="2">
+        <v>1009.39</v>
+      </c>
+      <c r="AD84" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="85" spans="1:30">
+      <c r="A85" s="2">
+        <v>83</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="J85" s="3"/>
+      <c r="K85" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M85" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="N85" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O85" s="3">
+        <v>4057</v>
+      </c>
+      <c r="P85" s="3">
+        <v>4643</v>
+      </c>
+      <c r="Q85" s="3">
+        <v>4643</v>
+      </c>
+      <c r="R85" s="3">
+        <v>1547.96</v>
+      </c>
+      <c r="S85" s="3">
+        <v>1547.96</v>
+      </c>
+      <c r="T85" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U85" s="3"/>
+      <c r="V85" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="W85" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X85" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y85" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z85" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA85" s="2">
+        <v>819.06</v>
+      </c>
+      <c r="AB85" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="AC85" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="AD85" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="86" spans="1:30">
+      <c r="A86" s="2">
+        <v>84</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="J86" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K86" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M86" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N86" s="3"/>
+      <c r="O86" s="3">
+        <v>281</v>
+      </c>
+      <c r="P86" s="3">
+        <v>855</v>
+      </c>
+      <c r="Q86" s="3">
+        <v>250</v>
+      </c>
+      <c r="R86" s="3">
+        <v>55.09</v>
+      </c>
+      <c r="S86" s="3">
+        <v>55.09</v>
+      </c>
+      <c r="T86" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U86" s="3"/>
+      <c r="V86" s="3"/>
+      <c r="W86" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X86" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y86" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="Z86" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA86" s="2">
+        <v>28.26</v>
+      </c>
+      <c r="AB86" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC86" s="2">
+        <v>28.26</v>
+      </c>
+      <c r="AD86" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="87" spans="1:30">
+      <c r="A87" s="2">
+        <v>85</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="K87" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N87" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O87" s="3">
+        <v>5035</v>
+      </c>
+      <c r="P87" s="3">
+        <v>1965</v>
+      </c>
+      <c r="Q87" s="3">
+        <v>1965</v>
+      </c>
+      <c r="R87" s="3">
+        <v>995.02</v>
+      </c>
+      <c r="S87" s="3">
+        <v>995.02</v>
+      </c>
+      <c r="T87" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U87" s="3"/>
+      <c r="V87" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="W87" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X87" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y87" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="Z87" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA87" s="2">
+        <v>61</v>
+      </c>
+      <c r="AB87" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC87" s="2">
+        <v>597.14</v>
+      </c>
+      <c r="AD87" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="88" spans="1:30">
+      <c r="A88" s="2">
+        <v>86</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="K88" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M88" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N88" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O88" s="3">
+        <v>3886</v>
+      </c>
+      <c r="P88" s="3">
+        <v>688</v>
+      </c>
+      <c r="Q88" s="3">
+        <v>688</v>
+      </c>
+      <c r="R88" s="3">
+        <v>677.36</v>
+      </c>
+      <c r="S88" s="3">
+        <v>677.36</v>
+      </c>
+      <c r="T88" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U88" s="3"/>
+      <c r="V88" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="W88" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X88" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y88" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="Z88" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA88" s="2">
+        <v>834.56</v>
+      </c>
+      <c r="AB88" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC88" s="2">
+        <v>598.16</v>
+      </c>
+      <c r="AD88" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="89" spans="1:30">
+      <c r="A89" s="2">
+        <v>87</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="J89" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="K89" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M89" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="N89" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O89" s="3">
+        <v>2521</v>
+      </c>
+      <c r="P89" s="3">
+        <v>919</v>
+      </c>
+      <c r="Q89" s="3">
+        <v>919</v>
+      </c>
+      <c r="R89" s="3">
+        <v>1060.31</v>
+      </c>
+      <c r="S89" s="3">
+        <v>1060.31</v>
+      </c>
+      <c r="T89" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U89" s="3"/>
+      <c r="V89" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="W89" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X89" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="Y89" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="Z89" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA89" s="2">
+        <v>670.92</v>
+      </c>
+      <c r="AB89" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC89" s="2">
+        <v>710.02</v>
+      </c>
+      <c r="AD89" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="90" spans="1:30">
+      <c r="A90" s="2">
+        <v>88</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="J90" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="K90" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M90" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N90" s="3"/>
+      <c r="O90" s="3">
+        <v>1727</v>
+      </c>
+      <c r="P90" s="3">
+        <v>1242</v>
+      </c>
+      <c r="Q90" s="3">
+        <v>1243</v>
+      </c>
+      <c r="R90" s="3">
+        <v>82.98</v>
+      </c>
+      <c r="S90" s="3">
+        <v>82.98</v>
+      </c>
+      <c r="T90" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U90" s="3"/>
+      <c r="V90" s="3"/>
+      <c r="W90" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X90" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y90" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="Z90" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA90" s="2">
+        <v>15.62</v>
+      </c>
+      <c r="AB90" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC90" s="2">
+        <v>82.48</v>
+      </c>
+      <c r="AD90" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="91" spans="1:30">
+      <c r="A91" s="2">
+        <v>89</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="J91" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="K91" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M91" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N91" s="3"/>
+      <c r="O91" s="3">
+        <v>2569</v>
+      </c>
+      <c r="P91" s="3">
+        <v>2460</v>
+      </c>
+      <c r="Q91" s="3">
+        <v>2460</v>
+      </c>
+      <c r="R91" s="3">
+        <v>164.71</v>
+      </c>
+      <c r="S91" s="3">
+        <v>164.71</v>
+      </c>
+      <c r="T91" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U91" s="3"/>
+      <c r="V91" s="3"/>
+      <c r="W91" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X91" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y91" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="Z91" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA91" s="2">
+        <v>148.31</v>
+      </c>
+      <c r="AB91" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC91" s="2">
+        <v>162.26</v>
+      </c>
+      <c r="AD91" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="92" spans="1:30">
+      <c r="A92" s="2">
+        <v>90</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="J92" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="K92" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M92" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N92" s="3"/>
+      <c r="O92" s="3">
+        <v>1753</v>
+      </c>
+      <c r="P92" s="3">
+        <v>715</v>
+      </c>
+      <c r="Q92" s="3">
+        <v>715</v>
+      </c>
+      <c r="R92" s="3">
+        <v>52.11</v>
+      </c>
+      <c r="S92" s="3">
+        <v>52.11</v>
+      </c>
+      <c r="T92" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U92" s="3"/>
+      <c r="V92" s="3"/>
+      <c r="W92" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X92" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y92" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="Z92" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA92" s="2">
+        <v>9.19</v>
+      </c>
+      <c r="AB92" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC92" s="2">
+        <v>51.61</v>
+      </c>
+      <c r="AD92" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="93" spans="1:30">
+      <c r="A93" s="2">
+        <v>91</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="K93" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M93" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N93" s="3"/>
+      <c r="O93" s="3">
+        <v>826</v>
+      </c>
+      <c r="P93" s="3">
+        <v>786</v>
+      </c>
+      <c r="Q93" s="3">
+        <v>786</v>
+      </c>
+      <c r="R93" s="3">
+        <v>50.08</v>
+      </c>
+      <c r="S93" s="3">
+        <v>50.08</v>
+      </c>
+      <c r="T93" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U93" s="3"/>
+      <c r="V93" s="3"/>
+      <c r="W93" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X93" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y93" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="Z93" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA93" s="2">
+        <v>23.31</v>
+      </c>
+      <c r="AB93" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC93" s="2">
+        <v>46.66</v>
+      </c>
+      <c r="AD93" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="94" spans="1:30">
+      <c r="A94" s="2">
+        <v>92</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="J94" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="K94" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M94" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N94" s="3"/>
+      <c r="O94" s="3">
+        <v>1709</v>
+      </c>
+      <c r="P94" s="3">
+        <v>1653</v>
+      </c>
+      <c r="Q94" s="3">
+        <v>1668</v>
+      </c>
+      <c r="R94" s="3">
+        <v>99.87</v>
+      </c>
+      <c r="S94" s="3">
+        <v>99.87</v>
+      </c>
+      <c r="T94" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U94" s="3"/>
+      <c r="V94" s="3"/>
+      <c r="W94" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X94" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y94" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="Z94" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA94" s="2">
+        <v>78.32</v>
+      </c>
+      <c r="AB94" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC94" s="2">
+        <v>80.35</v>
+      </c>
+      <c r="AD94" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="95" spans="1:30">
+      <c r="A95" s="2">
+        <v>93</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="J95" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="K95" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M95" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N95" s="3"/>
+      <c r="O95" s="3">
+        <v>680</v>
+      </c>
+      <c r="P95" s="3">
+        <v>675</v>
+      </c>
+      <c r="Q95" s="3">
+        <v>675</v>
+      </c>
+      <c r="R95" s="3">
+        <v>49.3</v>
+      </c>
+      <c r="S95" s="3">
+        <v>49.3</v>
+      </c>
+      <c r="T95" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U95" s="3"/>
+      <c r="V95" s="3"/>
+      <c r="W95" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X95" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y95" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="Z95" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA95" s="2">
+        <v>10.13</v>
+      </c>
+      <c r="AB95" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC95" s="2">
+        <v>48.82</v>
+      </c>
+      <c r="AD95" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="96" spans="1:30">
+      <c r="A96" s="2">
+        <v>94</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="J96" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="K96" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M96" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N96" s="3"/>
+      <c r="O96" s="3">
+        <v>2569</v>
+      </c>
+      <c r="P96" s="3">
+        <v>1884</v>
+      </c>
+      <c r="Q96" s="3">
+        <v>1884</v>
+      </c>
+      <c r="R96" s="3">
+        <v>119.21</v>
+      </c>
+      <c r="S96" s="3">
+        <v>119.21</v>
+      </c>
+      <c r="T96" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U96" s="3"/>
+      <c r="V96" s="3"/>
+      <c r="W96" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X96" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y96" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="Z96" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA96" s="2">
+        <v>25.1</v>
+      </c>
+      <c r="AB96" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC96" s="2">
+        <v>117.78</v>
+      </c>
+      <c r="AD96" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="97" spans="1:30">
+      <c r="A97" s="2">
+        <v>95</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="J97" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="K97" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M97" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N97" s="3"/>
+      <c r="O97" s="3">
+        <v>150</v>
+      </c>
+      <c r="P97" s="3">
+        <v>150</v>
+      </c>
+      <c r="Q97" s="3">
+        <v>150</v>
+      </c>
+      <c r="R97" s="3">
+        <v>12.33</v>
+      </c>
+      <c r="S97" s="3">
+        <v>12.33</v>
+      </c>
+      <c r="T97" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U97" s="3"/>
+      <c r="V97" s="3"/>
+      <c r="W97" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X97" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y97" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="Z97" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA97" s="2">
+        <v>8.62</v>
+      </c>
+      <c r="AB97" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC97" s="2">
+        <v>8.62</v>
+      </c>
+      <c r="AD97" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="98" spans="1:30">
+      <c r="A98" s="2">
+        <v>96</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="J98" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="K98" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M98" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N98" s="3"/>
+      <c r="O98" s="3">
+        <v>1910</v>
+      </c>
+      <c r="P98" s="3">
+        <v>1231</v>
+      </c>
+      <c r="Q98" s="3">
+        <v>1231</v>
+      </c>
+      <c r="R98" s="3">
+        <v>88.5</v>
+      </c>
+      <c r="S98" s="3">
+        <v>88.5</v>
+      </c>
+      <c r="T98" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U98" s="3"/>
+      <c r="V98" s="3"/>
+      <c r="W98" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X98" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y98" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="Z98" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA98" s="2">
+        <v>66.78</v>
+      </c>
+      <c r="AB98" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC98" s="2">
+        <v>66.78</v>
+      </c>
+      <c r="AD98" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="99" spans="1:30">
+      <c r="A99" s="2">
+        <v>97</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="J99" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K99" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M99" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N99" s="3"/>
+      <c r="O99" s="3">
+        <v>4459</v>
+      </c>
+      <c r="P99" s="3">
+        <v>7368</v>
+      </c>
+      <c r="Q99" s="3">
+        <v>3294</v>
+      </c>
+      <c r="R99" s="3">
+        <v>505.26</v>
+      </c>
+      <c r="S99" s="3">
+        <v>505.26</v>
+      </c>
+      <c r="T99" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U99" s="3"/>
+      <c r="V99" s="3"/>
+      <c r="W99" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X99" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y99" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z99" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA99" s="2">
+        <v>68.63</v>
+      </c>
+      <c r="AB99" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC99" s="2">
+        <v>436.16</v>
+      </c>
+      <c r="AD99" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="100" spans="1:30">
+      <c r="A100" s="2">
+        <v>98</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="J100" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K100" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M100" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N100" s="3"/>
+      <c r="O100" s="3">
+        <v>5967</v>
+      </c>
+      <c r="P100" s="3">
+        <v>13524</v>
+      </c>
+      <c r="Q100" s="3">
+        <v>5194</v>
+      </c>
+      <c r="R100" s="3">
+        <v>995.85</v>
+      </c>
+      <c r="S100" s="3">
+        <v>995.85</v>
+      </c>
+      <c r="T100" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U100" s="3"/>
+      <c r="V100" s="3"/>
+      <c r="W100" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X100" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y100" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z100" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA100" s="2">
+        <v>2.11</v>
+      </c>
+      <c r="AB100" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC100" s="2">
+        <v>807.34</v>
+      </c>
+      <c r="AD100" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="101" spans="1:30">
+      <c r="A101" s="2">
+        <v>99</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="J101" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="K101" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M101" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N101" s="3"/>
+      <c r="O101" s="3">
+        <v>3212</v>
+      </c>
+      <c r="P101" s="3">
+        <v>2268</v>
+      </c>
+      <c r="Q101" s="3">
+        <v>2752</v>
+      </c>
+      <c r="R101" s="3">
+        <v>183.43</v>
+      </c>
+      <c r="S101" s="3">
+        <v>183.43</v>
+      </c>
+      <c r="T101" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U101" s="3"/>
+      <c r="V101" s="3"/>
+      <c r="W101" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X101" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y101" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z101" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA101" s="2">
+        <v>1.02</v>
+      </c>
+      <c r="AB101" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC101" s="2">
+        <v>125.07</v>
+      </c>
+      <c r="AD101" s="2" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="102" spans="1:30">
+      <c r="A102" s="2">
+        <v>100</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="J102" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="K102" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M102" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N102" s="3"/>
+      <c r="O102" s="3">
+        <v>1478</v>
+      </c>
+      <c r="P102" s="3">
+        <v>1278</v>
+      </c>
+      <c r="Q102" s="3">
+        <v>1278</v>
+      </c>
+      <c r="R102" s="3">
+        <v>92.37</v>
+      </c>
+      <c r="S102" s="3">
+        <v>92.37</v>
+      </c>
+      <c r="T102" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U102" s="3"/>
+      <c r="V102" s="3"/>
+      <c r="W102" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X102" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y102" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="Z102" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA102" s="2">
+        <v>18.33</v>
+      </c>
+      <c r="AB102" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC102" s="2">
+        <v>91.72</v>
+      </c>
+      <c r="AD102" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="103" spans="1:30">
+      <c r="A103" s="2">
+        <v>101</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="J103" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="K103" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M103" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N103" s="3"/>
+      <c r="O103" s="3">
+        <v>1461</v>
+      </c>
+      <c r="P103" s="3">
+        <v>929</v>
+      </c>
+      <c r="Q103" s="3">
+        <v>929</v>
+      </c>
+      <c r="R103" s="3">
+        <v>62.74</v>
+      </c>
+      <c r="S103" s="3">
+        <v>62.74</v>
+      </c>
+      <c r="T103" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U103" s="3"/>
+      <c r="V103" s="3"/>
+      <c r="W103" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X103" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y103" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="Z103" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA103" s="2">
+        <v>1</v>
+      </c>
+      <c r="AB103" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC103" s="2">
+        <v>62.65</v>
+      </c>
+      <c r="AD103" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="104" spans="1:30">
+      <c r="A104" s="2">
+        <v>102</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="J104" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="K104" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M104" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N104" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O104" s="3">
+        <v>3365</v>
+      </c>
+      <c r="P104" s="3">
+        <v>1521</v>
+      </c>
+      <c r="Q104" s="3">
+        <v>1866</v>
+      </c>
+      <c r="R104" s="3">
+        <v>698.71</v>
+      </c>
+      <c r="S104" s="3">
+        <v>698.71</v>
+      </c>
+      <c r="T104" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U104" s="3"/>
+      <c r="V104" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="W104" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X104" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y104" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="Z104" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA104" s="2">
+        <v>66.37</v>
+      </c>
+      <c r="AB104" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC104" s="2">
+        <v>457.6</v>
+      </c>
+      <c r="AD104" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="105" spans="1:30">
+      <c r="A105" s="2">
+        <v>103</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="J105" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="K105" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="M105" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N105" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O105" s="3">
+        <v>1997</v>
+      </c>
+      <c r="P105" s="3">
+        <v>630</v>
+      </c>
+      <c r="Q105" s="3">
+        <v>1389</v>
+      </c>
+      <c r="R105" s="3">
+        <v>713.71</v>
+      </c>
+      <c r="S105" s="3">
+        <v>713.71</v>
+      </c>
+      <c r="T105" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U105" s="3"/>
+      <c r="V105" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="W105" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X105" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y105" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="Z105" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA105" s="2">
+        <v>632.46</v>
+      </c>
+      <c r="AB105" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC105" s="2">
+        <v>313.39</v>
+      </c>
+      <c r="AD105" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="106" spans="1:30">
+      <c r="A106" s="2">
+        <v>104</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E106" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="J106" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K106" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M106" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N106" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O106" s="3">
+        <v>6653</v>
+      </c>
+      <c r="P106" s="3">
+        <v>3275</v>
+      </c>
+      <c r="Q106" s="3">
+        <v>3275</v>
+      </c>
+      <c r="R106" s="3">
+        <v>881.94</v>
+      </c>
+      <c r="S106" s="3">
+        <v>881.94</v>
+      </c>
+      <c r="T106" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U106" s="3"/>
+      <c r="V106" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="W106" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X106" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y106" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="Z106" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA106" s="2">
+        <v>68.11</v>
+      </c>
+      <c r="AB106" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC106" s="2">
+        <v>342.15</v>
+      </c>
+      <c r="AD106" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="107" spans="1:30">
+      <c r="A107" s="2">
+        <v>105</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="J107" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="K107" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M107" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N107" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O107" s="3">
+        <v>1404</v>
+      </c>
+      <c r="P107" s="3">
+        <v>299</v>
+      </c>
+      <c r="Q107" s="3">
+        <v>299</v>
+      </c>
+      <c r="R107" s="3">
+        <v>613</v>
+      </c>
+      <c r="S107" s="3">
+        <v>613</v>
+      </c>
+      <c r="T107" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U107" s="3"/>
+      <c r="V107" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="W107" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X107" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y107" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="Z107" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA107" s="2">
+        <v>44.2</v>
+      </c>
+      <c r="AB107" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC107" s="2">
+        <v>435.49</v>
+      </c>
+      <c r="AD107" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="108" spans="1:30">
+      <c r="A108" s="2">
+        <v>106</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="J108" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="K108" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M108" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N108" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O108" s="3">
+        <v>2277</v>
+      </c>
+      <c r="P108" s="3">
+        <v>328</v>
+      </c>
+      <c r="Q108" s="3">
+        <v>328</v>
+      </c>
+      <c r="R108" s="3">
+        <v>303.6</v>
+      </c>
+      <c r="S108" s="3">
+        <v>303.6</v>
+      </c>
+      <c r="T108" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U108" s="3"/>
+      <c r="V108" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="W108" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X108" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y108" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="Z108" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA108" s="2">
+        <v>178.96</v>
+      </c>
+      <c r="AB108" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC108" s="2">
+        <v>164.45</v>
+      </c>
+      <c r="AD108" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="109" spans="1:30">
+      <c r="A109" s="2">
+        <v>107</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="J109" s="3"/>
+      <c r="K109" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L109" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M109" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N109" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O109" s="3">
+        <v>1273</v>
+      </c>
+      <c r="P109" s="3">
+        <v>1596</v>
+      </c>
+      <c r="Q109" s="3">
+        <v>1596</v>
+      </c>
+      <c r="R109" s="3">
+        <v>724.68</v>
+      </c>
+      <c r="S109" s="3">
+        <v>724.68</v>
+      </c>
+      <c r="T109" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U109" s="3"/>
+      <c r="V109" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="W109" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X109" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y109" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="Z109" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA109" s="2">
+        <v>248.28</v>
+      </c>
+      <c r="AB109" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC109" s="2">
+        <v>451.74</v>
+      </c>
+      <c r="AD109" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="110" spans="1:30">
+      <c r="A110" s="2">
+        <v>108</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="K110" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L110" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M110" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N110" s="3"/>
+      <c r="O110" s="3">
+        <v>1564</v>
+      </c>
+      <c r="P110" s="3">
+        <v>1402</v>
+      </c>
+      <c r="Q110" s="3">
+        <v>1403</v>
+      </c>
+      <c r="R110" s="3">
+        <v>91.48</v>
+      </c>
+      <c r="S110" s="3">
+        <v>91.48</v>
+      </c>
+      <c r="T110" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U110" s="3"/>
+      <c r="V110" s="3"/>
+      <c r="W110" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X110" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y110" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="Z110" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA110" s="2">
+        <v>86.8</v>
+      </c>
+      <c r="AB110" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC110" s="2">
+        <v>86.8</v>
+      </c>
+      <c r="AD110" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="111" spans="1:30">
+      <c r="A111" s="2">
+        <v>109</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="J111" s="3"/>
+      <c r="K111" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M111" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N111" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O111" s="3">
+        <v>5220</v>
+      </c>
+      <c r="P111" s="3">
+        <v>2236</v>
+      </c>
+      <c r="Q111" s="3">
+        <v>2236</v>
+      </c>
+      <c r="R111" s="3">
+        <v>803.16</v>
+      </c>
+      <c r="S111" s="3">
+        <v>803.16</v>
+      </c>
+      <c r="T111" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U111" s="3"/>
+      <c r="V111" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="W111" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X111" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y111" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="Z111" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA111" s="2">
+        <v>1290.31</v>
+      </c>
+      <c r="AB111" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC111" s="2">
+        <v>457.93</v>
+      </c>
+      <c r="AD111" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="112" spans="1:30">
+      <c r="A112" s="2">
+        <v>110</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="J112" s="3"/>
+      <c r="K112" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="M112" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N112" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O112" s="3">
+        <v>28</v>
+      </c>
+      <c r="P112" s="3">
+        <v>30</v>
+      </c>
+      <c r="Q112" s="3">
+        <v>30</v>
+      </c>
+      <c r="R112" s="3">
+        <v>31.8</v>
+      </c>
+      <c r="S112" s="3">
+        <v>31.8</v>
+      </c>
+      <c r="T112" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U112" s="3"/>
+      <c r="V112" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="W112" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X112" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y112" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="Z112" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA112" s="2">
+        <v>45.6</v>
+      </c>
+      <c r="AB112" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC112" s="2">
+        <v>29.12</v>
+      </c>
+      <c r="AD112" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="113" spans="1:30">
+      <c r="A113" s="2">
+        <v>111</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="J113" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="K113" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M113" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N113" s="3"/>
+      <c r="O113" s="3">
+        <v>7191</v>
+      </c>
+      <c r="P113" s="3">
+        <v>8682</v>
+      </c>
+      <c r="Q113" s="3">
+        <v>5783</v>
+      </c>
+      <c r="R113" s="3">
+        <v>579.45</v>
+      </c>
+      <c r="S113" s="3">
+        <v>579.45</v>
+      </c>
+      <c r="T113" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U113" s="3"/>
+      <c r="V113" s="3"/>
+      <c r="W113" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X113" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y113" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z113" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA113" s="2">
+        <v>93.76</v>
+      </c>
+      <c r="AB113" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC113" s="2">
+        <v>539.56</v>
+      </c>
+      <c r="AD113" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="114" spans="1:30">
+      <c r="A114" s="2">
+        <v>112</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="J114" s="3"/>
+      <c r="K114" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M114" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N114" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O114" s="3">
+        <v>528</v>
+      </c>
+      <c r="P114" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q114" s="3">
+        <v>100</v>
+      </c>
+      <c r="R114" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S114" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T114" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U114" s="3"/>
+      <c r="V114" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="W114" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X114" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y114" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="Z114" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA114" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB114" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC114" s="2">
+        <v>36.83</v>
+      </c>
+      <c r="AD114" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="115" spans="1:30">
+      <c r="A115" s="2">
+        <v>113</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J115" s="3"/>
+      <c r="K115" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M115" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N115" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O115" s="3">
+        <v>2684</v>
+      </c>
+      <c r="P115" s="3">
+        <v>577</v>
+      </c>
+      <c r="Q115" s="3">
+        <v>577</v>
+      </c>
+      <c r="R115" s="3">
+        <v>415.43</v>
+      </c>
+      <c r="S115" s="3">
+        <v>415.43</v>
+      </c>
+      <c r="T115" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U115" s="3"/>
+      <c r="V115" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="W115" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X115" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y115" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="Z115" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA115" s="2">
+        <v>212.17</v>
+      </c>
+      <c r="AB115" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC115" s="2">
+        <v>181.99</v>
+      </c>
+      <c r="AD115" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="116" spans="1:30">
+      <c r="A116" s="2">
+        <v>114</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="J116" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="K116" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M116" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N116" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O116" s="3">
+        <v>3055</v>
+      </c>
+      <c r="P116" s="3">
+        <v>678</v>
+      </c>
+      <c r="Q116" s="3">
+        <v>678</v>
+      </c>
+      <c r="R116" s="3">
+        <v>998.86</v>
+      </c>
+      <c r="S116" s="3">
+        <v>998.86</v>
+      </c>
+      <c r="T116" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U116" s="3"/>
+      <c r="V116" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X116" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y116" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="Z116" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA116" s="2">
+        <v>93.96</v>
+      </c>
+      <c r="AB116" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC116" s="2">
+        <v>666.18</v>
+      </c>
+      <c r="AD116" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="117" spans="1:30">
+      <c r="A117" s="2">
+        <v>115</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="J117" s="3"/>
+      <c r="K117" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M117" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N117" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O117" s="3">
+        <v>250</v>
+      </c>
+      <c r="P117" s="3">
+        <v>458</v>
+      </c>
+      <c r="Q117" s="3">
+        <v>458</v>
+      </c>
+      <c r="R117" s="3">
+        <v>390.77</v>
+      </c>
+      <c r="S117" s="3">
+        <v>390.77</v>
+      </c>
+      <c r="T117" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U117" s="3"/>
+      <c r="V117" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X117" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y117" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="Z117" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA117" s="2">
+        <v>251.74</v>
+      </c>
+      <c r="AB117" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC117" s="2">
+        <v>138.58</v>
+      </c>
+      <c r="AD117" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="118" spans="1:30">
+      <c r="A118" s="2">
+        <v>116</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="J118" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="K118" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="M118" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N118" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="O118" s="3">
+        <v>19183</v>
+      </c>
+      <c r="P118" s="3">
+        <v>11311</v>
+      </c>
+      <c r="Q118" s="3">
+        <v>11693</v>
+      </c>
+      <c r="R118" s="3">
+        <v>4390.37</v>
+      </c>
+      <c r="S118" s="3">
+        <v>4390.37</v>
+      </c>
+      <c r="T118" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U118" s="3"/>
+      <c r="V118" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X118" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="Y118" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="Z118" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA118" s="2">
+        <v>139.77</v>
+      </c>
+      <c r="AB118" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC118" s="2">
+        <v>3450.34</v>
+      </c>
+      <c r="AD118" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="119" spans="1:30">
+      <c r="A119" s="2">
+        <v>117</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E119" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="J119" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M119" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N119" s="3"/>
+      <c r="O119" s="3">
+        <v>4195</v>
+      </c>
+      <c r="P119" s="3">
+        <v>5737</v>
+      </c>
+      <c r="Q119" s="3">
+        <v>5699</v>
+      </c>
+      <c r="R119" s="3">
+        <v>360.94</v>
+      </c>
+      <c r="S119" s="3">
+        <v>360.94</v>
+      </c>
+      <c r="T119" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U119" s="3"/>
+      <c r="V119" s="3"/>
+      <c r="W119" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X119" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y119" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="Z119" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA119" s="2">
+        <v>66.94</v>
+      </c>
+      <c r="AB119" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC119" s="2">
+        <v>354.56</v>
+      </c>
+      <c r="AD119" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="120" spans="1:30">
+      <c r="A120" s="2">
+        <v>118</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="J120" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="K120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M120" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N120" s="3"/>
+      <c r="O120" s="3">
+        <v>5035</v>
+      </c>
+      <c r="P120" s="3">
+        <v>4345</v>
+      </c>
+      <c r="Q120" s="3">
+        <v>4345</v>
+      </c>
+      <c r="R120" s="3">
+        <v>283.13</v>
+      </c>
+      <c r="S120" s="3">
+        <v>283.13</v>
+      </c>
+      <c r="T120" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U120" s="3"/>
+      <c r="V120" s="3"/>
+      <c r="W120" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X120" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y120" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="Z120" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA120" s="2">
+        <v>59.05</v>
+      </c>
+      <c r="AB120" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC120" s="2">
+        <v>281.31</v>
+      </c>
+      <c r="AD120" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="121" spans="1:30">
+      <c r="A121" s="2">
+        <v>119</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="J121" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="K121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M121" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N121" s="3"/>
+      <c r="O121" s="3">
+        <v>1279</v>
+      </c>
+      <c r="P121" s="3">
+        <v>1571</v>
+      </c>
+      <c r="Q121" s="3">
+        <v>1227</v>
+      </c>
+      <c r="R121" s="3">
+        <v>99.86</v>
+      </c>
+      <c r="S121" s="3">
+        <v>99.86</v>
+      </c>
+      <c r="T121" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U121" s="3"/>
+      <c r="V121" s="3"/>
+      <c r="W121" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X121" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y121" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="Z121" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA121" s="2">
+        <v>73.14</v>
+      </c>
+      <c r="AB121" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC121" s="2">
+        <v>93.7</v>
+      </c>
+      <c r="AD121" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="122" spans="1:30">
+      <c r="A122" s="2">
+        <v>120</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="J122" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="K122" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M122" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N122" s="3"/>
+      <c r="O122" s="3">
+        <v>3263</v>
+      </c>
+      <c r="P122" s="3">
+        <v>2301</v>
+      </c>
+      <c r="Q122" s="3">
+        <v>2301</v>
+      </c>
+      <c r="R122" s="3">
+        <v>169.75</v>
+      </c>
+      <c r="S122" s="3">
+        <v>169.75</v>
+      </c>
+      <c r="T122" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U122" s="3"/>
+      <c r="V122" s="3"/>
+      <c r="W122" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X122" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y122" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z122" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA122" s="2">
+        <v>87.68</v>
+      </c>
+      <c r="AB122" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC122" s="2">
+        <v>167.8</v>
+      </c>
+      <c r="AD122" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="123" spans="1:30">
+      <c r="A123" s="2">
+        <v>121</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="J123" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="K123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M123" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N123" s="3"/>
+      <c r="O123" s="3">
+        <v>799</v>
+      </c>
+      <c r="P123" s="3">
+        <v>1065</v>
+      </c>
+      <c r="Q123" s="3">
+        <v>1065</v>
+      </c>
+      <c r="R123" s="3">
+        <v>76.06</v>
+      </c>
+      <c r="S123" s="3">
+        <v>76.06</v>
+      </c>
+      <c r="T123" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U123" s="3"/>
+      <c r="V123" s="3"/>
+      <c r="W123" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X123" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y123" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="Z123" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA123" s="2">
+        <v>31.67</v>
+      </c>
+      <c r="AB123" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC123" s="2">
+        <v>47.61</v>
+      </c>
+      <c r="AD123" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="124" spans="1:30">
+      <c r="A124" s="2">
+        <v>122</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="J124" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="K124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M124" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N124" s="3"/>
+      <c r="O124" s="3">
+        <v>1196</v>
+      </c>
+      <c r="P124" s="3">
+        <v>872</v>
+      </c>
+      <c r="Q124" s="3">
+        <v>872</v>
+      </c>
+      <c r="R124" s="3">
+        <v>63.18</v>
+      </c>
+      <c r="S124" s="3">
+        <v>63.18</v>
+      </c>
+      <c r="T124" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U124" s="3"/>
+      <c r="V124" s="3"/>
+      <c r="W124" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X124" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y124" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="Z124" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA124" s="2">
+        <v>49.93</v>
+      </c>
+      <c r="AB124" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC124" s="2">
+        <v>49.93</v>
+      </c>
+      <c r="AD124" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="125" spans="1:30">
+      <c r="A125" s="2">
+        <v>123</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="J125" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K125" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M125" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N125" s="3"/>
+      <c r="O125" s="3">
+        <v>7234</v>
+      </c>
+      <c r="P125" s="3">
+        <v>14595</v>
+      </c>
+      <c r="Q125" s="3">
+        <v>6504</v>
+      </c>
+      <c r="R125" s="3">
+        <v>1021.1</v>
+      </c>
+      <c r="S125" s="3">
+        <v>1021.1</v>
+      </c>
+      <c r="T125" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U125" s="3"/>
+      <c r="V125" s="3"/>
+      <c r="W125" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X125" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y125" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="Z125" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA125" s="2">
+        <v>126.56</v>
+      </c>
+      <c r="AB125" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC125" s="2">
+        <v>1007.26</v>
+      </c>
+      <c r="AD125" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="126" spans="1:30">
+      <c r="A126" s="2">
+        <v>124</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="J126" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K126" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M126" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N126" s="3"/>
+      <c r="O126" s="3">
+        <v>5272</v>
+      </c>
+      <c r="P126" s="3">
+        <v>10862</v>
+      </c>
+      <c r="Q126" s="3">
+        <v>4583</v>
+      </c>
+      <c r="R126" s="3">
+        <v>823.92</v>
+      </c>
+      <c r="S126" s="3">
+        <v>823.92</v>
+      </c>
+      <c r="T126" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U126" s="3"/>
+      <c r="V126" s="3"/>
+      <c r="W126" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X126" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y126" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="Z126" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA126" s="2">
+        <v>5.02</v>
+      </c>
+      <c r="AB126" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC126" s="2">
+        <v>736.48</v>
+      </c>
+      <c r="AD126" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="127" spans="1:30">
+      <c r="A127" s="2">
+        <v>125</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C127" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E127" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="K127" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M127" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N127" s="3"/>
+      <c r="O127" s="3">
+        <v>1184</v>
+      </c>
+      <c r="P127" s="3">
+        <v>1000</v>
+      </c>
+      <c r="Q127" s="3">
+        <v>1000</v>
+      </c>
+      <c r="R127" s="3">
+        <v>68.76</v>
+      </c>
+      <c r="S127" s="3">
+        <v>68.76</v>
+      </c>
+      <c r="T127" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U127" s="3"/>
+      <c r="V127" s="3"/>
+      <c r="W127" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X127" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y127" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="Z127" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA127" s="2">
+        <v>53.12</v>
+      </c>
+      <c r="AB127" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC127" s="2">
+        <v>53.12</v>
+      </c>
+      <c r="AD127" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="128" spans="1:30">
+      <c r="A128" s="2">
+        <v>126</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="J128" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="K128" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M128" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N128" s="3"/>
+      <c r="O128" s="3">
+        <v>3886</v>
+      </c>
+      <c r="P128" s="3">
+        <v>1337</v>
+      </c>
+      <c r="Q128" s="3">
+        <v>2022</v>
+      </c>
+      <c r="R128" s="3">
+        <v>97.22</v>
+      </c>
+      <c r="S128" s="3">
+        <v>97.22</v>
+      </c>
+      <c r="T128" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U128" s="3"/>
+      <c r="V128" s="3"/>
+      <c r="W128" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X128" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y128" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="Z128" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA128" s="2">
+        <v>33.57</v>
+      </c>
+      <c r="AB128" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC128" s="2">
+        <v>96.28</v>
+      </c>
+      <c r="AD128" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="129" spans="1:30">
+      <c r="A129" s="2">
+        <v>127</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="K129" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L129" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M129" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N129" s="3"/>
+      <c r="O129" s="3">
+        <v>1484</v>
+      </c>
+      <c r="P129" s="3">
+        <v>1161</v>
+      </c>
+      <c r="Q129" s="3">
+        <v>1161</v>
+      </c>
+      <c r="R129" s="3">
+        <v>83.47</v>
+      </c>
+      <c r="S129" s="3">
+        <v>83.47</v>
+      </c>
+      <c r="T129" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U129" s="3"/>
+      <c r="V129" s="3"/>
+      <c r="W129" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X129" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y129" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="Z129" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA129" s="2">
+        <v>66.83</v>
+      </c>
+      <c r="AB129" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC129" s="2">
+        <v>66.83</v>
+      </c>
+      <c r="AD129" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="130" spans="1:30">
+      <c r="A130" s="2">
+        <v>128</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="J130" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="K130" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M130" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N130" s="3"/>
+      <c r="O130" s="3">
+        <v>719</v>
+      </c>
+      <c r="P130" s="3">
+        <v>678</v>
+      </c>
+      <c r="Q130" s="3">
+        <v>678</v>
+      </c>
+      <c r="R130" s="3">
+        <v>53.68</v>
+      </c>
+      <c r="S130" s="3">
+        <v>53.68</v>
+      </c>
+      <c r="T130" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U130" s="3"/>
+      <c r="V130" s="3"/>
+      <c r="W130" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X130" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y130" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="Z130" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA130" s="2">
+        <v>38.85</v>
+      </c>
+      <c r="AB130" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC130" s="2">
+        <v>38.85</v>
+      </c>
+      <c r="AD130" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="131" spans="1:30">
+      <c r="A131" s="2">
+        <v>129</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="J131" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="K131" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M131" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N131" s="3"/>
+      <c r="O131" s="3">
+        <v>1300</v>
+      </c>
+      <c r="P131" s="3">
+        <v>1113</v>
+      </c>
+      <c r="Q131" s="3">
+        <v>1113</v>
+      </c>
+      <c r="R131" s="3">
+        <v>85.64</v>
+      </c>
+      <c r="S131" s="3">
+        <v>85.64</v>
+      </c>
+      <c r="T131" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U131" s="3"/>
+      <c r="V131" s="3"/>
+      <c r="W131" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X131" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y131" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="Z131" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA131" s="2">
+        <v>17.43</v>
+      </c>
+      <c r="AB131" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC131" s="2">
+        <v>84.96</v>
+      </c>
+      <c r="AD131" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="132" spans="1:30">
+      <c r="A132" s="2">
+        <v>130</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="J132" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="K132" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M132" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N132" s="3"/>
+      <c r="O132" s="3">
+        <v>2164</v>
+      </c>
+      <c r="P132" s="3">
+        <v>2294</v>
+      </c>
+      <c r="Q132" s="3">
+        <v>2294</v>
+      </c>
+      <c r="R132" s="3">
+        <v>162.87</v>
+      </c>
+      <c r="S132" s="3">
+        <v>162.87</v>
+      </c>
+      <c r="T132" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U132" s="3"/>
+      <c r="V132" s="3"/>
+      <c r="W132" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X132" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="Y132" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="Z132" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA132" s="2">
+        <v>139.93</v>
+      </c>
+      <c r="AB132" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC132" s="2">
+        <v>139.93</v>
+      </c>
+      <c r="AD132" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="133" spans="1:30">
+      <c r="A133" s="2">
+        <v>131</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="J133" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="K133" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M133" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N133" s="3"/>
+      <c r="O133" s="3">
+        <v>7260</v>
+      </c>
+      <c r="P133" s="3">
+        <v>9733</v>
+      </c>
+      <c r="Q133" s="3">
+        <v>6191</v>
+      </c>
+      <c r="R133" s="3">
+        <v>674.11</v>
+      </c>
+      <c r="S133" s="3">
+        <v>674.11</v>
+      </c>
+      <c r="T133" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U133" s="3"/>
+      <c r="V133" s="3"/>
+      <c r="W133" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X133" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y133" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z133" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA133" s="2">
+        <v>28.48</v>
+      </c>
+      <c r="AB133" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC133" s="2">
+        <v>558.19</v>
+      </c>
+      <c r="AD133" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="134" spans="1:30">
+      <c r="A134" s="2">
+        <v>132</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E134" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="J134" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K134" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M134" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N134" s="3"/>
+      <c r="O134" s="3">
+        <v>1564</v>
+      </c>
+      <c r="P134" s="3">
+        <v>13322</v>
+      </c>
+      <c r="Q134" s="3">
+        <v>1622</v>
+      </c>
+      <c r="R134" s="3">
+        <v>983.07</v>
+      </c>
+      <c r="S134" s="3">
+        <v>983.07</v>
+      </c>
+      <c r="T134" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U134" s="3"/>
+      <c r="V134" s="3"/>
+      <c r="W134" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X134" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y134" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z134" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA134" s="2">
+        <v>1.5</v>
+      </c>
+      <c r="AB134" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC134" s="2">
+        <v>674.16</v>
+      </c>
+      <c r="AD134" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="135" spans="1:30">
+      <c r="A135" s="2">
+        <v>133</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="J135" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="K135" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M135" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N135" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O135" s="3">
+        <v>2613</v>
+      </c>
+      <c r="P135" s="3">
+        <v>976</v>
+      </c>
+      <c r="Q135" s="3">
+        <v>976</v>
+      </c>
+      <c r="R135" s="3">
+        <v>579.64</v>
+      </c>
+      <c r="S135" s="3">
+        <v>579.64</v>
+      </c>
+      <c r="T135" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U135" s="3"/>
+      <c r="V135" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="W135" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X135" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y135" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="Z135" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA135" s="2">
+        <v>259.41</v>
+      </c>
+      <c r="AB135" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC135" s="2">
+        <v>294.5</v>
+      </c>
+      <c r="AD135" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="136" spans="1:30">
+      <c r="A136" s="2">
+        <v>134</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="J136" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K136" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M136" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N136" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O136" s="3">
+        <v>1197</v>
+      </c>
+      <c r="P136" s="3">
+        <v>631</v>
+      </c>
+      <c r="Q136" s="3">
+        <v>631</v>
+      </c>
+      <c r="R136" s="3">
+        <v>244.68</v>
+      </c>
+      <c r="S136" s="3">
+        <v>244.68</v>
+      </c>
+      <c r="T136" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U136" s="3"/>
+      <c r="V136" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="W136" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X136" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y136" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="Z136" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA136" s="2">
+        <v>227.11</v>
+      </c>
+      <c r="AB136" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC136" s="2">
+        <v>234.92</v>
+      </c>
+      <c r="AD136" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="137" spans="1:30">
+      <c r="A137" s="2">
+        <v>135</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="H137" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="K137" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L137" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M137" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N137" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O137" s="3">
+        <v>363</v>
+      </c>
+      <c r="P137" s="3">
+        <v>138</v>
+      </c>
+      <c r="Q137" s="3">
+        <v>138</v>
+      </c>
+      <c r="R137" s="3">
+        <v>102.8</v>
+      </c>
+      <c r="S137" s="3">
+        <v>102.8</v>
+      </c>
+      <c r="T137" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U137" s="3"/>
+      <c r="V137" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="W137" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X137" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y137" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="Z137" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA137" s="2">
+        <v>61.2</v>
+      </c>
+      <c r="AB137" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC137" s="2">
+        <v>39.16</v>
+      </c>
+      <c r="AD137" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="138" spans="1:30">
+      <c r="A138" s="2">
+        <v>136</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="J138" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="K138" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M138" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N138" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O138" s="3">
+        <v>2571</v>
+      </c>
+      <c r="P138" s="3">
+        <v>889</v>
+      </c>
+      <c r="Q138" s="3">
+        <v>889</v>
+      </c>
+      <c r="R138" s="3">
+        <v>988.06</v>
+      </c>
+      <c r="S138" s="3">
+        <v>988.06</v>
+      </c>
+      <c r="T138" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U138" s="3"/>
+      <c r="V138" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="W138" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X138" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y138" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="Z138" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA138" s="2">
+        <v>826.89</v>
+      </c>
+      <c r="AB138" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC138" s="2">
+        <v>762.68</v>
+      </c>
+      <c r="AD138" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="139" spans="1:30">
+      <c r="A139" s="2">
+        <v>137</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="J139" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="K139" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M139" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="N139" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O139" s="3">
+        <v>2511</v>
+      </c>
+      <c r="P139" s="3">
+        <v>121</v>
+      </c>
+      <c r="Q139" s="3">
+        <v>121</v>
+      </c>
+      <c r="R139" s="3">
+        <v>557.12</v>
+      </c>
+      <c r="S139" s="3">
+        <v>557.12</v>
+      </c>
+      <c r="T139" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U139" s="3"/>
+      <c r="V139" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="W139" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X139" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="Y139" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="Z139" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA139" s="2">
+        <v>938.82</v>
+      </c>
+      <c r="AB139" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC139" s="2">
+        <v>328.74</v>
+      </c>
+      <c r="AD139" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="140" spans="1:30">
+      <c r="A140" s="2">
+        <v>138</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="J140" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="K140" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M140" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N140" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O140" s="3">
+        <v>5694</v>
+      </c>
+      <c r="P140" s="3">
+        <v>363</v>
+      </c>
+      <c r="Q140" s="3">
+        <v>363</v>
+      </c>
+      <c r="R140" s="3">
+        <v>842.2</v>
+      </c>
+      <c r="S140" s="3">
+        <v>842.2</v>
+      </c>
+      <c r="T140" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U140" s="3"/>
+      <c r="V140" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="W140" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X140" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y140" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="Z140" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA140" s="2">
+        <v>29.86</v>
+      </c>
+      <c r="AB140" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC140" s="2">
+        <v>533.83</v>
+      </c>
+      <c r="AD140" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="141" spans="1:30">
+      <c r="A141" s="2">
+        <v>139</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="J141" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="K141" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="M141" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N141" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O141" s="3">
+        <v>2569</v>
+      </c>
+      <c r="P141" s="3">
+        <v>673</v>
+      </c>
+      <c r="Q141" s="3">
+        <v>673</v>
+      </c>
+      <c r="R141" s="3">
+        <v>509.81</v>
+      </c>
+      <c r="S141" s="3">
+        <v>509.81</v>
+      </c>
+      <c r="T141" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U141" s="3"/>
+      <c r="V141" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="W141" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X141" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y141" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="Z141" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA141" s="2">
+        <v>399.52</v>
+      </c>
+      <c r="AB141" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC141" s="2">
+        <v>216</v>
+      </c>
+      <c r="AD141" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="142" spans="1:30">
+      <c r="A142" s="2">
+        <v>140</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="I142" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="J142" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K142" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L142" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M142" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N142" s="3"/>
+      <c r="O142" s="3">
+        <v>5225</v>
+      </c>
+      <c r="P142" s="3">
+        <v>11793</v>
+      </c>
+      <c r="Q142" s="3">
+        <v>4488</v>
+      </c>
+      <c r="R142" s="3">
+        <v>865.34</v>
+      </c>
+      <c r="S142" s="3">
+        <v>865.34</v>
+      </c>
+      <c r="T142" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U142" s="3"/>
+      <c r="V142" s="3"/>
+      <c r="W142" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X142" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y142" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z142" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA142" s="2">
+        <v>589.18</v>
+      </c>
+      <c r="AB142" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC142" s="2">
+        <v>589.18</v>
+      </c>
+      <c r="AD142" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="143" spans="1:30">
+      <c r="A143" s="2">
+        <v>141</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="J143" s="3"/>
+      <c r="K143" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M143" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N143" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O143" s="3">
+        <v>1612</v>
+      </c>
+      <c r="P143" s="3">
+        <v>2334</v>
+      </c>
+      <c r="Q143" s="3">
+        <v>2334</v>
+      </c>
+      <c r="R143" s="3">
+        <v>904.77</v>
+      </c>
+      <c r="S143" s="3">
+        <v>904.77</v>
+      </c>
+      <c r="T143" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U143" s="3"/>
+      <c r="V143" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="W143" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X143" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y143" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="Z143" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA143" s="2">
+        <v>324.24</v>
+      </c>
+      <c r="AB143" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC143" s="2">
+        <v>556.24</v>
+      </c>
+      <c r="AD143" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="144" spans="1:30">
+      <c r="A144" s="2">
+        <v>142</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="J144" s="3"/>
+      <c r="K144" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="M144" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N144" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O144" s="3">
+        <v>95</v>
+      </c>
+      <c r="P144" s="3">
+        <v>84</v>
+      </c>
+      <c r="Q144" s="3">
+        <v>84</v>
+      </c>
+      <c r="R144" s="3">
+        <v>38.81</v>
+      </c>
+      <c r="S144" s="3">
+        <v>38.81</v>
+      </c>
+      <c r="T144" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U144" s="3"/>
+      <c r="V144" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="W144" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X144" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y144" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="Z144" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA144" s="2">
+        <v>57.96</v>
+      </c>
+      <c r="AB144" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC144" s="2">
+        <v>35.28</v>
+      </c>
+      <c r="AD144" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="145" spans="1:30">
+      <c r="A145" s="2">
+        <v>143</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="J145" s="3"/>
+      <c r="K145" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="M145" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N145" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O145" s="3">
+        <v>55</v>
+      </c>
+      <c r="P145" s="3">
+        <v>48</v>
+      </c>
+      <c r="Q145" s="3">
+        <v>48</v>
+      </c>
+      <c r="R145" s="3">
+        <v>34.17</v>
+      </c>
+      <c r="S145" s="3">
+        <v>34.17</v>
+      </c>
+      <c r="T145" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U145" s="3"/>
+      <c r="V145" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="W145" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X145" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y145" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="Z145" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA145" s="2">
+        <v>49.9</v>
+      </c>
+      <c r="AB145" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC145" s="2">
+        <v>30.1</v>
+      </c>
+      <c r="AD145" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="146" spans="1:30">
+      <c r="A146" s="2">
+        <v>144</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="J146" s="3"/>
+      <c r="K146" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M146" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N146" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O146" s="3">
+        <v>155</v>
+      </c>
+      <c r="P146" s="3">
+        <v>55</v>
+      </c>
+      <c r="Q146" s="3">
+        <v>55</v>
+      </c>
+      <c r="R146" s="3">
+        <v>36.06</v>
+      </c>
+      <c r="S146" s="3">
+        <v>36.06</v>
+      </c>
+      <c r="T146" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U146" s="3"/>
+      <c r="V146" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="W146" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X146" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y146" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="Z146" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA146" s="2">
+        <v>53.48</v>
+      </c>
+      <c r="AB146" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC146" s="2">
+        <v>26.73</v>
+      </c>
+      <c r="AD146" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="147" spans="1:30">
+      <c r="A147" s="2">
+        <v>145</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="J147" s="3"/>
+      <c r="K147" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L147" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M147" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N147" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O147" s="3">
+        <v>777</v>
+      </c>
+      <c r="P147" s="3">
+        <v>755</v>
+      </c>
+      <c r="Q147" s="3">
+        <v>755</v>
+      </c>
+      <c r="R147" s="3">
+        <v>422.85</v>
+      </c>
+      <c r="S147" s="3">
+        <v>422.85</v>
+      </c>
+      <c r="T147" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U147" s="3"/>
+      <c r="V147" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="W147" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X147" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y147" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="Z147" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA147" s="2">
+        <v>123</v>
+      </c>
+      <c r="AB147" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC147" s="2">
+        <v>296.81</v>
+      </c>
+      <c r="AD147" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="148" spans="1:30">
+      <c r="A148" s="2">
+        <v>146</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="H148" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="I148" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="J148" s="3"/>
+      <c r="K148" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L148" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M148" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N148" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O148" s="3">
+        <v>4531</v>
+      </c>
+      <c r="P148" s="3">
+        <v>890</v>
+      </c>
+      <c r="Q148" s="3">
+        <v>890</v>
+      </c>
+      <c r="R148" s="3">
+        <v>517.85</v>
+      </c>
+      <c r="S148" s="3">
+        <v>517.85</v>
+      </c>
+      <c r="T148" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U148" s="3"/>
+      <c r="V148" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="W148" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X148" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y148" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="Z148" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA148" s="2">
+        <v>399.41</v>
+      </c>
+      <c r="AB148" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC148" s="2">
+        <v>270.77</v>
+      </c>
+      <c r="AD148" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="149" spans="1:30">
+      <c r="A149" s="2">
+        <v>147</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="I149" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="J149" s="3"/>
+      <c r="K149" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L149" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M149" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N149" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O149" s="3">
+        <v>510</v>
+      </c>
+      <c r="P149" s="3">
+        <v>47</v>
+      </c>
+      <c r="Q149" s="3">
+        <v>47</v>
+      </c>
+      <c r="R149" s="3">
+        <v>34.04</v>
+      </c>
+      <c r="S149" s="3">
+        <v>34.04</v>
+      </c>
+      <c r="T149" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U149" s="3"/>
+      <c r="V149" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="W149" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X149" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y149" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="Z149" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA149" s="2">
+        <v>49.58</v>
+      </c>
+      <c r="AB149" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC149" s="2">
+        <v>31.1</v>
+      </c>
+      <c r="AD149" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="150" spans="1:30">
+      <c r="A150" s="2">
+        <v>148</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E150" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="H150" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="I150" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="J150" s="3"/>
+      <c r="K150" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L150" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M150" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N150" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O150" s="3">
+        <v>2684</v>
+      </c>
+      <c r="P150" s="3">
+        <v>2896</v>
+      </c>
+      <c r="Q150" s="3">
+        <v>2896</v>
+      </c>
+      <c r="R150" s="3">
+        <v>991.57</v>
+      </c>
+      <c r="S150" s="3">
+        <v>991.57</v>
+      </c>
+      <c r="T150" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U150" s="3"/>
+      <c r="V150" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="W150" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X150" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y150" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="Z150" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA150" s="2">
+        <v>76.51</v>
+      </c>
+      <c r="AB150" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC150" s="2">
+        <v>630.31</v>
+      </c>
+      <c r="AD150" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="151" spans="1:30">
+      <c r="A151" s="2">
+        <v>149</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="J151" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="K151" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M151" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N151" s="3"/>
+      <c r="O151" s="3">
+        <v>363</v>
+      </c>
+      <c r="P151" s="3">
+        <v>202</v>
+      </c>
+      <c r="Q151" s="3">
+        <v>202</v>
+      </c>
+      <c r="R151" s="3">
+        <v>18.59</v>
+      </c>
+      <c r="S151" s="3">
+        <v>18.59</v>
+      </c>
+      <c r="T151" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U151" s="3"/>
+      <c r="V151" s="3"/>
+      <c r="W151" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X151" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y151" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="Z151" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA151" s="2">
+        <v>17.9</v>
+      </c>
+      <c r="AB151" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC151" s="2">
+        <v>17.9</v>
+      </c>
+      <c r="AD151" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="152" spans="1:30">
+      <c r="A152" s="2">
+        <v>150</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="J152" s="3"/>
+      <c r="K152" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M152" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="N152" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O152" s="3">
+        <v>5903</v>
+      </c>
+      <c r="P152" s="3">
+        <v>6219</v>
+      </c>
+      <c r="Q152" s="3">
+        <v>6219</v>
+      </c>
+      <c r="R152" s="3">
+        <v>1865.49</v>
+      </c>
+      <c r="S152" s="3">
+        <v>1865.49</v>
+      </c>
+      <c r="T152" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U152" s="3"/>
+      <c r="V152" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="W152" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X152" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="Y152" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="Z152" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA152" s="2">
+        <v>1057.61</v>
+      </c>
+      <c r="AB152" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC152" s="2">
+        <v>1123.73</v>
+      </c>
+      <c r="AD152" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="153" spans="1:30">
+      <c r="A153" s="2">
+        <v>151</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="J153" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="K153" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L153" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M153" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="N153" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O153" s="3">
+        <v>7946</v>
+      </c>
+      <c r="P153" s="3">
+        <v>531</v>
+      </c>
+      <c r="Q153" s="3">
+        <v>531</v>
+      </c>
+      <c r="R153" s="3">
+        <v>1196.31</v>
+      </c>
+      <c r="S153" s="3">
+        <v>1196.31</v>
+      </c>
+      <c r="T153" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U153" s="3"/>
+      <c r="V153" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="W153" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X153" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="Y153" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="Z153" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA153" s="2">
+        <v>78.78</v>
+      </c>
+      <c r="AB153" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC153" s="2">
+        <v>669.85</v>
+      </c>
+      <c r="AD153" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="154" spans="1:30">
+      <c r="A154" s="2">
+        <v>152</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="J154" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="K154" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M154" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N154" s="3"/>
+      <c r="O154" s="3">
+        <v>530</v>
+      </c>
+      <c r="P154" s="3">
+        <v>449</v>
+      </c>
+      <c r="Q154" s="3">
+        <v>449</v>
+      </c>
+      <c r="R154" s="3">
+        <v>32.25</v>
+      </c>
+      <c r="S154" s="3">
+        <v>32.25</v>
+      </c>
+      <c r="T154" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U154" s="3"/>
+      <c r="V154" s="3"/>
+      <c r="W154" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X154" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y154" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="Z154" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA154" s="2">
+        <v>5.13</v>
+      </c>
+      <c r="AB154" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC154" s="2">
+        <v>28.45</v>
+      </c>
+      <c r="AD154" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="155" spans="1:30">
+      <c r="A155" s="2">
+        <v>153</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="J155" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="K155" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M155" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N155" s="3"/>
+      <c r="O155" s="3">
+        <v>1997</v>
+      </c>
+      <c r="P155" s="3">
+        <v>1472</v>
+      </c>
+      <c r="Q155" s="3">
+        <v>1473</v>
+      </c>
+      <c r="R155" s="3">
+        <v>94.89</v>
+      </c>
+      <c r="S155" s="3">
+        <v>94.89</v>
+      </c>
+      <c r="T155" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U155" s="3"/>
+      <c r="V155" s="3"/>
+      <c r="W155" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X155" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y155" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="Z155" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA155" s="2">
+        <v>27.06</v>
+      </c>
+      <c r="AB155" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC155" s="2">
+        <v>92.77</v>
+      </c>
+      <c r="AD155" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="156" spans="1:30">
+      <c r="A156" s="2">
+        <v>154</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="J156" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="K156" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M156" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N156" s="3"/>
+      <c r="O156" s="3">
+        <v>1737</v>
+      </c>
+      <c r="P156" s="3">
+        <v>1453</v>
+      </c>
+      <c r="Q156" s="3">
+        <v>1453</v>
+      </c>
+      <c r="R156" s="3">
+        <v>93.43</v>
+      </c>
+      <c r="S156" s="3">
+        <v>93.43</v>
+      </c>
+      <c r="T156" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U156" s="3"/>
+      <c r="V156" s="3"/>
+      <c r="W156" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X156" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y156" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="Z156" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA156" s="2">
+        <v>93.43</v>
+      </c>
+      <c r="AB156" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC156" s="2">
+        <v>93.43</v>
+      </c>
+      <c r="AD156" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="157" spans="1:30">
+      <c r="A157" s="2">
+        <v>155</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="J157" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K157" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M157" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N157" s="3"/>
+      <c r="O157" s="3">
+        <v>4049</v>
+      </c>
+      <c r="P157" s="3">
+        <v>3267</v>
+      </c>
+      <c r="Q157" s="3">
+        <v>3269</v>
+      </c>
+      <c r="R157" s="3">
+        <v>240.81</v>
+      </c>
+      <c r="S157" s="3">
+        <v>240.81</v>
+      </c>
+      <c r="T157" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U157" s="3"/>
+      <c r="V157" s="3"/>
+      <c r="W157" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X157" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y157" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="Z157" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA157" s="2">
+        <v>59.04</v>
+      </c>
+      <c r="AB157" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC157" s="2">
+        <v>179.66</v>
+      </c>
+      <c r="AD157" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="158" spans="1:30">
+      <c r="A158" s="2">
+        <v>156</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>858</v>
+      </c>
+      <c r="H158" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="I158" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="J158" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="K158" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L158" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M158" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N158" s="3"/>
+      <c r="O158" s="3">
+        <v>1916</v>
+      </c>
+      <c r="P158" s="3">
+        <v>1722</v>
+      </c>
+      <c r="Q158" s="3">
+        <v>1722</v>
+      </c>
+      <c r="R158" s="3">
+        <v>119.17</v>
+      </c>
+      <c r="S158" s="3">
+        <v>119.17</v>
+      </c>
+      <c r="T158" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U158" s="3"/>
+      <c r="V158" s="3"/>
+      <c r="W158" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X158" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y158" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="Z158" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA158" s="2">
+        <v>27.94</v>
+      </c>
+      <c r="AB158" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC158" s="2">
+        <v>118.18</v>
+      </c>
+      <c r="AD158" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="159" spans="1:30">
+      <c r="A159" s="2">
+        <v>157</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="J159" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="K159" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M159" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N159" s="3"/>
+      <c r="O159" s="3">
+        <v>1329</v>
+      </c>
+      <c r="P159" s="3">
+        <v>1397</v>
+      </c>
+      <c r="Q159" s="3">
+        <v>1398</v>
+      </c>
+      <c r="R159" s="3">
+        <v>94.33</v>
+      </c>
+      <c r="S159" s="3">
+        <v>94.33</v>
+      </c>
+      <c r="T159" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U159" s="3"/>
+      <c r="V159" s="3"/>
+      <c r="W159" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X159" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y159" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="Z159" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA159" s="2">
+        <v>17.27</v>
+      </c>
+      <c r="AB159" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC159" s="2">
+        <v>93.71</v>
+      </c>
+      <c r="AD159" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="160" spans="1:30">
+      <c r="A160" s="2">
+        <v>158</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="J160" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="K160" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M160" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N160" s="3"/>
+      <c r="O160" s="3">
+        <v>1400</v>
+      </c>
+      <c r="P160" s="3">
+        <v>1200</v>
+      </c>
+      <c r="Q160" s="3">
+        <v>1312</v>
+      </c>
+      <c r="R160" s="3">
+        <v>81.52</v>
+      </c>
+      <c r="S160" s="3">
+        <v>81.52</v>
+      </c>
+      <c r="T160" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U160" s="3"/>
+      <c r="V160" s="3"/>
+      <c r="W160" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X160" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y160" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="Z160" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA160" s="2">
+        <v>70.6</v>
+      </c>
+      <c r="AB160" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC160" s="2">
+        <v>80.48</v>
+      </c>
+      <c r="AD160" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="161" spans="1:30">
+      <c r="A161" s="2">
+        <v>159</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="J161" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="K161" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M161" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N161" s="3"/>
+      <c r="O161" s="3">
+        <v>1208</v>
+      </c>
+      <c r="P161" s="3">
+        <v>804</v>
+      </c>
+      <c r="Q161" s="3">
+        <v>804</v>
+      </c>
+      <c r="R161" s="3">
+        <v>57.19</v>
+      </c>
+      <c r="S161" s="3">
+        <v>57.19</v>
+      </c>
+      <c r="T161" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U161" s="3"/>
+      <c r="V161" s="3"/>
+      <c r="W161" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X161" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y161" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="Z161" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA161" s="2">
+        <v>43.67</v>
+      </c>
+      <c r="AB161" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC161" s="2">
+        <v>43.67</v>
+      </c>
+      <c r="AD161" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="162" spans="1:30">
+      <c r="A162" s="2">
+        <v>160</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="J162" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="K162" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M162" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N162" s="3"/>
+      <c r="O162" s="3">
+        <v>1006</v>
+      </c>
+      <c r="P162" s="3">
+        <v>1030</v>
+      </c>
+      <c r="Q162" s="3">
+        <v>897</v>
+      </c>
+      <c r="R162" s="3">
+        <v>69.44</v>
+      </c>
+      <c r="S162" s="3">
+        <v>69.44</v>
+      </c>
+      <c r="T162" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U162" s="3"/>
+      <c r="V162" s="3"/>
+      <c r="W162" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X162" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y162" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="Z162" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA162" s="2">
+        <v>57.99</v>
+      </c>
+      <c r="AB162" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC162" s="2">
+        <v>57.99</v>
+      </c>
+      <c r="AD162" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="163" spans="1:30">
+      <c r="A163" s="2">
+        <v>161</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="I163" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="J163" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="K163" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L163" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M163" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N163" s="3"/>
+      <c r="O163" s="3">
+        <v>1153</v>
+      </c>
+      <c r="P163" s="3">
+        <v>940</v>
+      </c>
+      <c r="Q163" s="3">
+        <v>940</v>
+      </c>
+      <c r="R163" s="3">
+        <v>63.22</v>
+      </c>
+      <c r="S163" s="3">
+        <v>63.22</v>
+      </c>
+      <c r="T163" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U163" s="3"/>
+      <c r="V163" s="3"/>
+      <c r="W163" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X163" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y163" s="2" t="s">
+        <v>881</v>
+      </c>
+      <c r="Z163" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA163" s="2">
+        <v>50.18</v>
+      </c>
+      <c r="AB163" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC163" s="2">
+        <v>50.18</v>
+      </c>
+      <c r="AD163" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="164" spans="1:30">
+      <c r="A164" s="2">
+        <v>162</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="J164" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="K164" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M164" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N164" s="3"/>
+      <c r="O164" s="3">
+        <v>4937</v>
+      </c>
+      <c r="P164" s="3">
+        <v>5339</v>
+      </c>
+      <c r="Q164" s="3">
+        <v>4655</v>
+      </c>
+      <c r="R164" s="3">
+        <v>385.71</v>
+      </c>
+      <c r="S164" s="3">
+        <v>385.71</v>
+      </c>
+      <c r="T164" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U164" s="3"/>
+      <c r="V164" s="3"/>
+      <c r="W164" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X164" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y164" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z164" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA164" s="2">
+        <v>296.9</v>
+      </c>
+      <c r="AB164" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC164" s="2">
+        <v>296.9</v>
+      </c>
+      <c r="AD164" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="165" spans="1:30">
+      <c r="A165" s="2">
+        <v>163</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="J165" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="K165" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M165" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N165" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O165" s="3">
+        <v>2868</v>
+      </c>
+      <c r="P165" s="3">
+        <v>1907</v>
+      </c>
+      <c r="Q165" s="3">
+        <v>1907</v>
+      </c>
+      <c r="R165" s="3">
+        <v>671.73</v>
+      </c>
+      <c r="S165" s="3">
+        <v>671.73</v>
+      </c>
+      <c r="T165" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U165" s="3"/>
+      <c r="V165" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="W165" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X165" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y165" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="Z165" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA165" s="2">
+        <v>25.39</v>
+      </c>
+      <c r="AB165" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC165" s="2">
+        <v>502.6</v>
+      </c>
+      <c r="AD165" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="166" spans="1:30">
+      <c r="A166" s="2">
+        <v>164</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="J166" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="K166" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L166" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M166" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="N166" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O166" s="3">
+        <v>2962</v>
+      </c>
+      <c r="P166" s="3">
+        <v>1630</v>
+      </c>
+      <c r="Q166" s="3">
+        <v>1630</v>
+      </c>
+      <c r="R166" s="3">
+        <v>553.93</v>
+      </c>
+      <c r="S166" s="3">
+        <v>553.93</v>
+      </c>
+      <c r="T166" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U166" s="3"/>
+      <c r="V166" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="W166" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X166" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y166" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="Z166" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA166" s="2">
+        <v>463.74</v>
+      </c>
+      <c r="AB166" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC166" s="2">
+        <v>449.37</v>
+      </c>
+      <c r="AD166" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="167" spans="1:30">
+      <c r="A167" s="2">
+        <v>165</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>895</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="J167" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="K167" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M167" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="N167" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O167" s="3">
+        <v>6935</v>
+      </c>
+      <c r="P167" s="3">
+        <v>1238</v>
+      </c>
+      <c r="Q167" s="3">
+        <v>1238</v>
+      </c>
+      <c r="R167" s="3">
+        <v>937.92</v>
+      </c>
+      <c r="S167" s="3">
+        <v>937.92</v>
+      </c>
+      <c r="T167" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U167" s="3"/>
+      <c r="V167" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="W167" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X167" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y167" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="Z167" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA167" s="2">
+        <v>55.36</v>
+      </c>
+      <c r="AB167" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC167" s="2">
+        <v>740.52</v>
+      </c>
+      <c r="AD167" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="168" spans="1:30">
+      <c r="A168" s="2">
+        <v>166</v>
+      </c>
+      <c r="B168" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="I168" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="J168" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="K168" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L168" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M168" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N168" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O168" s="3">
+        <v>2141</v>
+      </c>
+      <c r="P168" s="3">
+        <v>467</v>
+      </c>
+      <c r="Q168" s="3">
+        <v>467</v>
+      </c>
+      <c r="R168" s="3">
+        <v>427.57</v>
+      </c>
+      <c r="S168" s="3">
+        <v>427.57</v>
+      </c>
+      <c r="T168" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U168" s="3"/>
+      <c r="V168" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="W168" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X168" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y168" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="Z168" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA168" s="2">
+        <v>20.03</v>
+      </c>
+      <c r="AB168" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC168" s="2">
+        <v>253.47</v>
+      </c>
+      <c r="AD168" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="169" spans="1:30">
+      <c r="A169" s="2">
+        <v>167</v>
+      </c>
+      <c r="B169" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="J169" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="K169" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M169" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N169" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O169" s="3">
+        <v>3743</v>
+      </c>
+      <c r="P169" s="3">
+        <v>1298</v>
+      </c>
+      <c r="Q169" s="3">
+        <v>1298</v>
+      </c>
+      <c r="R169" s="3">
+        <v>982.3</v>
+      </c>
+      <c r="S169" s="3">
+        <v>982.3</v>
+      </c>
+      <c r="T169" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U169" s="3"/>
+      <c r="V169" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="W169" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X169" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y169" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="Z169" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA169" s="2">
+        <v>171.34</v>
+      </c>
+      <c r="AB169" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC169" s="2">
+        <v>644.81</v>
+      </c>
+      <c r="AD169" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="170" spans="1:30">
+      <c r="A170" s="2">
+        <v>168</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="J170" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="K170" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L170" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M170" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N170" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O170" s="3">
+        <v>5310</v>
+      </c>
+      <c r="P170" s="3">
+        <v>375</v>
+      </c>
+      <c r="Q170" s="3">
+        <v>375</v>
+      </c>
+      <c r="R170" s="3">
+        <v>759.79</v>
+      </c>
+      <c r="S170" s="3">
+        <v>759.79</v>
+      </c>
+      <c r="T170" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U170" s="3"/>
+      <c r="V170" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="W170" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X170" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y170" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="Z170" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA170" s="2">
+        <v>891.72</v>
+      </c>
+      <c r="AB170" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC170" s="2">
+        <v>567.43</v>
+      </c>
+      <c r="AD170" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="171" spans="1:30">
+      <c r="A171" s="2">
+        <v>169</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="J171" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="K171" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L171" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M171" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N171" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O171" s="3">
+        <v>5892</v>
+      </c>
+      <c r="P171" s="3">
+        <v>410</v>
+      </c>
+      <c r="Q171" s="3">
+        <v>410</v>
+      </c>
+      <c r="R171" s="3">
+        <v>753.28</v>
+      </c>
+      <c r="S171" s="3">
+        <v>753.28</v>
+      </c>
+      <c r="T171" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U171" s="3"/>
+      <c r="V171" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="W171" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X171" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y171" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="Z171" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA171" s="2">
+        <v>97.25</v>
+      </c>
+      <c r="AB171" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC171" s="2">
+        <v>384.62</v>
+      </c>
+      <c r="AD171" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="172" spans="1:30">
+      <c r="A172" s="2">
+        <v>170</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="I172" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="J172" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="K172" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L172" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M172" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N172" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O172" s="3">
+        <v>7603</v>
+      </c>
+      <c r="P172" s="3">
+        <v>1591</v>
+      </c>
+      <c r="Q172" s="3">
+        <v>1601</v>
+      </c>
+      <c r="R172" s="3">
+        <v>998.3</v>
+      </c>
+      <c r="S172" s="3">
+        <v>998.3</v>
+      </c>
+      <c r="T172" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U172" s="3"/>
+      <c r="V172" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="W172" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X172" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y172" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="Z172" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA172" s="2">
+        <v>1382.9</v>
+      </c>
+      <c r="AB172" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC172" s="2">
+        <v>1003.25</v>
+      </c>
+      <c r="AD172" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="173" spans="1:30">
+      <c r="A173" s="2">
+        <v>171</v>
+      </c>
+      <c r="B173" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="H173" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="J173" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="K173" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L173" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M173" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N173" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O173" s="3">
+        <v>6481</v>
+      </c>
+      <c r="P173" s="3">
+        <v>719</v>
+      </c>
+      <c r="Q173" s="3">
+        <v>719</v>
+      </c>
+      <c r="R173" s="3">
+        <v>995.8</v>
+      </c>
+      <c r="S173" s="3">
+        <v>995.8</v>
+      </c>
+      <c r="T173" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U173" s="3"/>
+      <c r="V173" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="W173" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X173" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y173" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="Z173" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA173" s="2">
+        <v>16.56</v>
+      </c>
+      <c r="AB173" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC173" s="2">
+        <v>624.73</v>
+      </c>
+      <c r="AD173" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="174" spans="1:30">
+      <c r="A174" s="2">
+        <v>172</v>
+      </c>
+      <c r="B174" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="H174" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="I174" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="J174" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="K174" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L174" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M174" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N174" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O174" s="3">
+        <v>5694</v>
+      </c>
+      <c r="P174" s="3">
+        <v>618</v>
+      </c>
+      <c r="Q174" s="3">
+        <v>618</v>
+      </c>
+      <c r="R174" s="3">
+        <v>855.81</v>
+      </c>
+      <c r="S174" s="3">
+        <v>855.81</v>
+      </c>
+      <c r="T174" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U174" s="3"/>
+      <c r="V174" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="W174" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X174" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y174" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="Z174" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA174" s="2">
+        <v>1631.86</v>
+      </c>
+      <c r="AB174" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC174" s="2">
+        <v>156.54</v>
+      </c>
+      <c r="AD174" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="175" spans="1:30">
+      <c r="A175" s="2">
+        <v>173</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="I175" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="J175" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="K175" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L175" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M175" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N175" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O175" s="3">
+        <v>3452</v>
+      </c>
+      <c r="P175" s="3">
+        <v>719</v>
+      </c>
+      <c r="Q175" s="3">
+        <v>863</v>
+      </c>
+      <c r="R175" s="3">
+        <v>857.82</v>
+      </c>
+      <c r="S175" s="3">
+        <v>857.82</v>
+      </c>
+      <c r="T175" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U175" s="3"/>
+      <c r="V175" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="W175" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X175" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y175" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="Z175" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA175" s="2">
+        <v>699.8</v>
+      </c>
+      <c r="AB175" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC175" s="2">
+        <v>569.45</v>
+      </c>
+      <c r="AD175" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="176" spans="1:30">
+      <c r="A176" s="2">
+        <v>174</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="I176" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="J176" s="3"/>
+      <c r="K176" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L176" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M176" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N176" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O176" s="3">
+        <v>264</v>
+      </c>
+      <c r="P176" s="3">
+        <v>209</v>
+      </c>
+      <c r="Q176" s="3">
+        <v>209</v>
+      </c>
+      <c r="R176" s="3">
+        <v>113.82</v>
+      </c>
+      <c r="S176" s="3">
+        <v>113.82</v>
+      </c>
+      <c r="T176" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U176" s="3"/>
+      <c r="V176" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="W176" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X176" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y176" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="Z176" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA176" s="2">
+        <v>170.45</v>
+      </c>
+      <c r="AB176" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC176" s="2">
+        <v>97.83</v>
+      </c>
+      <c r="AD176" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="177" spans="1:30">
+      <c r="A177" s="2">
+        <v>175</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="J177" s="3"/>
+      <c r="K177" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L177" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M177" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N177" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O177" s="3">
+        <v>510</v>
+      </c>
+      <c r="P177" s="3">
+        <v>135</v>
+      </c>
+      <c r="Q177" s="3">
+        <v>135</v>
+      </c>
+      <c r="R177" s="3">
+        <v>75.32</v>
+      </c>
+      <c r="S177" s="3">
+        <v>75.32</v>
+      </c>
+      <c r="T177" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U177" s="3"/>
+      <c r="V177" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="W177" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X177" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y177" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="Z177" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA177" s="2">
+        <v>112.73</v>
+      </c>
+      <c r="AB177" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC177" s="2">
+        <v>62.67</v>
+      </c>
+      <c r="AD177" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="178" spans="1:30">
+      <c r="A178" s="2">
+        <v>176</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="I178" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="J178" s="3"/>
+      <c r="K178" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L178" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M178" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N178" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O178" s="3">
+        <v>510</v>
+      </c>
+      <c r="P178" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q178" s="3">
+        <v>100</v>
+      </c>
+      <c r="R178" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S178" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T178" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U178" s="3"/>
+      <c r="V178" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="W178" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X178" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y178" s="2" t="s">
+        <v>954</v>
+      </c>
+      <c r="Z178" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA178" s="2">
+        <v>61</v>
+      </c>
+      <c r="AB178" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC178" s="2">
+        <v>36.81</v>
+      </c>
+      <c r="AD178" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="179" spans="1:30">
+      <c r="A179" s="2">
+        <v>177</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="J179" s="3"/>
+      <c r="K179" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L179" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="M179" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N179" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O179" s="3">
+        <v>66</v>
+      </c>
+      <c r="P179" s="3">
+        <v>46</v>
+      </c>
+      <c r="Q179" s="3">
+        <v>46</v>
+      </c>
+      <c r="R179" s="3">
+        <v>33.9</v>
+      </c>
+      <c r="S179" s="3">
+        <v>33.9</v>
+      </c>
+      <c r="T179" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U179" s="3"/>
+      <c r="V179" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="W179" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X179" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y179" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z179" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA179" s="2">
+        <v>49.27</v>
+      </c>
+      <c r="AB179" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC179" s="2">
+        <v>30.95</v>
+      </c>
+      <c r="AD179" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="180" spans="1:30">
+      <c r="A180" s="2">
+        <v>178</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>960</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="I180" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="J180" s="3"/>
+      <c r="K180" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L180" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M180" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N180" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O180" s="3">
+        <v>469</v>
+      </c>
+      <c r="P180" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q180" s="3">
+        <v>100</v>
+      </c>
+      <c r="R180" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S180" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T180" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U180" s="3"/>
+      <c r="V180" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="W180" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X180" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y180" s="2" t="s">
+        <v>964</v>
+      </c>
+      <c r="Z180" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA180" s="2">
+        <v>61</v>
+      </c>
+      <c r="AB180" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC180" s="2">
+        <v>36.8</v>
+      </c>
+      <c r="AD180" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="181" spans="1:30">
+      <c r="A181" s="2">
+        <v>179</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>965</v>
+      </c>
+      <c r="H181" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="J181" s="3"/>
+      <c r="K181" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L181" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="M181" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N181" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O181" s="3">
+        <v>469</v>
+      </c>
+      <c r="P181" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q181" s="3">
+        <v>100</v>
+      </c>
+      <c r="R181" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S181" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T181" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U181" s="3"/>
+      <c r="V181" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="W181" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X181" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y181" s="2" t="s">
+        <v>970</v>
+      </c>
+      <c r="Z181" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA181" s="2">
+        <v>61</v>
+      </c>
+      <c r="AB181" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC181" s="2">
+        <v>36.81</v>
+      </c>
+      <c r="AD181" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="182" spans="1:30">
+      <c r="A182" s="2">
+        <v>180</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>971</v>
+      </c>
+      <c r="H182" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="J182" s="3"/>
+      <c r="K182" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L182" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M182" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N182" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O182" s="3">
+        <v>332</v>
+      </c>
+      <c r="P182" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q182" s="3">
+        <v>100</v>
+      </c>
+      <c r="R182" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S182" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T182" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U182" s="3"/>
+      <c r="V182" s="3" t="s">
+        <v>974</v>
+      </c>
+      <c r="W182" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X182" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y182" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="Z182" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA182" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB182" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC182" s="2">
+        <v>36.54</v>
+      </c>
+      <c r="AD182" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="183" spans="1:30">
+      <c r="A183" s="2">
+        <v>181</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>976</v>
+      </c>
+      <c r="H183" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>978</v>
+      </c>
+      <c r="J183" s="3"/>
+      <c r="K183" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L183" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M183" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N183" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O183" s="3">
+        <v>197</v>
+      </c>
+      <c r="P183" s="3">
+        <v>29</v>
+      </c>
+      <c r="Q183" s="3">
+        <v>29</v>
+      </c>
+      <c r="R183" s="3">
+        <v>31.65</v>
+      </c>
+      <c r="S183" s="3">
+        <v>31.65</v>
+      </c>
+      <c r="T183" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U183" s="3"/>
+      <c r="V183" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="W183" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X183" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y183" s="2" t="s">
+        <v>980</v>
+      </c>
+      <c r="Z183" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA183" s="2">
+        <v>45.18</v>
+      </c>
+      <c r="AB183" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC183" s="2">
+        <v>28.85</v>
+      </c>
+      <c r="AD183" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="184" spans="1:30">
+      <c r="A184" s="2">
+        <v>182</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>981</v>
+      </c>
+      <c r="H184" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="I184" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="J184" s="3"/>
+      <c r="K184" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L184" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M184" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="N184" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O184" s="3">
+        <v>1290</v>
+      </c>
+      <c r="P184" s="3">
+        <v>1374</v>
+      </c>
+      <c r="Q184" s="3">
+        <v>1374</v>
+      </c>
+      <c r="R184" s="3">
+        <v>666.66</v>
+      </c>
+      <c r="S184" s="3">
+        <v>666.66</v>
+      </c>
+      <c r="T184" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U184" s="3"/>
+      <c r="V184" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="W184" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X184" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y184" s="2" t="s">
+        <v>986</v>
+      </c>
+      <c r="Z184" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA184" s="2">
+        <v>610.82</v>
+      </c>
+      <c r="AB184" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC184" s="2">
+        <v>481.62</v>
+      </c>
+      <c r="AD184" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="185" spans="1:30">
+      <c r="A185" s="2">
+        <v>183</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>987</v>
+      </c>
+      <c r="H185" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="J185" s="3"/>
+      <c r="K185" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L185" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M185" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N185" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O185" s="3">
+        <v>5228</v>
+      </c>
+      <c r="P185" s="3">
+        <v>1286</v>
+      </c>
+      <c r="Q185" s="3">
+        <v>1286</v>
+      </c>
+      <c r="R185" s="3">
+        <v>589.74</v>
+      </c>
+      <c r="S185" s="3">
+        <v>589.74</v>
+      </c>
+      <c r="T185" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U185" s="3"/>
+      <c r="V185" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="W185" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X185" s="2" t="s">
+        <v>991</v>
+      </c>
+      <c r="Y185" s="2" t="s">
+        <v>992</v>
+      </c>
+      <c r="Z185" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA185" s="2">
+        <v>40.93</v>
+      </c>
+      <c r="AB185" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC185" s="2">
+        <v>321.91</v>
+      </c>
+      <c r="AD185" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="186" spans="1:30">
+      <c r="A186" s="2">
+        <v>184</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>993</v>
+      </c>
+      <c r="H186" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="I186" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="J186" s="3"/>
+      <c r="K186" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L186" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M186" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N186" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O186" s="3">
+        <v>1193</v>
+      </c>
+      <c r="P186" s="3">
+        <v>1256</v>
+      </c>
+      <c r="Q186" s="3">
+        <v>1256</v>
+      </c>
+      <c r="R186" s="3">
+        <v>661.59</v>
+      </c>
+      <c r="S186" s="3">
+        <v>661.59</v>
+      </c>
+      <c r="T186" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U186" s="3"/>
+      <c r="V186" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="W186" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X186" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y186" s="2" t="s">
+        <v>997</v>
+      </c>
+      <c r="Z186" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA186" s="2">
+        <v>41.11</v>
+      </c>
+      <c r="AB186" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC186" s="2">
+        <v>388.85</v>
+      </c>
+      <c r="AD186" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="187" spans="1:30">
+      <c r="A187" s="2">
+        <v>185</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>998</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="J187" s="3"/>
+      <c r="K187" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L187" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M187" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N187" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O187" s="3">
+        <v>3387</v>
+      </c>
+      <c r="P187" s="3">
+        <v>3902</v>
+      </c>
+      <c r="Q187" s="3">
+        <v>3902</v>
+      </c>
+      <c r="R187" s="3">
+        <v>1356.19</v>
+      </c>
+      <c r="S187" s="3">
+        <v>1356.19</v>
+      </c>
+      <c r="T187" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U187" s="3"/>
+      <c r="V187" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="W187" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X187" s="2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Y187" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="Z187" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA187" s="2">
+        <v>711.07</v>
+      </c>
+      <c r="AB187" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC187" s="2">
+        <v>903.77</v>
+      </c>
+      <c r="AD187" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="188" spans="1:30">
+      <c r="A188" s="2">
+        <v>186</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H188" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J188" s="3"/>
+      <c r="K188" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L188" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M188" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N188" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O188" s="3">
+        <v>3786</v>
+      </c>
+      <c r="P188" s="3">
+        <v>4532</v>
+      </c>
+      <c r="Q188" s="3">
+        <v>4532</v>
+      </c>
+      <c r="R188" s="3">
+        <v>1596.9</v>
+      </c>
+      <c r="S188" s="3">
+        <v>1596.9</v>
+      </c>
+      <c r="T188" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U188" s="3"/>
+      <c r="V188" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="W188" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X188" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="Y188" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Z188" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA188" s="2">
+        <v>836.58</v>
+      </c>
+      <c r="AB188" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC188" s="2">
+        <v>998.79</v>
+      </c>
+      <c r="AD188" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="189" spans="1:30">
+      <c r="A189" s="2">
+        <v>187</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H189" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="J189" s="3"/>
+      <c r="K189" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L189" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M189" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="N189" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O189" s="3">
+        <v>4241</v>
+      </c>
+      <c r="P189" s="3">
+        <v>4386</v>
+      </c>
+      <c r="Q189" s="3">
+        <v>4386</v>
+      </c>
+      <c r="R189" s="3">
+        <v>1472.99</v>
+      </c>
+      <c r="S189" s="3">
+        <v>1472.99</v>
+      </c>
+      <c r="T189" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U189" s="3"/>
+      <c r="V189" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="W189" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X189" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="Y189" s="2" t="s">
+        <v>1013</v>
+      </c>
+      <c r="Z189" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA189" s="2">
+        <v>641.3</v>
+      </c>
+      <c r="AB189" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC189" s="2">
+        <v>1124.18</v>
+      </c>
+      <c r="AD189" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="190" spans="1:30">
+      <c r="A190" s="2">
+        <v>188</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H190" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J190" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="K190" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L190" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M190" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N190" s="3"/>
+      <c r="O190" s="3">
+        <v>1178</v>
+      </c>
+      <c r="P190" s="3">
+        <v>1000</v>
+      </c>
+      <c r="Q190" s="3">
+        <v>1000</v>
+      </c>
+      <c r="R190" s="3">
+        <v>66.28</v>
+      </c>
+      <c r="S190" s="3">
+        <v>66.28</v>
+      </c>
+      <c r="T190" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U190" s="3"/>
+      <c r="V190" s="3"/>
+      <c r="W190" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X190" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y190" s="2" t="s">
+        <v>1017</v>
+      </c>
+      <c r="Z190" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA190" s="2">
+        <v>61.97</v>
+      </c>
+      <c r="AB190" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC190" s="2">
+        <v>61.97</v>
+      </c>
+      <c r="AD190" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="191" spans="1:30">
+      <c r="A191" s="2">
+        <v>189</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J191" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="K191" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L191" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M191" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N191" s="3"/>
+      <c r="O191" s="3">
+        <v>1802</v>
+      </c>
+      <c r="P191" s="3">
+        <v>1771</v>
+      </c>
+      <c r="Q191" s="3">
+        <v>1771</v>
+      </c>
+      <c r="R191" s="3">
+        <v>131.51</v>
+      </c>
+      <c r="S191" s="3">
+        <v>131.51</v>
+      </c>
+      <c r="T191" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U191" s="3"/>
+      <c r="V191" s="3"/>
+      <c r="W191" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X191" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y191" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="Z191" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA191" s="2">
+        <v>113.95</v>
+      </c>
+      <c r="AB191" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC191" s="2">
+        <v>113.95</v>
+      </c>
+      <c r="AD191" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="192" spans="1:30">
+      <c r="A192" s="2">
+        <v>190</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H192" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="J192" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K192" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L192" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M192" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N192" s="3"/>
+      <c r="O192" s="3">
+        <v>1606</v>
+      </c>
+      <c r="P192" s="3">
+        <v>1163</v>
+      </c>
+      <c r="Q192" s="3">
+        <v>1163</v>
+      </c>
+      <c r="R192" s="3">
+        <v>71.77</v>
+      </c>
+      <c r="S192" s="3">
+        <v>71.77</v>
+      </c>
+      <c r="T192" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U192" s="3"/>
+      <c r="V192" s="3"/>
+      <c r="W192" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X192" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y192" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="Z192" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA192" s="2">
+        <v>47.86</v>
+      </c>
+      <c r="AB192" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC192" s="2">
+        <v>66.21</v>
+      </c>
+      <c r="AD192" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="193" spans="1:30">
+      <c r="A193" s="2">
+        <v>191</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H193" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J193" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K193" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L193" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M193" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N193" s="3"/>
+      <c r="O193" s="3">
+        <v>2657</v>
+      </c>
+      <c r="P193" s="3">
+        <v>14063</v>
+      </c>
+      <c r="Q193" s="3">
+        <v>2534</v>
+      </c>
+      <c r="R193" s="3">
+        <v>1011.33</v>
+      </c>
+      <c r="S193" s="3">
+        <v>1011.33</v>
+      </c>
+      <c r="T193" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U193" s="3"/>
+      <c r="V193" s="3"/>
+      <c r="W193" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X193" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y193" s="2" t="s">
+        <v>1030</v>
+      </c>
+      <c r="Z193" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA193" s="2">
+        <v>885.8</v>
+      </c>
+      <c r="AB193" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC193" s="2">
+        <v>885.8</v>
+      </c>
+      <c r="AD193" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="194" spans="1:30">
+      <c r="A194" s="2">
+        <v>192</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H194" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J194" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="K194" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L194" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M194" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N194" s="3"/>
+      <c r="O194" s="3">
+        <v>92</v>
+      </c>
+      <c r="P194" s="3">
+        <v>1415</v>
+      </c>
+      <c r="Q194" s="3">
+        <v>1415</v>
+      </c>
+      <c r="R194" s="3">
+        <v>86.87</v>
+      </c>
+      <c r="S194" s="3">
+        <v>86.87</v>
+      </c>
+      <c r="T194" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U194" s="3"/>
+      <c r="V194" s="3"/>
+      <c r="W194" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X194" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y194" s="2" t="s">
+        <v>1034</v>
+      </c>
+      <c r="Z194" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA194" s="2">
+        <v>29.64</v>
+      </c>
+      <c r="AB194" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC194" s="2">
+        <v>71.28</v>
+      </c>
+      <c r="AD194" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="195" spans="1:30">
+      <c r="A195" s="2">
+        <v>193</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J195" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="K195" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L195" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M195" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N195" s="3"/>
+      <c r="O195" s="3">
+        <v>3735</v>
+      </c>
+      <c r="P195" s="3">
+        <v>3290</v>
+      </c>
+      <c r="Q195" s="3">
+        <v>3230</v>
+      </c>
+      <c r="R195" s="3">
+        <v>215.11</v>
+      </c>
+      <c r="S195" s="3">
+        <v>215.11</v>
+      </c>
+      <c r="T195" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U195" s="3"/>
+      <c r="V195" s="3"/>
+      <c r="W195" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X195" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y195" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Z195" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA195" s="2">
+        <v>109.18</v>
+      </c>
+      <c r="AB195" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC195" s="2">
+        <v>109.18</v>
+      </c>
+      <c r="AD195" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="196" spans="1:30">
+      <c r="A196" s="2">
+        <v>194</v>
+      </c>
+      <c r="B196" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H196" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I196" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J196" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="K196" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L196" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M196" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N196" s="3"/>
+      <c r="O196" s="3">
+        <v>1291</v>
+      </c>
+      <c r="P196" s="3">
+        <v>1195</v>
+      </c>
+      <c r="Q196" s="3">
+        <v>1135</v>
+      </c>
+      <c r="R196" s="3">
+        <v>84.17</v>
+      </c>
+      <c r="S196" s="3">
+        <v>84.17</v>
+      </c>
+      <c r="T196" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U196" s="3"/>
+      <c r="V196" s="3"/>
+      <c r="W196" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X196" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y196" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="Z196" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA196" s="2">
+        <v>37.87</v>
+      </c>
+      <c r="AB196" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC196" s="2">
+        <v>79.97</v>
+      </c>
+      <c r="AD196" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="197" spans="1:30">
+      <c r="A197" s="2">
+        <v>195</v>
+      </c>
+      <c r="B197" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I197" s="3" t="s">
+        <v>1045</v>
+      </c>
+      <c r="J197" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="K197" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L197" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M197" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N197" s="3"/>
+      <c r="O197" s="3">
+        <v>1318</v>
+      </c>
+      <c r="P197" s="3">
+        <v>1095</v>
+      </c>
+      <c r="Q197" s="3">
+        <v>1095</v>
+      </c>
+      <c r="R197" s="3">
+        <v>74.26</v>
+      </c>
+      <c r="S197" s="3">
+        <v>74.26</v>
+      </c>
+      <c r="T197" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U197" s="3"/>
+      <c r="V197" s="3"/>
+      <c r="W197" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X197" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y197" s="2" t="s">
+        <v>1046</v>
+      </c>
+      <c r="Z197" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA197" s="2">
+        <v>30.03</v>
+      </c>
+      <c r="AB197" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC197" s="2">
+        <v>73.26</v>
+      </c>
+      <c r="AD197" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="198" spans="1:30">
+      <c r="A198" s="2">
+        <v>196</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H198" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I198" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J198" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="K198" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L198" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M198" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N198" s="3"/>
+      <c r="O198" s="3">
+        <v>694</v>
+      </c>
+      <c r="P198" s="3">
+        <v>1195</v>
+      </c>
+      <c r="Q198" s="3">
+        <v>1195</v>
+      </c>
+      <c r="R198" s="3">
+        <v>82.35</v>
+      </c>
+      <c r="S198" s="3">
+        <v>82.35</v>
+      </c>
+      <c r="T198" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U198" s="3"/>
+      <c r="V198" s="3"/>
+      <c r="W198" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X198" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y198" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="Z198" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA198" s="2">
+        <v>17.73</v>
+      </c>
+      <c r="AB198" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC198" s="2">
+        <v>81.68</v>
+      </c>
+      <c r="AD198" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="199" spans="1:30">
+      <c r="A199" s="2">
+        <v>197</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H199" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I199" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J199" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="K199" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L199" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M199" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N199" s="3"/>
+      <c r="O199" s="3">
+        <v>1444</v>
+      </c>
+      <c r="P199" s="3">
+        <v>1130</v>
+      </c>
+      <c r="Q199" s="3">
+        <v>1130</v>
+      </c>
+      <c r="R199" s="3">
+        <v>79.62</v>
+      </c>
+      <c r="S199" s="3">
+        <v>79.62</v>
+      </c>
+      <c r="T199" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U199" s="3"/>
+      <c r="V199" s="3"/>
+      <c r="W199" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X199" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y199" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="Z199" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA199" s="2">
+        <v>75.17</v>
+      </c>
+      <c r="AB199" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC199" s="2">
+        <v>75.17</v>
+      </c>
+      <c r="AD199" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="200" spans="1:30">
+      <c r="A200" s="2">
+        <v>198</v>
+      </c>
+      <c r="B200" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J200" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="K200" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L200" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M200" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N200" s="3"/>
+      <c r="O200" s="3">
+        <v>770</v>
+      </c>
+      <c r="P200" s="3">
+        <v>607</v>
+      </c>
+      <c r="Q200" s="3">
+        <v>607</v>
+      </c>
+      <c r="R200" s="3">
+        <v>53.33</v>
+      </c>
+      <c r="S200" s="3">
+        <v>53.33</v>
+      </c>
+      <c r="T200" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U200" s="3"/>
+      <c r="V200" s="3"/>
+      <c r="W200" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X200" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y200" s="2" t="s">
+        <v>1058</v>
+      </c>
+      <c r="Z200" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA200" s="2">
+        <v>8.37</v>
+      </c>
+      <c r="AB200" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC200" s="2">
+        <v>8.37</v>
+      </c>
+      <c r="AD200" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="201" spans="1:30">
+      <c r="A201" s="2">
+        <v>199</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H201" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="K201" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L201" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M201" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N201" s="3"/>
+      <c r="O201" s="3">
+        <v>664</v>
+      </c>
+      <c r="P201" s="3">
+        <v>629</v>
+      </c>
+      <c r="Q201" s="3">
+        <v>629</v>
+      </c>
+      <c r="R201" s="3">
+        <v>49.64</v>
+      </c>
+      <c r="S201" s="3">
+        <v>49.64</v>
+      </c>
+      <c r="T201" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U201" s="3"/>
+      <c r="V201" s="3"/>
+      <c r="W201" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X201" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="Y201" s="2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="Z201" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA201" s="2">
+        <v>14.63</v>
+      </c>
+      <c r="AB201" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC201" s="2">
+        <v>48.95</v>
+      </c>
+      <c r="AD201" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="202" spans="1:30">
+      <c r="A202" s="2">
+        <v>200</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H202" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J202" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K202" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L202" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M202" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N202" s="3"/>
+      <c r="O202" s="3">
+        <v>2719</v>
+      </c>
+      <c r="P202" s="3">
+        <v>1640</v>
+      </c>
+      <c r="Q202" s="3">
+        <v>1635</v>
+      </c>
+      <c r="R202" s="3">
+        <v>99.99</v>
+      </c>
+      <c r="S202" s="3">
+        <v>99.99</v>
+      </c>
+      <c r="T202" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U202" s="3"/>
+      <c r="V202" s="3"/>
+      <c r="W202" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X202" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y202" s="2" t="s">
+        <v>1066</v>
+      </c>
+      <c r="Z202" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA202" s="2">
+        <v>83.83</v>
+      </c>
+      <c r="AB202" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC202" s="2">
+        <v>83.83</v>
+      </c>
+      <c r="AD202" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="203" spans="1:30">
+      <c r="A203" s="2">
+        <v>201</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H203" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J203" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="K203" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L203" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M203" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N203" s="3"/>
+      <c r="O203" s="3">
+        <v>1919</v>
+      </c>
+      <c r="P203" s="3">
+        <v>2308</v>
+      </c>
+      <c r="Q203" s="3">
+        <v>1305</v>
+      </c>
+      <c r="R203" s="3">
+        <v>157.17</v>
+      </c>
+      <c r="S203" s="3">
+        <v>157.17</v>
+      </c>
+      <c r="T203" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U203" s="3"/>
+      <c r="V203" s="3"/>
+      <c r="W203" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X203" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y203" s="2" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Z203" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA203" s="2">
+        <v>31.9</v>
+      </c>
+      <c r="AB203" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC203" s="2">
+        <v>155.97</v>
+      </c>
+      <c r="AD203" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="204" spans="1:30">
+      <c r="A204" s="2">
+        <v>202</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H204" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I204" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J204" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="K204" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L204" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M204" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N204" s="3"/>
+      <c r="O204" s="3">
+        <v>6506</v>
+      </c>
+      <c r="P204" s="3">
+        <v>5674</v>
+      </c>
+      <c r="Q204" s="3">
+        <v>5677</v>
+      </c>
+      <c r="R204" s="3">
+        <v>373.6</v>
+      </c>
+      <c r="S204" s="3">
+        <v>373.6</v>
+      </c>
+      <c r="T204" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U204" s="3"/>
+      <c r="V204" s="3"/>
+      <c r="W204" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X204" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y204" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z204" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA204" s="2">
+        <v>328.41</v>
+      </c>
+      <c r="AB204" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC204" s="2">
+        <v>328.41</v>
+      </c>
+      <c r="AD204" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="205" spans="1:30">
+      <c r="A205" s="2">
+        <v>203</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H205" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J205" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="K205" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L205" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M205" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N205" s="3"/>
+      <c r="O205" s="3">
+        <v>6429</v>
+      </c>
+      <c r="P205" s="3">
+        <v>4396</v>
+      </c>
+      <c r="Q205" s="3">
+        <v>4396</v>
+      </c>
+      <c r="R205" s="3">
+        <v>304.14</v>
+      </c>
+      <c r="S205" s="3">
+        <v>304.14</v>
+      </c>
+      <c r="T205" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U205" s="3"/>
+      <c r="V205" s="3"/>
+      <c r="W205" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X205" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y205" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z205" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA205" s="2">
+        <v>224.54</v>
+      </c>
+      <c r="AB205" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC205" s="2">
+        <v>224.54</v>
+      </c>
+      <c r="AD205" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="206" spans="1:30">
+      <c r="A206" s="2">
+        <v>204</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H206" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I206" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J206" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="K206" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L206" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M206" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N206" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O206" s="3">
+        <v>1386</v>
+      </c>
+      <c r="P206" s="3">
+        <v>373</v>
+      </c>
+      <c r="Q206" s="3">
+        <v>373</v>
+      </c>
+      <c r="R206" s="3">
+        <v>442.96</v>
+      </c>
+      <c r="S206" s="3">
+        <v>442.96</v>
+      </c>
+      <c r="T206" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U206" s="3"/>
+      <c r="V206" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="W206" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X206" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y206" s="2" t="s">
+        <v>1082</v>
+      </c>
+      <c r="Z206" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA206" s="2">
+        <v>154.25</v>
+      </c>
+      <c r="AB206" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC206" s="2">
+        <v>269.77</v>
+      </c>
+      <c r="AD206" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="207" spans="1:30">
+      <c r="A207" s="2">
+        <v>205</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H207" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I207" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="J207" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="K207" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L207" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M207" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N207" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O207" s="3">
+        <v>827</v>
+      </c>
+      <c r="P207" s="3">
+        <v>212</v>
+      </c>
+      <c r="Q207" s="3">
+        <v>212</v>
+      </c>
+      <c r="R207" s="3">
+        <v>188.66</v>
+      </c>
+      <c r="S207" s="3">
+        <v>188.66</v>
+      </c>
+      <c r="T207" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U207" s="3"/>
+      <c r="V207" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="W207" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X207" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y207" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="Z207" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA207" s="2">
+        <v>92.01</v>
+      </c>
+      <c r="AB207" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC207" s="2">
+        <v>74.02</v>
+      </c>
+      <c r="AD207" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="208" spans="1:30">
+      <c r="A208" s="2">
+        <v>206</v>
+      </c>
+      <c r="B208" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="J208" s="3"/>
+      <c r="K208" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L208" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="M208" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N208" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="O208" s="3">
+        <v>91668</v>
+      </c>
+      <c r="P208" s="3">
+        <v>81085</v>
+      </c>
+      <c r="Q208" s="3">
+        <v>75536</v>
+      </c>
+      <c r="R208" s="3">
+        <v>33305.51</v>
+      </c>
+      <c r="S208" s="3">
+        <v>33305.51</v>
+      </c>
+      <c r="T208" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U208" s="3"/>
+      <c r="V208" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="W208" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X208" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="Y208" s="2" t="s">
+        <v>1094</v>
+      </c>
+      <c r="Z208" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA208" s="2">
+        <v>12076.79</v>
+      </c>
+      <c r="AB208" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC208" s="2">
+        <v>36664.56</v>
+      </c>
+      <c r="AD208" s="2" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="209" spans="1:30">
+      <c r="A209" s="2">
+        <v>207</v>
+      </c>
+      <c r="B209" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H209" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="J209" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="K209" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L209" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M209" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N209" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O209" s="3">
+        <v>281</v>
+      </c>
+      <c r="P209" s="3">
+        <v>86</v>
+      </c>
+      <c r="Q209" s="3">
+        <v>86</v>
+      </c>
+      <c r="R209" s="3">
+        <v>202.23</v>
+      </c>
+      <c r="S209" s="3">
+        <v>202.23</v>
+      </c>
+      <c r="T209" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U209" s="3"/>
+      <c r="V209" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="W209" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X209" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y209" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="Z209" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA209" s="2">
+        <v>141.95</v>
+      </c>
+      <c r="AB209" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC209" s="2">
+        <v>102.42</v>
+      </c>
+      <c r="AD209" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="210" spans="1:30">
+      <c r="A210" s="2">
+        <v>208</v>
+      </c>
+      <c r="B210" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C210" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E210" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I210" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J210" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="K210" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L210" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M210" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N210" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O210" s="3">
+        <v>4058</v>
+      </c>
+      <c r="P210" s="3">
+        <v>810</v>
+      </c>
+      <c r="Q210" s="3">
+        <v>810</v>
+      </c>
+      <c r="R210" s="3">
+        <v>507.83</v>
+      </c>
+      <c r="S210" s="3">
+        <v>507.83</v>
+      </c>
+      <c r="T210" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U210" s="3"/>
+      <c r="V210" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="W210" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X210" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y210" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="Z210" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA210" s="2">
+        <v>27.94</v>
+      </c>
+      <c r="AB210" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC210" s="2">
+        <v>255.11</v>
+      </c>
+      <c r="AD210" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="211" spans="1:30">
+      <c r="A211" s="2">
+        <v>209</v>
+      </c>
+      <c r="B211" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H211" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="J211" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="K211" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L211" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M211" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N211" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O211" s="3">
+        <v>5853</v>
+      </c>
+      <c r="P211" s="3">
+        <v>1469</v>
+      </c>
+      <c r="Q211" s="3">
+        <v>1469</v>
+      </c>
+      <c r="R211" s="3">
+        <v>980.83</v>
+      </c>
+      <c r="S211" s="3">
+        <v>980.83</v>
+      </c>
+      <c r="T211" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U211" s="3"/>
+      <c r="V211" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="W211" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X211" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y211" s="2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="Z211" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA211" s="2">
+        <v>77.08</v>
+      </c>
+      <c r="AB211" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC211" s="2">
+        <v>774.43</v>
+      </c>
+      <c r="AD211" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="212" spans="1:30">
+      <c r="A212" s="2">
+        <v>210</v>
+      </c>
+      <c r="B212" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E212" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H212" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I212" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J212" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K212" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L212" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M212" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N212" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O212" s="3">
+        <v>1606</v>
+      </c>
+      <c r="P212" s="3">
+        <v>558</v>
+      </c>
+      <c r="Q212" s="3">
+        <v>558</v>
+      </c>
+      <c r="R212" s="3">
+        <v>624.73</v>
+      </c>
+      <c r="S212" s="3">
+        <v>624.73</v>
+      </c>
+      <c r="T212" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U212" s="3"/>
+      <c r="V212" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="W212" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X212" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y212" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="Z212" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA212" s="2">
+        <v>388.75</v>
+      </c>
+      <c r="AB212" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC212" s="2">
+        <v>423.07</v>
+      </c>
+      <c r="AD212" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="213" spans="1:30">
+      <c r="A213" s="2">
+        <v>211</v>
+      </c>
+      <c r="B213" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E213" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H213" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="J213" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="K213" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L213" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M213" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="N213" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O213" s="3">
+        <v>3214</v>
+      </c>
+      <c r="P213" s="3">
+        <v>954</v>
+      </c>
+      <c r="Q213" s="3">
+        <v>954</v>
+      </c>
+      <c r="R213" s="3">
+        <v>915.51</v>
+      </c>
+      <c r="S213" s="3">
+        <v>915.51</v>
+      </c>
+      <c r="T213" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U213" s="3"/>
+      <c r="V213" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="W213" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X213" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y213" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="Z213" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA213" s="2">
+        <v>829.97</v>
+      </c>
+      <c r="AB213" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC213" s="2">
+        <v>487.46</v>
+      </c>
+      <c r="AD213" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="214" spans="1:30">
+      <c r="A214" s="2">
+        <v>212</v>
+      </c>
+      <c r="B214" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H214" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="I214" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="J214" s="3"/>
+      <c r="K214" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L214" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M214" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N214" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O214" s="3">
+        <v>332</v>
+      </c>
+      <c r="P214" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q214" s="3">
+        <v>100</v>
+      </c>
+      <c r="R214" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S214" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T214" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U214" s="3"/>
+      <c r="V214" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="W214" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X214" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y214" s="2" t="s">
+        <v>1126</v>
+      </c>
+      <c r="Z214" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA214" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB214" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC214" s="2">
+        <v>36.61</v>
+      </c>
+      <c r="AD214" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="215" spans="1:30">
+      <c r="A215" s="2">
+        <v>213</v>
+      </c>
+      <c r="B215" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H215" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J215" s="3"/>
+      <c r="K215" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L215" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M215" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N215" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O215" s="3">
+        <v>1694</v>
+      </c>
+      <c r="P215" s="3">
+        <v>1624</v>
+      </c>
+      <c r="Q215" s="3">
+        <v>1624</v>
+      </c>
+      <c r="R215" s="3">
+        <v>758.25</v>
+      </c>
+      <c r="S215" s="3">
+        <v>758.25</v>
+      </c>
+      <c r="T215" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U215" s="3"/>
+      <c r="V215" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="W215" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X215" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="Y215" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="Z215" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA215" s="2">
+        <v>281.36</v>
+      </c>
+      <c r="AB215" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC215" s="2">
+        <v>461.12</v>
+      </c>
+      <c r="AD215" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="216" spans="1:30">
+      <c r="A216" s="2">
+        <v>214</v>
+      </c>
+      <c r="B216" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H216" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I216" s="3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J216" s="3"/>
+      <c r="K216" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L216" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M216" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N216" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O216" s="3">
+        <v>142</v>
+      </c>
+      <c r="P216" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q216" s="3">
+        <v>100</v>
+      </c>
+      <c r="R216" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S216" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T216" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U216" s="3"/>
+      <c r="V216" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="W216" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X216" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y216" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="Z216" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA216" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB216" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC216" s="2">
+        <v>36.8</v>
+      </c>
+      <c r="AD216" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="217" spans="1:30">
+      <c r="A217" s="2">
+        <v>215</v>
+      </c>
+      <c r="B217" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H217" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I217" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J217" s="3"/>
+      <c r="K217" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L217" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M217" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N217" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O217" s="3">
+        <v>1447</v>
+      </c>
+      <c r="P217" s="3">
+        <v>3118</v>
+      </c>
+      <c r="Q217" s="3">
+        <v>3118</v>
+      </c>
+      <c r="R217" s="3">
+        <v>915.29</v>
+      </c>
+      <c r="S217" s="3">
+        <v>915.29</v>
+      </c>
+      <c r="T217" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U217" s="3"/>
+      <c r="V217" s="3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="W217" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X217" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y217" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="Z217" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA217" s="2">
+        <v>49.94</v>
+      </c>
+      <c r="AB217" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC217" s="2">
+        <v>608.28</v>
+      </c>
+      <c r="AD217" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="218" spans="1:30">
+      <c r="A218" s="2">
+        <v>216</v>
+      </c>
+      <c r="B218" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E218" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H218" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I218" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="J218" s="3"/>
+      <c r="K218" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L218" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M218" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N218" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O218" s="3">
+        <v>699</v>
+      </c>
+      <c r="P218" s="3">
+        <v>601</v>
+      </c>
+      <c r="Q218" s="3">
+        <v>601</v>
+      </c>
+      <c r="R218" s="3">
+        <v>391.07</v>
+      </c>
+      <c r="S218" s="3">
+        <v>391.07</v>
+      </c>
+      <c r="T218" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U218" s="3"/>
+      <c r="V218" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="W218" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X218" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y218" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="Z218" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA218" s="2">
+        <v>160.67</v>
+      </c>
+      <c r="AB218" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC218" s="2">
+        <v>160.13</v>
+      </c>
+      <c r="AD218" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="219" spans="1:30">
+      <c r="A219" s="2">
+        <v>217</v>
+      </c>
+      <c r="B219" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H219" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I219" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J219" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="K219" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L219" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M219" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N219" s="3"/>
+      <c r="O219" s="3">
+        <v>1490</v>
+      </c>
+      <c r="P219" s="3">
+        <v>1199</v>
+      </c>
+      <c r="Q219" s="3">
+        <v>1199</v>
+      </c>
+      <c r="R219" s="3">
+        <v>92.89</v>
+      </c>
+      <c r="S219" s="3">
+        <v>92.89</v>
+      </c>
+      <c r="T219" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U219" s="3"/>
+      <c r="V219" s="3"/>
+      <c r="W219" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X219" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y219" s="2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="Z219" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA219" s="2">
+        <v>26.67</v>
+      </c>
+      <c r="AB219" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC219" s="2">
+        <v>86.84</v>
+      </c>
+      <c r="AD219" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="220" spans="1:30">
+      <c r="A220" s="2">
+        <v>218</v>
+      </c>
+      <c r="B220" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H220" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I220" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J220" s="3"/>
+      <c r="K220" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L220" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="M220" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="N220" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O220" s="3">
+        <v>4368</v>
+      </c>
+      <c r="P220" s="3">
+        <v>4831</v>
+      </c>
+      <c r="Q220" s="3">
+        <v>4831</v>
+      </c>
+      <c r="R220" s="3">
+        <v>1544.31</v>
+      </c>
+      <c r="S220" s="3">
+        <v>1544.31</v>
+      </c>
+      <c r="T220" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U220" s="3"/>
+      <c r="V220" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="W220" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X220" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="Y220" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Z220" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA220" s="2">
+        <v>725.39</v>
+      </c>
+      <c r="AB220" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC220" s="2">
+        <v>1164.62</v>
+      </c>
+      <c r="AD220" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="221" spans="1:30">
+      <c r="A221" s="2">
+        <v>219</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H221" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I221" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J221" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="K221" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L221" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M221" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="N221" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O221" s="3">
+        <v>6774</v>
+      </c>
+      <c r="P221" s="3">
+        <v>1095</v>
+      </c>
+      <c r="Q221" s="3">
+        <v>1095</v>
+      </c>
+      <c r="R221" s="3">
+        <v>1478.49</v>
+      </c>
+      <c r="S221" s="3">
+        <v>1478.49</v>
+      </c>
+      <c r="T221" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U221" s="3"/>
+      <c r="V221" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="W221" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X221" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="Y221" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="Z221" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA221" s="2">
+        <v>397.61</v>
+      </c>
+      <c r="AB221" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC221" s="2">
+        <v>1126.04</v>
+      </c>
+      <c r="AD221" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="222" spans="1:30">
+      <c r="A222" s="2">
+        <v>220</v>
+      </c>
+      <c r="B222" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H222" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I222" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J222" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K222" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L222" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="M222" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="N222" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="O222" s="3">
+        <v>226110</v>
+      </c>
+      <c r="P222" s="3">
+        <v>32512</v>
+      </c>
+      <c r="Q222" s="3">
+        <v>32512</v>
+      </c>
+      <c r="R222" s="3">
+        <v>38369</v>
+      </c>
+      <c r="S222" s="3">
+        <v>38369</v>
+      </c>
+      <c r="T222" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U222" s="3"/>
+      <c r="V222" s="3" t="s">
+        <v>1165</v>
+      </c>
+      <c r="W222" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X222" s="2" t="s">
+        <v>1166</v>
+      </c>
+      <c r="Y222" s="2" t="s">
+        <v>1167</v>
+      </c>
+      <c r="Z222" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA222" s="2">
+        <v>48690</v>
+      </c>
+      <c r="AB222" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC222" s="2">
+        <v>31399.71</v>
+      </c>
+      <c r="AD222" s="2" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="223" spans="1:30">
+      <c r="A223" s="2">
+        <v>221</v>
+      </c>
+      <c r="B223" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E223" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F223" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G223" s="2" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H223" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I223" s="3" t="s">
+        <v>1171</v>
+      </c>
+      <c r="J223" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="K223" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L223" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M223" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N223" s="3"/>
+      <c r="O223" s="3">
+        <v>477</v>
+      </c>
+      <c r="P223" s="3">
+        <v>420</v>
+      </c>
+      <c r="Q223" s="3">
+        <v>420</v>
+      </c>
+      <c r="R223" s="3">
+        <v>30.52</v>
+      </c>
+      <c r="S223" s="3">
+        <v>30.52</v>
+      </c>
+      <c r="T223" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U223" s="3"/>
+      <c r="V223" s="3"/>
+      <c r="W223" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X223" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y223" s="2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="Z223" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA223" s="2">
+        <v>5.93</v>
+      </c>
+      <c r="AB223" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC223" s="2">
+        <v>30.32</v>
+      </c>
+      <c r="AD223" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="224" spans="1:30">
+      <c r="A224" s="2">
+        <v>222</v>
+      </c>
+      <c r="B224" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F224" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H224" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I224" s="3" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J224" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K224" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L224" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M224" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N224" s="3"/>
+      <c r="O224" s="3">
+        <v>8968</v>
+      </c>
+      <c r="P224" s="3">
+        <v>12527</v>
+      </c>
+      <c r="Q224" s="3">
+        <v>7938</v>
+      </c>
+      <c r="R224" s="3">
+        <v>886.86</v>
+      </c>
+      <c r="S224" s="3">
+        <v>886.86</v>
+      </c>
+      <c r="T224" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U224" s="3"/>
+      <c r="V224" s="3"/>
+      <c r="W224" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X224" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y224" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="Z224" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA224" s="2">
+        <v>753.82</v>
+      </c>
+      <c r="AB224" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC224" s="2">
+        <v>753.82</v>
+      </c>
+      <c r="AD224" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="225" spans="1:30">
+      <c r="A225" s="2">
+        <v>223</v>
+      </c>
+      <c r="B225" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E225" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H225" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I225" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J225" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K225" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L225" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M225" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N225" s="3"/>
+      <c r="O225" s="3">
+        <v>1698</v>
+      </c>
+      <c r="P225" s="3">
+        <v>1544</v>
+      </c>
+      <c r="Q225" s="3">
+        <v>1544</v>
+      </c>
+      <c r="R225" s="3">
+        <v>99.54</v>
+      </c>
+      <c r="S225" s="3">
+        <v>99.54</v>
+      </c>
+      <c r="T225" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U225" s="3"/>
+      <c r="V225" s="3"/>
+      <c r="W225" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X225" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y225" s="2" t="s">
+        <v>1181</v>
+      </c>
+      <c r="Z225" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA225" s="2">
+        <v>4.82</v>
+      </c>
+      <c r="AB225" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC225" s="2">
+        <v>90.03</v>
+      </c>
+      <c r="AD225" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="226" spans="1:30">
+      <c r="A226" s="2">
+        <v>224</v>
+      </c>
+      <c r="B226" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E226" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H226" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="I226" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J226" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K226" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L226" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M226" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N226" s="3"/>
+      <c r="O226" s="3">
+        <v>1755</v>
+      </c>
+      <c r="P226" s="3">
+        <v>1389</v>
+      </c>
+      <c r="Q226" s="3">
+        <v>1389</v>
+      </c>
+      <c r="R226" s="3">
+        <v>90.08</v>
+      </c>
+      <c r="S226" s="3">
+        <v>90.08</v>
+      </c>
+      <c r="T226" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U226" s="3"/>
+      <c r="V226" s="3"/>
+      <c r="W226" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X226" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y226" s="2" t="s">
+        <v>1185</v>
+      </c>
+      <c r="Z226" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA226" s="2">
+        <v>24.21</v>
+      </c>
+      <c r="AB226" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC226" s="2">
+        <v>75.62</v>
+      </c>
+      <c r="AD226" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="227" spans="1:30">
+      <c r="A227" s="2">
+        <v>225</v>
+      </c>
+      <c r="B227" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H227" s="3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I227" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="J227" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="K227" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L227" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M227" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N227" s="3"/>
+      <c r="O227" s="3">
+        <v>2304</v>
+      </c>
+      <c r="P227" s="3">
+        <v>2316</v>
+      </c>
+      <c r="Q227" s="3">
+        <v>2056</v>
+      </c>
+      <c r="R227" s="3">
+        <v>168.17</v>
+      </c>
+      <c r="S227" s="3">
+        <v>168.17</v>
+      </c>
+      <c r="T227" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U227" s="3"/>
+      <c r="V227" s="3"/>
+      <c r="W227" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X227" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y227" s="2" t="s">
+        <v>1189</v>
+      </c>
+      <c r="Z227" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA227" s="2">
+        <v>89.27</v>
+      </c>
+      <c r="AB227" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC227" s="2">
+        <v>166.57</v>
+      </c>
+      <c r="AD227" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="228" spans="1:30">
+      <c r="A228" s="2">
+        <v>226</v>
+      </c>
+      <c r="B228" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H228" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I228" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J228" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="K228" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L228" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M228" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N228" s="3"/>
+      <c r="O228" s="3">
+        <v>1830</v>
+      </c>
+      <c r="P228" s="3">
+        <v>1343</v>
+      </c>
+      <c r="Q228" s="3">
+        <v>1343</v>
+      </c>
+      <c r="R228" s="3">
+        <v>96.83</v>
+      </c>
+      <c r="S228" s="3">
+        <v>96.83</v>
+      </c>
+      <c r="T228" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U228" s="3"/>
+      <c r="V228" s="3"/>
+      <c r="W228" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X228" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y228" s="2" t="s">
+        <v>1193</v>
+      </c>
+      <c r="Z228" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA228" s="2">
+        <v>65.66</v>
+      </c>
+      <c r="AB228" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC228" s="2">
+        <v>95.83</v>
+      </c>
+      <c r="AD228" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="229" spans="1:30">
+      <c r="A229" s="2">
+        <v>227</v>
+      </c>
+      <c r="B229" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H229" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I229" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="J229" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="K229" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L229" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M229" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N229" s="3"/>
+      <c r="O229" s="3">
+        <v>758</v>
+      </c>
+      <c r="P229" s="3">
+        <v>506</v>
+      </c>
+      <c r="Q229" s="3">
+        <v>506</v>
+      </c>
+      <c r="R229" s="3">
+        <v>43.55</v>
+      </c>
+      <c r="S229" s="3">
+        <v>43.55</v>
+      </c>
+      <c r="T229" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U229" s="3"/>
+      <c r="V229" s="3"/>
+      <c r="W229" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X229" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y229" s="2" t="s">
+        <v>1198</v>
+      </c>
+      <c r="Z229" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA229" s="2">
+        <v>10.35</v>
+      </c>
+      <c r="AB229" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC229" s="2">
+        <v>42.89</v>
+      </c>
+      <c r="AD229" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="230" spans="1:30">
+      <c r="A230" s="2">
+        <v>228</v>
+      </c>
+      <c r="B230" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H230" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I230" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J230" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="K230" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L230" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M230" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N230" s="3"/>
+      <c r="O230" s="3">
+        <v>1206</v>
+      </c>
+      <c r="P230" s="3">
+        <v>1041</v>
+      </c>
+      <c r="Q230" s="3">
+        <v>1041</v>
+      </c>
+      <c r="R230" s="3">
+        <v>89.7</v>
+      </c>
+      <c r="S230" s="3">
+        <v>89.7</v>
+      </c>
+      <c r="T230" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U230" s="3"/>
+      <c r="V230" s="3"/>
+      <c r="W230" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X230" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y230" s="2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="Z230" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA230" s="2">
+        <v>22.27</v>
+      </c>
+      <c r="AB230" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC230" s="2">
+        <v>88.52</v>
+      </c>
+      <c r="AD230" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="231" spans="1:30">
+      <c r="A231" s="2">
+        <v>229</v>
+      </c>
+      <c r="B231" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C231" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E231" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H231" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I231" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J231" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="K231" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L231" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M231" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N231" s="3"/>
+      <c r="O231" s="3">
+        <v>837</v>
+      </c>
+      <c r="P231" s="3">
+        <v>650</v>
+      </c>
+      <c r="Q231" s="3">
+        <v>649</v>
+      </c>
+      <c r="R231" s="3">
+        <v>44.45</v>
+      </c>
+      <c r="S231" s="3">
+        <v>44.45</v>
+      </c>
+      <c r="T231" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U231" s="3"/>
+      <c r="V231" s="3"/>
+      <c r="W231" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X231" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y231" s="2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="Z231" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA231" s="2">
+        <v>9.04</v>
+      </c>
+      <c r="AB231" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC231" s="2">
+        <v>36.94</v>
+      </c>
+      <c r="AD231" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="232" spans="1:30">
+      <c r="A232" s="2">
+        <v>230</v>
+      </c>
+      <c r="B232" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H232" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I232" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J232" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="K232" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L232" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M232" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N232" s="3"/>
+      <c r="O232" s="3">
+        <v>1902</v>
+      </c>
+      <c r="P232" s="3">
+        <v>1430</v>
+      </c>
+      <c r="Q232" s="3">
+        <v>1430</v>
+      </c>
+      <c r="R232" s="3">
+        <v>94.73</v>
+      </c>
+      <c r="S232" s="3">
+        <v>94.73</v>
+      </c>
+      <c r="T232" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U232" s="3"/>
+      <c r="V232" s="3"/>
+      <c r="W232" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X232" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y232" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="Z232" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA232" s="2">
+        <v>78.44</v>
+      </c>
+      <c r="AB232" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC232" s="2">
+        <v>78.44</v>
+      </c>
+      <c r="AD232" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="233" spans="1:30">
+      <c r="A233" s="2">
+        <v>231</v>
+      </c>
+      <c r="B233" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H233" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I233" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="J233" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="K233" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L233" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M233" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N233" s="3"/>
+      <c r="O233" s="3">
+        <v>6294</v>
+      </c>
+      <c r="P233" s="3">
+        <v>4844</v>
+      </c>
+      <c r="Q233" s="3">
+        <v>4844</v>
+      </c>
+      <c r="R233" s="3">
+        <v>310.52</v>
+      </c>
+      <c r="S233" s="3">
+        <v>310.52</v>
+      </c>
+      <c r="T233" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U233" s="3"/>
+      <c r="V233" s="3"/>
+      <c r="W233" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X233" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y233" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z233" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA233" s="2">
+        <v>257.86</v>
+      </c>
+      <c r="AB233" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC233" s="2">
+        <v>257.86</v>
+      </c>
+      <c r="AD233" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="234" spans="1:30">
+      <c r="A234" s="2">
+        <v>232</v>
+      </c>
+      <c r="B234" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H234" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="I234" s="3" t="s">
+        <v>1216</v>
+      </c>
+      <c r="J234" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K234" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L234" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M234" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N234" s="3"/>
+      <c r="O234" s="3">
+        <v>9212</v>
+      </c>
+      <c r="P234" s="3">
+        <v>7354</v>
+      </c>
+      <c r="Q234" s="3">
+        <v>6147</v>
+      </c>
+      <c r="R234" s="3">
+        <v>487.62</v>
+      </c>
+      <c r="S234" s="3">
+        <v>487.62</v>
+      </c>
+      <c r="T234" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U234" s="3"/>
+      <c r="V234" s="3"/>
+      <c r="W234" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X234" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y234" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z234" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA234" s="2">
+        <v>373.58</v>
+      </c>
+      <c r="AB234" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC234" s="2">
+        <v>373.58</v>
+      </c>
+      <c r="AD234" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="235" spans="1:30">
+      <c r="A235" s="2">
+        <v>233</v>
+      </c>
+      <c r="B235" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E235" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H235" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I235" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J235" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K235" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L235" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M235" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N235" s="3"/>
+      <c r="O235" s="3">
+        <v>2985</v>
+      </c>
+      <c r="P235" s="3">
+        <v>2821</v>
+      </c>
+      <c r="Q235" s="3">
+        <v>2821</v>
+      </c>
+      <c r="R235" s="3">
+        <v>229.8</v>
+      </c>
+      <c r="S235" s="3">
+        <v>229.8</v>
+      </c>
+      <c r="T235" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U235" s="3"/>
+      <c r="V235" s="3"/>
+      <c r="W235" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X235" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y235" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z235" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA235" s="2">
+        <v>136.63</v>
+      </c>
+      <c r="AB235" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC235" s="2">
+        <v>136.63</v>
+      </c>
+      <c r="AD235" s="2" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="236" spans="1:30">
+      <c r="A236" s="2">
+        <v>234</v>
+      </c>
+      <c r="B236" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H236" s="3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I236" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="J236" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="K236" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L236" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M236" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N236" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O236" s="3">
+        <v>1461</v>
+      </c>
+      <c r="P236" s="3">
+        <v>794</v>
+      </c>
+      <c r="Q236" s="3">
+        <v>1154</v>
+      </c>
+      <c r="R236" s="3">
+        <v>582.29</v>
+      </c>
+      <c r="S236" s="3">
+        <v>582.29</v>
+      </c>
+      <c r="T236" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U236" s="3"/>
+      <c r="V236" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="W236" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X236" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y236" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="Z236" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA236" s="2">
+        <v>46.86</v>
+      </c>
+      <c r="AB236" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC236" s="2">
+        <v>299.34</v>
+      </c>
+      <c r="AD236" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="237" spans="1:30">
+      <c r="A237" s="2">
+        <v>235</v>
+      </c>
+      <c r="B237" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H237" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J237" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="K237" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L237" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M237" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N237" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O237" s="3">
+        <v>4203</v>
+      </c>
+      <c r="P237" s="3">
+        <v>1976</v>
+      </c>
+      <c r="Q237" s="3">
+        <v>2348</v>
+      </c>
+      <c r="R237" s="3">
+        <v>851.94</v>
+      </c>
+      <c r="S237" s="3">
+        <v>851.94</v>
+      </c>
+      <c r="T237" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U237" s="3"/>
+      <c r="V237" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="W237" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X237" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y237" s="2" t="s">
+        <v>1229</v>
+      </c>
+      <c r="Z237" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA237" s="2">
+        <v>35.56</v>
+      </c>
+      <c r="AB237" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC237" s="2">
+        <v>723.85</v>
+      </c>
+      <c r="AD237" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="238" spans="1:30">
+      <c r="A238" s="2">
+        <v>236</v>
+      </c>
+      <c r="B238" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H238" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I238" s="3" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J238" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="K238" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L238" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M238" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="N238" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O238" s="3">
+        <v>5111</v>
+      </c>
+      <c r="P238" s="3">
+        <v>5483</v>
+      </c>
+      <c r="Q238" s="3">
+        <v>5483</v>
+      </c>
+      <c r="R238" s="3">
+        <v>892.32</v>
+      </c>
+      <c r="S238" s="3">
+        <v>892.32</v>
+      </c>
+      <c r="T238" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U238" s="3"/>
+      <c r="V238" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="W238" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X238" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y238" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="Z238" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA238" s="2">
+        <v>1387.18</v>
+      </c>
+      <c r="AB238" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC238" s="2">
+        <v>777.02</v>
+      </c>
+      <c r="AD238" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="239" spans="1:30">
+      <c r="A239" s="2">
+        <v>237</v>
+      </c>
+      <c r="B239" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H239" s="3" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I239" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J239" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K239" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L239" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M239" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="N239" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O239" s="3">
+        <v>3453</v>
+      </c>
+      <c r="P239" s="3">
+        <v>1858</v>
+      </c>
+      <c r="Q239" s="3">
+        <v>1858</v>
+      </c>
+      <c r="R239" s="3">
+        <v>833.08</v>
+      </c>
+      <c r="S239" s="3">
+        <v>833.08</v>
+      </c>
+      <c r="T239" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U239" s="3"/>
+      <c r="V239" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="W239" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X239" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y239" s="2" t="s">
+        <v>1239</v>
+      </c>
+      <c r="Z239" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA239" s="2">
+        <v>26.13</v>
+      </c>
+      <c r="AB239" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC239" s="2">
+        <v>499.11</v>
+      </c>
+      <c r="AD239" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="240" spans="1:30">
+      <c r="A240" s="2">
+        <v>238</v>
+      </c>
+      <c r="B240" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H240" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I240" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="J240" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="K240" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L240" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M240" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N240" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O240" s="3">
+        <v>770</v>
+      </c>
+      <c r="P240" s="3">
+        <v>216</v>
+      </c>
+      <c r="Q240" s="3">
+        <v>216</v>
+      </c>
+      <c r="R240" s="3">
+        <v>501.29</v>
+      </c>
+      <c r="S240" s="3">
+        <v>501.29</v>
+      </c>
+      <c r="T240" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U240" s="3"/>
+      <c r="V240" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="W240" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X240" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y240" s="2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="Z240" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA240" s="2">
+        <v>137.55</v>
+      </c>
+      <c r="AB240" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC240" s="2">
+        <v>253.55</v>
+      </c>
+      <c r="AD240" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="241" spans="1:30">
+      <c r="A241" s="2">
+        <v>239</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H241" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I241" s="3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="J241" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="K241" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L241" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M241" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="N241" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O241" s="3">
+        <v>2785</v>
+      </c>
+      <c r="P241" s="3">
+        <v>379</v>
+      </c>
+      <c r="Q241" s="3">
+        <v>379</v>
+      </c>
+      <c r="R241" s="3">
+        <v>679.22</v>
+      </c>
+      <c r="S241" s="3">
+        <v>679.22</v>
+      </c>
+      <c r="T241" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U241" s="3"/>
+      <c r="V241" s="3" t="s">
+        <v>1248</v>
+      </c>
+      <c r="W241" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X241" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y241" s="2" t="s">
+        <v>1249</v>
+      </c>
+      <c r="Z241" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA241" s="2">
+        <v>75.06</v>
+      </c>
+      <c r="AB241" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC241" s="2">
+        <v>434.22</v>
+      </c>
+      <c r="AD241" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="242" spans="1:30">
+      <c r="A242" s="2">
+        <v>240</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H242" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I242" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J242" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="K242" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L242" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M242" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N242" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O242" s="3">
+        <v>1922</v>
+      </c>
+      <c r="P242" s="3">
+        <v>355</v>
+      </c>
+      <c r="Q242" s="3">
+        <v>355</v>
+      </c>
+      <c r="R242" s="3">
+        <v>338.02</v>
+      </c>
+      <c r="S242" s="3">
+        <v>338.02</v>
+      </c>
+      <c r="T242" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U242" s="3"/>
+      <c r="V242" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="W242" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X242" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y242" s="2" t="s">
+        <v>1254</v>
+      </c>
+      <c r="Z242" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA242" s="2">
+        <v>205.59</v>
+      </c>
+      <c r="AB242" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC242" s="2">
+        <v>150.13</v>
+      </c>
+      <c r="AD242" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="243" spans="1:30">
+      <c r="A243" s="2">
+        <v>241</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H243" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I243" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="J243" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="K243" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L243" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M243" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N243" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O243" s="3">
+        <v>3735</v>
+      </c>
+      <c r="P243" s="3">
+        <v>1093</v>
+      </c>
+      <c r="Q243" s="3">
+        <v>1093</v>
+      </c>
+      <c r="R243" s="3">
+        <v>540.38</v>
+      </c>
+      <c r="S243" s="3">
+        <v>540.38</v>
+      </c>
+      <c r="T243" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U243" s="3"/>
+      <c r="V243" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="W243" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X243" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y243" s="2" t="s">
+        <v>1259</v>
+      </c>
+      <c r="Z243" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA243" s="2">
+        <v>457.33</v>
+      </c>
+      <c r="AB243" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC243" s="2">
+        <v>308.7</v>
+      </c>
+      <c r="AD243" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="244" spans="1:30">
+      <c r="A244" s="2">
+        <v>242</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H244" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I244" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J244" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K244" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L244" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M244" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N244" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O244" s="3">
+        <v>7444</v>
+      </c>
+      <c r="P244" s="3">
+        <v>1576</v>
+      </c>
+      <c r="Q244" s="3">
+        <v>1576</v>
+      </c>
+      <c r="R244" s="3">
+        <v>903.97</v>
+      </c>
+      <c r="S244" s="3">
+        <v>903.97</v>
+      </c>
+      <c r="T244" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U244" s="3"/>
+      <c r="V244" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="W244" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X244" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y244" s="2" t="s">
+        <v>1264</v>
+      </c>
+      <c r="Z244" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA244" s="2">
+        <v>805.45</v>
+      </c>
+      <c r="AB244" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC244" s="2">
+        <v>473.42</v>
+      </c>
+      <c r="AD244" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="245" spans="1:30">
+      <c r="A245" s="2">
+        <v>243</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H245" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I245" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J245" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="K245" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L245" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M245" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="N245" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O245" s="3">
+        <v>4364</v>
+      </c>
+      <c r="P245" s="3">
+        <v>715</v>
+      </c>
+      <c r="Q245" s="3">
+        <v>715</v>
+      </c>
+      <c r="R245" s="3">
+        <v>989.95</v>
+      </c>
+      <c r="S245" s="3">
+        <v>989.95</v>
+      </c>
+      <c r="T245" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U245" s="3"/>
+      <c r="V245" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="W245" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X245" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y245" s="2" t="s">
+        <v>1269</v>
+      </c>
+      <c r="Z245" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA245" s="2">
+        <v>145.79</v>
+      </c>
+      <c r="AB245" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC245" s="2">
+        <v>605.87</v>
+      </c>
+      <c r="AD245" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="246" spans="1:30">
+      <c r="A246" s="2">
+        <v>244</v>
+      </c>
+      <c r="B246" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H246" s="3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I246" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J246" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="K246" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L246" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M246" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N246" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O246" s="3">
+        <v>3532</v>
+      </c>
+      <c r="P246" s="3">
+        <v>789</v>
+      </c>
+      <c r="Q246" s="3">
+        <v>1059</v>
+      </c>
+      <c r="R246" s="3">
+        <v>808.29</v>
+      </c>
+      <c r="S246" s="3">
+        <v>808.29</v>
+      </c>
+      <c r="T246" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U246" s="3"/>
+      <c r="V246" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="W246" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X246" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y246" s="2" t="s">
+        <v>1274</v>
+      </c>
+      <c r="Z246" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA246" s="2">
+        <v>66</v>
+      </c>
+      <c r="AB246" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC246" s="2">
+        <v>483.31</v>
+      </c>
+      <c r="AD246" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="247" spans="1:30">
+      <c r="A247" s="2">
+        <v>245</v>
+      </c>
+      <c r="B247" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H247" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I247" s="3" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J247" s="3"/>
+      <c r="K247" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L247" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M247" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N247" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O247" s="3">
+        <v>5377</v>
+      </c>
+      <c r="P247" s="3">
+        <v>2619</v>
+      </c>
+      <c r="Q247" s="3">
+        <v>2619</v>
+      </c>
+      <c r="R247" s="3">
+        <v>948.13</v>
+      </c>
+      <c r="S247" s="3">
+        <v>948.13</v>
+      </c>
+      <c r="T247" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U247" s="3"/>
+      <c r="V247" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="W247" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X247" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y247" s="2" t="s">
+        <v>1279</v>
+      </c>
+      <c r="Z247" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA247" s="2">
+        <v>350.1</v>
+      </c>
+      <c r="AB247" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC247" s="2">
+        <v>574.65</v>
+      </c>
+      <c r="AD247" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="248" spans="1:30">
+      <c r="A248" s="2">
+        <v>246</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H248" s="3" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I248" s="3" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J248" s="3"/>
+      <c r="K248" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L248" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M248" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N248" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O248" s="3">
+        <v>626</v>
+      </c>
+      <c r="P248" s="3">
+        <v>491</v>
+      </c>
+      <c r="Q248" s="3">
+        <v>491</v>
+      </c>
+      <c r="R248" s="3">
+        <v>396.07</v>
+      </c>
+      <c r="S248" s="3">
+        <v>396.07</v>
+      </c>
+      <c r="T248" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U248" s="3"/>
+      <c r="V248" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="W248" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X248" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y248" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="Z248" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA248" s="2">
+        <v>100.27</v>
+      </c>
+      <c r="AB248" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC248" s="2">
+        <v>137.15</v>
+      </c>
+      <c r="AD248" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="249" spans="1:30">
+      <c r="A249" s="2">
+        <v>247</v>
+      </c>
+      <c r="B249" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E249" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H249" s="3" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I249" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J249" s="3"/>
+      <c r="K249" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L249" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M249" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N249" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O249" s="3">
+        <v>109</v>
+      </c>
+      <c r="P249" s="3">
+        <v>85</v>
+      </c>
+      <c r="Q249" s="3">
+        <v>85</v>
+      </c>
+      <c r="R249" s="3">
+        <v>38.92</v>
+      </c>
+      <c r="S249" s="3">
+        <v>38.92</v>
+      </c>
+      <c r="T249" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U249" s="3"/>
+      <c r="V249" s="3" t="s">
+        <v>1288</v>
+      </c>
+      <c r="W249" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X249" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y249" s="2" t="s">
+        <v>1289</v>
+      </c>
+      <c r="Z249" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA249" s="2">
+        <v>58.28</v>
+      </c>
+      <c r="AB249" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC249" s="2">
+        <v>35.36</v>
+      </c>
+      <c r="AD249" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="250" spans="1:30">
+      <c r="A250" s="2">
+        <v>248</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H250" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J250" s="3"/>
+      <c r="K250" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L250" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M250" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N250" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O250" s="3">
+        <v>469</v>
+      </c>
+      <c r="P250" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q250" s="3">
+        <v>100</v>
+      </c>
+      <c r="R250" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S250" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T250" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U250" s="3"/>
+      <c r="V250" s="3" t="s">
+        <v>1293</v>
+      </c>
+      <c r="W250" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X250" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y250" s="2" t="s">
+        <v>1294</v>
+      </c>
+      <c r="Z250" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA250" s="2">
+        <v>61</v>
+      </c>
+      <c r="AB250" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC250" s="2">
+        <v>36.62</v>
+      </c>
+      <c r="AD250" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="251" spans="1:30">
+      <c r="A251" s="2">
+        <v>249</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H251" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I251" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="J251" s="3"/>
+      <c r="K251" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L251" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M251" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N251" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O251" s="3">
+        <v>510</v>
+      </c>
+      <c r="P251" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q251" s="3">
+        <v>100</v>
+      </c>
+      <c r="R251" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S251" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T251" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U251" s="3"/>
+      <c r="V251" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="W251" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X251" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y251" s="2" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Z251" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA251" s="2">
+        <v>61</v>
+      </c>
+      <c r="AB251" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC251" s="2">
+        <v>36.81</v>
+      </c>
+      <c r="AD251" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="252" spans="1:30">
+      <c r="A252" s="2">
+        <v>250</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H252" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I252" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="J252" s="3"/>
+      <c r="K252" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L252" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="M252" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="N252" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O252" s="3">
+        <v>528</v>
+      </c>
+      <c r="P252" s="3">
+        <v>100</v>
+      </c>
+      <c r="Q252" s="3">
+        <v>100</v>
+      </c>
+      <c r="R252" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="S252" s="3">
+        <v>40.62</v>
+      </c>
+      <c r="T252" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U252" s="3"/>
+      <c r="V252" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="W252" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X252" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y252" s="2" t="s">
+        <v>1304</v>
+      </c>
+      <c r="Z252" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA252" s="2">
+        <v>61.08</v>
+      </c>
+      <c r="AB252" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC252" s="2">
+        <v>36.79</v>
+      </c>
+      <c r="AD252" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="253" spans="1:30">
+      <c r="A253" s="2">
+        <v>251</v>
+      </c>
+      <c r="B253" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H253" s="3" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I253" s="3" t="s">
+        <v>1307</v>
+      </c>
+      <c r="J253" s="3"/>
+      <c r="K253" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L253" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M253" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N253" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O253" s="3">
+        <v>73</v>
+      </c>
+      <c r="P253" s="3">
+        <v>75</v>
+      </c>
+      <c r="Q253" s="3">
+        <v>75</v>
+      </c>
+      <c r="R253" s="3">
+        <v>38.62</v>
+      </c>
+      <c r="S253" s="3">
+        <v>38.62</v>
+      </c>
+      <c r="T253" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U253" s="3"/>
+      <c r="V253" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="W253" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X253" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y253" s="2" t="s">
+        <v>1309</v>
+      </c>
+      <c r="Z253" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA253" s="2">
+        <v>57.8</v>
+      </c>
+      <c r="AB253" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC253" s="2">
+        <v>35.2</v>
+      </c>
+      <c r="AD253" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="254" spans="1:30">
+      <c r="A254" s="2">
+        <v>252</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H254" s="3" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I254" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="J254" s="3"/>
+      <c r="K254" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L254" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="M254" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N254" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O254" s="3">
+        <v>21</v>
+      </c>
+      <c r="P254" s="3">
+        <v>38</v>
+      </c>
+      <c r="Q254" s="3">
+        <v>38</v>
+      </c>
+      <c r="R254" s="3">
+        <v>32.81</v>
+      </c>
+      <c r="S254" s="3">
+        <v>32.81</v>
+      </c>
+      <c r="T254" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U254" s="3"/>
+      <c r="V254" s="3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="W254" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X254" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y254" s="2" t="s">
+        <v>1314</v>
+      </c>
+      <c r="Z254" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA254" s="2">
+        <v>47.24</v>
+      </c>
+      <c r="AB254" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC254" s="2">
+        <v>29.94</v>
+      </c>
+      <c r="AD254" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="255" spans="1:30">
+      <c r="A255" s="2">
+        <v>253</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H255" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I255" s="3" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J255" s="3"/>
+      <c r="K255" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L255" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M255" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N255" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O255" s="3">
+        <v>1120</v>
+      </c>
+      <c r="P255" s="3">
+        <v>1198</v>
+      </c>
+      <c r="Q255" s="3">
+        <v>1198</v>
+      </c>
+      <c r="R255" s="3">
+        <v>620.94</v>
+      </c>
+      <c r="S255" s="3">
+        <v>620.94</v>
+      </c>
+      <c r="T255" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U255" s="3"/>
+      <c r="V255" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="W255" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X255" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y255" s="2" t="s">
+        <v>1318</v>
+      </c>
+      <c r="Z255" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA255" s="2">
+        <v>59.23</v>
+      </c>
+      <c r="AB255" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC255" s="2">
+        <v>416.77</v>
+      </c>
+      <c r="AD255" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="256" spans="1:30">
+      <c r="A256" s="2">
+        <v>254</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E256" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H256" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I256" s="3" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J256" s="3"/>
+      <c r="K256" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L256" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M256" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N256" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="O256" s="3">
+        <v>667</v>
+      </c>
+      <c r="P256" s="3">
+        <v>782</v>
+      </c>
+      <c r="Q256" s="3">
+        <v>782</v>
+      </c>
+      <c r="R256" s="3">
+        <v>562.54</v>
+      </c>
+      <c r="S256" s="3">
+        <v>562.54</v>
+      </c>
+      <c r="T256" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U256" s="3"/>
+      <c r="V256" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="W256" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X256" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y256" s="2" t="s">
+        <v>1323</v>
+      </c>
+      <c r="Z256" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA256" s="2">
+        <v>473.43</v>
+      </c>
+      <c r="AB256" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC256" s="2">
+        <v>289.67</v>
+      </c>
+      <c r="AD256" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="257" spans="1:30">
+      <c r="A257" s="2">
+        <v>255</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H257" s="3" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I257" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J257" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="K257" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L257" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M257" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N257" s="3"/>
+      <c r="O257" s="3">
+        <v>2213</v>
+      </c>
+      <c r="P257" s="3">
+        <v>1412</v>
+      </c>
+      <c r="Q257" s="3">
+        <v>1413</v>
+      </c>
+      <c r="R257" s="3">
+        <v>92.47</v>
+      </c>
+      <c r="S257" s="3">
+        <v>92.47</v>
+      </c>
+      <c r="T257" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U257" s="3"/>
+      <c r="V257" s="3"/>
+      <c r="W257" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X257" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y257" s="2" t="s">
+        <v>1327</v>
+      </c>
+      <c r="Z257" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA257" s="2">
+        <v>64.56</v>
+      </c>
+      <c r="AB257" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC257" s="2">
+        <v>62.34</v>
+      </c>
+      <c r="AD257" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="258" spans="1:30">
+      <c r="A258" s="2">
+        <v>256</v>
+      </c>
+      <c r="B258" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H258" s="3" t="s">
+        <v>1329</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>1330</v>
+      </c>
+      <c r="J258" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="K258" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L258" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M258" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="N258" s="3"/>
+      <c r="O258" s="3">
+        <v>2945</v>
+      </c>
+      <c r="P258" s="3">
+        <v>10249</v>
+      </c>
+      <c r="Q258" s="3">
+        <v>2600</v>
+      </c>
+      <c r="R258" s="3">
+        <v>746.48</v>
+      </c>
+      <c r="S258" s="3">
+        <v>746.48</v>
+      </c>
+      <c r="T258" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U258" s="3"/>
+      <c r="V258" s="3"/>
+      <c r="W258" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="X258" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y258" s="2" t="s">
+        <v>1331</v>
+      </c>
+      <c r="Z258" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA258" s="2">
+        <v>5.37</v>
+      </c>
+      <c r="AB258" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC258" s="2">
+        <v>589.37</v>
+      </c>
+      <c r="AD258" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="259" spans="1:30">
+      <c r="A259" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B259" s="6"/>
+      <c r="C259" s="6"/>
+      <c r="D259" s="6"/>
+      <c r="E259" s="6"/>
+      <c r="F259" s="6"/>
+      <c r="G259" s="6"/>
+      <c r="H259" s="6"/>
+      <c r="I259" s="6"/>
+      <c r="J259" s="6"/>
+      <c r="K259" s="6"/>
+      <c r="L259" s="6"/>
+      <c r="M259" s="6"/>
+      <c r="N259" s="6"/>
+      <c r="O259" s="6">
+        <v>1006134</v>
+      </c>
+      <c r="P259" s="6">
+        <v>660597</v>
+      </c>
+      <c r="Q259" s="6">
+        <v>555039</v>
+      </c>
+      <c r="R259" s="6">
+        <v>181951.06</v>
+      </c>
+      <c r="S259" s="6">
+        <v>181951.06</v>
+      </c>
+      <c r="T259" s="6"/>
+      <c r="U259" s="6"/>
+      <c r="V259" s="6"/>
+      <c r="W259" s="6"/>
+      <c r="X259" s="6"/>
+      <c r="Y259" s="6"/>
+      <c r="Z259" s="6"/>
+      <c r="AA259" s="6">
+        <v>110774.38</v>
+      </c>
+      <c r="AB259" s="6"/>
+      <c r="AC259" s="6">
+        <v>143763.28</v>
+      </c>
+      <c r="AD259" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:X1"/>
-    <mergeCell ref="A79:N79"/>
-    <mergeCell ref="T79:Z79"/>
+    <mergeCell ref="A259:N259"/>
+    <mergeCell ref="T259:Z259"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>