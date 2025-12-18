--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List of villages where scheme a" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>List of villages where scheme approved in SlSSC</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Gram Panchayat</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Village Code</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
@@ -74,57 +74,66 @@
   <si>
     <t>Total Households</t>
   </si>
   <si>
     <t>FHTCs approved in SLSSC</t>
   </si>
   <si>
     <t>Corrected FHTCs</t>
   </si>
   <si>
     <t>SLSSC Date</t>
   </si>
   <si>
     <t>HOOGHLY</t>
   </si>
   <si>
     <t>Goghat-II</t>
   </si>
   <si>
     <t>HAZIPUR</t>
   </si>
   <si>
     <t>Chandpur</t>
   </si>
   <si>
+    <t>RETROFITTING WORKS FOR PROVIDING FHTC WITHIN THE COMMAND AREA OF HAZIPUR WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/11998</t>
+  </si>
+  <si>
     <t>TSM/010984</t>
   </si>
   <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
     <t>MVS</t>
   </si>
   <si>
-    <t>01/01/1970</t>
+    <t>05/07/2022</t>
   </si>
   <si>
     <t>Debkhanda</t>
   </si>
   <si>
     <t>Hazipur</t>
   </si>
   <si>
     <t>Mandala</t>
   </si>
   <si>
     <t>Datpur</t>
   </si>
   <si>
     <t>Tehure</t>
   </si>
   <si>
     <t>Uttar Arjungaria</t>
   </si>
   <si>
     <t>Dariahar</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
@@ -539,51 +548,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -632,384 +641,432 @@
         <v>14</v>
       </c>
       <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="3">
         <v>324215</v>
       </c>
-      <c r="G3" s="3"/>
-      <c r="H3" s="2"/>
+      <c r="G3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I3" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J3" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K3" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L3" s="4">
         <v>296</v>
       </c>
       <c r="M3" s="4">
         <v>280</v>
       </c>
       <c r="N3" s="4">
         <v>280</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F4" s="3">
         <v>324216</v>
       </c>
-      <c r="G4" s="3"/>
-      <c r="H4" s="2"/>
+      <c r="G4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I4" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J4" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K4" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L4" s="4">
         <v>678</v>
       </c>
       <c r="M4" s="4">
         <v>280</v>
       </c>
       <c r="N4" s="4">
         <v>280</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F5" s="3">
         <v>324217</v>
       </c>
-      <c r="G5" s="3"/>
-      <c r="H5" s="2"/>
+      <c r="G5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I5" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J5" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K5" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L5" s="4">
         <v>944</v>
       </c>
       <c r="M5" s="4">
         <v>561</v>
       </c>
       <c r="N5" s="4">
         <v>561</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F6" s="3">
         <v>324218</v>
       </c>
-      <c r="G6" s="3"/>
-      <c r="H6" s="2"/>
+      <c r="G6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I6" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J6" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L6" s="4">
         <v>76</v>
       </c>
       <c r="M6" s="4">
         <v>280</v>
       </c>
       <c r="N6" s="4">
         <v>280</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3">
         <v>324221</v>
       </c>
-      <c r="G7" s="3"/>
-      <c r="H7" s="2"/>
+      <c r="G7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I7" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J7" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L7" s="4">
         <v>360</v>
       </c>
       <c r="M7" s="4">
         <v>280</v>
       </c>
       <c r="N7" s="4">
         <v>280</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F8" s="3">
         <v>324222</v>
       </c>
-      <c r="G8" s="3"/>
-      <c r="H8" s="2"/>
+      <c r="G8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I8" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J8" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K8" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L8" s="4">
         <v>210</v>
       </c>
       <c r="M8" s="4">
         <v>280</v>
       </c>
       <c r="N8" s="4">
         <v>280</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F9" s="3">
         <v>324223</v>
       </c>
-      <c r="G9" s="3"/>
-      <c r="H9" s="2"/>
+      <c r="G9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I9" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J9" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K9" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L9" s="4">
         <v>0</v>
       </c>
       <c r="M9" s="4">
         <v>280</v>
       </c>
       <c r="N9" s="4">
         <v>280</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
         <v>324228</v>
       </c>
-      <c r="G10" s="3"/>
-      <c r="H10" s="2"/>
+      <c r="G10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I10" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J10" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K10" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L10" s="4">
         <v>100</v>
       </c>
       <c r="M10" s="4">
         <v>0</v>
       </c>
       <c r="N10" s="4">
         <v>0</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9">
         <v>2664</v>
       </c>
       <c r="M11" s="9">
         <v>2241</v>
       </c>
       <c r="N11" s="9">
         <v>2241</v>
       </c>
       <c r="O11" s="9" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A11:K11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>