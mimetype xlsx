--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,195 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>PURBA BARDHAMAN</t>
+  </si>
+  <si>
+    <t>Burdwan Division</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) by retrofitting within the command area of Jay Krishnapur Piped Water Supply Scheme at Galsi-II Block</t>
+  </si>
+  <si>
+    <t>SM/07781</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Hire &amp; fuel charges of vehicle (Car No.-WB-37C-8293) for the office of the Assistant Engineer, Durgapur Sub-Division, PHE Dte. for the month of April'23.</t>
+  </si>
+  <si>
+    <t>BILL/00293/2023-2024</t>
+  </si>
+  <si>
+    <t>203/JJM</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>SUJAUDDIN SEKH</t>
+  </si>
+  <si>
+    <t>Vehicle bill for the month of September &amp; October'2023.</t>
+  </si>
+  <si>
+    <t>BILL/01676/2023-2024</t>
+  </si>
+  <si>
+    <t>961/JJM</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>Sinking of 200mm dia River bank Tube Well 60 mtr. Depth by D.R. Rig method using UPVC pipe (CM) and UPVC Deep Well Screen (RMS) at Taranagar village under Joykrishnapur water supply scheme,Block -Galsi-II, Dist - Purba Bardhaman under Durgapur Sub Division, PHE Dte. [Gr.-A]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
+  </si>
+  <si>
+    <t>ORD/000330/2022-2023</t>
+  </si>
+  <si>
+    <t>533/DSD</t>
+  </si>
+  <si>
+    <t>22/08/2022</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>ANIRUDDHA FARUQUE</t>
+  </si>
+  <si>
+    <t>Sinking of 200mm dia River bank Tube Well 60 mtr. Depth by D.R. Rig method using UPVC pipe (CM) and UPVC Deep Well Screen (RMS) at Simuliya village under Joykrishnapur water supply scheme,Block -Galsi-II, Dist - Purba Bardhaman under Durgapur Sub Division, PHE Dte. [Gr.-B]</t>
+  </si>
+  <si>
+    <t>ORD/000331/2022-2023</t>
+  </si>
+  <si>
+    <t>534/DSD</t>
+  </si>
+  <si>
+    <t>SANDIPAN SENGUPTA</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) from existing distribution system within the command area of Joykrishnapur Piped Water Supply Scheme at Joykrishnapur (4 Nos Habitation), Pilgram &amp; Taranagar (2 Nos Habitation) Village (Mouza), Galsi-II Block under Burdwan Divn., PHE Dte.[Agreement No. 609/BWD OF 2020-2021]</t>
+  </si>
+  <si>
+    <t>ORD/000380/2020-2021</t>
+  </si>
+  <si>
+    <t>752/BWD</t>
+  </si>
+  <si>
+    <t>29/01/2021</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
+    <t>SUDHAMAY MAJUMDAR</t>
+  </si>
+  <si>
+    <t>Laying of parallel line with 90 mm dia uPVC pipe within Node 86-88 and providing air valve for improvement of water supply to FHTC at Pilgram village within Jaykrishnapur and its adjoining mouzas W/S Scheme under Durgapur Sub-Division, Burdwan Division, P.H.E. Dte. [Gr.-I)</t>
+  </si>
+  <si>
+    <t>ORD/000464/2021-2022</t>
+  </si>
+  <si>
+    <t>81/DSD</t>
+  </si>
+  <si>
+    <t>11/02/2022</t>
+  </si>
+  <si>
+    <t>13/03/2022</t>
+  </si>
+  <si>
+    <t>TARAMA AGENCY</t>
+  </si>
+  <si>
+    <t>Restoration of damaged pipeline of distribution main for construction of drain, concrete road etc. at various point at Jaykrishnapur, Taranagar and Pilgram village for providing FHTC within Jaykrishnapur W/S Scheme in Galsi-II Block under Burdwan Division, P.H.E. Dte.[SL-A]</t>
+  </si>
+  <si>
+    <t>ORD/000622/2021-2022</t>
+  </si>
+  <si>
+    <t>162/DSD</t>
+  </si>
+  <si>
+    <t>16/03/2022</t>
+  </si>
+  <si>
+    <t>15/04/2022</t>
+  </si>
+  <si>
+    <t>Making Connection with 90 mm dia uPVC pipe within Node 162-168 for improvement of water supply to FHTC at Taranagar village within Jaykrishnapur and its adjoining mouzas W/S Scheme under Durgapur Sub-Division, Burdwan Division, P.H.E. Dte. [SL-24]</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
+  </si>
+  <si>
+    <t>ORD/000866/2022-2023</t>
+  </si>
+  <si>
+    <t>722/DSD</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t>29/01/2023</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +295,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +648,673 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...12 lines deleted...]
-      <c r="O3" s="6">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" s="4">
+        <v>0.4</v>
+      </c>
+      <c r="Q3" s="4">
         <v>0</v>
       </c>
-      <c r="P3" s="6">
+      <c r="R3" s="4">
         <v>0</v>
       </c>
-      <c r="Q3" s="6" t="s">
-[...3 lines deleted...]
-      <c r="S3" s="6"/>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" s="4">
+        <v>0.65</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" s="4">
+        <v>4.35</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>1</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" s="4">
+        <v>4.35</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>4.36</v>
+      </c>
+      <c r="R6" s="4">
+        <v>100.12</v>
+      </c>
+      <c r="S6" s="4">
+        <v>1</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P7" s="4">
+        <v>43.97</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>73.64</v>
+      </c>
+      <c r="R7" s="4">
+        <v>167.48</v>
+      </c>
+      <c r="S7" s="4">
+        <v>1</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P8" s="4">
+        <v>3.12</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>3.02</v>
+      </c>
+      <c r="R8" s="4">
+        <v>96.64</v>
+      </c>
+      <c r="S8" s="4">
+        <v>1</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P9" s="4">
+        <v>4.81</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>4.78</v>
+      </c>
+      <c r="R9" s="4">
+        <v>99.51</v>
+      </c>
+      <c r="S9" s="4">
+        <v>1</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P10" s="4">
+        <v>2.07</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>1.98</v>
+      </c>
+      <c r="R10" s="4">
+        <v>95.62</v>
+      </c>
+      <c r="S10" s="4">
+        <v>100</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>63.72</v>
+      </c>
+      <c r="P11" s="8">
+        <v>87.78</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>137.76</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>