--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -80,51 +80,51 @@
   <si>
     <t>Allotment</t>
   </si>
   <si>
     <t>Expenditure</t>
   </si>
   <si>
     <t>Solarization of grid connected pumping installation at Sutkujhuri PWSS in Paschim Medinipore District under JJM programme under Midnapore Mechanical Division, PHE Dte (SM/17383)</t>
   </si>
   <si>
     <t>SM/17383</t>
   </si>
   <si>
     <t>SOLARISATION</t>
   </si>
   <si>
     <t>0% Physical</t>
   </si>
   <si>
     <t>15/03/2023</t>
   </si>
   <si>
     <t>31/08/2026</t>
   </si>
   <si>
-    <t>13/11/2025</t>
+    <t>15/12/2025</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>Solarization of grid connected pumping installation Panpara PWSS in Paschim Medinipore District under JJM programme under Midnapore Mechanical Division, PHE Dte. (SM/17732)</t>
   </si>
   <si>
     <t>SM/17732</t>
   </si>
   <si>
     <t>17/03/2023</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>29/03/2023</t>
   </si>
   <si>
     <t>Solarization of grid connected pumping installation Chatra PWSS in Paschim Medinipore District under JJM programme under Midnapore Mechanical Division, PHE Dte. (SM/17735)</t>
   </si>
   <si>
     <t>SM/17735</t>
   </si>
@@ -31777,51 +31777,51 @@
       <c r="W480" s="1"/>
     </row>
     <row r="481" spans="1:23">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="C481" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="D481" s="3">
         <v>12.39</v>
       </c>
       <c r="E481" s="3">
         <v>0</v>
       </c>
       <c r="F481" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G481" s="3">
         <v>80</v>
       </c>
       <c r="H481" s="4" t="s">
-        <v>1152</v>
+        <v>151</v>
       </c>
       <c r="I481" s="4">
         <v>8</v>
       </c>
       <c r="J481" s="4" t="s">
         <v>26</v>
       </c>
       <c r="K481" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L481" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M481" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N481" s="4">
         <v>0.96</v>
       </c>
       <c r="O481" s="4">
         <v>0.96</v>
       </c>
       <c r="P481" s="1"/>
       <c r="Q481" s="1"/>
       <c r="R481" s="1"/>
@@ -36452,51 +36452,51 @@
       <c r="W565" s="1"/>
     </row>
     <row r="566" spans="1:23">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
         <v>1384</v>
       </c>
       <c r="C566" s="3" t="s">
         <v>1385</v>
       </c>
       <c r="D566" s="3">
         <v>12.39</v>
       </c>
       <c r="E566" s="3">
         <v>0</v>
       </c>
       <c r="F566" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G566" s="3">
         <v>90</v>
       </c>
       <c r="H566" s="4" t="s">
-        <v>1152</v>
+        <v>151</v>
       </c>
       <c r="I566" s="4">
         <v>40</v>
       </c>
       <c r="J566" s="4" t="s">
         <v>26</v>
       </c>
       <c r="K566" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L566" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M566" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N566" s="4">
         <v>4.95</v>
       </c>
       <c r="O566" s="4">
         <v>4.95</v>
       </c>
       <c r="P566" s="1"/>
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
@@ -37332,51 +37332,51 @@
       <c r="W581" s="1"/>
     </row>
     <row r="582" spans="1:23">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="C582" s="3" t="s">
         <v>1424</v>
       </c>
       <c r="D582" s="3">
         <v>210.14</v>
       </c>
       <c r="E582" s="3">
         <v>719</v>
       </c>
       <c r="F582" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G582" s="3">
         <v>97</v>
       </c>
       <c r="H582" s="4" t="s">
-        <v>1152</v>
+        <v>198</v>
       </c>
       <c r="I582" s="4">
         <v>55</v>
       </c>
       <c r="J582" s="4" t="s">
         <v>1058</v>
       </c>
       <c r="K582" s="4" t="s">
         <v>431</v>
       </c>
       <c r="L582" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M582" s="4" t="s">
         <v>1425</v>
       </c>
       <c r="N582" s="4">
         <v>116.18</v>
       </c>
       <c r="O582" s="4">
         <v>116.18</v>
       </c>
       <c r="P582" s="1"/>
       <c r="Q582" s="1"/>
       <c r="R582" s="1"/>