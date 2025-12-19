--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -6605,51 +6605,51 @@
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>311</v>
       </c>
       <c r="D89" s="3">
         <v>363.16</v>
       </c>
       <c r="E89" s="3">
         <v>0</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>111</v>
       </c>
       <c r="G89" s="3">
         <v>95</v>
       </c>
       <c r="H89" s="4" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="I89" s="4">
         <v>36</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>312</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>313</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>314</v>
       </c>
       <c r="N89" s="4">
         <v>131.43</v>
       </c>
       <c r="O89" s="4">
         <v>131.43</v>
       </c>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>