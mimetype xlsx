--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -80,51 +80,51 @@
   <si>
     <t>Allotment</t>
   </si>
   <si>
     <t>Expenditure</t>
   </si>
   <si>
     <t>DUNA PIPED WATER SUPPLY SCHEME OF MAYURESWAR-II BLOCK UNDER BIRBHUM DISTRICT (SM/14675)</t>
   </si>
   <si>
     <t>SM/14675</t>
   </si>
   <si>
     <t>NEW</t>
   </si>
   <si>
     <t>0% Physical</t>
   </si>
   <si>
     <t>31/01/2023</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
-    <t>13/11/2025</t>
+    <t>15/12/2025</t>
   </si>
   <si>
     <t>17/04/2023</t>
   </si>
   <si>
     <t>Retrofitting works for providing Functional Household Tap Connection (FHTC) within the command area of Sekhpur Phase-II Water Supply Scheme. (SM/13374)</t>
   </si>
   <si>
     <t>SM/13374</t>
   </si>
   <si>
     <t>RETROFITTING</t>
   </si>
   <si>
     <t>19/10/2022</t>
   </si>
   <si>
     <t>02/08/2025</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>Retrofitting works for providing functional household tap connection (FHTC) within the command area of Rasa Phase-II water supply scheme, Block-Khoyrasole, District- Birbhum (SM/18783)</t>
   </si>
@@ -2600,129 +2600,129 @@
   <si>
     <t>Kurumsaha Piped Water Supply Scheme. (SM/13628)</t>
   </si>
   <si>
     <t>SM/13628</t>
   </si>
   <si>
     <t>Retrofitting works for providing Functional Household Tap Connection (FHTC) under Raypur PWSS (Phase-I) within Md. Bazar Block (SM/07649)</t>
   </si>
   <si>
     <t>SM/07649</t>
   </si>
   <si>
     <t>BHALIAN PIPED WATER SUPPLY SCHME. (SM/12834)</t>
   </si>
   <si>
     <t>SM/12834</t>
   </si>
   <si>
     <t>KANIOR PIPED WATER SUPPLY SCHEME. (SM/12831)</t>
   </si>
   <si>
     <t>SM/12831</t>
   </si>
   <si>
+    <t>Monai Piped Water Supply Scheme. (SM/12701)</t>
+  </si>
+  <si>
+    <t>SM/12701</t>
+  </si>
+  <si>
+    <t>Asenga Piped Water Supply Scheme. (SM/12680)</t>
+  </si>
+  <si>
+    <t>SM/12680</t>
+  </si>
+  <si>
+    <t>Retrofitting works for providing Functional Household Tap Connection (FHTC) within the command area of Jhikadda Phase-II Water Supply Scheme. (SM/12667)</t>
+  </si>
+  <si>
+    <t>SM/12667</t>
+  </si>
+  <si>
+    <t>17/11/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Nagari Piped Water Supply Scheme (SM/10312)</t>
+  </si>
+  <si>
+    <t>SM/10312</t>
+  </si>
+  <si>
+    <t>11/01/2023</t>
+  </si>
+  <si>
+    <t>Khanpur piped water supply scheme. (SM/13539)</t>
+  </si>
+  <si>
+    <t>SM/13539</t>
+  </si>
+  <si>
+    <t>04/11/2022</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED MINI PIPED WATER SUPPLY SCHEMES(MAXIMUM 100 HOUSEHOLD) FOR GOPALPUR AND OTHER 20 NOS. MOUZAS UNDER SAINTHIA BLOCK UNDER BIRBHUM DIVISION, PHE DTE. (SM/14037)</t>
+  </si>
+  <si>
+    <t>SM/14037</t>
+  </si>
+  <si>
+    <t>NETURI PIPED WATER SUPPLY SCHEME. (SM/12656)</t>
+  </si>
+  <si>
+    <t>SM/12656</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED MINI PIPED WATER SUPPLY SCHEMES (MAXIMUM 100 HOUSEHOLD) FOR KATUNIA AND OTHER 2 NOS. MOUZAS UNDER MD. BAZAR BLOCK UNDER BIRBHUM DIVISION, PHE DTE. (SM/11909)</t>
+  </si>
+  <si>
+    <t>SM/11909</t>
+  </si>
+  <si>
+    <t>Melanpur Piped Water Supply Scheme. (SM/12699)</t>
+  </si>
+  <si>
+    <t>SM/12699</t>
+  </si>
+  <si>
+    <t>Kanksa piped water supply scheme under Mayureswar-I block within Birbhum Division (SM/14119)</t>
+  </si>
+  <si>
+    <t>SM/14119</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>Retrofitting works for providing Functional Household Tap Connection (FHTC) within the command area of Belera Phase-II Water Supply Scheme. (SM/12660)</t>
+  </si>
+  <si>
+    <t>SM/12660</t>
+  </si>
+  <si>
     <t>On track</t>
-  </si>
-[...76 lines deleted...]
-    <t>SM/12660</t>
   </si>
   <si>
     <t>GROUND WATER BASED MINI PIPED WATER SUPPLY SCHEMES(MAXIMUM 100 HOUSEHOLD) FOR NAYIT AND OTHER 3 NOS. MOUZAS UNDER MURARAI-I BLOCK UNDER BIRBHUM DIVISION, PHE DTE. (SM/11907)</t>
   </si>
   <si>
     <t>SM/11907</t>
   </si>
   <si>
     <t>GROUND WATER BASED MINI PIPED WATER SUPPLY SCHEMES (MAXIMUM 100 HOUSEHOLD) FOR SABASIDANGA AND OTHER 4 NOS. MOUZAS UNDER NALHATI-II BLOCK UNDER BIRBHUM DIVISION, PHE DTE. (SM/11904)</t>
   </si>
   <si>
     <t>SM/11904</t>
   </si>
   <si>
     <t>Dhamara Piped Water Supply Scheme. (SM/14898)</t>
   </si>
   <si>
     <t>SM/14898</t>
   </si>
   <si>
     <t>Augmentation of Rajgram PWSS, Murarai PWSS, Chatra PWSS, Paikar PWSS, Bhadrapur (Zone-I) PWSS, Kaytha PWSS, Lakshinarayanpur PWSS, Bara PWSS, Lohapur PWSS, Bhadrapur (Zone-II) PWSS under Birbhum Division (SM/10319)</t>
   </si>
   <si>
     <t>SM/10319</t>
   </si>
@@ -12059,51 +12059,51 @@
       <c r="G155" s="3">
         <v>30</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I155" s="4">
         <v>31</v>
       </c>
       <c r="J155" s="4" t="s">
         <v>214</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M155" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N155" s="4">
         <v>457.12</v>
       </c>
       <c r="O155" s="4">
-        <v>421.42</v>
+        <v>443.08</v>
       </c>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C156" s="3" t="s">
         <v>459</v>
       </c>
       <c r="D156" s="3">
         <v>17.6</v>
       </c>
       <c r="E156" s="3">
         <v>272</v>
@@ -19260,51 +19260,51 @@
       <c r="G286" s="3">
         <v>72</v>
       </c>
       <c r="H286" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I286" s="4">
         <v>70</v>
       </c>
       <c r="J286" s="4" t="s">
         <v>712</v>
       </c>
       <c r="K286" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L286" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M286" s="4" t="s">
         <v>718</v>
       </c>
       <c r="N286" s="4">
         <v>197.62</v>
       </c>
       <c r="O286" s="4">
-        <v>197.62</v>
+        <v>198.83</v>
       </c>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>769</v>
       </c>
       <c r="C287" s="3" t="s">
         <v>770</v>
       </c>
       <c r="D287" s="3">
         <v>903.87</v>
       </c>
       <c r="E287" s="3">
         <v>2008</v>
@@ -21384,91 +21384,91 @@
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C325" s="3" t="s">
         <v>861</v>
       </c>
       <c r="D325" s="3">
         <v>600.79</v>
       </c>
       <c r="E325" s="3">
         <v>1819</v>
       </c>
       <c r="F325" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G325" s="3">
         <v>80</v>
       </c>
       <c r="H325" s="4" t="s">
-        <v>862</v>
+        <v>99</v>
       </c>
       <c r="I325" s="4">
         <v>53</v>
       </c>
       <c r="J325" s="4" t="s">
         <v>293</v>
       </c>
       <c r="K325" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L325" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M325" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N325" s="4">
         <v>316.56</v>
       </c>
       <c r="O325" s="4">
         <v>316.56</v>
       </c>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="C326" s="3" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
       <c r="D326" s="3">
         <v>437.26</v>
       </c>
       <c r="E326" s="3">
         <v>1785</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G326" s="3">
         <v>80</v>
       </c>
       <c r="H326" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I326" s="4">
         <v>35</v>
       </c>
       <c r="J326" s="4" t="s">
         <v>280</v>
       </c>
       <c r="K326" s="4" t="s">
         <v>290</v>
       </c>
@@ -21476,54 +21476,54 @@
         <v>22</v>
       </c>
       <c r="M326" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N326" s="4">
         <v>153.42</v>
       </c>
       <c r="O326" s="4">
         <v>153.56</v>
       </c>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C327" s="3" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="D327" s="3">
         <v>617.4</v>
       </c>
       <c r="E327" s="3">
         <v>2144</v>
       </c>
       <c r="F327" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G327" s="3">
         <v>80</v>
       </c>
       <c r="H327" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I327" s="4">
         <v>63</v>
       </c>
       <c r="J327" s="4" t="s">
         <v>280</v>
       </c>
       <c r="K327" s="4" t="s">
         <v>394</v>
       </c>
@@ -21531,219 +21531,219 @@
         <v>22</v>
       </c>
       <c r="M327" s="4" t="s">
         <v>171</v>
       </c>
       <c r="N327" s="4">
         <v>389.17</v>
       </c>
       <c r="O327" s="4">
         <v>389.17</v>
       </c>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="C328" s="3" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="D328" s="3">
         <v>24.91</v>
       </c>
       <c r="E328" s="3">
         <v>382</v>
       </c>
       <c r="F328" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G328" s="3">
         <v>80</v>
       </c>
       <c r="H328" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I328" s="4">
         <v>78</v>
       </c>
       <c r="J328" s="4" t="s">
         <v>366</v>
       </c>
       <c r="K328" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L328" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M328" s="4" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="N328" s="4">
         <v>19.43</v>
       </c>
       <c r="O328" s="4">
         <v>19.43</v>
       </c>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="C329" s="3" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
       <c r="D329" s="3">
         <v>272.8</v>
       </c>
       <c r="E329" s="3">
         <v>969</v>
       </c>
       <c r="F329" s="3" t="s">
         <v>464</v>
       </c>
       <c r="G329" s="3">
         <v>80</v>
       </c>
       <c r="H329" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I329" s="4">
         <v>63</v>
       </c>
       <c r="J329" s="4" t="s">
         <v>712</v>
       </c>
       <c r="K329" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L329" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M329" s="4" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="N329" s="4">
         <v>172.28</v>
       </c>
       <c r="O329" s="4">
         <v>172.28</v>
       </c>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="C330" s="3" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
       <c r="D330" s="3">
         <v>875.43</v>
       </c>
       <c r="E330" s="3">
         <v>2543</v>
       </c>
       <c r="F330" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G330" s="3">
         <v>80</v>
       </c>
       <c r="H330" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I330" s="4">
         <v>40</v>
       </c>
       <c r="J330" s="4" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="K330" s="4" t="s">
         <v>334</v>
       </c>
       <c r="L330" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M330" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N330" s="4">
         <v>351.49</v>
       </c>
       <c r="O330" s="4">
         <v>351.49</v>
       </c>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C331" s="3" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="D331" s="3">
         <v>831.2</v>
       </c>
       <c r="E331" s="3">
         <v>1514</v>
       </c>
       <c r="F331" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G331" s="3">
         <v>80</v>
       </c>
       <c r="H331" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I331" s="4">
         <v>31</v>
       </c>
       <c r="J331" s="4" t="s">
         <v>169</v>
       </c>
       <c r="K331" s="4" t="s">
         <v>334</v>
       </c>
@@ -21751,109 +21751,109 @@
         <v>22</v>
       </c>
       <c r="M331" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N331" s="4">
         <v>259.74</v>
       </c>
       <c r="O331" s="4">
         <v>259.74</v>
       </c>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="C332" s="3" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
       <c r="D332" s="3">
         <v>496.1</v>
       </c>
       <c r="E332" s="3">
         <v>2138</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G332" s="3">
         <v>85</v>
       </c>
       <c r="H332" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I332" s="4">
         <v>77</v>
       </c>
       <c r="J332" s="4" t="s">
         <v>366</v>
       </c>
       <c r="K332" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L332" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M332" s="4" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="N332" s="4">
         <v>381.96</v>
       </c>
       <c r="O332" s="4">
         <v>381.96</v>
       </c>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="C333" s="3" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
       <c r="D333" s="3">
         <v>102</v>
       </c>
       <c r="E333" s="3">
         <v>112</v>
       </c>
       <c r="F333" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G333" s="3">
         <v>85</v>
       </c>
       <c r="H333" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I333" s="4">
         <v>79</v>
       </c>
       <c r="J333" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K333" s="4" t="s">
         <v>334</v>
       </c>
@@ -21861,54 +21861,54 @@
         <v>22</v>
       </c>
       <c r="M333" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N333" s="4">
         <v>80.27</v>
       </c>
       <c r="O333" s="4">
         <v>80.27</v>
       </c>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="C334" s="3" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="D334" s="3">
         <v>522.74</v>
       </c>
       <c r="E334" s="3">
         <v>1312</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G334" s="3">
         <v>85</v>
       </c>
       <c r="H334" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I334" s="4">
         <v>47</v>
       </c>
       <c r="J334" s="4" t="s">
         <v>189</v>
       </c>
       <c r="K334" s="4" t="s">
         <v>33</v>
       </c>
@@ -21916,124 +21916,124 @@
         <v>22</v>
       </c>
       <c r="M334" s="4" t="s">
         <v>171</v>
       </c>
       <c r="N334" s="4">
         <v>247.67</v>
       </c>
       <c r="O334" s="4">
         <v>247.67</v>
       </c>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="C335" s="3" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
       <c r="D335" s="3">
         <v>399.02</v>
       </c>
       <c r="E335" s="3">
         <v>869</v>
       </c>
       <c r="F335" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G335" s="3">
         <v>85</v>
       </c>
       <c r="H335" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I335" s="4">
         <v>36</v>
       </c>
       <c r="J335" s="4" t="s">
         <v>376</v>
       </c>
       <c r="K335" s="4" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L335" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M335" s="4" t="s">
         <v>447</v>
       </c>
       <c r="N335" s="4">
         <v>143.76</v>
       </c>
       <c r="O335" s="4">
         <v>143.76</v>
       </c>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="C336" s="3" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
       <c r="D336" s="3">
         <v>21.01</v>
       </c>
       <c r="E336" s="3">
         <v>319</v>
       </c>
       <c r="F336" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G336" s="3">
         <v>85</v>
       </c>
       <c r="H336" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I336" s="4">
         <v>82</v>
       </c>
       <c r="J336" s="4" t="s">
         <v>366</v>
       </c>
       <c r="K336" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L336" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M336" s="4" t="s">
         <v>341</v>
       </c>
       <c r="N336" s="4">
         <v>17.31</v>
       </c>
       <c r="O336" s="4">
         <v>17.31</v>
       </c>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
@@ -22044,51 +22044,51 @@
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>889</v>
       </c>
       <c r="C337" s="3" t="s">
         <v>890</v>
       </c>
       <c r="D337" s="3">
         <v>151</v>
       </c>
       <c r="E337" s="3">
         <v>706</v>
       </c>
       <c r="F337" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G337" s="3">
         <v>85</v>
       </c>
       <c r="H337" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I337" s="4">
         <v>82</v>
       </c>
       <c r="J337" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K337" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L337" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M337" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N337" s="4">
         <v>123.22</v>
       </c>
       <c r="O337" s="4">
         <v>123.22</v>
       </c>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
@@ -22099,51 +22099,51 @@
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>891</v>
       </c>
       <c r="C338" s="3" t="s">
         <v>892</v>
       </c>
       <c r="D338" s="3">
         <v>189</v>
       </c>
       <c r="E338" s="3">
         <v>221</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G338" s="3">
         <v>85</v>
       </c>
       <c r="H338" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I338" s="4">
         <v>67</v>
       </c>
       <c r="J338" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K338" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L338" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M338" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N338" s="4">
         <v>126.66</v>
       </c>
       <c r="O338" s="4">
         <v>126.66</v>
       </c>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
@@ -22374,51 +22374,51 @@
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C343" s="3" t="s">
         <v>906</v>
       </c>
       <c r="D343" s="3">
         <v>125.88</v>
       </c>
       <c r="E343" s="3">
         <v>399</v>
       </c>
       <c r="F343" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G343" s="3">
         <v>85</v>
       </c>
       <c r="H343" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I343" s="4">
         <v>60</v>
       </c>
       <c r="J343" s="4" t="s">
         <v>293</v>
       </c>
       <c r="K343" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L343" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M343" s="4" t="s">
         <v>907</v>
       </c>
       <c r="N343" s="4">
         <v>75.9</v>
       </c>
       <c r="O343" s="4">
         <v>75.9</v>
       </c>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
@@ -22649,51 +22649,51 @@
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>919</v>
       </c>
       <c r="C348" s="3" t="s">
         <v>920</v>
       </c>
       <c r="D348" s="3">
         <v>296.93</v>
       </c>
       <c r="E348" s="3">
         <v>5328</v>
       </c>
       <c r="F348" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G348" s="3">
         <v>89</v>
       </c>
       <c r="H348" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I348" s="4">
         <v>96</v>
       </c>
       <c r="J348" s="4" t="s">
         <v>93</v>
       </c>
       <c r="K348" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L348" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M348" s="4" t="s">
         <v>921</v>
       </c>
       <c r="N348" s="4">
         <v>285.55</v>
       </c>
       <c r="O348" s="4">
         <v>285.55</v>
       </c>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
@@ -22704,51 +22704,51 @@
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>922</v>
       </c>
       <c r="C349" s="3" t="s">
         <v>923</v>
       </c>
       <c r="D349" s="3">
         <v>94.74</v>
       </c>
       <c r="E349" s="3">
         <v>1645</v>
       </c>
       <c r="F349" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G349" s="3">
         <v>90</v>
       </c>
       <c r="H349" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I349" s="4">
         <v>72</v>
       </c>
       <c r="J349" s="4" t="s">
         <v>595</v>
       </c>
       <c r="K349" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L349" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M349" s="4" t="s">
         <v>924</v>
       </c>
       <c r="N349" s="4">
         <v>68.47</v>
       </c>
       <c r="O349" s="4">
         <v>68.47</v>
       </c>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
@@ -22814,51 +22814,51 @@
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C351" s="3" t="s">
         <v>928</v>
       </c>
       <c r="D351" s="3">
         <v>445.39</v>
       </c>
       <c r="E351" s="3">
         <v>902</v>
       </c>
       <c r="F351" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G351" s="3">
         <v>90</v>
       </c>
       <c r="H351" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I351" s="4">
         <v>50</v>
       </c>
       <c r="J351" s="4" t="s">
         <v>118</v>
       </c>
       <c r="K351" s="4" t="s">
         <v>929</v>
       </c>
       <c r="L351" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M351" s="4" t="s">
         <v>201</v>
       </c>
       <c r="N351" s="4">
         <v>223.71</v>
       </c>
       <c r="O351" s="4">
         <v>223.71</v>
       </c>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
@@ -22869,51 +22869,51 @@
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>930</v>
       </c>
       <c r="C352" s="3" t="s">
         <v>931</v>
       </c>
       <c r="D352" s="3">
         <v>127</v>
       </c>
       <c r="E352" s="3">
         <v>1006</v>
       </c>
       <c r="F352" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G352" s="3">
         <v>90</v>
       </c>
       <c r="H352" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I352" s="4">
         <v>79</v>
       </c>
       <c r="J352" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K352" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L352" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M352" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N352" s="4">
         <v>100.03</v>
       </c>
       <c r="O352" s="4">
         <v>100.03</v>
       </c>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
@@ -22924,51 +22924,51 @@
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>932</v>
       </c>
       <c r="C353" s="3" t="s">
         <v>933</v>
       </c>
       <c r="D353" s="3">
         <v>394</v>
       </c>
       <c r="E353" s="3">
         <v>903</v>
       </c>
       <c r="F353" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G353" s="3">
         <v>90</v>
       </c>
       <c r="H353" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I353" s="4">
         <v>85</v>
       </c>
       <c r="J353" s="4" t="s">
         <v>598</v>
       </c>
       <c r="K353" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L353" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M353" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N353" s="4">
         <v>335.06</v>
       </c>
       <c r="O353" s="4">
         <v>335.06</v>
       </c>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
@@ -22988,51 +22988,51 @@
       <c r="C354" s="3" t="s">
         <v>935</v>
       </c>
       <c r="D354" s="3">
         <v>447.36</v>
       </c>
       <c r="E354" s="3">
         <v>588</v>
       </c>
       <c r="F354" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G354" s="3">
         <v>90</v>
       </c>
       <c r="H354" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I354" s="4">
         <v>46</v>
       </c>
       <c r="J354" s="4" t="s">
         <v>100</v>
       </c>
       <c r="K354" s="4" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L354" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M354" s="4" t="s">
         <v>936</v>
       </c>
       <c r="N354" s="4">
         <v>203.64</v>
       </c>
       <c r="O354" s="4">
         <v>203.64</v>
       </c>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
@@ -23089,51 +23089,51 @@
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>940</v>
       </c>
       <c r="C356" s="3" t="s">
         <v>941</v>
       </c>
       <c r="D356" s="3">
         <v>99.68</v>
       </c>
       <c r="E356" s="3">
         <v>1265</v>
       </c>
       <c r="F356" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G356" s="3">
         <v>90</v>
       </c>
       <c r="H356" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I356" s="4">
         <v>85</v>
       </c>
       <c r="J356" s="4" t="s">
         <v>595</v>
       </c>
       <c r="K356" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L356" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M356" s="4" t="s">
         <v>942</v>
       </c>
       <c r="N356" s="4">
         <v>85.19</v>
       </c>
       <c r="O356" s="4">
         <v>85.19</v>
       </c>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
@@ -23254,51 +23254,51 @@
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>948</v>
       </c>
       <c r="C359" s="3" t="s">
         <v>949</v>
       </c>
       <c r="D359" s="3">
         <v>58.24</v>
       </c>
       <c r="E359" s="3">
         <v>903</v>
       </c>
       <c r="F359" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G359" s="3">
         <v>90</v>
       </c>
       <c r="H359" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I359" s="4">
         <v>97</v>
       </c>
       <c r="J359" s="4" t="s">
         <v>950</v>
       </c>
       <c r="K359" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L359" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M359" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N359" s="4">
         <v>56.54</v>
       </c>
       <c r="O359" s="4">
         <v>56.54</v>
       </c>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
@@ -23309,51 +23309,51 @@
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C360" s="3" t="s">
         <v>952</v>
       </c>
       <c r="D360" s="3">
         <v>222</v>
       </c>
       <c r="E360" s="3">
         <v>591</v>
       </c>
       <c r="F360" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G360" s="3">
         <v>90</v>
       </c>
       <c r="H360" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I360" s="4">
         <v>91</v>
       </c>
       <c r="J360" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K360" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L360" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M360" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N360" s="4">
         <v>201.54</v>
       </c>
       <c r="O360" s="4">
         <v>201.54</v>
       </c>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
@@ -23364,51 +23364,51 @@
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>953</v>
       </c>
       <c r="C361" s="3" t="s">
         <v>954</v>
       </c>
       <c r="D361" s="3">
         <v>484.07</v>
       </c>
       <c r="E361" s="3">
         <v>2002</v>
       </c>
       <c r="F361" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G361" s="3">
         <v>90</v>
       </c>
       <c r="H361" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I361" s="4">
         <v>58</v>
       </c>
       <c r="J361" s="4" t="s">
         <v>115</v>
       </c>
       <c r="K361" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L361" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M361" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N361" s="4">
         <v>281.12</v>
       </c>
       <c r="O361" s="4">
         <v>281.12</v>
       </c>
       <c r="P361" s="1"/>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
@@ -23419,51 +23419,51 @@
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>955</v>
       </c>
       <c r="C362" s="3" t="s">
         <v>956</v>
       </c>
       <c r="D362" s="3">
         <v>271.5</v>
       </c>
       <c r="E362" s="3">
         <v>8299</v>
       </c>
       <c r="F362" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G362" s="3">
         <v>90</v>
       </c>
       <c r="H362" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I362" s="4">
         <v>54</v>
       </c>
       <c r="J362" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K362" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L362" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M362" s="4" t="s">
         <v>171</v>
       </c>
       <c r="N362" s="4">
         <v>146.82</v>
       </c>
       <c r="O362" s="4">
         <v>146.82</v>
       </c>
       <c r="P362" s="1"/>
       <c r="Q362" s="1"/>
       <c r="R362" s="1"/>
@@ -23639,51 +23639,51 @@
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>965</v>
       </c>
       <c r="C366" s="3" t="s">
         <v>966</v>
       </c>
       <c r="D366" s="3">
         <v>865</v>
       </c>
       <c r="E366" s="3">
         <v>14748</v>
       </c>
       <c r="F366" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G366" s="3">
         <v>90</v>
       </c>
       <c r="H366" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I366" s="4">
         <v>94</v>
       </c>
       <c r="J366" s="4" t="s">
         <v>967</v>
       </c>
       <c r="K366" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L366" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M366" s="4" t="s">
         <v>968</v>
       </c>
       <c r="N366" s="4">
         <v>813.49</v>
       </c>
       <c r="O366" s="4">
         <v>813.49</v>
       </c>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
@@ -23749,51 +23749,51 @@
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>972</v>
       </c>
       <c r="C368" s="3" t="s">
         <v>973</v>
       </c>
       <c r="D368" s="3">
         <v>586.12</v>
       </c>
       <c r="E368" s="3">
         <v>2388</v>
       </c>
       <c r="F368" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G368" s="3">
         <v>90</v>
       </c>
       <c r="H368" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I368" s="4">
         <v>46</v>
       </c>
       <c r="J368" s="4" t="s">
         <v>243</v>
       </c>
       <c r="K368" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L368" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M368" s="4" t="s">
         <v>338</v>
       </c>
       <c r="N368" s="4">
         <v>269.87</v>
       </c>
       <c r="O368" s="4">
         <v>269.87</v>
       </c>
       <c r="P368" s="1"/>
       <c r="Q368" s="1"/>
       <c r="R368" s="1"/>
@@ -23914,51 +23914,51 @@
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>979</v>
       </c>
       <c r="C371" s="3" t="s">
         <v>980</v>
       </c>
       <c r="D371" s="3">
         <v>355.1</v>
       </c>
       <c r="E371" s="3">
         <v>806</v>
       </c>
       <c r="F371" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G371" s="3">
         <v>90</v>
       </c>
       <c r="H371" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I371" s="4">
         <v>42</v>
       </c>
       <c r="J371" s="4" t="s">
         <v>366</v>
       </c>
       <c r="K371" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L371" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M371" s="4" t="s">
         <v>440</v>
       </c>
       <c r="N371" s="4">
         <v>148.69</v>
       </c>
       <c r="O371" s="4">
         <v>148.69</v>
       </c>
       <c r="P371" s="1"/>
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
@@ -23969,51 +23969,51 @@
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C372" s="3" t="s">
         <v>982</v>
       </c>
       <c r="D372" s="3">
         <v>99.48</v>
       </c>
       <c r="E372" s="3">
         <v>1393</v>
       </c>
       <c r="F372" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G372" s="3">
         <v>90</v>
       </c>
       <c r="H372" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I372" s="4">
         <v>95</v>
       </c>
       <c r="J372" s="4" t="s">
         <v>983</v>
       </c>
       <c r="K372" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L372" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M372" s="4" t="s">
         <v>984</v>
       </c>
       <c r="N372" s="4">
         <v>94.77</v>
       </c>
       <c r="O372" s="4">
         <v>94.77</v>
       </c>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
@@ -24024,51 +24024,51 @@
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>985</v>
       </c>
       <c r="C373" s="3" t="s">
         <v>986</v>
       </c>
       <c r="D373" s="3">
         <v>34.45</v>
       </c>
       <c r="E373" s="3">
         <v>530</v>
       </c>
       <c r="F373" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G373" s="3">
         <v>90</v>
       </c>
       <c r="H373" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I373" s="4">
         <v>58</v>
       </c>
       <c r="J373" s="4" t="s">
         <v>366</v>
       </c>
       <c r="K373" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L373" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M373" s="4" t="s">
         <v>987</v>
       </c>
       <c r="N373" s="4">
         <v>19.93</v>
       </c>
       <c r="O373" s="4">
         <v>19.93</v>
       </c>
       <c r="P373" s="1"/>
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
@@ -24134,51 +24134,51 @@
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C375" s="3" t="s">
         <v>991</v>
       </c>
       <c r="D375" s="3">
         <v>448</v>
       </c>
       <c r="E375" s="3">
         <v>1209</v>
       </c>
       <c r="F375" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G375" s="3">
         <v>90</v>
       </c>
       <c r="H375" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I375" s="4">
         <v>64</v>
       </c>
       <c r="J375" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K375" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L375" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M375" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N375" s="4">
         <v>286.38</v>
       </c>
       <c r="O375" s="4">
         <v>286.38</v>
       </c>
       <c r="P375" s="1"/>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
@@ -24189,51 +24189,51 @@
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>992</v>
       </c>
       <c r="C376" s="3" t="s">
         <v>993</v>
       </c>
       <c r="D376" s="3">
         <v>541</v>
       </c>
       <c r="E376" s="3">
         <v>1743</v>
       </c>
       <c r="F376" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G376" s="3">
         <v>90</v>
       </c>
       <c r="H376" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I376" s="4">
         <v>63</v>
       </c>
       <c r="J376" s="4" t="s">
         <v>472</v>
       </c>
       <c r="K376" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L376" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M376" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N376" s="4">
         <v>342.83</v>
       </c>
       <c r="O376" s="4">
         <v>342.83</v>
       </c>
       <c r="P376" s="1"/>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
@@ -24244,51 +24244,51 @@
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>994</v>
       </c>
       <c r="C377" s="3" t="s">
         <v>995</v>
       </c>
       <c r="D377" s="3">
         <v>979.98</v>
       </c>
       <c r="E377" s="3">
         <v>2004</v>
       </c>
       <c r="F377" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G377" s="3">
         <v>90</v>
       </c>
       <c r="H377" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I377" s="4">
         <v>50</v>
       </c>
       <c r="J377" s="4" t="s">
         <v>243</v>
       </c>
       <c r="K377" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L377" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M377" s="4" t="s">
         <v>294</v>
       </c>
       <c r="N377" s="4">
         <v>487.03</v>
       </c>
       <c r="O377" s="4">
         <v>487.03</v>
       </c>
       <c r="P377" s="1"/>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
@@ -24299,51 +24299,51 @@
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C378" s="3" t="s">
         <v>997</v>
       </c>
       <c r="D378" s="3">
         <v>458</v>
       </c>
       <c r="E378" s="3">
         <v>2966</v>
       </c>
       <c r="F378" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G378" s="3">
         <v>90</v>
       </c>
       <c r="H378" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I378" s="4">
         <v>95</v>
       </c>
       <c r="J378" s="4" t="s">
         <v>304</v>
       </c>
       <c r="K378" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L378" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M378" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N378" s="4">
         <v>433.29</v>
       </c>
       <c r="O378" s="4">
         <v>433.29</v>
       </c>
       <c r="P378" s="1"/>
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
@@ -24409,51 +24409,51 @@
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="C380" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="D380" s="3">
         <v>20.61</v>
       </c>
       <c r="E380" s="3">
         <v>320</v>
       </c>
       <c r="F380" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G380" s="3">
         <v>90</v>
       </c>
       <c r="H380" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I380" s="4">
         <v>97</v>
       </c>
       <c r="J380" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K380" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L380" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M380" s="4" t="s">
         <v>650</v>
       </c>
       <c r="N380" s="4">
         <v>20.01</v>
       </c>
       <c r="O380" s="4">
         <v>20.01</v>
       </c>
       <c r="P380" s="1"/>
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
@@ -24519,51 +24519,51 @@
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="C382" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="D382" s="3">
         <v>326.46</v>
       </c>
       <c r="E382" s="3">
         <v>401</v>
       </c>
       <c r="F382" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G382" s="3">
         <v>90</v>
       </c>
       <c r="H382" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I382" s="4">
         <v>59</v>
       </c>
       <c r="J382" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K382" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L382" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M382" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N382" s="4">
         <v>192.73</v>
       </c>
       <c r="O382" s="4">
         <v>192.73</v>
       </c>
       <c r="P382" s="1"/>
       <c r="Q382" s="1"/>
       <c r="R382" s="1"/>
@@ -24739,51 +24739,51 @@
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="C386" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="D386" s="3">
         <v>445.95</v>
       </c>
       <c r="E386" s="3">
         <v>1276</v>
       </c>
       <c r="F386" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G386" s="3">
         <v>90</v>
       </c>
       <c r="H386" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I386" s="4">
         <v>43</v>
       </c>
       <c r="J386" s="4" t="s">
         <v>234</v>
       </c>
       <c r="K386" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L386" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M386" s="4" t="s">
         <v>434</v>
       </c>
       <c r="N386" s="4">
         <v>193.25</v>
       </c>
       <c r="O386" s="4">
         <v>193.25</v>
       </c>
       <c r="P386" s="1"/>
       <c r="Q386" s="1"/>
       <c r="R386" s="1"/>
@@ -24794,106 +24794,106 @@
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="C387" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="D387" s="3">
         <v>99.28</v>
       </c>
       <c r="E387" s="3">
         <v>1520</v>
       </c>
       <c r="F387" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G387" s="3">
         <v>92</v>
       </c>
       <c r="H387" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I387" s="4">
         <v>95</v>
       </c>
       <c r="J387" s="4" t="s">
         <v>505</v>
       </c>
       <c r="K387" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L387" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M387" s="4" t="s">
         <v>1016</v>
       </c>
       <c r="N387" s="4">
         <v>94.25</v>
       </c>
       <c r="O387" s="4">
-        <v>89.96</v>
+        <v>94.25</v>
       </c>
       <c r="P387" s="1"/>
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C388" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="D388" s="3">
         <v>97.5</v>
       </c>
       <c r="E388" s="3">
         <v>1520</v>
       </c>
       <c r="F388" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G388" s="3">
         <v>95</v>
       </c>
       <c r="H388" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I388" s="4">
         <v>97</v>
       </c>
       <c r="J388" s="4" t="s">
         <v>505</v>
       </c>
       <c r="K388" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L388" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M388" s="4" t="s">
         <v>684</v>
       </c>
       <c r="N388" s="4">
         <v>94.66</v>
       </c>
       <c r="O388" s="4">
         <v>94.66</v>
       </c>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
@@ -24904,51 +24904,51 @@
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C389" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="D389" s="3">
         <v>105.12</v>
       </c>
       <c r="E389" s="3">
         <v>1622</v>
       </c>
       <c r="F389" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G389" s="3">
         <v>95</v>
       </c>
       <c r="H389" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I389" s="4">
         <v>97</v>
       </c>
       <c r="J389" s="4" t="s">
         <v>381</v>
       </c>
       <c r="K389" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L389" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M389" s="4" t="s">
         <v>561</v>
       </c>
       <c r="N389" s="4">
         <v>102.06</v>
       </c>
       <c r="O389" s="4">
         <v>102.06</v>
       </c>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
@@ -24959,51 +24959,51 @@
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="C390" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="D390" s="3">
         <v>96.68</v>
       </c>
       <c r="E390" s="3">
         <v>1500</v>
       </c>
       <c r="F390" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G390" s="3">
         <v>95</v>
       </c>
       <c r="H390" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I390" s="4">
         <v>75</v>
       </c>
       <c r="J390" s="4" t="s">
         <v>389</v>
       </c>
       <c r="K390" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="L390" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M390" s="4" t="s">
         <v>1024</v>
       </c>
       <c r="N390" s="4">
         <v>72.23</v>
       </c>
       <c r="O390" s="4">
         <v>72.23</v>
       </c>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
@@ -25014,51 +25014,51 @@
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="C391" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="D391" s="3">
         <v>82.04</v>
       </c>
       <c r="E391" s="3">
         <v>1396</v>
       </c>
       <c r="F391" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G391" s="3">
         <v>95</v>
       </c>
       <c r="H391" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I391" s="4">
         <v>97</v>
       </c>
       <c r="J391" s="4" t="s">
         <v>271</v>
       </c>
       <c r="K391" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L391" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M391" s="4" t="s">
         <v>791</v>
       </c>
       <c r="N391" s="4">
         <v>79.66</v>
       </c>
       <c r="O391" s="4">
         <v>79.66</v>
       </c>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
@@ -25069,51 +25069,51 @@
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="C392" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="D392" s="3">
         <v>99.79</v>
       </c>
       <c r="E392" s="3">
         <v>777</v>
       </c>
       <c r="F392" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G392" s="3">
         <v>95</v>
       </c>
       <c r="H392" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I392" s="4">
         <v>93</v>
       </c>
       <c r="J392" s="4" t="s">
         <v>595</v>
       </c>
       <c r="K392" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L392" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M392" s="4" t="s">
         <v>1029</v>
       </c>
       <c r="N392" s="4">
         <v>92.81</v>
       </c>
       <c r="O392" s="4">
         <v>92.81</v>
       </c>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
@@ -25124,51 +25124,51 @@
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="C393" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="D393" s="3">
         <v>99.97</v>
       </c>
       <c r="E393" s="3">
         <v>1860</v>
       </c>
       <c r="F393" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G393" s="3">
         <v>95</v>
       </c>
       <c r="H393" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I393" s="4">
         <v>97</v>
       </c>
       <c r="J393" s="4" t="s">
         <v>595</v>
       </c>
       <c r="K393" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L393" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M393" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="N393" s="4">
         <v>97.06</v>
       </c>
       <c r="O393" s="4">
         <v>93.37</v>
       </c>
       <c r="P393" s="1"/>
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
@@ -25179,51 +25179,51 @@
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="C394" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="D394" s="3">
         <v>99.93</v>
       </c>
       <c r="E394" s="3">
         <v>1860</v>
       </c>
       <c r="F394" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G394" s="3">
         <v>95</v>
       </c>
       <c r="H394" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I394" s="4">
         <v>95</v>
       </c>
       <c r="J394" s="4" t="s">
         <v>595</v>
       </c>
       <c r="K394" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L394" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M394" s="4" t="s">
         <v>900</v>
       </c>
       <c r="N394" s="4">
         <v>95.17</v>
       </c>
       <c r="O394" s="4">
         <v>95.17</v>
       </c>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
@@ -25234,51 +25234,51 @@
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C395" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="D395" s="3">
         <v>99.99</v>
       </c>
       <c r="E395" s="3">
         <v>1860</v>
       </c>
       <c r="F395" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G395" s="3">
         <v>95</v>
       </c>
       <c r="H395" s="4" t="s">
-        <v>862</v>
+        <v>888</v>
       </c>
       <c r="I395" s="4">
         <v>89</v>
       </c>
       <c r="J395" s="4" t="s">
         <v>595</v>
       </c>
       <c r="K395" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L395" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M395" s="4" t="s">
         <v>1037</v>
       </c>
       <c r="N395" s="4">
         <v>89.34</v>
       </c>
       <c r="O395" s="4">
         <v>94.11</v>
       </c>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
@@ -25619,51 +25619,51 @@
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="C402" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="D402" s="3">
         <v>559.97</v>
       </c>
       <c r="E402" s="3">
         <v>0</v>
       </c>
       <c r="F402" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="G402" s="3">
         <v>100</v>
       </c>
       <c r="H402" s="4" t="s">
-        <v>1040</v>
+        <v>46</v>
       </c>
       <c r="I402" s="4">
         <v>0</v>
       </c>
       <c r="J402" s="4" t="s">
         <v>1054</v>
       </c>
       <c r="K402" s="4"/>
       <c r="L402" s="4" t="s">
         <v>1054</v>
       </c>
       <c r="M402" s="4" t="s">
         <v>1055</v>
       </c>
       <c r="N402" s="4">
         <v>0</v>
       </c>
       <c r="O402" s="4">
         <v>0</v>
       </c>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
@@ -25673,51 +25673,51 @@
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="7" t="s">
         <v>1056</v>
       </c>
       <c r="B403" s="7"/>
       <c r="C403" s="7"/>
       <c r="D403" s="7">
         <v>256437.06</v>
       </c>
       <c r="E403" s="7">
         <v>906931</v>
       </c>
       <c r="F403" s="7"/>
       <c r="G403" s="7"/>
       <c r="H403" s="8"/>
       <c r="I403" s="8"/>
       <c r="J403" s="8"/>
       <c r="K403" s="8"/>
       <c r="L403" s="8"/>
       <c r="M403" s="8"/>
       <c r="N403" s="8">
         <v>85105.87</v>
       </c>
       <c r="O403" s="8">
-        <v>85014.22</v>
+        <v>85041.38</v>
       </c>
       <c r="P403" s="1"/>
       <c r="Q403" s="1"/>
       <c r="R403" s="1"/>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A403:C403"/>
     <mergeCell ref="F403:M403"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>