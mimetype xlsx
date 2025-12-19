--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -17207,51 +17207,51 @@
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>695</v>
       </c>
       <c r="C257" s="3" t="s">
         <v>696</v>
       </c>
       <c r="D257" s="3">
         <v>1121.34</v>
       </c>
       <c r="E257" s="3">
         <v>3031</v>
       </c>
       <c r="F257" s="3" t="s">
         <v>121</v>
       </c>
       <c r="G257" s="3">
         <v>89</v>
       </c>
       <c r="H257" s="4" t="s">
-        <v>313</v>
+        <v>116</v>
       </c>
       <c r="I257" s="4">
         <v>88</v>
       </c>
       <c r="J257" s="4" t="s">
         <v>697</v>
       </c>
       <c r="K257" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L257" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M257" s="4" t="s">
         <v>297</v>
       </c>
       <c r="N257" s="4">
         <v>990.06</v>
       </c>
       <c r="O257" s="4">
         <v>990.06</v>
       </c>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>