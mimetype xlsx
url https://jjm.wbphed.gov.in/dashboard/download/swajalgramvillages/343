--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -119,56 +119,56 @@
   <si>
     <t>Dhapdhapi-ii</t>
   </si>
   <si>
     <t>Alipur</t>
   </si>
   <si>
     <t>Kundakhali Godabar</t>
   </si>
   <si>
     <t>Ambikanagar</t>
   </si>
   <si>
     <t>Frezarganj</t>
   </si>
   <si>
     <t>Amrabati</t>
   </si>
   <si>
     <t>Uttar Mokamberia</t>
   </si>
   <si>
     <t>Amratala</t>
   </si>
   <si>
+    <t>Andharia</t>
+  </si>
+  <si>
     <t>Mathur</t>
   </si>
   <si>
-    <t>Andharia</t>
-[...1 lines deleted...]
-  <si>
     <t>Tarda</t>
   </si>
   <si>
     <t>Andulgari</t>
   </si>
   <si>
     <t>Iswaripur</t>
   </si>
   <si>
     <t>Anoarpur</t>
   </si>
   <si>
     <t>Khorda</t>
   </si>
   <si>
     <t>Aoasberia</t>
   </si>
   <si>
     <t>Bamangachhi</t>
   </si>
   <si>
     <t>Arunnagar Dakshin</t>
   </si>
   <si>
     <t>Asapur</t>
@@ -635,59 +635,59 @@
   <si>
     <t>Digambarpur</t>
   </si>
   <si>
     <t>Dakshin Durgapur</t>
   </si>
   <si>
     <t>Shankarpur</t>
   </si>
   <si>
     <t>Dakshin Harindanga</t>
   </si>
   <si>
     <t>Ramganga</t>
   </si>
   <si>
     <t>Dakshin Mahendrapur</t>
   </si>
   <si>
     <t>Dakshin Nala</t>
   </si>
   <si>
     <t>Dakshin Narayantala</t>
   </si>
   <si>
+    <t>Dongaria Raipur</t>
+  </si>
+  <si>
+    <t>Dakshin Raypur</t>
+  </si>
+  <si>
     <t>Ramkrishnapur</t>
   </si>
   <si>
-    <t>Dakshin Raypur</t>
-[...4 lines deleted...]
-  <si>
     <t>Dakshin Sehardaha</t>
   </si>
   <si>
     <t>Chandaneswar-ii</t>
   </si>
   <si>
     <t>Dari Madhabpur</t>
   </si>
   <si>
     <t>Darikeoradanga</t>
   </si>
   <si>
     <t>Parulia</t>
   </si>
   <si>
     <t>Darikrishnanagar</t>
   </si>
   <si>
     <t>Daulatbad (m)</t>
   </si>
   <si>
     <t>DEBNIBAS</t>
   </si>
   <si>
     <t>Deuli-ii</t>
@@ -815,62 +815,62 @@
   <si>
     <t>Gaur Daha</t>
   </si>
   <si>
     <t>Gazipur</t>
   </si>
   <si>
     <t>Gazirhat</t>
   </si>
   <si>
     <t>Gharulia</t>
   </si>
   <si>
     <t>GHATBAKULTALA</t>
   </si>
   <si>
     <t>Deuli-i</t>
   </si>
   <si>
     <t>Ghikhali</t>
   </si>
   <si>
     <t>Ghoramara</t>
   </si>
   <si>
+    <t>Gobindapur Kalicharanpur</t>
+  </si>
+  <si>
+    <t>Gobindapur</t>
+  </si>
+  <si>
     <t>Banganagar-i</t>
   </si>
   <si>
-    <t>Gobindapur</t>
-[...1 lines deleted...]
-  <si>
     <t>Jagulgachhi</t>
   </si>
   <si>
-    <t>Gobindapur Kalicharanpur</t>
-[...1 lines deleted...]
-  <si>
     <t>Daria</t>
   </si>
   <si>
     <t>Gobramari</t>
   </si>
   <si>
     <t>Godakhali</t>
   </si>
   <si>
     <t>Gondia Raghunathpur</t>
   </si>
   <si>
     <t>Sonarpur-ii</t>
   </si>
   <si>
     <t>Gopal Pur</t>
   </si>
   <si>
     <t>Patharkhali</t>
   </si>
   <si>
     <t>Gopalkata</t>
   </si>
   <si>
     <t>Kalatalahat</t>
@@ -1157,54 +1157,54 @@
   <si>
     <t>Dakshin Barasat</t>
   </si>
   <si>
     <t>Khatsara</t>
   </si>
   <si>
     <t>Khiristala</t>
   </si>
   <si>
     <t>Khun Khali</t>
   </si>
   <si>
     <t>Krishnachandrapur</t>
   </si>
   <si>
     <t>Ramkar Char</t>
   </si>
   <si>
     <t>Krishnanagar</t>
   </si>
   <si>
     <t>Krishnanagar (k)</t>
   </si>
   <si>
+    <t>Krishnarampur</t>
+  </si>
+  <si>
     <t>Lakshmi-narayanpur Dakshi</t>
-  </si>
-[...1 lines deleted...]
-    <t>Krishnarampur</t>
   </si>
   <si>
     <t>Kuleshwar</t>
   </si>
   <si>
     <t>Lakhna Gangadharpur</t>
   </si>
   <si>
     <t>Laksmijanardanpur</t>
   </si>
   <si>
     <t>Lakshmi Janardanpur</t>
   </si>
   <si>
     <t>Lakshmikantapur</t>
   </si>
   <si>
     <t>Lalpur</t>
   </si>
   <si>
     <t>Laskarpur</t>
   </si>
   <si>
     <t>Namkhana</t>
   </si>
@@ -2602,104 +2602,104 @@
       </c>
       <c r="F13" s="2">
         <v>598</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="2">
         <v>3</v>
       </c>
       <c r="J13" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="2">
-        <v>2427</v>
+        <v>2433</v>
       </c>
       <c r="D14" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2">
-        <v>273</v>
+        <v>174</v>
       </c>
       <c r="G14" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J14" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2">
-        <v>2433</v>
+        <v>2427</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F15" s="2">
-        <v>174</v>
+        <v>273</v>
       </c>
       <c r="G15" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J15" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2">
         <v>2418</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="2">
         <v>1037</v>
       </c>
       <c r="G16" s="2">
         <v>4</v>
       </c>
       <c r="H16" s="2">
@@ -2797,51 +2797,51 @@
       </c>
       <c r="G19" s="2">
         <v>9</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="2">
         <v>11</v>
       </c>
       <c r="J19" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2">
         <v>2427</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="2">
         <v>282</v>
       </c>
       <c r="G20" s="2">
         <v>2</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="2">
         <v>2</v>
       </c>
       <c r="J20" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
@@ -3955,51 +3955,51 @@
       </c>
       <c r="I55" s="2">
         <v>1</v>
       </c>
       <c r="J55" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="2">
         <v>53</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="2">
         <v>2420</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F56" s="2">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="G56" s="2">
         <v>2</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="2">
         <v>13</v>
       </c>
       <c r="J56" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="2">
         <v>54</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2">
         <v>2422</v>
       </c>
       <c r="D57" s="2" t="s">
@@ -6058,104 +6058,104 @@
       </c>
       <c r="F121" s="2">
         <v>554</v>
       </c>
       <c r="G121" s="2">
         <v>1</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="2">
         <v>3</v>
       </c>
       <c r="J121" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="2">
         <v>119</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="2">
-        <v>2428</v>
+        <v>2414</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>207</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F122" s="2">
-        <v>212</v>
+        <v>5313</v>
       </c>
       <c r="G122" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H122" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I122" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="J122" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="2">
         <v>120</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="2">
-        <v>2414</v>
+        <v>2428</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>209</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F123" s="2">
-        <v>5313</v>
+        <v>212</v>
       </c>
       <c r="G123" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H123" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I123" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J123" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="2">
         <v>121</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="2">
         <v>2426</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F124" s="2">
         <v>699</v>
       </c>
       <c r="G124" s="2">
         <v>3</v>
       </c>
       <c r="H124" s="2">
@@ -6669,51 +6669,51 @@
       </c>
       <c r="G140" s="2">
         <v>2</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="2">
         <v>1</v>
       </c>
       <c r="J140" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="2">
         <v>138</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="2">
         <v>2414</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F141" s="2">
         <v>2881</v>
       </c>
       <c r="G141" s="2">
         <v>4</v>
       </c>
       <c r="H141" s="2">
         <v>3</v>
       </c>
       <c r="I141" s="2">
         <v>15</v>
       </c>
       <c r="J141" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="2">
         <v>139</v>
       </c>
       <c r="B142" s="3" t="s">
@@ -7309,51 +7309,51 @@
       </c>
       <c r="G160" s="2">
         <v>2</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="2">
         <v>4</v>
       </c>
       <c r="J160" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="2">
         <v>158</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="2">
         <v>2428</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F161" s="2">
         <v>298</v>
       </c>
       <c r="G161" s="2">
         <v>1</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="2">
         <v>1</v>
       </c>
       <c r="J161" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="2">
         <v>159</v>
       </c>
       <c r="B162" s="3" t="s">
@@ -7594,182 +7594,182 @@
       </c>
       <c r="F169" s="2">
         <v>1135</v>
       </c>
       <c r="G169" s="2">
         <v>6</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="2">
         <v>10</v>
       </c>
       <c r="J169" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="2">
         <v>167</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="2">
-        <v>2425</v>
+        <v>2416</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>267</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F170" s="2">
-        <v>912</v>
+        <v>1423</v>
       </c>
       <c r="G170" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H170" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I170" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="J170" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="2">
         <v>168</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="2">
-        <v>2418</v>
+        <v>2425</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>269</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F171" s="2">
-        <v>2660</v>
+        <v>912</v>
       </c>
       <c r="G171" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H171" s="2">
+        <v>0</v>
+      </c>
+      <c r="I171" s="2">
         <v>4</v>
       </c>
-      <c r="I171" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="J171" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="2">
         <v>169</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="2">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>270</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F172" s="2">
-        <v>1423</v>
+        <v>2660</v>
       </c>
       <c r="G172" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H172" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I172" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="J172" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="2">
         <v>170</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="2">
         <v>2420</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F173" s="2">
         <v>735</v>
       </c>
       <c r="G173" s="2">
         <v>2</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="2">
         <v>5</v>
       </c>
       <c r="J173" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="2">
         <v>171</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="2">
         <v>2414</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F174" s="2">
         <v>956</v>
       </c>
       <c r="G174" s="2">
         <v>2</v>
       </c>
       <c r="H174" s="2">
         <v>1</v>
       </c>
       <c r="I174" s="2">
         <v>8</v>
       </c>
       <c r="J174" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="2">
         <v>172</v>
       </c>
       <c r="B175" s="3" t="s">
@@ -7917,51 +7917,51 @@
       </c>
       <c r="G179" s="2">
         <v>2</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="2">
         <v>0</v>
       </c>
       <c r="J179" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="2">
         <v>177</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="2">
         <v>2427</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F180" s="2">
         <v>344</v>
       </c>
       <c r="G180" s="2">
         <v>1</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="2">
         <v>2</v>
       </c>
       <c r="J180" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="2">
         <v>178</v>
       </c>
       <c r="B181" s="3" t="s">
@@ -9453,51 +9453,51 @@
       </c>
       <c r="G227" s="2">
         <v>1</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="2">
         <v>3</v>
       </c>
       <c r="J227" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="2">
         <v>225</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="2">
         <v>2428</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F228" s="2">
         <v>428</v>
       </c>
       <c r="G228" s="2">
         <v>2</v>
       </c>
       <c r="H228" s="2">
         <v>1</v>
       </c>
       <c r="I228" s="2">
         <v>1</v>
       </c>
       <c r="J228" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="2">
         <v>226</v>
       </c>
       <c r="B229" s="3" t="s">
@@ -10506,133 +10506,133 @@
       </c>
       <c r="F260" s="2">
         <v>616</v>
       </c>
       <c r="G260" s="2">
         <v>4</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="2">
         <v>3</v>
       </c>
       <c r="J260" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="2">
         <v>258</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="2">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="D261" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E261" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="E261" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F261" s="2">
-        <v>1560</v>
+        <v>155</v>
       </c>
       <c r="G261" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J261" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="2">
         <v>259</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="2">
-        <v>2415</v>
+        <v>2430</v>
       </c>
       <c r="D262" s="2" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="F262" s="2">
-        <v>938</v>
+        <v>1560</v>
       </c>
       <c r="G262" s="2">
+        <v>1</v>
+      </c>
+      <c r="H262" s="2">
+        <v>0</v>
+      </c>
+      <c r="I262" s="2">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="J262" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="2">
         <v>260</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="2">
-        <v>2426</v>
+        <v>2415</v>
       </c>
       <c r="D263" s="2" t="s">
-        <v>214</v>
+        <v>364</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="F263" s="2">
-        <v>155</v>
+        <v>938</v>
       </c>
       <c r="G263" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J263" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="2">
         <v>261</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="2">
         <v>2426</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>197</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F264" s="2">
         <v>1670</v>
       </c>
       <c r="G264" s="2">
@@ -11277,51 +11277,51 @@
       </c>
       <c r="G284" s="2">
         <v>1</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="2">
         <v>0</v>
       </c>
       <c r="J284" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="2">
         <v>282</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="2">
         <v>2427</v>
       </c>
       <c r="D285" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F285" s="2">
         <v>719</v>
       </c>
       <c r="G285" s="2">
         <v>3</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="2">
         <v>2</v>
       </c>
       <c r="J285" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="2">
         <v>283</v>
       </c>
       <c r="B286" s="3" t="s">
@@ -11373,54 +11373,54 @@
       </c>
       <c r="G287" s="2">
         <v>1</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="2">
         <v>3</v>
       </c>
       <c r="J287" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="2">
         <v>285</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="2">
         <v>2427</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F288" s="2">
         <v>672</v>
       </c>
       <c r="G288" s="2">
         <v>8</v>
       </c>
       <c r="H288" s="2">
         <v>1</v>
       </c>
       <c r="I288" s="2">
         <v>2</v>
       </c>
       <c r="J288" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="2">
         <v>286</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="2">
@@ -13165,51 +13165,51 @@
       </c>
       <c r="G343" s="2">
         <v>4</v>
       </c>
       <c r="H343" s="2">
         <v>0</v>
       </c>
       <c r="I343" s="2">
         <v>2</v>
       </c>
       <c r="J343" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="2">
         <v>341</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="2">
         <v>2427</v>
       </c>
       <c r="D344" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F344" s="2">
         <v>638</v>
       </c>
       <c r="G344" s="2">
         <v>1</v>
       </c>
       <c r="H344" s="2">
         <v>0</v>
       </c>
       <c r="I344" s="2">
         <v>2</v>
       </c>
       <c r="J344" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="2">
         <v>342</v>
       </c>
       <c r="B345" s="3" t="s">
@@ -13325,51 +13325,51 @@
       </c>
       <c r="G348" s="2">
         <v>8</v>
       </c>
       <c r="H348" s="2">
         <v>0</v>
       </c>
       <c r="I348" s="2">
         <v>8</v>
       </c>
       <c r="J348" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="2">
         <v>346</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="2">
         <v>2418</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F349" s="2">
         <v>458</v>
       </c>
       <c r="G349" s="2">
         <v>3</v>
       </c>
       <c r="H349" s="2">
         <v>1</v>
       </c>
       <c r="I349" s="2">
         <v>4</v>
       </c>
       <c r="J349" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="2">
         <v>347</v>
       </c>
       <c r="B350" s="3" t="s">
@@ -14058,104 +14058,104 @@
       </c>
       <c r="F371" s="2">
         <v>211</v>
       </c>
       <c r="G371" s="2">
         <v>2</v>
       </c>
       <c r="H371" s="2">
         <v>2</v>
       </c>
       <c r="I371" s="2">
         <v>1</v>
       </c>
       <c r="J371" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="2">
         <v>369</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="2">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>502</v>
       </c>
       <c r="F372" s="2">
-        <v>102</v>
+        <v>2277</v>
       </c>
       <c r="G372" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H372" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I372" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="J372" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="2">
         <v>370</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="2">
-        <v>2425</v>
+        <v>2430</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>502</v>
       </c>
       <c r="F373" s="2">
-        <v>2277</v>
+        <v>102</v>
       </c>
       <c r="G373" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H373" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I373" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J373" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="2">
         <v>371</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="2">
         <v>2430</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>503</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F374" s="2">
         <v>124</v>
       </c>
       <c r="G374" s="2">
         <v>0</v>
       </c>
       <c r="H374" s="2">
@@ -15242,101 +15242,101 @@
       </c>
       <c r="F408" s="2">
         <v>1148</v>
       </c>
       <c r="G408" s="2">
         <v>1</v>
       </c>
       <c r="H408" s="2">
         <v>0</v>
       </c>
       <c r="I408" s="2">
         <v>3</v>
       </c>
       <c r="J408" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="2">
         <v>406</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C409" s="2">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>442</v>
+        <v>377</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F409" s="2">
-        <v>1005</v>
+        <v>353</v>
       </c>
       <c r="G409" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H409" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I409" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J409" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="2">
         <v>407</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="2">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>377</v>
+        <v>442</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F410" s="2">
-        <v>353</v>
+        <v>1005</v>
       </c>
       <c r="G410" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H410" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I410" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J410" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="2">
         <v>408</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C411" s="2">
         <v>2412</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>313</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F411" s="2">
         <v>2271</v>
       </c>
       <c r="G411" s="2">
@@ -15882,101 +15882,101 @@
       </c>
       <c r="F428" s="2">
         <v>994</v>
       </c>
       <c r="G428" s="2">
         <v>3</v>
       </c>
       <c r="H428" s="2">
         <v>1</v>
       </c>
       <c r="I428" s="2">
         <v>4</v>
       </c>
       <c r="J428" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="2">
         <v>426</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C429" s="2">
-        <v>2417</v>
+        <v>2425</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F429" s="2">
-        <v>293</v>
+        <v>780</v>
       </c>
       <c r="G429" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H429" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I429" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J429" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="2">
         <v>427</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C430" s="2">
-        <v>2425</v>
+        <v>2417</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F430" s="2">
-        <v>780</v>
+        <v>293</v>
       </c>
       <c r="G430" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H430" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I430" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J430" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="2">
         <v>428</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C431" s="2">
         <v>2438</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F431" s="2">
         <v>1295</v>
       </c>
       <c r="G431" s="2">
@@ -16779,51 +16779,51 @@
       <c r="F456" s="2">
         <v>6784</v>
       </c>
       <c r="G456" s="2">
         <v>15</v>
       </c>
       <c r="H456" s="2">
         <v>12</v>
       </c>
       <c r="I456" s="2">
         <v>20</v>
       </c>
       <c r="J456" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="6" t="s">
         <v>589</v>
       </c>
       <c r="B457" s="7"/>
       <c r="C457" s="6"/>
       <c r="D457" s="6"/>
       <c r="E457" s="6"/>
       <c r="F457" s="6">
-        <v>410300</v>
+        <v>410299</v>
       </c>
       <c r="G457" s="6">
         <v>1082</v>
       </c>
       <c r="H457" s="6">
         <v>323</v>
       </c>
       <c r="I457" s="6">
         <v>1460</v>
       </c>
       <c r="J457" s="6">
         <v>318</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F2"/>
     <mergeCell ref="G2:H2"/>