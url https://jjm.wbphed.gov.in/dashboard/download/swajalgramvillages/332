--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -677,54 +677,54 @@
   <si>
     <t>Ranghat</t>
   </si>
   <si>
     <t>Bairgachhi-i</t>
   </si>
   <si>
     <t>Raykhandighi</t>
   </si>
   <si>
     <t>Raypur</t>
   </si>
   <si>
     <t>Bakhrabad</t>
   </si>
   <si>
     <t>Sabdulpur</t>
   </si>
   <si>
     <t>Sadapur</t>
   </si>
   <si>
     <t>Sahapur</t>
   </si>
   <si>
+    <t>Saiyadpur</t>
+  </si>
+  <si>
     <t>SAIYADPUR</t>
-  </si>
-[...1 lines deleted...]
-    <t>Saiyadpur</t>
   </si>
   <si>
     <t>PAKUAHAT</t>
   </si>
   <si>
     <t>SALALPUR</t>
   </si>
   <si>
     <t>Samukha</t>
   </si>
   <si>
     <t>Sanjail</t>
   </si>
   <si>
     <t>SANKOPARA</t>
   </si>
   <si>
     <t>Selimpur</t>
   </si>
   <si>
     <t>Serbabar Balarampur</t>
   </si>
   <si>
     <t>Shailapur</t>
   </si>
@@ -5983,104 +5983,104 @@
       </c>
       <c r="F151" s="2">
         <v>710</v>
       </c>
       <c r="G151" s="2">
         <v>1</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="2">
         <v>2</v>
       </c>
       <c r="J151" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="2">
         <v>149</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="2">
-        <v>2220</v>
+        <v>2217</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F152" s="2">
-        <v>851</v>
+        <v>276</v>
       </c>
       <c r="G152" s="2">
+        <v>2</v>
+      </c>
+      <c r="H152" s="2">
+        <v>0</v>
+      </c>
+      <c r="I152" s="2">
         <v>3</v>
       </c>
-      <c r="H152" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="J152" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="2">
         <v>150</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="2">
-        <v>2217</v>
+        <v>2220</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>110</v>
+        <v>151</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F153" s="2">
-        <v>276</v>
+        <v>851</v>
       </c>
       <c r="G153" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H153" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I153" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J153" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="2">
         <v>151</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="2">
         <v>2215</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F154" s="2">
         <v>1325</v>
       </c>
       <c r="G154" s="2">
         <v>4</v>
       </c>
       <c r="H154" s="2">