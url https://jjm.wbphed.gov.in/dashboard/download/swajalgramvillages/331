--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -470,54 +470,54 @@
   <si>
     <t>KAMALPUR</t>
   </si>
   <si>
     <t>Kamdebbati</t>
   </si>
   <si>
     <t>Kandaha</t>
   </si>
   <si>
     <t>SUKDEVPUR</t>
   </si>
   <si>
     <t>KANTABAN</t>
   </si>
   <si>
     <t>Kanur</t>
   </si>
   <si>
     <t>Karai</t>
   </si>
   <si>
     <t>Karail</t>
   </si>
   <si>
+    <t>Kasba</t>
+  </si>
+  <si>
     <t>KASBA</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kasba</t>
   </si>
   <si>
     <t>Kasimbi</t>
   </si>
   <si>
     <t>Kelna</t>
   </si>
   <si>
     <t>Kesharghata</t>
   </si>
   <si>
     <t>Kesrail</t>
   </si>
   <si>
     <t>Khanpur</t>
   </si>
   <si>
     <t>Khantapara</t>
   </si>
   <si>
     <t>Kharikadighi</t>
   </si>
   <si>
     <t>Khayer Bari</t>
   </si>
@@ -4407,104 +4407,104 @@
       </c>
       <c r="F101" s="2">
         <v>85</v>
       </c>
       <c r="G101" s="2">
         <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="2">
         <v>0</v>
       </c>
       <c r="J101" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="2">
         <v>99</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="2">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F102" s="2">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="G102" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H102" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I102" s="2">
         <v>2</v>
       </c>
       <c r="J102" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="2">
         <v>100</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="2">
-        <v>2207</v>
+        <v>2201</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F103" s="2">
-        <v>281</v>
+        <v>237</v>
       </c>
       <c r="G103" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H103" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I103" s="2">
         <v>2</v>
       </c>
       <c r="J103" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="2">
         <v>101</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="2">
         <v>2204</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F104" s="2">
         <v>49</v>
       </c>
       <c r="G104" s="2">
         <v>1</v>
       </c>
       <c r="H104" s="2">