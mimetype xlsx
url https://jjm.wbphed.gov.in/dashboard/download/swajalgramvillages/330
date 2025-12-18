--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -2276,101 +2276,101 @@
       </c>
       <c r="F33" s="2">
         <v>706</v>
       </c>
       <c r="G33" s="2">
         <v>2</v>
       </c>
       <c r="H33" s="2">
         <v>1</v>
       </c>
       <c r="I33" s="2">
         <v>0</v>
       </c>
       <c r="J33" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F34" s="2">
-        <v>948</v>
+        <v>60</v>
       </c>
       <c r="G34" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J34" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2">
-        <v>2199</v>
+        <v>2197</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F35" s="2">
-        <v>60</v>
+        <v>948</v>
       </c>
       <c r="G35" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J35" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2">
         <v>2195</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F36" s="2">
         <v>245</v>
       </c>
       <c r="G36" s="2">